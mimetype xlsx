--- v0 (2025-10-12)
+++ v1 (2025-11-28)
@@ -12,553 +12,710 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="148">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="198">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>CEL- Digital Television Adapters (Set Top Box)</t>
   </si>
   <si>
+    <t>This policy covers digital television adapters (set top box).</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Set Top Boxes (STB)</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>GB/T 2829-2002; GB/T 14857; GB/T 17700; GB/T 17975.1; GB/T 17975.2; GB/T 17975.3; GB/T 20600; GB 20943; GD/JN 01; GY/T 155; GY/T 170; IEC 62087:2008</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-digital-television-adapters-set-top-box</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/66cce27f96114f04a415b6ae8a84224d/files/cms/article/2021/05/%E6%9C%BA%E9%A1%B6%E7%9B%92.pdf</t>
+  </si>
+  <si>
     <t>Commission Regulation EC No 107-2009 of 4 February 2009 implementing Directive 2005-32-EC -with regard to ecodesign requirements for simple set-top boxes</t>
   </si>
   <si>
+    <t>The Commission Regulation EC No 107-2009 of 4 February 2009 implementing Directive 2005-32-EC of the European Parliament and of the Council with regard to ecodesign requirements for simple set-top boxes; sets minimum energy performance requirements for simple set top boxes -SSTB.</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>October 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-ec-no-107-2009-4-february-2009-implementing-directive-2005-32-ec-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2009/107/contents</t>
+  </si>
+  <si>
     <t>CQC31-452631-2021. Energy Conservation Certification rules for flat panel TVs &amp; set-top boxes</t>
   </si>
   <si>
+    <t>This policy contains Energy Conservation Certification rules for flat panel TVs &amp; set-top boxes. It applies to LCD TVs and Plasma TVs that work under an electricity grid of normal voltage and serve for general service. It also applies to LCD or plasma display equipment (with its main function as a TV, but without moderators and other types of flat panel displays) and set-top boxes.</t>
+  </si>
+  <si>
     <t>Televisions, Set Top Boxes (STB)</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>GB 24850</t>
   </si>
   <si>
     <t>China Quality Certification Centre</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-452631-2021-energy-conservation-certification-rules-flat-panel-tvs-set-top-boxes</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2021-06-07/492733.shtml</t>
+  </si>
+  <si>
     <t>Decision No. 14/2023/QD-TTg: Lists of Low-Efficiency Equipment Subject to Elimination and Low-Efficiency Generating Sets Banned from Development and Application Roadmaps</t>
   </si>
   <si>
+    <t>This Decision regulates the list of products that have mandatory Minimum Energy Performance Standards (MEPS) that must be met before being imported to Vietnam. Devices such as LED lamps, infrared hobs, induction hobs, refrigerators, refrigerator-freezers and freezers, storage water heaters, non-ducted air conditioners, television sets, notebook computers, desktop computers, LED road and street lighting luminaries, and industrial boilers should comply with the most recent standards beginning April 1, 2025. The Decision comes into force on July 15, 2023, and Decision No. 24/2018/QD-TTg will expire at such time.</t>
+  </si>
+  <si>
     <t>Vietnam*</t>
   </si>
   <si>
     <t>Computers, Imaging Equipment, Televisions, Displays, Induction Cookstoves or Hobs, Rice Cookers, Electric Kettles, Cooktops or Hobs, Washing Machines, Indoor Luminaires, Streetlighting, Tubular Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, Ceiling Fans, Portable Fans, Room ACs - Stationary ACs, Storage Water Heaters, Distribution Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label</t>
   </si>
   <si>
     <t>January 2024</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade (MOIT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/decision-no-142023qd-ttg-lists-low-efficiency-equipment-subject-elimination-and-low</t>
   </si>
   <si>
+    <t>https://vanban.chinhphu.vn/?pageid=27160&amp;docid=207954</t>
+  </si>
+  <si>
     <t>e-Standby Power Program for Set-Top Boxes</t>
   </si>
   <si>
+    <t>A device with nameplate output power of power supplyless than equal to 150W, capable of receiving,transmitting, processing, recording, converting signals anddisplaying by television or other displaying devices.</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/e-standby-power-program-set-top-boxes</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100300.asp</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Set-Top Boxes Version 5.1</t>
   </si>
   <si>
+    <t>Products that meet the definition of Set-top Box and a Set-top Box Base Type as specified herein are eligible for ENERGY STAR certification.  Set-top Box: A device with the primary purpose of receiving digital television services from a coaxial; hybrid fiber coaxial; or fiber-to-the-home distribution system; from satellites; or encapsulated in IP packets from managed IP distribution networks; decrypting or descrambling these signals; and decoding|decompressing for delivery to residential consumer displays and or recording devices; and or one or more other Set-Top Boxes; including Thin Clients; in a residential multi-room architecture. STBs that incorporate common LAN functionality as a secondary function are considered STBs for this specification. Base Type: The means of access to video content for a STB; includes: cable; sattelliete; cable digital transport adapter; internet protocol; and thin-client|remote.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Set-Top Boxes (Rev. May-2016)</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-set-top-boxes-version-51</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/electronics/set_top_boxes_cable_boxes/partners</t>
+  </si>
+  <si>
     <t>GB 21456-2014 Minimum allowable values of the energy efficiency and energy efficiency grades for household induction cookers</t>
   </si>
   <si>
+    <t>Applies to induction cookers with one or more heating units with each unit's rated power ranges from 700W to 3500W. Does NOT apply to commercial induction cookers, power frequency induction cookers and concave cooker.</t>
+  </si>
+  <si>
     <t>Induction Cookstoves or Hobs</t>
   </si>
   <si>
+    <t>Superseded</t>
+  </si>
+  <si>
+    <t>November 2025</t>
+  </si>
+  <si>
     <t>GB 4706.29-2008 GB 4706.22-2008 GB 21456-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-21456-2014-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E9F5D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 21456-2024 Minimum allowable values of the energy efficiency and energy efficiency grades for household and similar kitchen appliances</t>
   </si>
   <si>
+    <t>The standard revises MEPS and energy efficiency grades for household and similar kitchen appliances including:
+a) Electric rice cookers heated by electric heating elements or electromagnetic induction, with a rated power not exceeding 2200 W;
+b) Electric pressure cookers with automatic pressure control, heated by electric heating elements or electromagnetic induction, with a rated power not exceeding 2200 W, a rated capacity not exceeding 10 L, and a rated cooking pressure of 40 kPa to 140 kPa (gauge pressure);
+c) Electric stewpots and stew cups with a rated power not exceeding 2200 W;
+d) Electric kettles designed solely for boiling water to the boiling point, without an automatic water-filling function, from which water is poured by holding the handle and tilting the body of the kettle;
+e) Induction cookers with one or more heating units, each unit having a rated power of 700 W to 3500 W;
+f) Microwave ovens, including combination microwave ovens, with a maximum rated input power of 2500 W or below, operating in the 2450 MHz ISM frequency band, which heat items and food in the cavity using electromagnetic energy as well as resistive electric heating elements.</t>
+  </si>
+  <si>
     <t>Asia and Pacific, China</t>
   </si>
   <si>
     <t>Induction Cookstoves or Hobs, Rice Cookers, Microwaves, Electric Kettles</t>
-  </si>
-[...1 lines deleted...]
-    <t>September 2025</t>
   </si>
   <si>
     <t>GB/T4706.1
 ,   
                     GB/T4706.14
 ,   
                     GB/T4706.19
 ,   
                     GB/T4706.21
 ,   
                     GB4706.29
 ,   
                     GB/T18800—2017
 ,   
                     GB/T22089
 ,   
                     GB/T35758
 ,   
                     QB/T4408</t>
   </si>
   <si>
     <t>The Standardization Administration of China</t>
   </si>
   <si>
     <t>Cookstoves, Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-21456-2024-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>https://openstd.samr.gov.cn/bzgk/gb/newGbInfo?hcno=F966E2FC4C7AB718356847B0DB1045E4</t>
+  </si>
+  <si>
     <t>GB 24850-2020 Minimum allowable values of energy efficiency limits and energy efficiency grades for flat-panel TVs and set-top boxes</t>
+  </si>
+  <si>
+    <t>MEPS for flat panel televisions and set-top boxes</t>
   </si>
   <si>
     <t>Electronics, Audio-Visual, Televisions, Set Top Boxes (STB)</t>
   </si>
   <si>
     <t>GB/T 17309.1
 ,   
                     GB 24850-2020
 ,   
                     IEC 62087-2:2015</t>
   </si>
   <si>
     <t>The Standardization Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-24850-2020-minimum-allowable-values-energy-efficiency-limits-and-energy-efficiency</t>
   </si>
   <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=AB2CA7A65EFC3FD1E05397BE0A0A98CA</t>
+  </si>
+  <si>
     <t>GB 25957-2010 Minimum allowable values of energy efficiency and energy efficiency grades for digital television adapters -set-top boxes</t>
   </si>
   <si>
+    <t>Applies to adapters working under 220V 50Hz including cable adapters ground adapters and satellite adapters.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/gb-25957-2010-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E07ED3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Digital Television Set-top Boxes) Determination 2012</t>
   </si>
   <si>
+    <t>A Digital TV (DTV) set top box (STB) is used to convert digital TV signals to a signal compatible with the existing audiovisual display technology, including analogue RF, composite video, s-vhs, component video or DVI/HDMI. Those digital receivers that are integrated with other equipment such as television receivers, digital recorders and DVD players are not included at this time.Those digital receivers that are integrated with other equipment such as television receivers, digital recorders and DVD players are not included at this time. STBs have different requirements if they are designed for free-to-air (FTA) broadcast television or subscription television (STV).</t>
+  </si>
+  <si>
     <t>Australia</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>AS/NZS 62087.1:2010AS/NZS 62087.2.1: 2008</t>
   </si>
   <si>
     <t>Department of Climate Change and Energy Efficiency (DCCEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenhouse-and-energy-minimum-standards-digital-television-set-top-boxes-determination</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Series/F2012L02116</t>
+  </si>
+  <si>
     <t>JS 2110:2013 Technical Regulation on eco-design requirements for simple set-top boxes</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for simple set-top boxes.</t>
+  </si>
+  <si>
     <t>Jordan</t>
   </si>
   <si>
     <t>JS 2110</t>
   </si>
   <si>
     <t>National Energy Research Centre (NERC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/js-21102013-technical-regulation-eco-design-requirements-simple-set-top-boxes</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5470</t>
+  </si>
+  <si>
     <t>LI 2447 Energy Commission (Energy Efficiency Standards and Labelling) (Set-Top Boxes) Regulations, 2022</t>
   </si>
   <si>
+    <t>Minimum energy performance standard and labelling guidelines for set-top boxes. These regulations apply to set-top boxes manufactured in the country or imported into the country for display, sale or use, with the ability to be powered directly from the mains alternating current for use as either a simple set-top box, or a complex set-top box.</t>
+  </si>
+  <si>
     <t>Ghana</t>
   </si>
   <si>
     <t>May 2023</t>
   </si>
   <si>
     <t>Ghana Energy Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/li-2447-energy-commission-energy-efficiency-standards-and-labelling-set-top-boxes</t>
   </si>
   <si>
+    <t>https://www.energycom.gov.gh/regulation/regulation-and-codes</t>
+  </si>
+  <si>
     <t>Mandatory Energy Efficiency Labelling Scheme (MEELS)</t>
   </si>
   <si>
+    <t>MEELS now covers eight types of prescribed products, including:,Room air conditioners (with rated cooling capacity not exceeding 7.5 kilowatts), refrigerating appliances (with rated total storage volume not exceeding 500 litres), compact fluorescent lamps (with rated wattage up to 60 watts), washing machines (with rated washing capacity not exceeding 10 kg), dehumidifiers (with rated dehumidifying capacity not exceeding 35 litres per day), televisions (with rated visible diagonal screen size exceeding 50 cm but not exceeding 250 cm), induction cookers (with rated power not less than 700 watts but not exceeding 3 500 watts for each heating unit, and with total rated power not exceeding 7 000 watts), and storage type electric water heaters (with rated water storage capacity not exceeding 50 litres). All these eight prescribed products for supply in Hong Kong are required to be listed models with reference numbers and bear energy labels.</t>
+  </si>
+  <si>
     <t>Hong Kong SAR of China</t>
   </si>
   <si>
     <t>Televisions, Dehumidifiers, Induction Cookstoves or Hobs, Clothes Dryers, Washing Machines, Non-Directional lamps, Directional Lamps, Room ACs - Stationary ACs, Storage Water Heaters, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Examples are IEC 62552; IEC 62087, IEC 62301; IEC60379</t>
   </si>
   <si>
     <t>Energy Efficiency Office, Electrical and Mechanical Services Department (EMSD)-…</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mandatory-energy-efficiency-labelling-scheme-meels</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/energylabel/en/doc/Code%20of%20Practice%202020_Eng%20(To%20be%20gazetted%20on%205.6.2020)%2020200601.pdf</t>
+  </si>
+  <si>
     <t>MEPS for set top boxes</t>
   </si>
   <si>
+    <t>MEPS covers simple non-recording standalone free-to-air digital television (DTV) set-top boxes (STBs) associated with DTV broadcasts.</t>
+  </si>
+  <si>
     <t>New Zealand</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>AS/NZS 62087.1:2010</t>
   </si>
   <si>
     <t>Energy Efficiency and Conservation Authority (EECA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-set-top-boxes</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/set-top-boxes-factsheet.pdf</t>
+  </si>
+  <si>
     <t>MEPS for Set Top Boxes</t>
   </si>
   <si>
-    <t>Entered into force, Revised</t>
+    <t>This policy contains minimum energy performance standards for set-top boxes (excluding the digital converter) receiving one or more of cable, satellite, and IP TV broadcastings and sending the image and audio to a television or display unit, with the rated power consumption of less than 150W.</t>
   </si>
   <si>
     <t>Korea Energy Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-set-top-boxes-0</t>
   </si>
   <si>
+    <t>https://eep.energy.or.kr/pds/view.aspx?cate=4&amp;no=149</t>
+  </si>
+  <si>
     <t>MEPS for Standby Power</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-standby-power</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_2.asp</t>
+  </si>
+  <si>
     <t>Regulation on Energy Efficiency Requirements for Mass-Produced Systems, Vehicles, and Appliances</t>
   </si>
   <si>
+    <t>This policy applies to mass-produced systems, vehicles, and devices as well as their mass-produced components that consume a considerable amount of energy and are placed on the market or sold in Switzerland.</t>
+  </si>
+  <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>Computers, Servers, Networking Equipment, Stand-by and networked devices, Televisions, Set Top Boxes (STB), Displays, External Power Supply, Vacuum Cleaners, Ovens, Dishwashers, Cooktops or Hobs, Coffee Machines, Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires, 3-Phase Motors, Industrial Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Storage Water Heaters, Building Circulator Pumps, Pumps Other, Power Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>Electricity, Other Solid Fuel</t>
   </si>
   <si>
     <t>See Policy</t>
   </si>
   <si>
     <t>Swiss Federal Office of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/regulation-energy-efficiency-requirements-mass-produced-systems-vehicles-and-appliances</t>
   </si>
   <si>
+    <t>https://www.admin.ch/opc/de/classified-compilation/20162950/index.html</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4122 - Set Top Boxes</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for television receivers with images in color or black and white, stable or programmable, analog or digital, fed with a nominal voltage of 110 V, 115 V, 127 V, 220 V or 230 volts at a frequency of 60 Hz, in any of the following types of kinescopes: Cathode Ray Tube screen (CRT), Liquid Crystal Display (LCD), Plasma Screen, with any other similar system flat screen.</t>
+  </si>
+  <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>NMX-I-122-NYCE / NOM-001-SCFI / IEC 62087</t>
   </si>
   <si>
     <t>Fideicomiso para el Ahorro de Energía Eléctrica (FIDE) - Trust for Saving Elect…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4122-set-top-boxes</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4122_03.pdf</t>
+  </si>
+  <si>
     <t>TCVN 13372:2021 Energy Efficiency for induction hobs</t>
   </si>
   <si>
+    <t>This standard standard specifies the minimum energy efficiency level and the method for determining the energy consumption of an induction cooker. This policy applies to All types of induction cookers with built-in other types of cooking zones such as radiant cooking zones. It will enter into force on 1 January 2025.</t>
+  </si>
+  <si>
+    <t>New</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-133722021-energy-efficiency-induction-hobs</t>
   </si>
   <si>
+    <t>https://tieuchuan.vsqi.gov.vn/tieuchuan/view?sohieu=TCVN+13372%3A2021</t>
+  </si>
+  <si>
     <t>TCVN 13373:2021 - Infrared cookers</t>
   </si>
   <si>
+    <t>This standard specifies minimum energy efficiency levels and methods for determining energy consumption for infrared cookers/hobs. This standard applies to infrared cookers that integrate other types of cooking zones such as induction cooking zones. This policy will enter into force on 1 April 2025.</t>
+  </si>
+  <si>
     <t>Induction Cookstoves or Hobs, Cooktops or Hobs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-133732021-infrared-cookers</t>
   </si>
   <si>
+    <t>https://thuvienphapluat.vn/TCVN/Dien-dien-tu/TCVN-13373-2021-Bep-hong-ngoai-Hieu-suat-nang-luong-920208.aspx</t>
+  </si>
+  <si>
     <t>The Energy Sources Regulations-Maximum Electric Output for a Television Receiver, 2011</t>
   </si>
   <si>
+    <t>It covers computers</t>
+  </si>
+  <si>
     <t>Israel</t>
   </si>
   <si>
     <t>SI 62087</t>
   </si>
   <si>
     <t>Standards Institute of Israel (SII)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-sources-regulations-maximum-electric-output-television-receiver-2011</t>
   </si>
   <si>
+    <t>http://energy.gov.il/English/LegislationLibraryE1/ECTV.doc</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Induction Cookers</t>
   </si>
   <si>
+    <t>This policy applies to cookers using electromagnetic induction heating as the heating source with a rated power consumption range from 700–3500 W for each heating unit. The total rated power shall not exceed 7000 W.</t>
+  </si>
+  <si>
     <t>GB 21456 2014</t>
   </si>
   <si>
     <t>Electrical &amp; Mechanical Services Department of Hong Kong</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-induction-cookers</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Induction%20Cookers%202019_eng_v2.5%20(Final).pdf</t>
+  </si>
+  <si>
     <t>VC 9008</t>
   </si>
   <si>
+    <t>This compulsory specification covers energy efficiency requirements and energy efficiency labeling of the following electrical and electronic appliances: air conditioners not exceeding 7.1KW cooling capacity, audio and video equipment including television sets (not covered by labeling), dishwashers, electric ovens, refrigerators, freezers, tumble dryers, washer dryers, and washing machines.</t>
+  </si>
+  <si>
     <t>South Africa</t>
   </si>
   <si>
     <t>Televisions, Set Top Boxes (STB), Ovens, Dishwashers, Clothes Dryers, Washer and Dryers, Washing Machines, Room ACs - Stationary ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>SANS 941:2014</t>
   </si>
   <si>
     <t>National Regulator for Compulsory Specification (NRCS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/vc-9008</t>
+  </si>
+  <si>
+    <t>https://www.nrcs.org.za/CompulsarySpecExtended/VC%209008%20Supplement.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -822,1171 +979,1324 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N25"/>
+  <dimension ref="A1:P25"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="200" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="142" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="200.38" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1119.441" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="684.119" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="175.671" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="142.679" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="159.104" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2011</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>19</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>33</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2009</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>34</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3"/>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>35</v>
+      </c>
+      <c r="P3" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>37</v>
+      </c>
+      <c r="B4" t="s">
+        <v>38</v>
+      </c>
+      <c r="C4" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
+      <c r="D4" t="s">
+        <v>39</v>
+      </c>
+      <c r="E4" t="s">
+        <v>40</v>
+      </c>
+      <c r="F4" t="s">
+        <v>41</v>
+      </c>
+      <c r="G4" t="s">
+        <v>42</v>
+      </c>
+      <c r="H4">
+        <v>2002</v>
+      </c>
+      <c r="I4">
+        <v>2021</v>
+      </c>
+      <c r="J4" t="s">
+        <v>43</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>44</v>
+      </c>
+      <c r="M4" t="s">
+        <v>45</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>46</v>
+      </c>
+      <c r="P4" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>48</v>
+      </c>
+      <c r="B5" t="s">
+        <v>49</v>
+      </c>
+      <c r="C5" t="s">
+        <v>50</v>
+      </c>
+      <c r="D5" t="s">
+        <v>51</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>52</v>
+      </c>
+      <c r="G5" t="s">
+        <v>42</v>
+      </c>
+      <c r="H5">
+        <v>2011</v>
+      </c>
+      <c r="I5">
+        <v>2023</v>
+      </c>
+      <c r="J5" t="s">
+        <v>53</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>54</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>55</v>
+      </c>
+      <c r="P5" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>57</v>
+      </c>
+      <c r="B6" t="s">
+        <v>58</v>
+      </c>
+      <c r="C6" t="s">
+        <v>59</v>
+      </c>
+      <c r="D6" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
+      <c r="E6" t="s">
+        <v>40</v>
+      </c>
+      <c r="F6" t="s">
+        <v>41</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2010</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>60</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>61</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>62</v>
+      </c>
+      <c r="P6" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>64</v>
+      </c>
+      <c r="B7" t="s">
+        <v>65</v>
+      </c>
+      <c r="C7" t="s">
+        <v>66</v>
+      </c>
+      <c r="D7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E7" t="s">
+        <v>40</v>
+      </c>
+      <c r="F7" t="s">
+        <v>41</v>
+      </c>
+      <c r="G7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H7">
+        <v>2001</v>
+      </c>
+      <c r="I7">
+        <v>2018</v>
+      </c>
+      <c r="J7" t="s">
+        <v>67</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>68</v>
+      </c>
+      <c r="M7" t="s">
+        <v>69</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>70</v>
+      </c>
+      <c r="P7" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>72</v>
+      </c>
+      <c r="B8" t="s">
+        <v>73</v>
+      </c>
+      <c r="C8" t="s">
+        <v>18</v>
+      </c>
+      <c r="D8" t="s">
+        <v>74</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>33</v>
+      </c>
+      <c r="G8" t="s">
+        <v>75</v>
+      </c>
+      <c r="H8">
+        <v>2008</v>
+      </c>
+      <c r="I8">
+        <v>2014</v>
+      </c>
+      <c r="J8" t="s">
+        <v>76</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>77</v>
+      </c>
+      <c r="M8" t="s">
+        <v>26</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>78</v>
+      </c>
+      <c r="P8" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>80</v>
+      </c>
+      <c r="B9" t="s">
+        <v>81</v>
+      </c>
+      <c r="C9" t="s">
+        <v>82</v>
+      </c>
+      <c r="D9" t="s">
+        <v>83</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>33</v>
+      </c>
+      <c r="G9" t="s">
+        <v>42</v>
+      </c>
+      <c r="H9">
+        <v>2008</v>
+      </c>
+      <c r="I9">
+        <v>2024</v>
+      </c>
+      <c r="J9" t="s">
+        <v>76</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>84</v>
+      </c>
+      <c r="M9" t="s">
+        <v>85</v>
+      </c>
+      <c r="N9" t="s">
+        <v>86</v>
+      </c>
+      <c r="O9" t="s">
+        <v>87</v>
+      </c>
+      <c r="P9" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>89</v>
+      </c>
+      <c r="B10" t="s">
+        <v>90</v>
+      </c>
+      <c r="C10" t="s">
+        <v>18</v>
+      </c>
+      <c r="D10" t="s">
+        <v>91</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>33</v>
+      </c>
+      <c r="G10" t="s">
+        <v>42</v>
+      </c>
+      <c r="H10">
+        <v>2010</v>
+      </c>
+      <c r="I10">
+        <v>2021</v>
+      </c>
+      <c r="J10" t="s">
+        <v>43</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>92</v>
+      </c>
+      <c r="M10" t="s">
+        <v>93</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>94</v>
+      </c>
+      <c r="P10" t="s">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>96</v>
+      </c>
+      <c r="B11" t="s">
+        <v>97</v>
+      </c>
+      <c r="C11" t="s">
+        <v>18</v>
+      </c>
+      <c r="D11" t="s">
+        <v>19</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>33</v>
+      </c>
+      <c r="G11" t="s">
+        <v>42</v>
+      </c>
+      <c r="H11">
         <v>2011</v>
       </c>
-      <c r="H2"/>
-      <c r="I2" t="s">
+      <c r="I11">
+        <v>2016</v>
+      </c>
+      <c r="J11" t="s">
+        <v>67</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>25</v>
+      </c>
+      <c r="M11" t="s">
+        <v>26</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>98</v>
+      </c>
+      <c r="P11" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>100</v>
+      </c>
+      <c r="B12" t="s">
+        <v>101</v>
+      </c>
+      <c r="C12" t="s">
+        <v>102</v>
+      </c>
+      <c r="D12" t="s">
+        <v>19</v>
+      </c>
+      <c r="E12" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
-[...2 lines deleted...]
-      <c r="K2" t="s">
+      <c r="F12" t="s">
+        <v>33</v>
+      </c>
+      <c r="G12" t="s">
+        <v>42</v>
+      </c>
+      <c r="H12">
+        <v>2008</v>
+      </c>
+      <c r="I12">
+        <v>2012</v>
+      </c>
+      <c r="J12" t="s">
+        <v>103</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12" t="s">
+        <v>104</v>
+      </c>
+      <c r="M12" t="s">
+        <v>105</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>106</v>
+      </c>
+      <c r="P12" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>108</v>
+      </c>
+      <c r="B13" t="s">
+        <v>109</v>
+      </c>
+      <c r="C13" t="s">
+        <v>110</v>
+      </c>
+      <c r="D13" t="s">
+        <v>19</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>33</v>
+      </c>
+      <c r="G13" t="s">
+        <v>42</v>
+      </c>
+      <c r="H13">
+        <v>2013</v>
+      </c>
+      <c r="I13">
+        <v>2014</v>
+      </c>
+      <c r="J13" t="s">
+        <v>67</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13" t="s">
+        <v>111</v>
+      </c>
+      <c r="M13" t="s">
+        <v>112</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>113</v>
+      </c>
+      <c r="P13" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>115</v>
+      </c>
+      <c r="B14" t="s">
+        <v>116</v>
+      </c>
+      <c r="C14" t="s">
+        <v>117</v>
+      </c>
+      <c r="D14" t="s">
+        <v>39</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>33</v>
+      </c>
+      <c r="G14" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...2 lines deleted...]
-      <c r="M2" t="s">
+      <c r="H14"/>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>118</v>
+      </c>
+      <c r="K14" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-[...7 lines deleted...]
-      <c r="B3" t="s">
+      <c r="L14"/>
+      <c r="M14" t="s">
+        <v>119</v>
+      </c>
+      <c r="N14" t="s">
         <v>27</v>
       </c>
-      <c r="C3" t="s">
-[...8 lines deleted...]
-      <c r="F3" t="s">
+      <c r="O14" t="s">
+        <v>120</v>
+      </c>
+      <c r="P14" t="s">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>122</v>
+      </c>
+      <c r="B15" t="s">
+        <v>123</v>
+      </c>
+      <c r="C15" t="s">
+        <v>124</v>
+      </c>
+      <c r="D15" t="s">
+        <v>125</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>126</v>
+      </c>
+      <c r="G15" t="s">
+        <v>42</v>
+      </c>
+      <c r="H15">
+        <v>2008</v>
+      </c>
+      <c r="I15">
+        <v>2020</v>
+      </c>
+      <c r="J15" t="s">
+        <v>127</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15" t="s">
+        <v>128</v>
+      </c>
+      <c r="M15" t="s">
+        <v>129</v>
+      </c>
+      <c r="N15" t="s">
+        <v>130</v>
+      </c>
+      <c r="O15" t="s">
+        <v>131</v>
+      </c>
+      <c r="P15" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>133</v>
+      </c>
+      <c r="B16" t="s">
+        <v>134</v>
+      </c>
+      <c r="C16" t="s">
+        <v>135</v>
+      </c>
+      <c r="D16" t="s">
         <v>19</v>
       </c>
-      <c r="G3">
-[...11 lines deleted...]
-      <c r="M3" t="s">
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>33</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>2008</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>136</v>
+      </c>
+      <c r="K16" t="s">
         <v>24</v>
       </c>
-      <c r="N3" t="s">
-[...13 lines deleted...]
-      <c r="D4" t="s">
+      <c r="L16" t="s">
+        <v>137</v>
+      </c>
+      <c r="M16" t="s">
+        <v>138</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>139</v>
+      </c>
+      <c r="P16" t="s">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>141</v>
+      </c>
+      <c r="B17" t="s">
+        <v>142</v>
+      </c>
+      <c r="C17" t="s">
+        <v>59</v>
+      </c>
+      <c r="D17" t="s">
+        <v>19</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
         <v>33</v>
       </c>
-      <c r="E4" t="s">
-[...8 lines deleted...]
-      <c r="H4">
+      <c r="G17" t="s">
+        <v>42</v>
+      </c>
+      <c r="H17">
+        <v>2015</v>
+      </c>
+      <c r="I17">
+        <v>2019</v>
+      </c>
+      <c r="J17" t="s">
+        <v>43</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17"/>
+      <c r="M17" t="s">
+        <v>143</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>144</v>
+      </c>
+      <c r="P17" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>146</v>
+      </c>
+      <c r="B18" t="s">
+        <v>58</v>
+      </c>
+      <c r="C18" t="s">
+        <v>59</v>
+      </c>
+      <c r="D18" t="s">
+        <v>19</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>33</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>2015</v>
+      </c>
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>60</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18"/>
+      <c r="M18" t="s">
+        <v>61</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>147</v>
+      </c>
+      <c r="P18" t="s">
+        <v>148</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>149</v>
+      </c>
+      <c r="B19" t="s">
+        <v>150</v>
+      </c>
+      <c r="C19" t="s">
+        <v>151</v>
+      </c>
+      <c r="D19" t="s">
+        <v>152</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>126</v>
+      </c>
+      <c r="G19" t="s">
+        <v>42</v>
+      </c>
+      <c r="H19">
+        <v>2017</v>
+      </c>
+      <c r="I19">
         <v>2021</v>
       </c>
-      <c r="I4" t="s">
-[...11 lines deleted...]
-      <c r="M4" t="s">
+      <c r="J19" t="s">
+        <v>153</v>
+      </c>
+      <c r="K19" t="s">
+        <v>154</v>
+      </c>
+      <c r="L19" t="s">
+        <v>155</v>
+      </c>
+      <c r="M19" t="s">
+        <v>156</v>
+      </c>
+      <c r="N19" t="s">
+        <v>130</v>
+      </c>
+      <c r="O19" t="s">
+        <v>157</v>
+      </c>
+      <c r="P19" t="s">
+        <v>158</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>159</v>
+      </c>
+      <c r="B20" t="s">
+        <v>160</v>
+      </c>
+      <c r="C20" t="s">
+        <v>161</v>
+      </c>
+      <c r="D20" t="s">
+        <v>19</v>
+      </c>
+      <c r="E20" t="s">
+        <v>40</v>
+      </c>
+      <c r="F20" t="s">
+        <v>41</v>
+      </c>
+      <c r="G20" t="s">
+        <v>42</v>
+      </c>
+      <c r="H20">
+        <v>2003</v>
+      </c>
+      <c r="I20">
+        <v>2012</v>
+      </c>
+      <c r="J20" t="s">
+        <v>162</v>
+      </c>
+      <c r="K20" t="s">
         <v>24</v>
       </c>
-      <c r="N4" t="s">
-[...10 lines deleted...]
-      <c r="C5" t="s">
+      <c r="L20" t="s">
+        <v>163</v>
+      </c>
+      <c r="M20" t="s">
+        <v>164</v>
+      </c>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>165</v>
+      </c>
+      <c r="P20" t="s">
+        <v>166</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>167</v>
+      </c>
+      <c r="B21" t="s">
+        <v>168</v>
+      </c>
+      <c r="C21" t="s">
+        <v>50</v>
+      </c>
+      <c r="D21" t="s">
+        <v>74</v>
+      </c>
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
+        <v>33</v>
+      </c>
+      <c r="G21" t="s">
+        <v>169</v>
+      </c>
+      <c r="H21">
+        <v>2021</v>
+      </c>
+      <c r="I21"/>
+      <c r="J21" t="s">
+        <v>53</v>
+      </c>
+      <c r="K21" t="s">
+        <v>24</v>
+      </c>
+      <c r="L21"/>
+      <c r="M21" t="s">
+        <v>54</v>
+      </c>
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>170</v>
+      </c>
+      <c r="P21" t="s">
+        <v>171</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>172</v>
+      </c>
+      <c r="B22" t="s">
+        <v>173</v>
+      </c>
+      <c r="C22" t="s">
+        <v>50</v>
+      </c>
+      <c r="D22" t="s">
+        <v>174</v>
+      </c>
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
+        <v>33</v>
+      </c>
+      <c r="G22" t="s">
+        <v>169</v>
+      </c>
+      <c r="H22">
+        <v>2021</v>
+      </c>
+      <c r="I22"/>
+      <c r="J22" t="s">
+        <v>53</v>
+      </c>
+      <c r="K22" t="s">
+        <v>24</v>
+      </c>
+      <c r="L22"/>
+      <c r="M22" t="s">
+        <v>54</v>
+      </c>
+      <c r="N22" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>175</v>
+      </c>
+      <c r="P22" t="s">
+        <v>176</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>177</v>
+      </c>
+      <c r="B23" t="s">
+        <v>178</v>
+      </c>
+      <c r="C23" t="s">
+        <v>179</v>
+      </c>
+      <c r="D23" t="s">
+        <v>19</v>
+      </c>
+      <c r="E23" t="s">
+        <v>20</v>
+      </c>
+      <c r="F23" t="s">
+        <v>33</v>
+      </c>
+      <c r="G23" t="s">
         <v>42</v>
-      </c>
-[...774 lines deleted...]
-        <v>2011</v>
       </c>
       <c r="H23">
         <v>2011</v>
       </c>
-      <c r="I23" t="s">
-        <v>36</v>
+      <c r="I23">
+        <v>2011</v>
       </c>
       <c r="J23" t="s">
-        <v>21</v>
+        <v>43</v>
       </c>
       <c r="K23" t="s">
-        <v>135</v>
+        <v>24</v>
       </c>
       <c r="L23" t="s">
-        <v>136</v>
+        <v>180</v>
       </c>
       <c r="M23" t="s">
+        <v>181</v>
+      </c>
+      <c r="N23" t="s">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>182</v>
+      </c>
+      <c r="P23" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>184</v>
+      </c>
+      <c r="B24" t="s">
+        <v>185</v>
+      </c>
+      <c r="C24" t="s">
+        <v>124</v>
+      </c>
+      <c r="D24" t="s">
+        <v>74</v>
+      </c>
+      <c r="E24" t="s">
+        <v>40</v>
+      </c>
+      <c r="F24" t="s">
+        <v>41</v>
+      </c>
+      <c r="G24" t="s">
+        <v>42</v>
+      </c>
+      <c r="H24">
+        <v>2012</v>
+      </c>
+      <c r="I24">
+        <v>2020</v>
+      </c>
+      <c r="J24" t="s">
+        <v>43</v>
+      </c>
+      <c r="K24" t="s">
         <v>24</v>
       </c>
-      <c r="N23" t="s">
-[...22 lines deleted...]
-      <c r="G24">
+      <c r="L24" t="s">
+        <v>186</v>
+      </c>
+      <c r="M24" t="s">
+        <v>187</v>
+      </c>
+      <c r="N24" t="s">
+        <v>130</v>
+      </c>
+      <c r="O24" t="s">
+        <v>188</v>
+      </c>
+      <c r="P24" t="s">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>190</v>
+      </c>
+      <c r="B25" t="s">
+        <v>191</v>
+      </c>
+      <c r="C25" t="s">
+        <v>192</v>
+      </c>
+      <c r="D25" t="s">
+        <v>193</v>
+      </c>
+      <c r="E25" t="s">
+        <v>20</v>
+      </c>
+      <c r="F25" t="s">
+        <v>126</v>
+      </c>
+      <c r="G25" t="s">
+        <v>42</v>
+      </c>
+      <c r="H25">
         <v>2012</v>
       </c>
-      <c r="H24">
-[...43 lines deleted...]
-      <c r="H25">
+      <c r="I25">
         <v>2014</v>
       </c>
-      <c r="I25" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J25" t="s">
-        <v>21</v>
+        <v>162</v>
       </c>
       <c r="K25" t="s">
-        <v>145</v>
+        <v>24</v>
       </c>
       <c r="L25" t="s">
-        <v>146</v>
+        <v>194</v>
       </c>
       <c r="M25" t="s">
-        <v>24</v>
+        <v>195</v>
       </c>
       <c r="N25" t="s">
-        <v>147</v>
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
+        <v>196</v>
+      </c>
+      <c r="P25" t="s">
+        <v>197</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>