--- v0 (2025-10-13)
+++ v1 (2026-01-20)
@@ -12,678 +12,916 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="195">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="274">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>CEL- Digital Television Adapters (Set Top Box)</t>
   </si>
   <si>
+    <t>This policy covers digital television adapters (set top box).</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Set Top Boxes (STB)</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>GB/T 2829-2002; GB/T 14857; GB/T 17700; GB/T 17975.1; GB/T 17975.2; GB/T 17975.3; GB/T 20600; GB 20943; GD/JN 01; GY/T 155; GY/T 170; IEC 62087:2008</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-digital-television-adapters-set-top-box</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/66cce27f96114f04a415b6ae8a84224d/files/cms/article/2021/05/%E6%9C%BA%E9%A1%B6%E7%9B%92.pdf</t>
+  </si>
+  <si>
     <t>Commission Regulation EC No 107-2009 of 4 February 2009 implementing Directive 2005-32-EC -with regard to ecodesign requirements for simple set-top boxes</t>
   </si>
   <si>
+    <t>The Commission Regulation EC No 107-2009 of 4 February 2009 implementing Directive 2005-32-EC of the European Parliament and of the Council with regard to ecodesign requirements for simple set-top boxes; sets minimum energy performance requirements for simple set top boxes -SSTB.</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>October 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-ec-no-107-2009-4-february-2009-implementing-directive-2005-32-ec-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2009/107/contents</t>
+  </si>
+  <si>
     <t>CQC31-448174-2015. CQC Mark Certification - Water Dispenser</t>
   </si>
   <si>
+    <t>Applies to water dispensers, with rated voltage of not more than 250V.</t>
+  </si>
+  <si>
     <t>Water Coolers</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>GB 30978-2014</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-448174-2015-cqc-mark-certification-water-dispenser</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-21/492751.shtml</t>
+  </si>
+  <si>
     <t>CQC31-452631-2021. Energy Conservation Certification rules for flat panel TVs &amp; set-top boxes</t>
   </si>
   <si>
+    <t>This policy contains Energy Conservation Certification rules for flat panel TVs &amp; set-top boxes. It applies to LCD TVs and Plasma TVs that work under an electricity grid of normal voltage and serve for general service. It also applies to LCD or plasma display equipment (with its main function as a TV, but without moderators and other types of flat panel displays) and set-top boxes.</t>
+  </si>
+  <si>
     <t>Televisions, Set Top Boxes (STB)</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>GB 24850</t>
   </si>
   <si>
     <t>China Quality Certification Centre</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-452631-2021-energy-conservation-certification-rules-flat-panel-tvs-set-top-boxes</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2021-06-07/492733.shtml</t>
+  </si>
+  <si>
     <t>CQC32-439154-2016 Water Conservation Certification Rules for Household and Similar Use Reverse Osmosis Drinking Water Treatment Purifiers</t>
   </si>
   <si>
+    <t>Applies to Household and Similar Use Reverse Osmosis Drinking Water Treatment Purifiers which use centralzized water supply such as as municipal tap water as water source; and use reverse osmosis membrane as the main purification unit.</t>
+  </si>
+  <si>
     <t>GB34914-2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc32-439154-2016-water-conservation-certification-rules-household-and-similar-use-reverse</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2018-07-04/529526.shtml</t>
+  </si>
+  <si>
     <t>e-Standby Power Program for Set-Top Boxes</t>
   </si>
   <si>
+    <t>A device with nameplate output power of power supplyless than equal to 150W, capable of receiving,transmitting, processing, recording, converting signals anddisplaying by television or other displaying devices.</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/e-standby-power-program-set-top-boxes</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100300.asp</t>
+  </si>
+  <si>
     <t>Energy Conservation Labeling Program Requirements for Chilled-Warm-Hot Drinking water Dispensers; En-Tech 10405000331</t>
   </si>
   <si>
+    <t>Chilled, warm, hot drinking water dispensers. Products shall meet the requirements of Article 13516; Chinese National Standards -CNS; or be recognized by Bureau of Energy, MOEA.</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>CNS-13516</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-conservation-labeling-program-requirements-chilled-warm-hot-drinking-water</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=13%20</t>
+  </si>
+  <si>
     <t>Energy Conservation Labeling Program Requirements for Warm-Hot Drinking Water Dispensers</t>
   </si>
   <si>
+    <t>Water Dispensers: warm; hot. The applicable products shall be warm-hot water dispensers which meet the requirements of CNS-13516-C4469.</t>
+  </si>
+  <si>
     <t>Section 10.3.1 of CNS-13516; Sections 4.10 and 8.4 of CNS-13516</t>
   </si>
   <si>
     <t>Greenmark Labelling Program</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-conservation-labeling-program-requirements-warm-hot-drinking-water-dispensers</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=12</t>
+  </si>
+  <si>
     <t>Energy Conservation Labeling Program Requirements for Warm-Hot Water Fountains Machines</t>
   </si>
   <si>
+    <t>Warm-hot water fountains machines which meet the requirements of CNS-3910-C4129.</t>
+  </si>
+  <si>
     <t>CNS 14125</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-conservation-labeling-program-requirements-warm-hot-water-fountains-machines</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=26</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Chilled-Warm-Hot Drinking Water Supplier; En-Tech 10405003141</t>
   </si>
   <si>
+    <t>Chilled; warm; hot drinking water fountains. The applicable Products shall meet the requirements of Article 3910; Chinese National Standards -CNS; or be recognized by Bureau of Energy, MOEA.</t>
+  </si>
+  <si>
     <t>CNS-3910</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-chilled-warm-hot</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=14%20</t>
+  </si>
+  <si>
     <t>Energy Efficiency Grade Label - Electrical cooler and Heater for drinking - water storage</t>
   </si>
   <si>
+    <t>Electrical cooler and heater for drinking - water storage. Electrical cooler and heater for drinking-water storage shall be designed the vapor-compressor cooler, heater, and water storage in a cabinet. Water purifier is included. Rated cooling power consumption of not more than 500W and rated heating power consumptions of not more than 1000W.</t>
+  </si>
+  <si>
     <t>December 2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-grade-label-electrical-cooler-and-heater-drinking-water-storage</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_2.asp</t>
+  </si>
+  <si>
     <t>Energy Efficiency Label No5 for Water Dispenser</t>
   </si>
   <si>
+    <t>This program covers hot and cold water dispensers with water tanks and drinking water coolers with water tanks.</t>
+  </si>
+  <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>TIS 2746-2559</t>
   </si>
   <si>
     <t>Electricity Generating Authority Thailand (EGAT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-label-no5-water-dispenser</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/wv.pdf</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Set-Top Boxes Version 5.1</t>
   </si>
   <si>
+    <t>Products that meet the definition of Set-top Box and a Set-top Box Base Type as specified herein are eligible for ENERGY STAR certification.  Set-top Box: A device with the primary purpose of receiving digital television services from a coaxial; hybrid fiber coaxial; or fiber-to-the-home distribution system; from satellites; or encapsulated in IP packets from managed IP distribution networks; decrypting or descrambling these signals; and decoding|decompressing for delivery to residential consumer displays and or recording devices; and or one or more other Set-Top Boxes; including Thin Clients; in a residential multi-room architecture. STBs that incorporate common LAN functionality as a secondary function are considered STBs for this specification. Base Type: The means of access to video content for a STB; includes: cable; sattelliete; cable digital transport adapter; internet protocol; and thin-client|remote.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Set-Top Boxes (Rev. May-2016)</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-set-top-boxes-version-51</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/electronics/set_top_boxes_cable_boxes/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Water Coolers Version 2.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a water cooler, a freestanding device that consumes energy to cool and/or heat potable water, are eligible for ENERGY STAR qualification. This includes cold only units, hot and cold units, and cook and cold units. Units that provide pressurized water and are not free standing (i.e., wall mounted, under sink, or otherwise building integrated) are not eligible for ENERGY STAR. AirSource units and units with a water source other than bottled or tap water (POU) are not eligible.</t>
+  </si>
+  <si>
     <t>ENERGY STAR Test Method for Water Coolers (Rev. May-2013)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-water-coolers-version-20</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/other/water_coolers/partners</t>
+  </si>
+  <si>
     <t>ESDM Ministerial Decree No. 87.K/EK.01/MEM.E/2025 -- Drinking Water Dispensers</t>
   </si>
   <si>
+    <t>This policy establishes MEPS and label for water dispense, a standalone device equipped with a heating component to heat drinking water, or a standalone device equipped with a heating and/or cooling component that uses a heat pump or thermoelectric system to cool drinking water. It uses bottled water as the water source, with a bottle capacity of up to 20 (twenty) liters. MEPS and Label rating:</t>
+  </si>
+  <si>
     <t>Indonesia</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>Directorate General of New, Renewable Energy and Energy Conservation, Ministry …</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/esdm-ministerial-decree-no-87kek01meme2025-drinking-water-dispensers</t>
   </si>
   <si>
+    <t>https://simebtke.esdm.go.id/sinergi/program_konservasi_energi/detail/1/regulasi-dan-standar-konservasi-energi</t>
+  </si>
+  <si>
     <t>GB 24850-2020 Minimum allowable values of energy efficiency limits and energy efficiency grades for flat-panel TVs and set-top boxes</t>
+  </si>
+  <si>
+    <t>MEPS for flat panel televisions and set-top boxes</t>
   </si>
   <si>
     <t>Electronics, Audio-Visual, Televisions, Set Top Boxes (STB)</t>
   </si>
   <si>
     <t>GB/T 17309.1
 ,   
                     GB 24850-2020
 ,   
                     IEC 62087-2:2015</t>
   </si>
   <si>
     <t>The Standardization Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-24850-2020-minimum-allowable-values-energy-efficiency-limits-and-energy-efficiency</t>
   </si>
   <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=AB2CA7A65EFC3FD1E05397BE0A0A98CA</t>
+  </si>
+  <si>
     <t>GB 25957-2010 Minimum allowable values of energy efficiency and energy efficiency grades for digital television adapters -set-top boxes</t>
   </si>
   <si>
+    <t>Applies to adapters working under 220V 50Hz including cable adapters ground adapters and satellite adapters.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/gb-25957-2010-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E07ED3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 30978-2014 Minimum allowable values of the energy efficiency and energy efficiency grades for water dispensers</t>
   </si>
   <si>
+    <t>Applies to the hot or cold water dispensers with rated voltage not exceeding 250 V. Does not apply to the instant hot water dispensers with rated power of more than 4 000 W.</t>
+  </si>
+  <si>
     <t>GB/T 2828.1; GB/T 2829; GB 4706.1; GB/T 22090-2008</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-30978-2014-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7FF8FD3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Digital Television Set-top Boxes) Determination 2012</t>
   </si>
   <si>
+    <t>A Digital TV (DTV) set top box (STB) is used to convert digital TV signals to a signal compatible with the existing audiovisual display technology, including analogue RF, composite video, s-vhs, component video or DVI/HDMI. Those digital receivers that are integrated with other equipment such as television receivers, digital recorders and DVD players are not included at this time.Those digital receivers that are integrated with other equipment such as television receivers, digital recorders and DVD players are not included at this time. STBs have different requirements if they are designed for free-to-air (FTA) broadcast television or subscription television (STV).</t>
+  </si>
+  <si>
     <t>Australia</t>
   </si>
   <si>
     <t>AS/NZS 62087.1:2010AS/NZS 62087.2.1: 2008</t>
   </si>
   <si>
     <t>Department of Climate Change and Energy Efficiency (DCCEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenhouse-and-energy-minimum-standards-digital-television-set-top-boxes-determination</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Series/F2012L02116</t>
+  </si>
+  <si>
     <t>Greenmark N87 - Water dispensers</t>
   </si>
   <si>
+    <t>This standard is applicable to water dispensers which meet the definition of CNS 13516. Product types:    1. Chilled-warm-hot water dispensers: products which dispense chilled; warm; and hot water.     2. Warm-hot water fountains: products which only dispense warm and hot water</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n87-water-dispensers</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/87/190fe105-4e4d-4c84-a549-3422f4412469.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N91 - Water fountains</t>
   </si>
   <si>
+    <t>This standard is applicable to water fountains which meet the definition of CNS 3910. Product types:    1. Chilled-warm-hot water fountains: products which dispense chilled; warm; and hot water.    2. Warm-hot water fountains: products which only dispense warm and hot water.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n91-water-fountains</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/91/9538f24f-74ad-4582-94a3-0dc387ee1cf5.pdf</t>
+  </si>
+  <si>
     <t>ISIRI 10635: 2008, Wet Cooling Towers, Technical Specifications and Test Methods for Energy Consumption and Energy Labeling Instructions</t>
   </si>
   <si>
+    <t>Applicable to wet cooling towers with capacity of 800 tons. Does not include cooling towers with natural flow</t>
+  </si>
+  <si>
     <t>Iran</t>
   </si>
   <si>
     <t>ISIRI 4514 (1998), BS EN 13741 (2003), BS 4485-part2 (1988), CTI ATC 105 (2000)</t>
   </si>
   <si>
     <t>Institute of Standards and Industrial Research of Iran (ISIRI)</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-10635-2008-wet-cooling-towers-technical-specifications-and-test-methods-energy</t>
   </si>
   <si>
+    <t>http://isiri.gov.ir/portal/home/?135546/%D8%A7%D8%B7%D9%84%D8%A7%D8%B9%D8%A7%D8%AA-%D9%85%D8%B1%D8%A8%D9%88%D8%B7-%D8%A8%D9%87-%D8%A7%D8%B3%D8%AA%D8%A7%D9%86%D8%AF%D8%A7%D8%B1%D8%AF%D9%87%D8%A7%DB%8C-%D8%A8%D8%B1%DA%86%D8%B3%D8%A8-%D8%A7%D9%86%D8%B1%DA%98%</t>
+  </si>
+  <si>
     <t>JS 2110:2013 Technical Regulation on eco-design requirements for simple set-top boxes</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for simple set-top boxes.</t>
+  </si>
+  <si>
     <t>Jordan</t>
   </si>
   <si>
     <t>JS 2110</t>
   </si>
   <si>
     <t>National Energy Research Centre (NERC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/js-21102013-technical-regulation-eco-design-requirements-simple-set-top-boxes</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5470</t>
+  </si>
+  <si>
     <t>LI 2447 Energy Commission (Energy Efficiency Standards and Labelling) (Set-Top Boxes) Regulations, 2022</t>
   </si>
   <si>
+    <t>Minimum energy performance standard and labelling guidelines for set-top boxes. These regulations apply to set-top boxes manufactured in the country or imported into the country for display, sale or use, with the ability to be powered directly from the mains alternating current for use as either a simple set-top box, or a complex set-top box.</t>
+  </si>
+  <si>
     <t>Ghana</t>
   </si>
   <si>
     <t>May 2023</t>
   </si>
   <si>
     <t>Ghana Energy Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/li-2447-energy-commission-energy-efficiency-standards-and-labelling-set-top-boxes</t>
   </si>
   <si>
+    <t>https://www.energycom.gov.gh/regulation/regulation-and-codes</t>
+  </si>
+  <si>
     <t>MEPS for Electrical cooler and Heater for drinking - water storage</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-electrical-cooler-and-heater-drinking-water-storage</t>
   </si>
   <si>
     <t>MEPS for set top boxes</t>
   </si>
   <si>
+    <t>MEPS covers simple non-recording standalone free-to-air digital television (DTV) set-top boxes (STBs) associated with DTV broadcasts.</t>
+  </si>
+  <si>
     <t>New Zealand</t>
   </si>
   <si>
     <t>AS/NZS 62087.1:2010</t>
   </si>
   <si>
     <t>Energy Efficiency and Conservation Authority (EECA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-set-top-boxes</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/set-top-boxes-factsheet.pdf</t>
+  </si>
+  <si>
     <t>MEPS for Set Top Boxes</t>
   </si>
   <si>
-    <t>Entered into force, Revised</t>
+    <t>This policy contains minimum energy performance standards for set-top boxes (excluding the digital converter) receiving one or more of cable, satellite, and IP TV broadcastings and sending the image and audio to a television or display unit, with the rated power consumption of less than 150W.</t>
   </si>
   <si>
     <t>Korea Energy Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-set-top-boxes-0</t>
   </si>
   <si>
+    <t>https://eep.energy.or.kr/pds/view.aspx?cate=4&amp;no=149</t>
+  </si>
+  <si>
     <t>MEPS for Standby Power</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-standby-power</t>
   </si>
   <si>
     <t>Ministerial Regulations Prescribing High Efficiency Cold Water Dispenser and Hot-Cold Water Dispenser, B.E. 2564 (2021)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers a drinking water dispenser that lowers the temperature of the water, with the size of the cold water tank inside the machine, not more than 6 liters and using a single-phase current with a voltage not exceeding 250 volts or using a 3-phase electric current with a voltage of not more than 480 volts and having Power frequency 50 hertz. It includes hot and cold water dispenser that raises the temperature of drinking water in the hot water section and lowers the temperature of drinking water in the cold water section, with the size of the hot water tank inside the machine, not more than 5 liters and the size of the cold water tank inside the machine not more than 6 liters and using single-phase electricity, voltage not more than 250 volts, or using type 3 electricity phase, voltage not more than 480 volts and electric frequency 50 hertz.</t>
+  </si>
+  <si>
     <t>High Energy Performance Standard</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>Department of Alternative Energy Development and Efficiency, Ministry of Energy…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulations-prescribing-high-efficiency-cold-water-dispenser-and-hot-cold</t>
   </si>
   <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2564/A/028/T_0016.PDF</t>
+  </si>
+  <si>
     <t>Regulation on Energy Efficiency Requirements for Mass-Produced Systems, Vehicles, and Appliances</t>
   </si>
   <si>
+    <t>This policy applies to mass-produced systems, vehicles, and devices as well as their mass-produced components that consume a considerable amount of energy and are placed on the market or sold in Switzerland.</t>
+  </si>
+  <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>Computers, Servers, Networking Equipment, Stand-by and networked devices, Televisions, Set Top Boxes (STB), Displays, External Power Supply, Vacuum Cleaners, Ovens, Dishwashers, Cooktops or Hobs, Coffee Machines, Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires, 3-Phase Motors, Industrial Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Storage Water Heaters, Building Circulator Pumps, Pumps Other, Power Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>Electricity, Other Solid Fuel</t>
   </si>
   <si>
     <t>See Policy</t>
   </si>
   <si>
     <t>Swiss Federal Office of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/regulation-energy-efficiency-requirements-mass-produced-systems-vehicles-and-appliances</t>
   </si>
   <si>
+    <t>https://www.admin.ch/opc/de/classified-compilation/20162950/index.html</t>
+  </si>
+  <si>
     <t>Regulations, methods, and inspection measures of energy consumption standards and energy efficiency grade labeling for ice-warm-hot drinking water machines</t>
   </si>
   <si>
+    <t>The ice-warm-hot drinking water machine set in this announcement covers goods in compliance with Clause 13516 of Chinese National Standards; which are subjected to inspection by the Bureau of Standards Metrology and Inspection</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/regulations-methods-and-inspection-measures-energy-consumption-standards-and-energy-0</t>
   </si>
   <si>
+    <t>https://ranking.energylabel.org.tw/gen/law/upt.aspx?pageno=0&amp;key=&amp;PDID=0&amp;lang=2&amp;uid=0&amp;cid=10&amp;con=1&amp;year=&amp;month=&amp;day=&amp;p0=40</t>
+  </si>
+  <si>
     <t>Regulations, methods, and inspection measures of energy consumption standards and energy efficiency grade labeling for warm-hot drinking water machines</t>
   </si>
   <si>
+    <t>The warm-hot drinking water machine -Machine- set in this announcement covers goods in compliance with Clause 13516 of Chinese National Standards; which are subjected to inspection by the Bureau of Standards Metrology and Inspection</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/regulations-methods-and-inspection-measures-energy-consumption-standards-and-energy</t>
   </si>
   <si>
+    <t>https://ranking.energylabel.org.tw/gen/law/upt.aspx?pageno=0&amp;key=&amp;PDID=0&amp;lang=2&amp;uid=0&amp;cid=10&amp;con=1&amp;year=&amp;month=&amp;day=&amp;p0=39</t>
+  </si>
+  <si>
     <t>Requirements on the Minimal Energy Performance Standard and Energy Efficiency Rating Labeling and Inspection of Ice-warm-hot --IWH-- water dispenser</t>
   </si>
   <si>
+    <t>The IWH water dispensers of this regulation are those compliant with CNS3910 and contained in list of products requiring inspection by the Bureau of Standards Metrology and Inspection</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/requirements-minimal-energy-performance-standard-and-energy-efficiency-rating-labeling-0</t>
   </si>
   <si>
+    <t>https://ranking.energylabel.org.tw/gen/law/upt.aspx?pageno=0&amp;key=&amp;PDID=0&amp;lang=2&amp;uid=0&amp;cid=10&amp;con=1&amp;year=&amp;month=&amp;day=&amp;p0=44</t>
+  </si>
+  <si>
     <t>Requirements on the Minimal Energy Performance Standard and Energy Efficiency Rating Labeling and Inspection of Warm-hot --WH--water dispenser</t>
   </si>
   <si>
+    <t>The WH water dispensers of this regulation are those compliant with CNS3910 and contained in list of products requiring inspection by the Bureau of Standards Metrology and Inspection</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/requirements-minimal-energy-performance-standard-and-energy-efficiency-rating-labeling-1</t>
   </si>
   <si>
+    <t>https://ranking.energylabel.org.tw/gen/law/upt.aspx?pageno=0&amp;key=&amp;PDID=0&amp;lang=2&amp;uid=0&amp;cid=10&amp;con=1&amp;year=&amp;month=&amp;day=&amp;p0=45</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4122 - Set Top Boxes</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for television receivers with images in color or black and white, stable or programmable, analog or digital, fed with a nominal voltage of 110 V, 115 V, 127 V, 220 V or 230 volts at a frequency of 60 Hz, in any of the following types of kinescopes: Cathode Ray Tube screen (CRT), Liquid Crystal Display (LCD), Plasma Screen, with any other similar system flat screen.</t>
+  </si>
+  <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>NMX-I-122-NYCE / NOM-001-SCFI / IEC 62087</t>
   </si>
   <si>
     <t>Fideicomiso para el Ahorro de Energía Eléctrica (FIDE) - Trust for Saving Elect…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4122-set-top-boxes</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4122_03.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4137 - Water Dispensers</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for water dispensers: units for cooling only, or cooling and heating, can be equipped with a refrigerated compartment, for commercial use with water gallon demijohns between 15.14 and 18.90 liters (4-5 gallons), operating voltage of 120V or 127V at a nominal frequency of 60Hz.</t>
+  </si>
+  <si>
     <t>NOM-015-ENER / NOM-003-SCFI / NMX-J-521/1-ANCE</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4137-water-dispensers</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4137_01.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Water Dispenser TGL-97-R1-20</t>
   </si>
   <si>
+    <t>These criteria shall apply to hot and cold water dispensers and compressed cold water dispensers (compression type) with a cold water tank capacity of no more than 6 liters, a hot water tank capacity of no more than 5 liters, and voltage that does not exceed 250 V.</t>
+  </si>
+  <si>
     <t>TIS 2461</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-water-dispenser-tgl-97-r1-20</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-97-R1-20.pdf</t>
+  </si>
+  <si>
     <t>The Energy Sources Regulations-Maximum Electric Output for a Television Receiver, 2011</t>
   </si>
   <si>
+    <t>It covers computers</t>
+  </si>
+  <si>
     <t>Israel</t>
   </si>
   <si>
     <t>SI 62087</t>
   </si>
   <si>
     <t>Standards Institute of Israel (SII)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-sources-regulations-maximum-electric-output-television-receiver-2011</t>
   </si>
   <si>
+    <t>http://energy.gov.il/English/LegislationLibraryE1/ECTV.doc</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Hot/Cold Bottled Water Dispensers</t>
   </si>
   <si>
+    <t>This policy applies to hot/cold bottled water dispensers, which are defined as free-standing devices that consume energy and dispense water from removable, typically 8–20 L plastic bottles commonly positioned on top/at the bottom of the unit.</t>
+  </si>
+  <si>
     <t>Hong Kong SAR of China</t>
   </si>
   <si>
     <t>Electrical &amp; Mechanical Services Department of Hong Kong</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-hotcold-bottled-water-dispensers</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Water%20Dispenser%202020_eng_v2.6%20(Final).pdf</t>
+  </si>
+  <si>
     <t>TIS 2746-2559 (2016) Hot and Cool water dispenser and Cool water dispenser: Energy efficiency</t>
   </si>
   <si>
+    <t>This standard defines the energy efficiency requirements for hot and cool water dispensers and compression type cool water dispensers with a cold water tank capacity of no more than 6 L, a hot water tank capacity of no more than 5 L, and a rated voltage of no more than 250 V.</t>
+  </si>
+  <si>
     <t>Refrigeration, Water Coolers</t>
   </si>
   <si>
     <t>April 2022</t>
   </si>
   <si>
     <t>Thai Industrial Standards Institute (TISI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tis-2746-2559-2016-hot-and-cool-water-dispenser-and-cool-water-dispenser-energy-efficiency</t>
   </si>
   <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2559/E/291/6.PDF</t>
+  </si>
+  <si>
     <t>VC 9008</t>
   </si>
   <si>
+    <t>This compulsory specification covers energy efficiency requirements and energy efficiency labeling of the following electrical and electronic appliances: air conditioners not exceeding 7.1KW cooling capacity, audio and video equipment including television sets (not covered by labeling), dishwashers, electric ovens, refrigerators, freezers, tumble dryers, washer dryers, and washing machines.</t>
+  </si>
+  <si>
     <t>South Africa</t>
   </si>
   <si>
     <t>Televisions, Set Top Boxes (STB), Ovens, Dishwashers, Clothes Dryers, Washer and Dryers, Washing Machines, Room ACs - Stationary ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>SANS 941:2014</t>
   </si>
   <si>
     <t>National Regulator for Compulsory Specification (NRCS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/vc-9008</t>
+  </si>
+  <si>
+    <t>https://www.nrcs.org.za/CompulsarySpecExtended/VC%209008%20Supplement.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -947,1881 +1185,2136 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N42"/>
+  <dimension ref="A1:P42"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="183" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="144" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="183.955" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1088.734" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="684.119" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="175.671" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="303.069" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2011</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>19</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>33</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2009</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>34</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3"/>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>35</v>
+      </c>
+      <c r="P3" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>37</v>
+      </c>
+      <c r="B4" t="s">
+        <v>38</v>
+      </c>
+      <c r="C4" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...12 lines deleted...]
-      <c r="K2" t="s">
+      <c r="D4" t="s">
+        <v>39</v>
+      </c>
+      <c r="E4" t="s">
+        <v>40</v>
+      </c>
+      <c r="F4" t="s">
+        <v>41</v>
+      </c>
+      <c r="G4" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...66 lines deleted...]
-      <c r="G4">
+      <c r="H4">
         <v>2015</v>
       </c>
-      <c r="H4"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I4"/>
       <c r="J4" t="s">
-        <v>21</v>
+        <v>42</v>
       </c>
       <c r="K4" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="L4" t="s">
-        <v>37</v>
+        <v>43</v>
       </c>
       <c r="M4" t="s">
-        <v>24</v>
+        <v>44</v>
       </c>
       <c r="N4" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-    <row r="5" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>45</v>
+      </c>
+      <c r="P4" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
       <c r="A5" t="s">
-        <v>39</v>
+        <v>47</v>
       </c>
       <c r="B5" t="s">
-        <v>15</v>
+        <v>48</v>
       </c>
       <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>49</v>
+      </c>
+      <c r="E5" t="s">
         <v>40</v>
-      </c>
-[...4 lines deleted...]
-        <v>34</v>
       </c>
       <c r="F5" t="s">
         <v>41</v>
       </c>
-      <c r="G5">
+      <c r="G5" t="s">
+        <v>50</v>
+      </c>
+      <c r="H5">
         <v>2002</v>
       </c>
-      <c r="H5">
+      <c r="I5">
         <v>2021</v>
       </c>
-      <c r="I5" t="s">
+      <c r="J5" t="s">
+        <v>51</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>52</v>
+      </c>
+      <c r="M5" t="s">
+        <v>53</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>54</v>
+      </c>
+      <c r="P5" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>56</v>
+      </c>
+      <c r="B6" t="s">
+        <v>57</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>39</v>
+      </c>
+      <c r="E6" t="s">
+        <v>40</v>
+      </c>
+      <c r="F6" t="s">
+        <v>41</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2016</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
         <v>42</v>
       </c>
-      <c r="J5" t="s">
-[...5 lines deleted...]
-      <c r="L5" t="s">
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>58</v>
+      </c>
+      <c r="M6" t="s">
         <v>44</v>
       </c>
-      <c r="M5" t="s">
-[...22 lines deleted...]
-      <c r="F6" t="s">
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>59</v>
+      </c>
+      <c r="P6" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>61</v>
+      </c>
+      <c r="B7" t="s">
+        <v>62</v>
+      </c>
+      <c r="C7" t="s">
+        <v>63</v>
+      </c>
+      <c r="D7" t="s">
         <v>19</v>
       </c>
-      <c r="G6">
-[...34 lines deleted...]
-      </c>
       <c r="E7" t="s">
-        <v>34</v>
+        <v>40</v>
       </c>
       <c r="F7" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G7">
+        <v>41</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
         <v>2010</v>
       </c>
-      <c r="H7"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I7"/>
       <c r="J7" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>64</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7"/>
       <c r="M7" t="s">
-        <v>24</v>
+        <v>65</v>
       </c>
       <c r="N7" t="s">
-        <v>53</v>
-[...2 lines deleted...]
-    <row r="8" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>66</v>
+      </c>
+      <c r="P7" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
       <c r="A8" t="s">
-        <v>54</v>
+        <v>68</v>
       </c>
       <c r="B8" t="s">
-        <v>55</v>
+        <v>69</v>
       </c>
       <c r="C8" t="s">
-        <v>32</v>
+        <v>70</v>
       </c>
       <c r="D8" t="s">
-        <v>33</v>
+        <v>39</v>
       </c>
       <c r="E8" t="s">
-        <v>34</v>
+        <v>40</v>
       </c>
       <c r="F8" t="s">
         <v>41</v>
       </c>
-      <c r="G8">
+      <c r="G8" t="s">
+        <v>50</v>
+      </c>
+      <c r="H8">
         <v>2013</v>
       </c>
-      <c r="H8">
+      <c r="I8">
         <v>2015</v>
       </c>
-      <c r="I8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J8" t="s">
-        <v>21</v>
+        <v>71</v>
       </c>
       <c r="K8" t="s">
-        <v>57</v>
+        <v>24</v>
       </c>
       <c r="L8" t="s">
-        <v>58</v>
+        <v>72</v>
       </c>
       <c r="M8" t="s">
-        <v>24</v>
+        <v>73</v>
       </c>
       <c r="N8" t="s">
-        <v>59</v>
-[...2 lines deleted...]
-    <row r="9" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>74</v>
+      </c>
+      <c r="P8" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
       <c r="A9" t="s">
-        <v>60</v>
+        <v>76</v>
       </c>
       <c r="B9" t="s">
-        <v>55</v>
+        <v>77</v>
       </c>
       <c r="C9" t="s">
-        <v>32</v>
+        <v>70</v>
       </c>
       <c r="D9" t="s">
-        <v>33</v>
+        <v>39</v>
       </c>
       <c r="E9" t="s">
-        <v>34</v>
+        <v>40</v>
       </c>
       <c r="F9" t="s">
         <v>41</v>
       </c>
-      <c r="G9">
+      <c r="G9" t="s">
+        <v>50</v>
+      </c>
+      <c r="H9">
         <v>2013</v>
       </c>
-      <c r="H9">
+      <c r="I9">
         <v>2010</v>
       </c>
-      <c r="I9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J9" t="s">
-        <v>21</v>
+        <v>71</v>
       </c>
       <c r="K9" t="s">
-        <v>61</v>
+        <v>24</v>
       </c>
       <c r="L9" t="s">
-        <v>62</v>
+        <v>78</v>
       </c>
       <c r="M9" t="s">
-        <v>24</v>
+        <v>79</v>
       </c>
       <c r="N9" t="s">
-        <v>63</v>
-[...2 lines deleted...]
-    <row r="10" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>80</v>
+      </c>
+      <c r="P9" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
       <c r="A10" t="s">
-        <v>64</v>
+        <v>82</v>
       </c>
       <c r="B10" t="s">
-        <v>55</v>
+        <v>83</v>
       </c>
       <c r="C10" t="s">
-        <v>32</v>
+        <v>70</v>
       </c>
       <c r="D10" t="s">
-        <v>33</v>
+        <v>39</v>
       </c>
       <c r="E10" t="s">
-        <v>34</v>
+        <v>40</v>
       </c>
       <c r="F10" t="s">
         <v>41</v>
       </c>
-      <c r="G10">
+      <c r="G10" t="s">
+        <v>50</v>
+      </c>
+      <c r="H10">
         <v>2013</v>
       </c>
-      <c r="H10">
+      <c r="I10">
         <v>2014</v>
       </c>
-      <c r="I10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J10" t="s">
-        <v>21</v>
+        <v>71</v>
       </c>
       <c r="K10" t="s">
-        <v>65</v>
+        <v>24</v>
       </c>
       <c r="L10" t="s">
-        <v>62</v>
+        <v>84</v>
       </c>
       <c r="M10" t="s">
-        <v>24</v>
+        <v>79</v>
       </c>
       <c r="N10" t="s">
-        <v>66</v>
-[...2 lines deleted...]
-    <row r="11" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>85</v>
+      </c>
+      <c r="P10" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
       <c r="A11" t="s">
-        <v>67</v>
+        <v>87</v>
       </c>
       <c r="B11" t="s">
-        <v>55</v>
+        <v>88</v>
       </c>
       <c r="C11" t="s">
-        <v>32</v>
+        <v>70</v>
       </c>
       <c r="D11" t="s">
-        <v>33</v>
+        <v>39</v>
       </c>
       <c r="E11" t="s">
-        <v>34</v>
+        <v>40</v>
       </c>
       <c r="F11" t="s">
         <v>41</v>
       </c>
-      <c r="G11">
+      <c r="G11" t="s">
+        <v>50</v>
+      </c>
+      <c r="H11">
         <v>2013</v>
       </c>
-      <c r="H11">
+      <c r="I11">
         <v>2015</v>
       </c>
-      <c r="I11" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J11" t="s">
+        <v>71</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>89</v>
+      </c>
+      <c r="M11" t="s">
+        <v>73</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>90</v>
+      </c>
+      <c r="P11" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>92</v>
+      </c>
+      <c r="B12" t="s">
+        <v>93</v>
+      </c>
+      <c r="C12" t="s">
+        <v>63</v>
+      </c>
+      <c r="D12" t="s">
+        <v>39</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
         <v>21</v>
       </c>
-      <c r="K11" t="s">
-[...16 lines deleted...]
-      <c r="B12" t="s">
+      <c r="G12" t="s">
         <v>50</v>
-      </c>
-[...13 lines deleted...]
-        <v>2012</v>
       </c>
       <c r="H12">
         <v>2012</v>
       </c>
-      <c r="I12" t="s">
-        <v>71</v>
+      <c r="I12">
+        <v>2012</v>
       </c>
       <c r="J12" t="s">
+        <v>94</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12"/>
+      <c r="M12" t="s">
+        <v>65</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>95</v>
+      </c>
+      <c r="P12" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>97</v>
+      </c>
+      <c r="B13" t="s">
+        <v>98</v>
+      </c>
+      <c r="C13" t="s">
+        <v>99</v>
+      </c>
+      <c r="D13" t="s">
+        <v>39</v>
+      </c>
+      <c r="E13" t="s">
+        <v>40</v>
+      </c>
+      <c r="F13" t="s">
         <v>21</v>
       </c>
-      <c r="K12"/>
-[...29 lines deleted...]
-      <c r="G13">
+      <c r="G13" t="s">
+        <v>50</v>
+      </c>
+      <c r="H13">
         <v>2017</v>
       </c>
-      <c r="H13">
+      <c r="I13">
         <v>2019</v>
       </c>
-      <c r="I13" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J13" t="s">
-        <v>21</v>
+        <v>100</v>
       </c>
       <c r="K13" t="s">
-        <v>76</v>
+        <v>24</v>
       </c>
       <c r="L13" t="s">
-        <v>77</v>
+        <v>101</v>
       </c>
       <c r="M13" t="s">
-        <v>24</v>
+        <v>102</v>
       </c>
       <c r="N13" t="s">
-        <v>78</v>
-[...2 lines deleted...]
-    <row r="14" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>103</v>
+      </c>
+      <c r="P13" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
       <c r="A14" t="s">
-        <v>79</v>
+        <v>105</v>
       </c>
       <c r="B14" t="s">
-        <v>80</v>
+        <v>106</v>
       </c>
       <c r="C14" t="s">
-        <v>16</v>
+        <v>107</v>
       </c>
       <c r="D14" t="s">
-        <v>33</v>
+        <v>19</v>
       </c>
       <c r="E14" t="s">
-        <v>34</v>
+        <v>40</v>
       </c>
       <c r="F14" t="s">
         <v>41</v>
       </c>
-      <c r="G14">
+      <c r="G14" t="s">
+        <v>50</v>
+      </c>
+      <c r="H14">
         <v>2001</v>
       </c>
-      <c r="H14">
+      <c r="I14">
         <v>2018</v>
       </c>
-      <c r="I14" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J14" t="s">
-        <v>21</v>
+        <v>42</v>
       </c>
       <c r="K14" t="s">
-        <v>81</v>
+        <v>24</v>
       </c>
       <c r="L14" t="s">
-        <v>82</v>
+        <v>108</v>
       </c>
       <c r="M14" t="s">
-        <v>24</v>
+        <v>109</v>
       </c>
       <c r="N14" t="s">
-        <v>83</v>
-[...2 lines deleted...]
-    <row r="15" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>110</v>
+      </c>
+      <c r="P14" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
       <c r="A15" t="s">
-        <v>84</v>
+        <v>112</v>
       </c>
       <c r="B15" t="s">
-        <v>80</v>
+        <v>113</v>
       </c>
       <c r="C15" t="s">
-        <v>32</v>
+        <v>107</v>
       </c>
       <c r="D15" t="s">
-        <v>33</v>
+        <v>39</v>
       </c>
       <c r="E15" t="s">
-        <v>34</v>
+        <v>40</v>
       </c>
       <c r="F15" t="s">
         <v>41</v>
       </c>
-      <c r="G15">
+      <c r="G15" t="s">
+        <v>50</v>
+      </c>
+      <c r="H15">
         <v>2010</v>
       </c>
-      <c r="H15">
+      <c r="I15">
         <v>2014</v>
       </c>
-      <c r="I15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J15" t="s">
-        <v>21</v>
+        <v>42</v>
       </c>
       <c r="K15" t="s">
-        <v>85</v>
+        <v>24</v>
       </c>
       <c r="L15" t="s">
-        <v>82</v>
+        <v>114</v>
       </c>
       <c r="M15" t="s">
-        <v>24</v>
+        <v>109</v>
       </c>
       <c r="N15" t="s">
-        <v>86</v>
-[...2 lines deleted...]
-    <row r="16" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>115</v>
+      </c>
+      <c r="P15" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
       <c r="A16" t="s">
-        <v>87</v>
+        <v>117</v>
       </c>
       <c r="B16" t="s">
-        <v>88</v>
+        <v>118</v>
       </c>
       <c r="C16" t="s">
-        <v>32</v>
+        <v>119</v>
       </c>
       <c r="D16" t="s">
-        <v>17</v>
+        <v>39</v>
       </c>
       <c r="E16" t="s">
-        <v>89</v>
+        <v>20</v>
       </c>
       <c r="F16" t="s">
+        <v>120</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>2025</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>121</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16"/>
+      <c r="M16" t="s">
+        <v>122</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>123</v>
+      </c>
+      <c r="P16" t="s">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>125</v>
+      </c>
+      <c r="B17" t="s">
+        <v>126</v>
+      </c>
+      <c r="C17" t="s">
+        <v>18</v>
+      </c>
+      <c r="D17" t="s">
+        <v>127</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>33</v>
+      </c>
+      <c r="G17" t="s">
+        <v>50</v>
+      </c>
+      <c r="H17">
+        <v>2010</v>
+      </c>
+      <c r="I17">
+        <v>2021</v>
+      </c>
+      <c r="J17" t="s">
+        <v>51</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17" t="s">
+        <v>128</v>
+      </c>
+      <c r="M17" t="s">
+        <v>129</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>130</v>
+      </c>
+      <c r="P17" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>132</v>
+      </c>
+      <c r="B18" t="s">
+        <v>133</v>
+      </c>
+      <c r="C18" t="s">
+        <v>18</v>
+      </c>
+      <c r="D18" t="s">
         <v>19</v>
       </c>
-      <c r="G16">
-[...21 lines deleted...]
-      <c r="A17" t="s">
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>33</v>
+      </c>
+      <c r="G18" t="s">
+        <v>50</v>
+      </c>
+      <c r="H18">
+        <v>2011</v>
+      </c>
+      <c r="I18">
+        <v>2016</v>
+      </c>
+      <c r="J18" t="s">
+        <v>42</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18" t="s">
+        <v>25</v>
+      </c>
+      <c r="M18" t="s">
+        <v>26</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>134</v>
+      </c>
+      <c r="P18" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>136</v>
+      </c>
+      <c r="B19" t="s">
+        <v>137</v>
+      </c>
+      <c r="C19" t="s">
+        <v>18</v>
+      </c>
+      <c r="D19" t="s">
+        <v>39</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>33</v>
+      </c>
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
+        <v>2015</v>
+      </c>
+      <c r="I19"/>
+      <c r="J19" t="s">
+        <v>42</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19" t="s">
+        <v>138</v>
+      </c>
+      <c r="M19" t="s">
+        <v>26</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>139</v>
+      </c>
+      <c r="P19" t="s">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>141</v>
+      </c>
+      <c r="B20" t="s">
+        <v>142</v>
+      </c>
+      <c r="C20" t="s">
+        <v>143</v>
+      </c>
+      <c r="D20" t="s">
+        <v>19</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>33</v>
+      </c>
+      <c r="G20" t="s">
+        <v>50</v>
+      </c>
+      <c r="H20">
+        <v>2008</v>
+      </c>
+      <c r="I20">
+        <v>2012</v>
+      </c>
+      <c r="J20" t="s">
+        <v>100</v>
+      </c>
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20" t="s">
+        <v>144</v>
+      </c>
+      <c r="M20" t="s">
+        <v>145</v>
+      </c>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>146</v>
+      </c>
+      <c r="P20" t="s">
+        <v>147</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>148</v>
+      </c>
+      <c r="B21" t="s">
+        <v>149</v>
+      </c>
+      <c r="C21" t="s">
+        <v>70</v>
+      </c>
+      <c r="D21" t="s">
+        <v>39</v>
+      </c>
+      <c r="E21" t="s">
+        <v>40</v>
+      </c>
+      <c r="F21" t="s">
+        <v>41</v>
+      </c>
+      <c r="G21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21">
+        <v>2013</v>
+      </c>
+      <c r="I21"/>
+      <c r="J21" t="s">
+        <v>71</v>
+      </c>
+      <c r="K21" t="s">
+        <v>24</v>
+      </c>
+      <c r="L21"/>
+      <c r="M21" t="s">
+        <v>73</v>
+      </c>
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>150</v>
+      </c>
+      <c r="P21" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>152</v>
+      </c>
+      <c r="B22" t="s">
+        <v>153</v>
+      </c>
+      <c r="C22" t="s">
+        <v>70</v>
+      </c>
+      <c r="D22" t="s">
+        <v>39</v>
+      </c>
+      <c r="E22" t="s">
+        <v>40</v>
+      </c>
+      <c r="F22" t="s">
+        <v>41</v>
+      </c>
+      <c r="G22" t="s">
+        <v>22</v>
+      </c>
+      <c r="H22">
+        <v>2013</v>
+      </c>
+      <c r="I22"/>
+      <c r="J22" t="s">
+        <v>71</v>
+      </c>
+      <c r="K22" t="s">
+        <v>24</v>
+      </c>
+      <c r="L22"/>
+      <c r="M22" t="s">
+        <v>73</v>
+      </c>
+      <c r="N22" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>154</v>
+      </c>
+      <c r="P22" t="s">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>156</v>
+      </c>
+      <c r="B23" t="s">
+        <v>157</v>
+      </c>
+      <c r="C23" t="s">
+        <v>158</v>
+      </c>
+      <c r="D23" t="s">
+        <v>39</v>
+      </c>
+      <c r="E23" t="s">
+        <v>20</v>
+      </c>
+      <c r="F23" t="s">
+        <v>120</v>
+      </c>
+      <c r="G23" t="s">
+        <v>50</v>
+      </c>
+      <c r="H23">
+        <v>2002</v>
+      </c>
+      <c r="I23">
+        <v>2008</v>
+      </c>
+      <c r="J23" t="s">
+        <v>64</v>
+      </c>
+      <c r="K23" t="s">
+        <v>24</v>
+      </c>
+      <c r="L23" t="s">
+        <v>159</v>
+      </c>
+      <c r="M23" t="s">
+        <v>160</v>
+      </c>
+      <c r="N23" t="s">
+        <v>161</v>
+      </c>
+      <c r="O23" t="s">
+        <v>162</v>
+      </c>
+      <c r="P23" t="s">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>164</v>
+      </c>
+      <c r="B24" t="s">
+        <v>165</v>
+      </c>
+      <c r="C24" t="s">
+        <v>166</v>
+      </c>
+      <c r="D24" t="s">
+        <v>19</v>
+      </c>
+      <c r="E24" t="s">
+        <v>20</v>
+      </c>
+      <c r="F24" t="s">
+        <v>33</v>
+      </c>
+      <c r="G24" t="s">
+        <v>50</v>
+      </c>
+      <c r="H24">
+        <v>2013</v>
+      </c>
+      <c r="I24">
+        <v>2014</v>
+      </c>
+      <c r="J24" t="s">
+        <v>42</v>
+      </c>
+      <c r="K24" t="s">
+        <v>24</v>
+      </c>
+      <c r="L24" t="s">
+        <v>167</v>
+      </c>
+      <c r="M24" t="s">
+        <v>168</v>
+      </c>
+      <c r="N24" t="s">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>169</v>
+      </c>
+      <c r="P24" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>171</v>
+      </c>
+      <c r="B25" t="s">
+        <v>172</v>
+      </c>
+      <c r="C25" t="s">
+        <v>173</v>
+      </c>
+      <c r="D25" t="s">
+        <v>49</v>
+      </c>
+      <c r="E25" t="s">
+        <v>20</v>
+      </c>
+      <c r="F25" t="s">
+        <v>33</v>
+      </c>
+      <c r="G25" t="s">
+        <v>22</v>
+      </c>
+      <c r="H25"/>
+      <c r="I25"/>
+      <c r="J25" t="s">
+        <v>174</v>
+      </c>
+      <c r="K25" t="s">
+        <v>24</v>
+      </c>
+      <c r="L25"/>
+      <c r="M25" t="s">
+        <v>175</v>
+      </c>
+      <c r="N25" t="s">
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
+        <v>176</v>
+      </c>
+      <c r="P25" t="s">
+        <v>177</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>178</v>
+      </c>
+      <c r="B26" t="s">
         <v>93</v>
       </c>
-      <c r="B17" t="s">
-[...179 lines deleted...]
-      <c r="D21" t="s">
+      <c r="C26" t="s">
+        <v>63</v>
+      </c>
+      <c r="D26" t="s">
+        <v>39</v>
+      </c>
+      <c r="E26" t="s">
+        <v>20</v>
+      </c>
+      <c r="F26" t="s">
         <v>33</v>
       </c>
-      <c r="E21" t="s">
-[...196 lines deleted...]
-      <c r="B26" t="s">
+      <c r="G26" t="s">
         <v>50</v>
-      </c>
-[...13 lines deleted...]
-        <v>2012</v>
       </c>
       <c r="H26">
         <v>2012</v>
       </c>
-      <c r="I26" t="s">
+      <c r="I26">
+        <v>2012</v>
+      </c>
+      <c r="J26" t="s">
+        <v>94</v>
+      </c>
+      <c r="K26" t="s">
+        <v>24</v>
+      </c>
+      <c r="L26"/>
+      <c r="M26" t="s">
+        <v>65</v>
+      </c>
+      <c r="N26" t="s">
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
+        <v>179</v>
+      </c>
+      <c r="P26" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>180</v>
+      </c>
+      <c r="B27" t="s">
+        <v>181</v>
+      </c>
+      <c r="C27" t="s">
+        <v>182</v>
+      </c>
+      <c r="D27" t="s">
+        <v>19</v>
+      </c>
+      <c r="E27" t="s">
+        <v>20</v>
+      </c>
+      <c r="F27" t="s">
+        <v>33</v>
+      </c>
+      <c r="G27" t="s">
+        <v>22</v>
+      </c>
+      <c r="H27">
+        <v>2008</v>
+      </c>
+      <c r="I27"/>
+      <c r="J27" t="s">
         <v>71</v>
       </c>
-      <c r="J26" t="s">
+      <c r="K27" t="s">
+        <v>24</v>
+      </c>
+      <c r="L27" t="s">
+        <v>183</v>
+      </c>
+      <c r="M27" t="s">
+        <v>184</v>
+      </c>
+      <c r="N27" t="s">
+        <v>27</v>
+      </c>
+      <c r="O27" t="s">
+        <v>185</v>
+      </c>
+      <c r="P27" t="s">
+        <v>186</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>187</v>
+      </c>
+      <c r="B28" t="s">
+        <v>188</v>
+      </c>
+      <c r="C28" t="s">
+        <v>63</v>
+      </c>
+      <c r="D28" t="s">
+        <v>19</v>
+      </c>
+      <c r="E28" t="s">
+        <v>20</v>
+      </c>
+      <c r="F28" t="s">
+        <v>33</v>
+      </c>
+      <c r="G28" t="s">
+        <v>50</v>
+      </c>
+      <c r="H28">
+        <v>2015</v>
+      </c>
+      <c r="I28">
+        <v>2019</v>
+      </c>
+      <c r="J28" t="s">
+        <v>51</v>
+      </c>
+      <c r="K28" t="s">
+        <v>24</v>
+      </c>
+      <c r="L28"/>
+      <c r="M28" t="s">
+        <v>189</v>
+      </c>
+      <c r="N28" t="s">
+        <v>27</v>
+      </c>
+      <c r="O28" t="s">
+        <v>190</v>
+      </c>
+      <c r="P28" t="s">
+        <v>191</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>192</v>
+      </c>
+      <c r="B29" t="s">
+        <v>62</v>
+      </c>
+      <c r="C29" t="s">
+        <v>63</v>
+      </c>
+      <c r="D29" t="s">
+        <v>19</v>
+      </c>
+      <c r="E29" t="s">
+        <v>20</v>
+      </c>
+      <c r="F29" t="s">
+        <v>33</v>
+      </c>
+      <c r="G29" t="s">
+        <v>22</v>
+      </c>
+      <c r="H29">
+        <v>2015</v>
+      </c>
+      <c r="I29"/>
+      <c r="J29" t="s">
+        <v>64</v>
+      </c>
+      <c r="K29" t="s">
+        <v>24</v>
+      </c>
+      <c r="L29"/>
+      <c r="M29" t="s">
+        <v>65</v>
+      </c>
+      <c r="N29" t="s">
+        <v>27</v>
+      </c>
+      <c r="O29" t="s">
+        <v>193</v>
+      </c>
+      <c r="P29" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>194</v>
+      </c>
+      <c r="B30" t="s">
+        <v>195</v>
+      </c>
+      <c r="C30" t="s">
+        <v>99</v>
+      </c>
+      <c r="D30" t="s">
+        <v>39</v>
+      </c>
+      <c r="E30" t="s">
+        <v>40</v>
+      </c>
+      <c r="F30" t="s">
+        <v>196</v>
+      </c>
+      <c r="G30" t="s">
+        <v>22</v>
+      </c>
+      <c r="H30">
+        <v>2021</v>
+      </c>
+      <c r="I30"/>
+      <c r="J30" t="s">
+        <v>197</v>
+      </c>
+      <c r="K30" t="s">
+        <v>24</v>
+      </c>
+      <c r="L30"/>
+      <c r="M30" t="s">
+        <v>198</v>
+      </c>
+      <c r="N30" t="s">
+        <v>27</v>
+      </c>
+      <c r="O30" t="s">
+        <v>199</v>
+      </c>
+      <c r="P30" t="s">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>201</v>
+      </c>
+      <c r="B31" t="s">
+        <v>202</v>
+      </c>
+      <c r="C31" t="s">
+        <v>203</v>
+      </c>
+      <c r="D31" t="s">
+        <v>204</v>
+      </c>
+      <c r="E31" t="s">
+        <v>20</v>
+      </c>
+      <c r="F31" t="s">
+        <v>120</v>
+      </c>
+      <c r="G31" t="s">
+        <v>50</v>
+      </c>
+      <c r="H31">
+        <v>2017</v>
+      </c>
+      <c r="I31">
+        <v>2021</v>
+      </c>
+      <c r="J31" t="s">
+        <v>205</v>
+      </c>
+      <c r="K31" t="s">
+        <v>206</v>
+      </c>
+      <c r="L31" t="s">
+        <v>207</v>
+      </c>
+      <c r="M31" t="s">
+        <v>208</v>
+      </c>
+      <c r="N31" t="s">
+        <v>161</v>
+      </c>
+      <c r="O31" t="s">
+        <v>209</v>
+      </c>
+      <c r="P31" t="s">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>211</v>
+      </c>
+      <c r="B32" t="s">
+        <v>212</v>
+      </c>
+      <c r="C32" t="s">
+        <v>70</v>
+      </c>
+      <c r="D32" t="s">
+        <v>39</v>
+      </c>
+      <c r="E32" t="s">
+        <v>20</v>
+      </c>
+      <c r="F32" t="s">
         <v>21</v>
       </c>
-      <c r="K26"/>
-[...26 lines deleted...]
-      <c r="F27" t="s">
+      <c r="G32" t="s">
+        <v>22</v>
+      </c>
+      <c r="H32">
+        <v>2016</v>
+      </c>
+      <c r="I32"/>
+      <c r="J32" t="s">
+        <v>71</v>
+      </c>
+      <c r="K32" t="s">
+        <v>24</v>
+      </c>
+      <c r="L32"/>
+      <c r="M32" t="s">
+        <v>73</v>
+      </c>
+      <c r="N32" t="s">
+        <v>27</v>
+      </c>
+      <c r="O32" t="s">
+        <v>213</v>
+      </c>
+      <c r="P32" t="s">
+        <v>214</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>215</v>
+      </c>
+      <c r="B33" t="s">
+        <v>216</v>
+      </c>
+      <c r="C33" t="s">
+        <v>70</v>
+      </c>
+      <c r="D33" t="s">
+        <v>39</v>
+      </c>
+      <c r="E33" t="s">
+        <v>20</v>
+      </c>
+      <c r="F33" t="s">
+        <v>21</v>
+      </c>
+      <c r="G33" t="s">
+        <v>22</v>
+      </c>
+      <c r="H33">
+        <v>2016</v>
+      </c>
+      <c r="I33"/>
+      <c r="J33" t="s">
+        <v>71</v>
+      </c>
+      <c r="K33" t="s">
+        <v>24</v>
+      </c>
+      <c r="L33"/>
+      <c r="M33" t="s">
+        <v>73</v>
+      </c>
+      <c r="N33" t="s">
+        <v>27</v>
+      </c>
+      <c r="O33" t="s">
+        <v>217</v>
+      </c>
+      <c r="P33" t="s">
+        <v>218</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>219</v>
+      </c>
+      <c r="B34" t="s">
+        <v>220</v>
+      </c>
+      <c r="C34" t="s">
+        <v>70</v>
+      </c>
+      <c r="D34" t="s">
+        <v>39</v>
+      </c>
+      <c r="E34" t="s">
+        <v>20</v>
+      </c>
+      <c r="F34" t="s">
+        <v>120</v>
+      </c>
+      <c r="G34" t="s">
+        <v>22</v>
+      </c>
+      <c r="H34">
+        <v>2018</v>
+      </c>
+      <c r="I34"/>
+      <c r="J34" t="s">
+        <v>71</v>
+      </c>
+      <c r="K34" t="s">
+        <v>24</v>
+      </c>
+      <c r="L34"/>
+      <c r="M34" t="s">
+        <v>73</v>
+      </c>
+      <c r="N34" t="s">
+        <v>27</v>
+      </c>
+      <c r="O34" t="s">
+        <v>221</v>
+      </c>
+      <c r="P34" t="s">
+        <v>222</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>223</v>
+      </c>
+      <c r="B35" t="s">
+        <v>224</v>
+      </c>
+      <c r="C35" t="s">
+        <v>70</v>
+      </c>
+      <c r="D35" t="s">
+        <v>39</v>
+      </c>
+      <c r="E35" t="s">
+        <v>40</v>
+      </c>
+      <c r="F35" t="s">
+        <v>120</v>
+      </c>
+      <c r="G35" t="s">
+        <v>22</v>
+      </c>
+      <c r="H35">
+        <v>2018</v>
+      </c>
+      <c r="I35"/>
+      <c r="J35" t="s">
+        <v>71</v>
+      </c>
+      <c r="K35" t="s">
+        <v>24</v>
+      </c>
+      <c r="L35"/>
+      <c r="M35" t="s">
+        <v>73</v>
+      </c>
+      <c r="N35" t="s">
+        <v>27</v>
+      </c>
+      <c r="O35" t="s">
+        <v>225</v>
+      </c>
+      <c r="P35" t="s">
+        <v>226</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>227</v>
+      </c>
+      <c r="B36" t="s">
+        <v>228</v>
+      </c>
+      <c r="C36" t="s">
+        <v>229</v>
+      </c>
+      <c r="D36" t="s">
         <v>19</v>
       </c>
-      <c r="G27">
-[...360 lines deleted...]
-      </c>
       <c r="E36" t="s">
-        <v>34</v>
+        <v>40</v>
       </c>
       <c r="F36" t="s">
         <v>41</v>
       </c>
-      <c r="G36">
+      <c r="G36" t="s">
+        <v>50</v>
+      </c>
+      <c r="H36">
         <v>2003</v>
       </c>
-      <c r="H36">
+      <c r="I36">
         <v>2012</v>
       </c>
-      <c r="I36" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J36" t="s">
-        <v>21</v>
+        <v>230</v>
       </c>
       <c r="K36" t="s">
-        <v>165</v>
+        <v>24</v>
       </c>
       <c r="L36" t="s">
-        <v>166</v>
+        <v>231</v>
       </c>
       <c r="M36" t="s">
-        <v>24</v>
+        <v>232</v>
       </c>
       <c r="N36" t="s">
-        <v>167</v>
-[...2 lines deleted...]
-    <row r="37" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O36" t="s">
+        <v>233</v>
+      </c>
+      <c r="P36" t="s">
+        <v>234</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
       <c r="A37" t="s">
-        <v>168</v>
+        <v>235</v>
       </c>
       <c r="B37" t="s">
-        <v>163</v>
+        <v>236</v>
       </c>
       <c r="C37" t="s">
-        <v>32</v>
+        <v>229</v>
       </c>
       <c r="D37" t="s">
-        <v>33</v>
+        <v>39</v>
       </c>
       <c r="E37" t="s">
-        <v>34</v>
+        <v>40</v>
       </c>
       <c r="F37" t="s">
         <v>41</v>
       </c>
-      <c r="G37">
+      <c r="G37" t="s">
+        <v>50</v>
+      </c>
+      <c r="H37">
         <v>2007</v>
       </c>
-      <c r="H37">
+      <c r="I37">
         <v>2012</v>
       </c>
-      <c r="I37" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J37" t="s">
-        <v>21</v>
+        <v>230</v>
       </c>
       <c r="K37" t="s">
-        <v>169</v>
+        <v>24</v>
       </c>
       <c r="L37" t="s">
-        <v>166</v>
+        <v>237</v>
       </c>
       <c r="M37" t="s">
-        <v>24</v>
+        <v>232</v>
       </c>
       <c r="N37" t="s">
-        <v>170</v>
-[...2 lines deleted...]
-    <row r="38" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O37" t="s">
+        <v>238</v>
+      </c>
+      <c r="P37" t="s">
+        <v>239</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
       <c r="A38" t="s">
-        <v>171</v>
+        <v>240</v>
       </c>
       <c r="B38" t="s">
-        <v>74</v>
+        <v>241</v>
       </c>
       <c r="C38" t="s">
-        <v>32</v>
+        <v>99</v>
       </c>
       <c r="D38" t="s">
-        <v>33</v>
+        <v>39</v>
       </c>
       <c r="E38" t="s">
-        <v>34</v>
+        <v>40</v>
       </c>
       <c r="F38" t="s">
         <v>41</v>
       </c>
-      <c r="G38">
+      <c r="G38" t="s">
+        <v>50</v>
+      </c>
+      <c r="H38">
         <v>2015</v>
       </c>
-      <c r="H38">
+      <c r="I38">
         <v>2021</v>
       </c>
-      <c r="I38" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J38" t="s">
-        <v>21</v>
+        <v>197</v>
       </c>
       <c r="K38" t="s">
-        <v>172</v>
+        <v>24</v>
       </c>
       <c r="L38" t="s">
-        <v>173</v>
+        <v>242</v>
       </c>
       <c r="M38" t="s">
-        <v>24</v>
+        <v>243</v>
       </c>
       <c r="N38" t="s">
-        <v>174</v>
-[...2 lines deleted...]
-    <row r="39" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O38" t="s">
+        <v>244</v>
+      </c>
+      <c r="P38" t="s">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
       <c r="A39" t="s">
-        <v>175</v>
+        <v>246</v>
       </c>
       <c r="B39" t="s">
-        <v>176</v>
+        <v>247</v>
       </c>
       <c r="C39" t="s">
-        <v>16</v>
+        <v>248</v>
       </c>
       <c r="D39" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E39" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="F39" t="s">
-        <v>41</v>
-[...2 lines deleted...]
-        <v>2011</v>
+        <v>33</v>
+      </c>
+      <c r="G39" t="s">
+        <v>50</v>
       </c>
       <c r="H39">
         <v>2011</v>
       </c>
-      <c r="I39" t="s">
-        <v>42</v>
+      <c r="I39">
+        <v>2011</v>
       </c>
       <c r="J39" t="s">
-        <v>21</v>
+        <v>51</v>
       </c>
       <c r="K39" t="s">
-        <v>177</v>
+        <v>24</v>
       </c>
       <c r="L39" t="s">
-        <v>178</v>
+        <v>249</v>
       </c>
       <c r="M39" t="s">
-        <v>24</v>
+        <v>250</v>
       </c>
       <c r="N39" t="s">
-        <v>179</v>
-[...2 lines deleted...]
-    <row r="40" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O39" t="s">
+        <v>251</v>
+      </c>
+      <c r="P39" t="s">
+        <v>252</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16">
       <c r="A40" t="s">
-        <v>180</v>
+        <v>253</v>
       </c>
       <c r="B40" t="s">
-        <v>181</v>
+        <v>254</v>
       </c>
       <c r="C40" t="s">
-        <v>32</v>
+        <v>255</v>
       </c>
       <c r="D40" t="s">
-        <v>33</v>
+        <v>39</v>
       </c>
       <c r="E40" t="s">
-        <v>34</v>
+        <v>40</v>
       </c>
       <c r="F40" t="s">
         <v>41</v>
       </c>
-      <c r="G40">
+      <c r="G40" t="s">
+        <v>50</v>
+      </c>
+      <c r="H40">
         <v>2013</v>
       </c>
-      <c r="H40">
+      <c r="I40">
         <v>2020</v>
       </c>
-      <c r="I40" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J40" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>51</v>
+      </c>
+      <c r="K40" t="s">
+        <v>24</v>
+      </c>
+      <c r="L40"/>
       <c r="M40" t="s">
-        <v>24</v>
+        <v>256</v>
       </c>
       <c r="N40" t="s">
-        <v>183</v>
-[...2 lines deleted...]
-    <row r="41" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O40" t="s">
+        <v>257</v>
+      </c>
+      <c r="P40" t="s">
+        <v>258</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16">
       <c r="A41" t="s">
-        <v>184</v>
+        <v>259</v>
       </c>
       <c r="B41" t="s">
-        <v>74</v>
+        <v>260</v>
       </c>
       <c r="C41" t="s">
-        <v>185</v>
+        <v>99</v>
       </c>
       <c r="D41" t="s">
+        <v>261</v>
+      </c>
+      <c r="E41" t="s">
+        <v>40</v>
+      </c>
+      <c r="F41" t="s">
         <v>33</v>
       </c>
-      <c r="E41" t="s">
-[...5 lines deleted...]
-      <c r="G41">
+      <c r="G41" t="s">
+        <v>22</v>
+      </c>
+      <c r="H41">
         <v>2016</v>
       </c>
-      <c r="H41"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I41"/>
       <c r="J41" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>262</v>
+      </c>
+      <c r="K41" t="s">
+        <v>24</v>
+      </c>
+      <c r="L41"/>
       <c r="M41" t="s">
-        <v>24</v>
+        <v>263</v>
       </c>
       <c r="N41" t="s">
-        <v>188</v>
-[...2 lines deleted...]
-    <row r="42" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O41" t="s">
+        <v>264</v>
+      </c>
+      <c r="P41" t="s">
+        <v>265</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16">
       <c r="A42" t="s">
-        <v>189</v>
+        <v>266</v>
       </c>
       <c r="B42" t="s">
-        <v>190</v>
+        <v>267</v>
       </c>
       <c r="C42" t="s">
-        <v>191</v>
+        <v>268</v>
       </c>
       <c r="D42" t="s">
-        <v>17</v>
+        <v>269</v>
       </c>
       <c r="E42" t="s">
-        <v>89</v>
+        <v>20</v>
       </c>
       <c r="F42" t="s">
-        <v>41</v>
-[...1 lines deleted...]
-      <c r="G42">
+        <v>120</v>
+      </c>
+      <c r="G42" t="s">
+        <v>50</v>
+      </c>
+      <c r="H42">
         <v>2012</v>
       </c>
-      <c r="H42">
+      <c r="I42">
         <v>2014</v>
       </c>
-      <c r="I42" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J42" t="s">
-        <v>21</v>
+        <v>230</v>
       </c>
       <c r="K42" t="s">
-        <v>192</v>
+        <v>24</v>
       </c>
       <c r="L42" t="s">
-        <v>193</v>
+        <v>270</v>
       </c>
       <c r="M42" t="s">
-        <v>24</v>
+        <v>271</v>
       </c>
       <c r="N42" t="s">
-        <v>194</v>
+        <v>27</v>
+      </c>
+      <c r="O42" t="s">
+        <v>272</v>
+      </c>
+      <c r="P42" t="s">
+        <v>273</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>