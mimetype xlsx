--- v0 (2025-10-15)
+++ v1 (2026-03-05)
@@ -12,794 +12,1077 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="229">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="319">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>AS 1731.14–2003: Refrigerated display cabinets—Part 14: Minimum energy performance standard (MEPS) requirements</t>
   </si>
   <si>
+    <t>This standard specifies the mandatory requirements for remote and self-contained refrigerated display cabinets that fall within the Scope of AS 1731.1.</t>
+  </si>
+  <si>
     <t>New Zealand</t>
   </si>
   <si>
     <t>Refrigerated Cabinets</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>AS 1731.1-13:2003</t>
   </si>
   <si>
     <t>Energy Efficiency and Conservation Authority (EECA)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/173114-2003-refrigerated-display-cabinets-part-14-minimum-energy-performance-standard-meps</t>
   </si>
   <si>
+    <t>http://www.legislation.govt.nz/regulation/public/2002/0009/latest/whole.html#DLM108798</t>
+  </si>
+  <si>
     <t>CEL - Commercial refrigerated cabinets with self-contained condensing unit</t>
   </si>
   <si>
+    <t>This policy covers commercial refrigerated cabinets with self-contained condensing unit.</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>GB/T 21001.1; GB/T 21001.2-2015; GB/T 21001.3; SB/T 10794.1-2012; SB/T 10794.2-2012; SB/T 10794.3-2012</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-commercial-refrigerated-cabinets-self-contained-condensing-unit</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2019/10/%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%</t>
+  </si>
+  <si>
     <t>CEL- Digital Television Adapters (Set Top Box)</t>
   </si>
   <si>
+    <t>This policy covers digital television adapters (set top box).</t>
+  </si>
+  <si>
     <t>Set Top Boxes (STB)</t>
   </si>
   <si>
     <t>GB/T 2829-2002; GB/T 14857; GB/T 17700; GB/T 17975.1; GB/T 17975.2; GB/T 17975.3; GB/T 20600; GB 20943; GD/JN 01; GY/T 155; GY/T 170; IEC 62087:2008</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-digital-television-adapters-set-top-box</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/66cce27f96114f04a415b6ae8a84224d/files/cms/article/2021/05/%E6%9C%BA%E9%A1%B6%E7%9B%92.pdf</t>
+  </si>
+  <si>
     <t>CEL-028. Refrigerated Display Cabinets with Remote Condensing Units</t>
   </si>
   <si>
+    <t>Applies to remote refrigerated display cabinets for food sales and display. Does not apply to refrigerated automatic vending machine or refrigerated display cabinets which are not for retail purpose.</t>
+  </si>
+  <si>
     <t>GB 26920.1-2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-028-refrigerated-display-cabinets-remote-condensing-units</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/6%E9%99%84%E4%BB%B627_%E8%BF%9C%E7%BD%AE%E5%86%B7%E5%87%9D%E6%9C%BA%E7%BB%84%E5%86%B7%E8%97%8F%E9%99%88%E5%88%97%E6%9F%9C%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2015/1094 of 5 May 2015</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling of, and the provision of supplementary product information on, professional refrigerated storage cabinets.</t>
+  </si>
+  <si>
+    <t>United Kingdom</t>
+  </si>
+  <si>
+    <t>October 2023</t>
+  </si>
+  <si>
+    <t>Energy Efficiency, Industrial Sector</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20151094-5-may-2015-0</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.uk/eur/2015/1094/contents/adopted</t>
+  </si>
+  <si>
+    <t>Commission Delegated Regulation (EU) 2015/1094 of 5 May 2015 supplementing Directive 2010/30/EU of the European Parliament and of the Council with regard to the energy labelling of professional refrigerated storage cabinets</t>
+  </si>
+  <si>
+    <t>This Regulation establishes requirements for the labelling of, and the provision of supplementary product information on, professional refrigerated storage cabinets.
+This Policy is under review by the European Commission and is expected to be revised in 2024.</t>
+  </si>
+  <si>
     <t>European Union</t>
   </si>
   <si>
     <t>September 2023</t>
   </si>
   <si>
     <t>European Commission - DG Energy</t>
   </si>
   <si>
-    <t>Energy Efficiency, Industrial Sector</t>
-[...11 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20151094-5-may-2015-0</t>
+    <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20151094-5-may-2015-supplementing-directive-201030eu</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:02015R1094-20170307</t>
   </si>
   <si>
     <t>Commission Regulation EC No 107-2009 of 4 February 2009 implementing Directive 2005-32-EC -with regard to ecodesign requirements for simple set-top boxes</t>
   </si>
   <si>
+    <t>The Commission Regulation EC No 107-2009 of 4 February 2009 implementing Directive 2005-32-EC of the European Parliament and of the Council with regard to ecodesign requirements for simple set-top boxes; sets minimum energy performance requirements for simple set top boxes -SSTB.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-ec-no-107-2009-4-february-2009-implementing-directive-2005-32-ec-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2009/107/contents</t>
+  </si>
+  <si>
     <t>Commission Regulation EU 2015-1095 of 5 May 2015</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of professional refrigerated storage cabinets and blast cabinets. This Regulation shall apply to electric mains-operated blast cabinets; and electric mains-operated professional refrigerated storage cabinets including those sold for the refrigeration of foodstuffs and animal feed.</t>
+  </si>
+  <si>
     <t>Refrigerated Cabinets, Industrial Process Chillers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-2015-1095-5-may-2015</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2015/1095/contents</t>
+  </si>
+  <si>
     <t>Commission Regulation EU 2015-1095 of 5 May 2015 implementing Directive 2009-125-EC of the European Parliament and of the Council with regard to ecodesign requirements for professional refrigerated storage cabinets; blast cabinets; condensi</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of professional refrigerated storage cabinets and blast cabinets. This Regulation shall apply to electric mains-operated blast cabinets; and electric mains-operated professional refrigerated storage cabinets including those sold for the refrigeration of foodstuffs and animal feed. 
+This Policy is under review by the European Commission and is expected to be revised in 2024.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-2015-1095-5-may-2015-implementing-directive-2009-125-ec-european</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?qid=1538151014873&amp;uri=CELEX:02015R1095-20170109</t>
+  </si>
+  <si>
     <t>CQC31-448113-2012. CQC Mark Certification - Refrigerated Display Cabinets With Remote Condensing Unit</t>
   </si>
   <si>
+    <t>Applies to refrigerated display cabinet with remote condensing unit used for the sales and display of food products. Does NOT apply to refrigerated automatic vending machine and refrigerated display cabinet for non-retail purpose.</t>
+  </si>
+  <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>GB 26920.1-2011;GB/T 21001.3-2010</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-448113-2012-cqc-mark-certification-refrigerated-display-cabinets-remote-condensing</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-21/495769.shtml</t>
+  </si>
+  <si>
     <t>CQC31-448116-2016 Energy Conservation Certification Rules for Commercial refrigerated cabinets with self-contained condensing unit</t>
   </si>
   <si>
+    <t>This policy applies to commercial condensing refrigerated cabinets including: self-contained commercial refrigerated cabinet for selling and displaying purpose; closed type self-contained refrigerated beverage display units in stores hotels and restaurants; solid door commercial freezer and self-contained commercial cabinets for non-retailing use.</t>
+  </si>
+  <si>
     <t>CQC-F002-2009</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-448116-2016-energy-conservation-certification-rules-commercial-refrigerated-cabinets</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2016-08-17/537286.shtml</t>
+  </si>
+  <si>
     <t>CQC31-452631-2021. Energy Conservation Certification rules for flat panel TVs &amp; set-top boxes</t>
   </si>
   <si>
+    <t>This policy contains Energy Conservation Certification rules for flat panel TVs &amp; set-top boxes. It applies to LCD TVs and Plasma TVs that work under an electricity grid of normal voltage and serve for general service. It also applies to LCD or plasma display equipment (with its main function as a TV, but without moderators and other types of flat panel displays) and set-top boxes.</t>
+  </si>
+  <si>
     <t>Televisions, Set Top Boxes (STB)</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>GB 24850</t>
   </si>
   <si>
     <t>China Quality Certification Centre</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-452631-2021-energy-conservation-certification-rules-flat-panel-tvs-set-top-boxes</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2021-06-07/492733.shtml</t>
+  </si>
+  <si>
     <t>Decision No. 14/2023/QD-TTg: Lists of Low-Efficiency Equipment Subject to Elimination and Low-Efficiency Generating Sets Banned from Development and Application Roadmaps</t>
   </si>
   <si>
+    <t>This Decision regulates the list of products that have mandatory Minimum Energy Performance Standards (MEPS) that must be met before being imported to Vietnam. Devices such as LED lamps, infrared hobs, induction hobs, refrigerators, refrigerator-freezers and freezers, storage water heaters, non-ducted air conditioners, television sets, notebook computers, desktop computers, LED road and street lighting luminaries, and industrial boilers should comply with the most recent standards beginning April 1, 2025. The Decision comes into force on July 15, 2023, and Decision No. 24/2018/QD-TTg will expire at such time.</t>
+  </si>
+  <si>
     <t>Vietnam*</t>
   </si>
   <si>
     <t>Computers, Imaging Equipment, Televisions, Displays, Induction Cookstoves or Hobs, Rice Cookers, Electric Kettles, Cooktops or Hobs, Washing Machines, Indoor Luminaires, Streetlighting, Tubular Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, Ceiling Fans, Portable Fans, Room ACs - Stationary ACs, Storage Water Heaters, Distribution Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label</t>
   </si>
   <si>
     <t>January 2024</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade (MOIT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/decision-no-142023qd-ttg-lists-low-efficiency-equipment-subject-elimination-and-low</t>
   </si>
   <si>
+    <t>https://vanban.chinhphu.vn/?pageid=27160&amp;docid=207954</t>
+  </si>
+  <si>
     <t>Directive N° 04/2020/Cm/Uemoa Portant Etiquetage Energetique Des Lampes Electriques Et Des Appareils Electromenagers Neufs Dans Les Etats Membres De L’ UEMOA</t>
   </si>
   <si>
+    <t>This Directive sets out provisions relating to the energy labeling of electric lamps and new household appliances and to additional information relating to these appliances, in the WAEMU member states. It applies to the following new electrical appliances: - domestic refrigeration equipment (refrigerators, freezers and combined appliances).- air conditioners. - electric lamps.</t>
+  </si>
+  <si>
     <t>WAEMU/UEMOA</t>
   </si>
   <si>
     <t>Tubular Lamps, Directional Lamps, Room ACs - Stationary ACs, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>May 2020</t>
   </si>
   <si>
     <t>WAEMU Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/directive-ndeg-042020cmuemoa-portant-etiquetage-energetique-des-lampes-electriques-et-des</t>
   </si>
   <si>
+    <t>http://www.uemoa.int/sites/default/files/bibliotheque/reglement_04_2009_cm_uemoa.pdf</t>
+  </si>
+  <si>
     <t>Draft MEPS for RDCs</t>
   </si>
   <si>
+    <t>The document specifies the MEPS and energy labelling requirements for RDCs</t>
+  </si>
+  <si>
     <t>Indonesia</t>
   </si>
   <si>
     <t>Not applicable</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>Directorate General of New and Renewable Energy, and Energy Conservation under …</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/draft-meps-rdcs</t>
   </si>
   <si>
     <t>e-Standby Power Program for Set-Top Boxes</t>
   </si>
   <si>
+    <t>A device with nameplate output power of power supplyless than equal to 150W, capable of receiving,transmitting, processing, recording, converting signals anddisplaying by television or other displaying devices.</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/e-standby-power-program-set-top-boxes</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100300.asp</t>
+  </si>
+  <si>
     <t>Energy Efficiency Label No5 for Refrigerated Cabinet</t>
   </si>
   <si>
+    <t>This program covers vertical glass door type refrigerated cabinets. It defines efficiency levels for refrigerated cabinets with a net volume of 140L to 1,650L. The labeling criteria (Efficiency cost [unit/day]) are as followed: 
+-number5: 2.6767+0.0034V
+-number5*: 2.1414+0.0027V
+-number5**: 1.6060+0.0020V
+-number5***: 1.0707+0.0014V</t>
+  </si>
+  <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>TIS 1235 – 2556</t>
   </si>
   <si>
     <t>Electricity Generating Authority Thailand (EGAT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-label-no5-refrigerated-cabinet</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/refd.pdf</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Set-Top Boxes Version 5.1</t>
   </si>
   <si>
+    <t>Products that meet the definition of Set-top Box and a Set-top Box Base Type as specified herein are eligible for ENERGY STAR certification.  Set-top Box: A device with the primary purpose of receiving digital television services from a coaxial; hybrid fiber coaxial; or fiber-to-the-home distribution system; from satellites; or encapsulated in IP packets from managed IP distribution networks; decrypting or descrambling these signals; and decoding|decompressing for delivery to residential consumer displays and or recording devices; and or one or more other Set-Top Boxes; including Thin Clients; in a residential multi-room architecture. STBs that incorporate common LAN functionality as a secondary function are considered STBs for this specification. Base Type: The means of access to video content for a STB; includes: cable; sattelliete; cable digital transport adapter; internet protocol; and thin-client|remote.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Set-Top Boxes (Rev. May-2016)</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-set-top-boxes-version-51</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/electronics/set_top_boxes_cable_boxes/partners</t>
+  </si>
+  <si>
     <t>ESDM Ministerial Decree No. 126.K/EK.06/DJE/2023 -- Refrigerated Display Case</t>
   </si>
   <si>
+    <t>This policy establishes the minimum performance standards and energy-saving label for refrigerated display case (RDC) which is a refrigerated cabinet used to display food or beverages, utilizing glass as a medium to highlight the products on display, with a capacity of 150 (one hundred fifty) to 300 (three hundred) liters.</t>
+  </si>
+  <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>Ministry of Energy and Mineral Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/esdm-ministerial-decree-no-126kek06dje2023-refrigerated-display-case</t>
   </si>
   <si>
+    <t>https://simebtke.esdm.go.id/sinergi/assets/content/20250310092031_126K_SKEM_dan_LTHE_RDC.pdf</t>
+  </si>
+  <si>
     <t>GB 24850-2020 Minimum allowable values of energy efficiency limits and energy efficiency grades for flat-panel TVs and set-top boxes</t>
+  </si>
+  <si>
+    <t>MEPS for flat panel televisions and set-top boxes</t>
   </si>
   <si>
     <t>Electronics, Audio-Visual, Televisions, Set Top Boxes (STB)</t>
   </si>
   <si>
     <t>GB/T 17309.1
 ,   
                     GB 24850-2020
 ,   
                     IEC 62087-2:2015</t>
   </si>
   <si>
     <t>The Standardization Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-24850-2020-minimum-allowable-values-energy-efficiency-limits-and-energy-efficiency</t>
   </si>
   <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=AB2CA7A65EFC3FD1E05397BE0A0A98CA</t>
+  </si>
+  <si>
     <t>GB 25957-2010 Minimum allowable values of energy efficiency and energy efficiency grades for digital television adapters -set-top boxes</t>
   </si>
   <si>
+    <t>Applies to adapters working under 220V 50Hz including cable adapters ground adapters and satellite adapters.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/gb-25957-2010-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E07ED3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 26920.1-2011 Minimum allowable values of energy efficiency and energy efficiency grades of commercial refrigerating appliances-Part 1:Refrigerated display cabinets with remote condensing unit.</t>
   </si>
   <si>
+    <t>applies to remote refrigerated display cabinets for food sales and display.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/gb-269201-2011-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7DA2BD3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 26920.2-2015 Minimum allowable values of energy efficiency and energy efficiency grades of commercial refrigerating appliances-Part 2:Commercial refrigerated cabinets with self-contained condensing unit.</t>
   </si>
   <si>
+    <t>Applies to commercial refrigerated display cabinets including: self-contained commercial refrigerated cabinet for selling and displaying purpose; closed type self-contained refrigerated beverage display units in stores hotels and restaurants; solid door commercial freezer and self-contained commercial cabinets for non-retailing use.</t>
+  </si>
+  <si>
     <t>GB/T 21001.1; GB/T 21001.2-2015; GB/T 21001.3; SB/T 10794.1-2012; SB/T  10794.2-2012; SB/T 10794.3-2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-269202-2015-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80F5FD3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Digital Television Set-top Boxes) Determination 2012</t>
   </si>
   <si>
+    <t>A Digital TV (DTV) set top box (STB) is used to convert digital TV signals to a signal compatible with the existing audiovisual display technology, including analogue RF, composite video, s-vhs, component video or DVI/HDMI. Those digital receivers that are integrated with other equipment such as television receivers, digital recorders and DVD players are not included at this time.Those digital receivers that are integrated with other equipment such as television receivers, digital recorders and DVD players are not included at this time. STBs have different requirements if they are designed for free-to-air (FTA) broadcast television or subscription television (STV).</t>
+  </si>
+  <si>
     <t>Australia</t>
   </si>
   <si>
     <t>AS/NZS 62087.1:2010AS/NZS 62087.2.1: 2008</t>
   </si>
   <si>
     <t>Department of Climate Change and Energy Efficiency (DCCEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenhouse-and-energy-minimum-standards-digital-television-set-top-boxes-determination</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Series/F2012L02116</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Refrigerated Cabinets) Determination 2024</t>
+  </si>
+  <si>
+    <t>This Determination covers products that are:  
+RDCs (short for refrigerated display cabinets);
+refrigerated drinks cabinets;
+ice cream freezer cabinets;
+scooping cabinets;
+RSCs (short for refrigerated storage cabinets).
+The policy replaces the following determination: Greenhouse and Energy Minimum Standards (Refrigerated Cabinets) Determination 2020</t>
   </si>
   <si>
     <t>July 2025</t>
   </si>
   <si>
     <t>ISO 23953-1:2023
 ,   
                     ISO 23953-2:2023
 ,   
                     ISO 22041
 ,   
                     ISO 22043
 ,   
                     EN 16838:2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenhouse-and-energy-minimum-standards-refrigerated-cabinets-determination-2024</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/F2024L01263/asmade/downloads</t>
+  </si>
+  <si>
     <t>ISIRI 10637:2007,Refrigerated Display Cabinet-Technical Specifications and Test Methods for Energy Consumption and Energy Labeling Instructions</t>
   </si>
   <si>
+    <t>Refrigerated Display Cabinet. Does not include vending machines</t>
+  </si>
+  <si>
     <t>Iran</t>
   </si>
   <si>
     <t>ISIRI 9187-2:2007</t>
   </si>
   <si>
     <t>Institute of Standards and Industrial Research of Iran (ISIRI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-106372007refrigerated-display-cabinet-technical-specifications-and-test-methods</t>
   </si>
   <si>
+    <t>http://isiri.gov.ir/portal/home/?135546/%D8%A7%D8%B7%D9%84%D8%A7%D8%B9%D8%A7%D8%AA-%D9%85%D8%B1%D8%A8%D9%88%D8%B7-%D8%A8%D9%87-%D8%A7%D8%B3%D8%AA%D8%A7%D9%86%D8%AF%D8%A7%D8%B1%D8%AF%D9%87%D8%A7%DB%8C-%D8%A8%D8%B1%DA%86%D8%B3%D8%A8-%D8%A7%D9%86%D8%B1%DA%98%</t>
+  </si>
+  <si>
     <t>JS 2110:2013 Technical Regulation on eco-design requirements for simple set-top boxes</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for simple set-top boxes.</t>
+  </si>
+  <si>
     <t>Jordan</t>
   </si>
   <si>
     <t>JS 2110</t>
   </si>
   <si>
     <t>National Energy Research Centre (NERC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/js-21102013-technical-regulation-eco-design-requirements-simple-set-top-boxes</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5470</t>
+  </si>
+  <si>
     <t>LI 2447 Energy Commission (Energy Efficiency Standards and Labelling) (Set-Top Boxes) Regulations, 2022</t>
   </si>
   <si>
+    <t>Minimum energy performance standard and labelling guidelines for set-top boxes. These regulations apply to set-top boxes manufactured in the country or imported into the country for display, sale or use, with the ability to be powered directly from the mains alternating current for use as either a simple set-top box, or a complex set-top box.</t>
+  </si>
+  <si>
     <t>Ghana</t>
   </si>
   <si>
     <t>May 2023</t>
   </si>
   <si>
     <t>Ghana Energy Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/li-2447-energy-commission-energy-efficiency-standards-and-labelling-set-top-boxes</t>
   </si>
   <si>
-    <t>MELS for Commercial Storage Refrigerators</t>
+    <t>https://www.energycom.gov.gh/regulation/regulation-and-codes</t>
+  </si>
+  <si>
+    <t>MELS for Commercial Storage Refrigerators (2025)</t>
+  </si>
+  <si>
+    <t>This policy defines minimum energy labeling scheme requirements for chiller, freezers, and combinations type of all capacities.</t>
   </si>
   <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Refrigerated Cabinets, Wine Chillers, Walk-In Coolers and Freezers, Refrigerated Vending Machines, Freezers-only</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/mels-commercial-storage-refrigerators</t>
+    <t>https://cprc-clasp.ngo/policies/mels-commercial-storage-refrigerators-2025</t>
+  </si>
+  <si>
+    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
   </si>
   <si>
     <t>MEPS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
+    <t>This policy sets minimum energy performance standards for commercial storage refrigerators as shown below</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/meps-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
+    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
+  </si>
+  <si>
     <t>MEPS for set top boxes</t>
   </si>
   <si>
+    <t>MEPS covers simple non-recording standalone free-to-air digital television (DTV) set-top boxes (STBs) associated with DTV broadcasts.</t>
+  </si>
+  <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>AS/NZS 62087.1:2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-set-top-boxes</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/set-top-boxes-factsheet.pdf</t>
+  </si>
+  <si>
     <t>MEPS for Set Top Boxes</t>
   </si>
   <si>
-    <t>Entered into force, Revised</t>
+    <t>This policy contains minimum energy performance standards for set-top boxes (excluding the digital converter) receiving one or more of cable, satellite, and IP TV broadcastings and sending the image and audio to a television or display unit, with the rated power consumption of less than 150W.</t>
   </si>
   <si>
     <t>Korea Energy Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-set-top-boxes-0</t>
   </si>
   <si>
+    <t>https://eep.energy.or.kr/pds/view.aspx?cate=4&amp;no=149</t>
+  </si>
+  <si>
     <t>MEPS for Standby Power</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-standby-power</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_2.asp</t>
+  </si>
+  <si>
     <t>NTON 10 010-08 Self-contained commercial refrigeration equipment</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS for self-contained commercial refrigeration equipment powered by electricity, used, rebuilt (imported only) and new. All with capacities from 10 liters (0.01 m3 ) of useful refrigerated volume (depending on energy limits) or more. The types of equipment are:</t>
+  </si>
+  <si>
     <t>Nicaragua</t>
   </si>
   <si>
     <t>Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>NTON 10-12-08, ISO 23953-1, ISO 3951</t>
   </si>
   <si>
     <t>Ministerio de Energía y Minas</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nton-10-010-08-self-contained-commercial-refrigeration-equipment</t>
   </si>
   <si>
+    <t>http://legislacion.asamblea.gob.ni/Normaweb.nsf/xpNorma.xsp?documentId=8DA230A69B09836A06257920005CFEE0&amp;action=openDocument</t>
+  </si>
+  <si>
     <t>Regulation on Energy Efficiency Requirements for Mass-Produced Systems, Vehicles, and Appliances</t>
   </si>
   <si>
+    <t>This policy applies to mass-produced systems, vehicles, and devices as well as their mass-produced components that consume a considerable amount of energy and are placed on the market or sold in Switzerland.</t>
+  </si>
+  <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>Computers, Servers, Networking Equipment, Stand-by and networked devices, Televisions, Set Top Boxes (STB), Displays, External Power Supply, Vacuum Cleaners, Ovens, Dishwashers, Cooktops or Hobs, Coffee Machines, Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires, 3-Phase Motors, Industrial Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Storage Water Heaters, Building Circulator Pumps, Pumps Other, Power Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>Electricity, Other Solid Fuel</t>
   </si>
   <si>
     <t>See Policy</t>
   </si>
   <si>
     <t>Swiss Federal Office of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/regulation-energy-efficiency-requirements-mass-produced-systems-vehicles-and-appliances</t>
   </si>
   <si>
+    <t>https://www.admin.ch/opc/de/classified-compilation/20162950/index.html</t>
+  </si>
+  <si>
     <t>RTS 97.02.01:15 Energy efficiency. Self-contained commericial refrigeration equipment. Limits, test methods and labelling requirements</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS and labeling requirements for commercial self-contained refrigeration appliances (freezers, coolers, display cabinets, ice bag conservators).</t>
+  </si>
+  <si>
     <t>El Salvador</t>
   </si>
   <si>
     <t>Refrigerated Cabinets, Freezers-only</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>National Energy Council</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/rts-97020115-energy-efficiency-self-contained-commericial-refrigeration-equipment-limits</t>
   </si>
   <si>
+    <t>http://www.osartec.gob.sv/index.php?option=com_jdownloads&amp;Itemid=0&amp;view=finish&amp;cid=1396&amp;catid=4</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4117 - Self-Contained Commercial Refrigeration Appliances</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for self-contained commercial refrigeration equipment such as coolers; freezers; closed cabinets and bagged ice keepers at a rated supply voltage of 110; 115; 127; and 220 volts at a frequency of 60 Hz.</t>
+  </si>
+  <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>NOM-022-ENER / SCFI-2014</t>
   </si>
   <si>
     <t>Fideicomiso para el Ahorro de Energía Eléctrica (FIDE) - Trust for Saving Elect…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4117-self-contained-commercial-refrigeration-appliances</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/Esp4117_15.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4122 - Set Top Boxes</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for television receivers with images in color or black and white, stable or programmable, analog or digital, fed with a nominal voltage of 110 V, 115 V, 127 V, 220 V or 230 volts at a frequency of 60 Hz, in any of the following types of kinescopes: Cathode Ray Tube screen (CRT), Liquid Crystal Display (LCD), Plasma Screen, with any other similar system flat screen.</t>
+  </si>
+  <si>
     <t>NMX-I-122-NYCE / NOM-001-SCFI / IEC 62087</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4122-set-top-boxes</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4122_03.pdf</t>
+  </si>
+  <si>
     <t>Standard NOM-022-ENER/SCFI-2014 - Commercial Refrigeration</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for self-contained commercial electric refrigeration appliances; new, used or rebuilt: Upright coolers with one or more front-opening doors, Chest coolers, Chest freezers, Upright freezers, Closed display cabinets, Cabinets for bagged ice.</t>
+  </si>
+  <si>
     <t>NOM-008-SCFI-2002 / NOM-024-SCFI-1998 / NOM-106-SCFI-2000</t>
   </si>
   <si>
     <t>Comision Nacional para el Uso Eficiente de la Energia (CONUEE, National Commiss…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-022-enerscfi-2014-commercial-refrigeration</t>
   </si>
   <si>
+    <t>http://www.dof.gob.mx/nota_detalle.php?codigo=5372759&amp;fecha=27/11/2014</t>
+  </si>
+  <si>
     <t>TCVN 10289:2014 Commercial refrigerated cabinets - energy efficiency</t>
   </si>
   <si>
+    <t>This document specifies the MEPS and test methods for commercial refrigerated cabinets.</t>
+  </si>
+  <si>
     <t>TCVN 10290:2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-102892014-commercial-refrigerated-cabinets-energy-efficiency</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-10289-2014-tu-giu-lanh-thuong-mai-hieu-suat-nang-luong</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Refrigerated display cabinet TGL-85-R2-20</t>
   </si>
   <si>
+    <t>These criteria shall apply to refrigerated display cabinets with vertical glass door types.</t>
+  </si>
+  <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>TIS 1235 (or ISO 23953-2)</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-refrigerated-display-cabinet-tgl-85-r2-20</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-85-R2-20.pdf</t>
+  </si>
+  <si>
     <t>The Energy Sources Regulations-Maximum Electric Output for a Television Receiver, 2011</t>
   </si>
   <si>
+    <t>It covers computers</t>
+  </si>
+  <si>
     <t>Israel</t>
   </si>
   <si>
     <t>SI 62087</t>
   </si>
   <si>
     <t>Standards Institute of Israel (SII)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-sources-regulations-maximum-electric-output-television-receiver-2011</t>
   </si>
   <si>
+    <t>http://energy.gov.il/English/LegislationLibraryE1/ECTV.doc</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31434 | Energy Labeling of Cooling Devices with Direct Sales Function (2019/2018/EU) (SGM:2021/10)</t>
+  </si>
+  <si>
+    <t>This policy defines energy labeling requirements for refrigerating appliances with a direct sales function, including supermarket refrigerating (freezer or refrigerator) cabinets, beverage coolers, small ice-cream freezers, gelato-scooping cabinets, and refrigerated vending machines. It does not apply to Minibars and wine storage appliances with sales functions. This policy is a transposition of Commission Delegated Regulation (EU) 2019/2018 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council about energy labelling of refrigerating appliances with a direct sales function.</t>
   </si>
   <si>
     <t>Turkey</t>
   </si>
   <si>
     <t>Refrigerated Cabinets, Refrigerated Vending Machines</t>
   </si>
   <si>
     <t>EN 16901
 ,   
                     EN 16902
 ,   
                     EN 50597
 ,   
                     EN ISO 23953-2</t>
   </si>
   <si>
     <t>Ministry of Energy and Natural Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-31434-energy-labeling-cooling-devices-direct-sales-function</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/03/20210325M1-10.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31434 | Environmentally Friendly Design Requirements for Cooling Devices with Direct Sales Function (2019/2024/EU) (SGM:2021/9)</t>
   </si>
   <si>
+    <t>This policy applies to the following refrigerating appliances with a direct sales function: supermarket refrigerating (freezer or refrigerator) cabinets, beverage coolers, ice-cream freezers, gelato-scooping cabinets and refrigerated vending machines.</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/2024</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-31434-environmentally-friendly-design-requirements-cooling-0</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/03/20210325M1-9.htm</t>
+  </si>
+  <si>
     <t>VC 9008</t>
   </si>
   <si>
+    <t>This compulsory specification covers energy efficiency requirements and energy efficiency labeling of the following electrical and electronic appliances: air conditioners not exceeding 7.1KW cooling capacity, audio and video equipment including television sets (not covered by labeling), dishwashers, electric ovens, refrigerators, freezers, tumble dryers, washer dryers, and washing machines.</t>
+  </si>
+  <si>
     <t>South Africa</t>
   </si>
   <si>
     <t>Televisions, Set Top Boxes (STB), Ovens, Dishwashers, Clothes Dryers, Washer and Dryers, Washing Machines, Room ACs - Stationary ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>SANS 941:2014</t>
   </si>
   <si>
     <t>National Regulator for Compulsory Specification (NRCS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/vc-9008</t>
+  </si>
+  <si>
+    <t>https://www.nrcs.org.za/CompulsarySpecExtended/VC%209008%20Supplement.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -1063,2047 +1346,2324 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N46"/>
+  <dimension ref="A1:P46"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="284" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="144" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="284.216" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1088.734" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="684.119" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="175.671" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="339.631" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2003</v>
+      </c>
+      <c r="I2">
+        <v>2018</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
-[...5 lines deleted...]
-      <c r="I2" t="s">
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
-[...2 lines deleted...]
-      <c r="K2" t="s">
+      <c r="F3" t="s">
+        <v>33</v>
+      </c>
+      <c r="G3" t="s">
+        <v>34</v>
+      </c>
+      <c r="H3">
+        <v>2017</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>35</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>36</v>
+      </c>
+      <c r="M3" t="s">
+        <v>37</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>38</v>
+      </c>
+      <c r="P3" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>40</v>
+      </c>
+      <c r="B4" t="s">
+        <v>41</v>
+      </c>
+      <c r="C4" t="s">
+        <v>32</v>
+      </c>
+      <c r="D4" t="s">
+        <v>42</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>33</v>
+      </c>
+      <c r="G4" t="s">
+        <v>34</v>
+      </c>
+      <c r="H4">
+        <v>2011</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>35</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>43</v>
+      </c>
+      <c r="M4" t="s">
+        <v>37</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>44</v>
+      </c>
+      <c r="P4" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>46</v>
+      </c>
+      <c r="B5" t="s">
+        <v>47</v>
+      </c>
+      <c r="C5" t="s">
+        <v>32</v>
+      </c>
+      <c r="D5" t="s">
+        <v>19</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>33</v>
+      </c>
+      <c r="G5" t="s">
         <v>22</v>
-      </c>
-[...114 lines deleted...]
-        <v>2012</v>
       </c>
       <c r="H5">
         <v>2012</v>
       </c>
-      <c r="I5" t="s">
-        <v>30</v>
+      <c r="I5">
+        <v>2012</v>
       </c>
       <c r="J5" t="s">
-        <v>21</v>
+        <v>35</v>
       </c>
       <c r="K5" t="s">
-        <v>39</v>
+        <v>24</v>
       </c>
       <c r="L5" t="s">
-        <v>32</v>
+        <v>48</v>
       </c>
       <c r="M5" t="s">
-        <v>24</v>
+        <v>37</v>
       </c>
       <c r="N5" t="s">
-        <v>40</v>
-[...2 lines deleted...]
-    <row r="6" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>49</v>
+      </c>
+      <c r="P5" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
       <c r="A6" t="s">
-        <v>41</v>
+        <v>51</v>
       </c>
       <c r="B6" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="C6" t="s">
-        <v>16</v>
+        <v>53</v>
       </c>
       <c r="D6" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E6" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="F6" t="s">
-        <v>29</v>
-[...1 lines deleted...]
-      <c r="G6">
+        <v>33</v>
+      </c>
+      <c r="G6" t="s">
+        <v>34</v>
+      </c>
+      <c r="H6">
         <v>2015</v>
       </c>
-      <c r="H6"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I6"/>
       <c r="J6" t="s">
-        <v>21</v>
-[...7 lines deleted...]
-      </c>
+        <v>54</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6"/>
       <c r="N6" t="s">
-        <v>46</v>
-[...2 lines deleted...]
-    <row r="7" spans="1:14">
+        <v>55</v>
+      </c>
+      <c r="O6" t="s">
+        <v>56</v>
+      </c>
+      <c r="P6" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
       <c r="A7" t="s">
-        <v>41</v>
+        <v>58</v>
       </c>
       <c r="B7" t="s">
-        <v>47</v>
+        <v>59</v>
       </c>
       <c r="C7" t="s">
-        <v>16</v>
+        <v>60</v>
       </c>
       <c r="D7" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E7" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="F7" t="s">
-        <v>29</v>
-[...1 lines deleted...]
-      <c r="G7">
+        <v>33</v>
+      </c>
+      <c r="G7" t="s">
+        <v>34</v>
+      </c>
+      <c r="H7">
         <v>2015</v>
       </c>
-      <c r="H7"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I7"/>
       <c r="J7" t="s">
-        <v>21</v>
-[...1 lines deleted...]
-      <c r="K7"/>
+        <v>61</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
       <c r="L7"/>
       <c r="M7" t="s">
-        <v>45</v>
+        <v>62</v>
       </c>
       <c r="N7" t="s">
-        <v>49</v>
-[...2 lines deleted...]
-    <row r="8" spans="1:14">
+        <v>55</v>
+      </c>
+      <c r="O7" t="s">
+        <v>63</v>
+      </c>
+      <c r="P7" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
       <c r="A8" t="s">
-        <v>50</v>
+        <v>65</v>
       </c>
       <c r="B8" t="s">
-        <v>47</v>
+        <v>66</v>
       </c>
       <c r="C8" t="s">
-        <v>35</v>
+        <v>53</v>
       </c>
       <c r="D8" t="s">
-        <v>17</v>
+        <v>42</v>
       </c>
       <c r="E8" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F8" t="s">
-        <v>29</v>
-[...1 lines deleted...]
-      <c r="G8">
+        <v>21</v>
+      </c>
+      <c r="G8" t="s">
+        <v>34</v>
+      </c>
+      <c r="H8">
         <v>2009</v>
       </c>
-      <c r="H8"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I8"/>
       <c r="J8" t="s">
-        <v>21</v>
-[...1 lines deleted...]
-      <c r="K8"/>
+        <v>54</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
       <c r="L8"/>
-      <c r="M8" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="M8"/>
       <c r="N8" t="s">
-        <v>51</v>
-[...2 lines deleted...]
-    <row r="9" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>67</v>
+      </c>
+      <c r="P8" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
       <c r="A9" t="s">
-        <v>52</v>
+        <v>69</v>
       </c>
       <c r="B9" t="s">
-        <v>47</v>
+        <v>70</v>
       </c>
       <c r="C9" t="s">
         <v>53</v>
       </c>
       <c r="D9" t="s">
-        <v>17</v>
+        <v>71</v>
       </c>
       <c r="E9" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F9" t="s">
-        <v>29</v>
-[...1 lines deleted...]
-      <c r="G9">
+        <v>21</v>
+      </c>
+      <c r="G9" t="s">
+        <v>34</v>
+      </c>
+      <c r="H9">
         <v>2015</v>
       </c>
-      <c r="H9"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I9"/>
       <c r="J9" t="s">
+        <v>54</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9"/>
+      <c r="N9" t="s">
+        <v>55</v>
+      </c>
+      <c r="O9" t="s">
+        <v>72</v>
+      </c>
+      <c r="P9" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>74</v>
+      </c>
+      <c r="B10" t="s">
+        <v>75</v>
+      </c>
+      <c r="C10" t="s">
+        <v>60</v>
+      </c>
+      <c r="D10" t="s">
+        <v>71</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
         <v>21</v>
       </c>
-      <c r="K9"/>
-[...9 lines deleted...]
-      <c r="A10" t="s">
+      <c r="G10" t="s">
+        <v>34</v>
+      </c>
+      <c r="H10">
+        <v>2015</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>61</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10"/>
+      <c r="M10" t="s">
+        <v>62</v>
+      </c>
+      <c r="N10" t="s">
         <v>55</v>
       </c>
-      <c r="B10" t="s">
-[...35 lines deleted...]
-    <row r="11" spans="1:14">
+      <c r="O10" t="s">
+        <v>76</v>
+      </c>
+      <c r="P10" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
       <c r="A11" t="s">
-        <v>57</v>
+        <v>78</v>
       </c>
       <c r="B11" t="s">
-        <v>27</v>
+        <v>79</v>
       </c>
       <c r="C11" t="s">
-        <v>16</v>
+        <v>32</v>
       </c>
       <c r="D11" t="s">
-        <v>58</v>
+        <v>19</v>
       </c>
       <c r="E11" t="s">
-        <v>59</v>
+        <v>80</v>
       </c>
       <c r="F11" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>81</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
       </c>
       <c r="H11">
         <v>2012</v>
       </c>
-      <c r="I11" t="s">
-        <v>60</v>
+      <c r="I11">
+        <v>2012</v>
       </c>
       <c r="J11" t="s">
+        <v>82</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>83</v>
+      </c>
+      <c r="M11" t="s">
+        <v>84</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>85</v>
+      </c>
+      <c r="P11" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>87</v>
+      </c>
+      <c r="B12" t="s">
+        <v>88</v>
+      </c>
+      <c r="C12" t="s">
+        <v>32</v>
+      </c>
+      <c r="D12" t="s">
+        <v>19</v>
+      </c>
+      <c r="E12" t="s">
+        <v>80</v>
+      </c>
+      <c r="F12" t="s">
+        <v>81</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2012</v>
+      </c>
+      <c r="I12">
+        <v>2016</v>
+      </c>
+      <c r="J12" t="s">
+        <v>82</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12" t="s">
+        <v>89</v>
+      </c>
+      <c r="M12" t="s">
+        <v>84</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>90</v>
+      </c>
+      <c r="P12" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>92</v>
+      </c>
+      <c r="B13" t="s">
+        <v>93</v>
+      </c>
+      <c r="C13" t="s">
+        <v>32</v>
+      </c>
+      <c r="D13" t="s">
+        <v>94</v>
+      </c>
+      <c r="E13" t="s">
+        <v>80</v>
+      </c>
+      <c r="F13" t="s">
+        <v>81</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2002</v>
+      </c>
+      <c r="I13">
+        <v>2021</v>
+      </c>
+      <c r="J13" t="s">
+        <v>95</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13" t="s">
+        <v>96</v>
+      </c>
+      <c r="M13" t="s">
+        <v>97</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>98</v>
+      </c>
+      <c r="P13" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>100</v>
+      </c>
+      <c r="B14" t="s">
+        <v>101</v>
+      </c>
+      <c r="C14" t="s">
+        <v>102</v>
+      </c>
+      <c r="D14" t="s">
+        <v>103</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>104</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>2011</v>
+      </c>
+      <c r="I14">
+        <v>2023</v>
+      </c>
+      <c r="J14" t="s">
+        <v>105</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14"/>
+      <c r="M14" t="s">
+        <v>106</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>107</v>
+      </c>
+      <c r="P14" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>109</v>
+      </c>
+      <c r="B15" t="s">
+        <v>110</v>
+      </c>
+      <c r="C15" t="s">
+        <v>111</v>
+      </c>
+      <c r="D15" t="s">
+        <v>112</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>33</v>
+      </c>
+      <c r="G15" t="s">
+        <v>34</v>
+      </c>
+      <c r="H15">
+        <v>2020</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>113</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15"/>
+      <c r="M15" t="s">
+        <v>114</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>115</v>
+      </c>
+      <c r="P15" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>117</v>
+      </c>
+      <c r="B16" t="s">
+        <v>118</v>
+      </c>
+      <c r="C16" t="s">
+        <v>119</v>
+      </c>
+      <c r="D16" t="s">
+        <v>19</v>
+      </c>
+      <c r="E16" t="s">
+        <v>120</v>
+      </c>
+      <c r="F16" t="s">
         <v>21</v>
       </c>
-      <c r="K11" t="s">
-[...28 lines deleted...]
-      <c r="F12" t="s">
+      <c r="G16" t="s">
+        <v>121</v>
+      </c>
+      <c r="H16"/>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>95</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16"/>
+      <c r="M16" t="s">
+        <v>122</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>123</v>
+      </c>
+      <c r="P16"/>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>124</v>
+      </c>
+      <c r="B17" t="s">
+        <v>125</v>
+      </c>
+      <c r="C17" t="s">
+        <v>126</v>
+      </c>
+      <c r="D17" t="s">
+        <v>42</v>
+      </c>
+      <c r="E17" t="s">
+        <v>80</v>
+      </c>
+      <c r="F17" t="s">
+        <v>81</v>
+      </c>
+      <c r="G17" t="s">
+        <v>34</v>
+      </c>
+      <c r="H17">
+        <v>2010</v>
+      </c>
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>127</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17"/>
+      <c r="M17" t="s">
+        <v>128</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>129</v>
+      </c>
+      <c r="P17" t="s">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>131</v>
+      </c>
+      <c r="B18" t="s">
+        <v>132</v>
+      </c>
+      <c r="C18" t="s">
+        <v>133</v>
+      </c>
+      <c r="D18" t="s">
         <v>19</v>
       </c>
-      <c r="G12">
+      <c r="E18" t="s">
+        <v>80</v>
+      </c>
+      <c r="F18" t="s">
+        <v>33</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>2015</v>
+      </c>
+      <c r="I18">
+        <v>2019</v>
+      </c>
+      <c r="J18" t="s">
+        <v>134</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18" t="s">
+        <v>135</v>
+      </c>
+      <c r="M18" t="s">
+        <v>136</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>137</v>
+      </c>
+      <c r="P18" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>139</v>
+      </c>
+      <c r="B19" t="s">
+        <v>140</v>
+      </c>
+      <c r="C19" t="s">
+        <v>141</v>
+      </c>
+      <c r="D19" t="s">
+        <v>42</v>
+      </c>
+      <c r="E19" t="s">
+        <v>80</v>
+      </c>
+      <c r="F19" t="s">
+        <v>81</v>
+      </c>
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
+        <v>2001</v>
+      </c>
+      <c r="I19">
+        <v>2018</v>
+      </c>
+      <c r="J19" t="s">
+        <v>82</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19" t="s">
+        <v>142</v>
+      </c>
+      <c r="M19" t="s">
+        <v>143</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>144</v>
+      </c>
+      <c r="P19" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>146</v>
+      </c>
+      <c r="B20" t="s">
+        <v>147</v>
+      </c>
+      <c r="C20" t="s">
+        <v>119</v>
+      </c>
+      <c r="D20" t="s">
+        <v>19</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>148</v>
+      </c>
+      <c r="G20" t="s">
+        <v>34</v>
+      </c>
+      <c r="H20">
+        <v>2023</v>
+      </c>
+      <c r="I20"/>
+      <c r="J20" t="s">
+        <v>149</v>
+      </c>
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20"/>
+      <c r="M20" t="s">
+        <v>150</v>
+      </c>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>151</v>
+      </c>
+      <c r="P20" t="s">
+        <v>152</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>153</v>
+      </c>
+      <c r="B21" t="s">
+        <v>154</v>
+      </c>
+      <c r="C21" t="s">
+        <v>32</v>
+      </c>
+      <c r="D21" t="s">
+        <v>155</v>
+      </c>
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
+        <v>21</v>
+      </c>
+      <c r="G21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21">
+        <v>2010</v>
+      </c>
+      <c r="I21">
+        <v>2021</v>
+      </c>
+      <c r="J21" t="s">
+        <v>95</v>
+      </c>
+      <c r="K21" t="s">
+        <v>24</v>
+      </c>
+      <c r="L21" t="s">
+        <v>156</v>
+      </c>
+      <c r="M21" t="s">
+        <v>157</v>
+      </c>
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>158</v>
+      </c>
+      <c r="P21" t="s">
+        <v>159</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>160</v>
+      </c>
+      <c r="B22" t="s">
+        <v>161</v>
+      </c>
+      <c r="C22" t="s">
+        <v>32</v>
+      </c>
+      <c r="D22" t="s">
+        <v>42</v>
+      </c>
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
+        <v>21</v>
+      </c>
+      <c r="G22" t="s">
+        <v>22</v>
+      </c>
+      <c r="H22">
+        <v>2011</v>
+      </c>
+      <c r="I22">
+        <v>2016</v>
+      </c>
+      <c r="J22" t="s">
+        <v>82</v>
+      </c>
+      <c r="K22" t="s">
+        <v>24</v>
+      </c>
+      <c r="L22" t="s">
+        <v>43</v>
+      </c>
+      <c r="M22" t="s">
+        <v>37</v>
+      </c>
+      <c r="N22" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>162</v>
+      </c>
+      <c r="P22" t="s">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>164</v>
+      </c>
+      <c r="B23" t="s">
+        <v>165</v>
+      </c>
+      <c r="C23" t="s">
+        <v>32</v>
+      </c>
+      <c r="D23" t="s">
+        <v>19</v>
+      </c>
+      <c r="E23" t="s">
+        <v>20</v>
+      </c>
+      <c r="F23" t="s">
+        <v>21</v>
+      </c>
+      <c r="G23" t="s">
+        <v>22</v>
+      </c>
+      <c r="H23">
+        <v>2011</v>
+      </c>
+      <c r="I23">
         <v>2012</v>
       </c>
-      <c r="H12">
-[...5 lines deleted...]
-      <c r="J12" t="s">
+      <c r="J23" t="s">
+        <v>82</v>
+      </c>
+      <c r="K23" t="s">
+        <v>24</v>
+      </c>
+      <c r="L23" t="s">
+        <v>48</v>
+      </c>
+      <c r="M23" t="s">
+        <v>37</v>
+      </c>
+      <c r="N23" t="s">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>166</v>
+      </c>
+      <c r="P23" t="s">
+        <v>167</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>168</v>
+      </c>
+      <c r="B24" t="s">
+        <v>169</v>
+      </c>
+      <c r="C24" t="s">
+        <v>32</v>
+      </c>
+      <c r="D24" t="s">
+        <v>19</v>
+      </c>
+      <c r="E24" t="s">
+        <v>20</v>
+      </c>
+      <c r="F24" t="s">
         <v>21</v>
       </c>
-      <c r="K12" t="s">
-[...28 lines deleted...]
-      <c r="F13" t="s">
+      <c r="G24" t="s">
+        <v>22</v>
+      </c>
+      <c r="H24">
+        <v>2011</v>
+      </c>
+      <c r="I24">
+        <v>2017</v>
+      </c>
+      <c r="J24" t="s">
+        <v>82</v>
+      </c>
+      <c r="K24" t="s">
+        <v>24</v>
+      </c>
+      <c r="L24" t="s">
+        <v>170</v>
+      </c>
+      <c r="M24" t="s">
+        <v>37</v>
+      </c>
+      <c r="N24" t="s">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>171</v>
+      </c>
+      <c r="P24" t="s">
+        <v>172</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>173</v>
+      </c>
+      <c r="B25" t="s">
+        <v>174</v>
+      </c>
+      <c r="C25" t="s">
+        <v>175</v>
+      </c>
+      <c r="D25" t="s">
+        <v>42</v>
+      </c>
+      <c r="E25" t="s">
+        <v>20</v>
+      </c>
+      <c r="F25" t="s">
+        <v>21</v>
+      </c>
+      <c r="G25" t="s">
+        <v>22</v>
+      </c>
+      <c r="H25">
+        <v>2008</v>
+      </c>
+      <c r="I25">
+        <v>2012</v>
+      </c>
+      <c r="J25" t="s">
+        <v>134</v>
+      </c>
+      <c r="K25" t="s">
+        <v>24</v>
+      </c>
+      <c r="L25" t="s">
+        <v>176</v>
+      </c>
+      <c r="M25" t="s">
+        <v>177</v>
+      </c>
+      <c r="N25" t="s">
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
+        <v>178</v>
+      </c>
+      <c r="P25" t="s">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>180</v>
+      </c>
+      <c r="B26" t="s">
+        <v>181</v>
+      </c>
+      <c r="C26" t="s">
+        <v>175</v>
+      </c>
+      <c r="D26" t="s">
         <v>19</v>
       </c>
-      <c r="G13">
-[...2 lines deleted...]
-      <c r="H13">
+      <c r="E26" t="s">
+        <v>20</v>
+      </c>
+      <c r="F26" t="s">
+        <v>21</v>
+      </c>
+      <c r="G26" t="s">
+        <v>22</v>
+      </c>
+      <c r="H26">
+        <v>2003</v>
+      </c>
+      <c r="I26">
+        <v>2024</v>
+      </c>
+      <c r="J26" t="s">
+        <v>182</v>
+      </c>
+      <c r="K26" t="s">
+        <v>24</v>
+      </c>
+      <c r="L26" t="s">
+        <v>183</v>
+      </c>
+      <c r="M26" t="s">
+        <v>177</v>
+      </c>
+      <c r="N26" t="s">
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
+        <v>184</v>
+      </c>
+      <c r="P26" t="s">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>186</v>
+      </c>
+      <c r="B27" t="s">
+        <v>187</v>
+      </c>
+      <c r="C27" t="s">
+        <v>188</v>
+      </c>
+      <c r="D27" t="s">
+        <v>19</v>
+      </c>
+      <c r="E27" t="s">
+        <v>20</v>
+      </c>
+      <c r="F27" t="s">
+        <v>148</v>
+      </c>
+      <c r="G27" t="s">
+        <v>22</v>
+      </c>
+      <c r="H27">
+        <v>2007</v>
+      </c>
+      <c r="I27">
+        <v>2012</v>
+      </c>
+      <c r="J27" t="s">
+        <v>127</v>
+      </c>
+      <c r="K27" t="s">
+        <v>24</v>
+      </c>
+      <c r="L27" t="s">
+        <v>189</v>
+      </c>
+      <c r="M27" t="s">
+        <v>190</v>
+      </c>
+      <c r="N27" t="s">
+        <v>27</v>
+      </c>
+      <c r="O27" t="s">
+        <v>191</v>
+      </c>
+      <c r="P27" t="s">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>193</v>
+      </c>
+      <c r="B28" t="s">
+        <v>194</v>
+      </c>
+      <c r="C28" t="s">
+        <v>195</v>
+      </c>
+      <c r="D28" t="s">
+        <v>42</v>
+      </c>
+      <c r="E28" t="s">
+        <v>20</v>
+      </c>
+      <c r="F28" t="s">
+        <v>21</v>
+      </c>
+      <c r="G28" t="s">
+        <v>22</v>
+      </c>
+      <c r="H28">
+        <v>2013</v>
+      </c>
+      <c r="I28">
+        <v>2014</v>
+      </c>
+      <c r="J28" t="s">
+        <v>82</v>
+      </c>
+      <c r="K28" t="s">
+        <v>24</v>
+      </c>
+      <c r="L28" t="s">
+        <v>196</v>
+      </c>
+      <c r="M28" t="s">
+        <v>197</v>
+      </c>
+      <c r="N28" t="s">
+        <v>27</v>
+      </c>
+      <c r="O28" t="s">
+        <v>198</v>
+      </c>
+      <c r="P28" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>200</v>
+      </c>
+      <c r="B29" t="s">
+        <v>201</v>
+      </c>
+      <c r="C29" t="s">
+        <v>202</v>
+      </c>
+      <c r="D29" t="s">
+        <v>94</v>
+      </c>
+      <c r="E29" t="s">
+        <v>20</v>
+      </c>
+      <c r="F29" t="s">
+        <v>21</v>
+      </c>
+      <c r="G29" t="s">
+        <v>34</v>
+      </c>
+      <c r="H29"/>
+      <c r="I29"/>
+      <c r="J29" t="s">
+        <v>203</v>
+      </c>
+      <c r="K29" t="s">
+        <v>24</v>
+      </c>
+      <c r="L29"/>
+      <c r="M29" t="s">
+        <v>204</v>
+      </c>
+      <c r="N29" t="s">
+        <v>27</v>
+      </c>
+      <c r="O29" t="s">
+        <v>205</v>
+      </c>
+      <c r="P29" t="s">
+        <v>206</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>207</v>
+      </c>
+      <c r="B30" t="s">
+        <v>208</v>
+      </c>
+      <c r="C30" t="s">
+        <v>209</v>
+      </c>
+      <c r="D30" t="s">
+        <v>210</v>
+      </c>
+      <c r="E30" t="s">
+        <v>20</v>
+      </c>
+      <c r="F30" t="s">
+        <v>33</v>
+      </c>
+      <c r="G30" t="s">
+        <v>34</v>
+      </c>
+      <c r="H30">
+        <v>2024</v>
+      </c>
+      <c r="I30"/>
+      <c r="J30" t="s">
+        <v>211</v>
+      </c>
+      <c r="K30" t="s">
+        <v>24</v>
+      </c>
+      <c r="L30"/>
+      <c r="M30" t="s">
+        <v>212</v>
+      </c>
+      <c r="N30" t="s">
+        <v>27</v>
+      </c>
+      <c r="O30" t="s">
+        <v>213</v>
+      </c>
+      <c r="P30" t="s">
+        <v>214</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>215</v>
+      </c>
+      <c r="B31" t="s">
+        <v>216</v>
+      </c>
+      <c r="C31" t="s">
+        <v>209</v>
+      </c>
+      <c r="D31" t="s">
+        <v>210</v>
+      </c>
+      <c r="E31" t="s">
+        <v>20</v>
+      </c>
+      <c r="F31" t="s">
+        <v>21</v>
+      </c>
+      <c r="G31" t="s">
+        <v>34</v>
+      </c>
+      <c r="H31">
+        <v>2025</v>
+      </c>
+      <c r="I31"/>
+      <c r="J31" t="s">
+        <v>211</v>
+      </c>
+      <c r="K31" t="s">
+        <v>24</v>
+      </c>
+      <c r="L31"/>
+      <c r="M31" t="s">
+        <v>212</v>
+      </c>
+      <c r="N31" t="s">
+        <v>27</v>
+      </c>
+      <c r="O31" t="s">
+        <v>217</v>
+      </c>
+      <c r="P31" t="s">
+        <v>218</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>219</v>
+      </c>
+      <c r="B32" t="s">
+        <v>220</v>
+      </c>
+      <c r="C32" t="s">
+        <v>18</v>
+      </c>
+      <c r="D32" t="s">
+        <v>42</v>
+      </c>
+      <c r="E32" t="s">
+        <v>20</v>
+      </c>
+      <c r="F32" t="s">
+        <v>21</v>
+      </c>
+      <c r="G32" t="s">
+        <v>34</v>
+      </c>
+      <c r="H32">
+        <v>2008</v>
+      </c>
+      <c r="I32"/>
+      <c r="J32" t="s">
+        <v>221</v>
+      </c>
+      <c r="K32" t="s">
+        <v>24</v>
+      </c>
+      <c r="L32" t="s">
+        <v>222</v>
+      </c>
+      <c r="M32" t="s">
+        <v>26</v>
+      </c>
+      <c r="N32" t="s">
+        <v>27</v>
+      </c>
+      <c r="O32" t="s">
+        <v>223</v>
+      </c>
+      <c r="P32" t="s">
+        <v>224</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>225</v>
+      </c>
+      <c r="B33" t="s">
+        <v>226</v>
+      </c>
+      <c r="C33" t="s">
+        <v>126</v>
+      </c>
+      <c r="D33" t="s">
+        <v>42</v>
+      </c>
+      <c r="E33" t="s">
+        <v>20</v>
+      </c>
+      <c r="F33" t="s">
+        <v>21</v>
+      </c>
+      <c r="G33" t="s">
+        <v>22</v>
+      </c>
+      <c r="H33">
+        <v>2015</v>
+      </c>
+      <c r="I33">
+        <v>2019</v>
+      </c>
+      <c r="J33" t="s">
+        <v>95</v>
+      </c>
+      <c r="K33" t="s">
+        <v>24</v>
+      </c>
+      <c r="L33"/>
+      <c r="M33" t="s">
+        <v>227</v>
+      </c>
+      <c r="N33" t="s">
+        <v>27</v>
+      </c>
+      <c r="O33" t="s">
+        <v>228</v>
+      </c>
+      <c r="P33" t="s">
+        <v>229</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>230</v>
+      </c>
+      <c r="B34" t="s">
+        <v>125</v>
+      </c>
+      <c r="C34" t="s">
+        <v>126</v>
+      </c>
+      <c r="D34" t="s">
+        <v>42</v>
+      </c>
+      <c r="E34" t="s">
+        <v>20</v>
+      </c>
+      <c r="F34" t="s">
+        <v>21</v>
+      </c>
+      <c r="G34" t="s">
+        <v>34</v>
+      </c>
+      <c r="H34">
+        <v>2015</v>
+      </c>
+      <c r="I34"/>
+      <c r="J34" t="s">
+        <v>127</v>
+      </c>
+      <c r="K34" t="s">
+        <v>24</v>
+      </c>
+      <c r="L34"/>
+      <c r="M34" t="s">
+        <v>128</v>
+      </c>
+      <c r="N34" t="s">
+        <v>27</v>
+      </c>
+      <c r="O34" t="s">
+        <v>231</v>
+      </c>
+      <c r="P34" t="s">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>233</v>
+      </c>
+      <c r="B35" t="s">
+        <v>234</v>
+      </c>
+      <c r="C35" t="s">
+        <v>235</v>
+      </c>
+      <c r="D35" t="s">
+        <v>236</v>
+      </c>
+      <c r="E35" t="s">
+        <v>20</v>
+      </c>
+      <c r="F35" t="s">
+        <v>21</v>
+      </c>
+      <c r="G35" t="s">
+        <v>34</v>
+      </c>
+      <c r="H35">
+        <v>2011</v>
+      </c>
+      <c r="I35"/>
+      <c r="J35" t="s">
+        <v>237</v>
+      </c>
+      <c r="K35" t="s">
+        <v>24</v>
+      </c>
+      <c r="L35" t="s">
+        <v>238</v>
+      </c>
+      <c r="M35" t="s">
+        <v>239</v>
+      </c>
+      <c r="N35" t="s">
+        <v>27</v>
+      </c>
+      <c r="O35" t="s">
+        <v>240</v>
+      </c>
+      <c r="P35" t="s">
+        <v>241</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>242</v>
+      </c>
+      <c r="B36" t="s">
+        <v>243</v>
+      </c>
+      <c r="C36" t="s">
+        <v>244</v>
+      </c>
+      <c r="D36" t="s">
+        <v>245</v>
+      </c>
+      <c r="E36" t="s">
+        <v>20</v>
+      </c>
+      <c r="F36" t="s">
+        <v>148</v>
+      </c>
+      <c r="G36" t="s">
+        <v>22</v>
+      </c>
+      <c r="H36">
+        <v>2017</v>
+      </c>
+      <c r="I36">
         <v>2021</v>
       </c>
-      <c r="I13" t="s">
-[...2 lines deleted...]
-      <c r="J13" t="s">
+      <c r="J36" t="s">
+        <v>246</v>
+      </c>
+      <c r="K36" t="s">
+        <v>247</v>
+      </c>
+      <c r="L36" t="s">
+        <v>248</v>
+      </c>
+      <c r="M36" t="s">
+        <v>249</v>
+      </c>
+      <c r="N36" t="s">
+        <v>55</v>
+      </c>
+      <c r="O36" t="s">
+        <v>250</v>
+      </c>
+      <c r="P36" t="s">
+        <v>251</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
+      <c r="A37" t="s">
+        <v>252</v>
+      </c>
+      <c r="B37" t="s">
+        <v>253</v>
+      </c>
+      <c r="C37" t="s">
+        <v>254</v>
+      </c>
+      <c r="D37" t="s">
+        <v>255</v>
+      </c>
+      <c r="E37" t="s">
+        <v>20</v>
+      </c>
+      <c r="F37" t="s">
+        <v>148</v>
+      </c>
+      <c r="G37" t="s">
+        <v>34</v>
+      </c>
+      <c r="H37">
+        <v>2019</v>
+      </c>
+      <c r="I37"/>
+      <c r="J37" t="s">
+        <v>256</v>
+      </c>
+      <c r="K37" t="s">
+        <v>24</v>
+      </c>
+      <c r="L37"/>
+      <c r="M37" t="s">
+        <v>257</v>
+      </c>
+      <c r="N37" t="s">
+        <v>27</v>
+      </c>
+      <c r="O37" t="s">
+        <v>258</v>
+      </c>
+      <c r="P37" t="s">
+        <v>259</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
+      <c r="A38" t="s">
+        <v>260</v>
+      </c>
+      <c r="B38" t="s">
+        <v>261</v>
+      </c>
+      <c r="C38" t="s">
+        <v>262</v>
+      </c>
+      <c r="D38" t="s">
+        <v>236</v>
+      </c>
+      <c r="E38" t="s">
+        <v>80</v>
+      </c>
+      <c r="F38" t="s">
+        <v>81</v>
+      </c>
+      <c r="G38" t="s">
+        <v>22</v>
+      </c>
+      <c r="H38">
+        <v>2001</v>
+      </c>
+      <c r="I38">
+        <v>2015</v>
+      </c>
+      <c r="J38" t="s">
+        <v>263</v>
+      </c>
+      <c r="K38" t="s">
+        <v>24</v>
+      </c>
+      <c r="L38" t="s">
+        <v>264</v>
+      </c>
+      <c r="M38" t="s">
+        <v>265</v>
+      </c>
+      <c r="N38" t="s">
+        <v>27</v>
+      </c>
+      <c r="O38" t="s">
+        <v>266</v>
+      </c>
+      <c r="P38" t="s">
+        <v>267</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
+      <c r="A39" t="s">
+        <v>268</v>
+      </c>
+      <c r="B39" t="s">
+        <v>269</v>
+      </c>
+      <c r="C39" t="s">
+        <v>262</v>
+      </c>
+      <c r="D39" t="s">
+        <v>42</v>
+      </c>
+      <c r="E39" t="s">
+        <v>80</v>
+      </c>
+      <c r="F39" t="s">
+        <v>81</v>
+      </c>
+      <c r="G39" t="s">
+        <v>22</v>
+      </c>
+      <c r="H39">
+        <v>2003</v>
+      </c>
+      <c r="I39">
+        <v>2012</v>
+      </c>
+      <c r="J39" t="s">
+        <v>263</v>
+      </c>
+      <c r="K39" t="s">
+        <v>24</v>
+      </c>
+      <c r="L39" t="s">
+        <v>270</v>
+      </c>
+      <c r="M39" t="s">
+        <v>265</v>
+      </c>
+      <c r="N39" t="s">
+        <v>27</v>
+      </c>
+      <c r="O39" t="s">
+        <v>271</v>
+      </c>
+      <c r="P39" t="s">
+        <v>272</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16">
+      <c r="A40" t="s">
+        <v>273</v>
+      </c>
+      <c r="B40" t="s">
+        <v>274</v>
+      </c>
+      <c r="C40" t="s">
+        <v>262</v>
+      </c>
+      <c r="D40" t="s">
+        <v>236</v>
+      </c>
+      <c r="E40" t="s">
+        <v>20</v>
+      </c>
+      <c r="F40" t="s">
+        <v>148</v>
+      </c>
+      <c r="G40" t="s">
+        <v>22</v>
+      </c>
+      <c r="H40">
+        <v>2008</v>
+      </c>
+      <c r="I40">
+        <v>2014</v>
+      </c>
+      <c r="J40" t="s">
+        <v>134</v>
+      </c>
+      <c r="K40" t="s">
+        <v>24</v>
+      </c>
+      <c r="L40" t="s">
+        <v>275</v>
+      </c>
+      <c r="M40" t="s">
+        <v>276</v>
+      </c>
+      <c r="N40" t="s">
+        <v>27</v>
+      </c>
+      <c r="O40" t="s">
+        <v>277</v>
+      </c>
+      <c r="P40" t="s">
+        <v>278</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16">
+      <c r="A41" t="s">
+        <v>279</v>
+      </c>
+      <c r="B41" t="s">
+        <v>280</v>
+      </c>
+      <c r="C41" t="s">
+        <v>102</v>
+      </c>
+      <c r="D41" t="s">
+        <v>19</v>
+      </c>
+      <c r="E41" t="s">
+        <v>20</v>
+      </c>
+      <c r="F41" t="s">
         <v>21</v>
       </c>
-      <c r="K13" t="s">
-[...28 lines deleted...]
-      <c r="F14" t="s">
+      <c r="G41" t="s">
+        <v>34</v>
+      </c>
+      <c r="H41">
+        <v>2014</v>
+      </c>
+      <c r="I41"/>
+      <c r="J41" t="s">
+        <v>105</v>
+      </c>
+      <c r="K41" t="s">
+        <v>24</v>
+      </c>
+      <c r="L41" t="s">
+        <v>281</v>
+      </c>
+      <c r="M41" t="s">
+        <v>106</v>
+      </c>
+      <c r="N41" t="s">
+        <v>27</v>
+      </c>
+      <c r="O41" t="s">
+        <v>282</v>
+      </c>
+      <c r="P41" t="s">
+        <v>283</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16">
+      <c r="A42" t="s">
+        <v>284</v>
+      </c>
+      <c r="B42" t="s">
+        <v>285</v>
+      </c>
+      <c r="C42" t="s">
+        <v>133</v>
+      </c>
+      <c r="D42" t="s">
         <v>19</v>
       </c>
-      <c r="G14">
-[...8 lines deleted...]
-      <c r="J14" t="s">
+      <c r="E42" t="s">
+        <v>80</v>
+      </c>
+      <c r="F42" t="s">
+        <v>81</v>
+      </c>
+      <c r="G42" t="s">
+        <v>22</v>
+      </c>
+      <c r="H42">
+        <v>2013</v>
+      </c>
+      <c r="I42">
+        <v>2021</v>
+      </c>
+      <c r="J42" t="s">
+        <v>286</v>
+      </c>
+      <c r="K42" t="s">
+        <v>24</v>
+      </c>
+      <c r="L42" t="s">
+        <v>287</v>
+      </c>
+      <c r="M42" t="s">
+        <v>288</v>
+      </c>
+      <c r="N42" t="s">
+        <v>27</v>
+      </c>
+      <c r="O42" t="s">
+        <v>289</v>
+      </c>
+      <c r="P42" t="s">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="43" spans="1:16">
+      <c r="A43" t="s">
+        <v>291</v>
+      </c>
+      <c r="B43" t="s">
+        <v>292</v>
+      </c>
+      <c r="C43" t="s">
+        <v>293</v>
+      </c>
+      <c r="D43" t="s">
+        <v>42</v>
+      </c>
+      <c r="E43" t="s">
+        <v>20</v>
+      </c>
+      <c r="F43" t="s">
         <v>21</v>
       </c>
-      <c r="K14"/>
-[...1214 lines deleted...]
-        <v>2011</v>
+      <c r="G43" t="s">
+        <v>22</v>
       </c>
       <c r="H43">
         <v>2011</v>
       </c>
-      <c r="I43" t="s">
-        <v>69</v>
+      <c r="I43">
+        <v>2011</v>
       </c>
       <c r="J43" t="s">
+        <v>95</v>
+      </c>
+      <c r="K43" t="s">
+        <v>24</v>
+      </c>
+      <c r="L43" t="s">
+        <v>294</v>
+      </c>
+      <c r="M43" t="s">
+        <v>295</v>
+      </c>
+      <c r="N43" t="s">
+        <v>27</v>
+      </c>
+      <c r="O43" t="s">
+        <v>296</v>
+      </c>
+      <c r="P43" t="s">
+        <v>297</v>
+      </c>
+    </row>
+    <row r="44" spans="1:16">
+      <c r="A44" t="s">
+        <v>298</v>
+      </c>
+      <c r="B44" t="s">
+        <v>299</v>
+      </c>
+      <c r="C44" t="s">
+        <v>300</v>
+      </c>
+      <c r="D44" t="s">
+        <v>301</v>
+      </c>
+      <c r="E44" t="s">
+        <v>80</v>
+      </c>
+      <c r="F44" t="s">
+        <v>33</v>
+      </c>
+      <c r="G44" t="s">
+        <v>34</v>
+      </c>
+      <c r="H44">
+        <v>2021</v>
+      </c>
+      <c r="I44"/>
+      <c r="J44" t="s">
+        <v>134</v>
+      </c>
+      <c r="K44" t="s">
+        <v>24</v>
+      </c>
+      <c r="L44" t="s">
+        <v>302</v>
+      </c>
+      <c r="M44" t="s">
+        <v>303</v>
+      </c>
+      <c r="N44" t="s">
+        <v>27</v>
+      </c>
+      <c r="O44" t="s">
+        <v>304</v>
+      </c>
+      <c r="P44" t="s">
+        <v>305</v>
+      </c>
+    </row>
+    <row r="45" spans="1:16">
+      <c r="A45" t="s">
+        <v>306</v>
+      </c>
+      <c r="B45" t="s">
+        <v>307</v>
+      </c>
+      <c r="C45" t="s">
+        <v>300</v>
+      </c>
+      <c r="D45" t="s">
+        <v>19</v>
+      </c>
+      <c r="E45" t="s">
+        <v>80</v>
+      </c>
+      <c r="F45" t="s">
         <v>21</v>
       </c>
-      <c r="K43" t="s">
-[...31 lines deleted...]
-      <c r="G44">
+      <c r="G45" t="s">
+        <v>34</v>
+      </c>
+      <c r="H45">
         <v>2021</v>
       </c>
-      <c r="H44"/>
-[...44 lines deleted...]
-      </c>
+      <c r="I45"/>
       <c r="J45" t="s">
-        <v>21</v>
+        <v>134</v>
       </c>
       <c r="K45" t="s">
-        <v>221</v>
+        <v>24</v>
       </c>
       <c r="L45" t="s">
-        <v>218</v>
+        <v>308</v>
       </c>
       <c r="M45" t="s">
-        <v>24</v>
+        <v>303</v>
       </c>
       <c r="N45" t="s">
-        <v>222</v>
-[...2 lines deleted...]
-    <row r="46" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O45" t="s">
+        <v>309</v>
+      </c>
+      <c r="P45" t="s">
+        <v>310</v>
+      </c>
+    </row>
+    <row r="46" spans="1:16">
       <c r="A46" t="s">
-        <v>223</v>
+        <v>311</v>
       </c>
       <c r="B46" t="s">
-        <v>224</v>
+        <v>312</v>
       </c>
       <c r="C46" t="s">
-        <v>225</v>
+        <v>313</v>
       </c>
       <c r="D46" t="s">
-        <v>17</v>
+        <v>314</v>
       </c>
       <c r="E46" t="s">
-        <v>109</v>
+        <v>20</v>
       </c>
       <c r="F46" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G46">
+        <v>148</v>
+      </c>
+      <c r="G46" t="s">
+        <v>22</v>
+      </c>
+      <c r="H46">
         <v>2012</v>
       </c>
-      <c r="H46">
+      <c r="I46">
         <v>2014</v>
       </c>
-      <c r="I46" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J46" t="s">
-        <v>21</v>
+        <v>263</v>
       </c>
       <c r="K46" t="s">
-        <v>226</v>
+        <v>24</v>
       </c>
       <c r="L46" t="s">
-        <v>227</v>
+        <v>315</v>
       </c>
       <c r="M46" t="s">
-        <v>24</v>
+        <v>316</v>
       </c>
       <c r="N46" t="s">
-        <v>228</v>
+        <v>27</v>
+      </c>
+      <c r="O46" t="s">
+        <v>317</v>
+      </c>
+      <c r="P46" t="s">
+        <v>318</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>