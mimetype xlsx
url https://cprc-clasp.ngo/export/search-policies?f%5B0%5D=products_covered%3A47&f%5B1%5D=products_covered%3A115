--- v0 (2025-10-13)
+++ v1 (2026-01-29)
@@ -12,702 +12,915 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="195">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="264">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>10 CFR 430—Energy Conservation Program for Consumer Products</t>
   </si>
   <si>
+    <t>Conventional cooking top means a class of cooking products which is a household cooking appliance consisting of a horizontal surface containing one or more surface units which utilize a gas flame; electric resistance heating; or electric inductive heating.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Electronics, Uninterruptable Power Supply, Battery Chargers, External Power Supply, Dehumidifiers, Air Cleaners, Ovens, Microwaves, Dishwashers, Clothes Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Ceiling Fans, Duct Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Showers or Showerheads, Urinals, Taps or Faucets, Distribution Transformers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>10 CFR 430 Subpart B</t>
   </si>
   <si>
     <t>U.S. Department of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/10-cfr-430-energy-conservation-program-consumer-products</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-430</t>
+  </si>
+  <si>
     <t>10 CFR 431—Energy Efficiency Program For Certain Commercial And Industrial Equipment</t>
   </si>
   <si>
+    <t>Commercial warm air furnace means a warm air furnace that is industrial equipment and that has a capacity -rated maximum input- of 225000 Btu per hour or more.  A warm air furnace is defined as a self-contained oil-fired or gas-fired furnace designed to supply heated air through ducts to spaces that require it and includes combination warm air furnace or electric air conditioning units but does not include unit heaters and duct furnaces.</t>
+  </si>
+  <si>
     <t>Washing Machines, Streetlighting, Air Compressors, 3-Phase Motors, 1-Phase Motors, Heat Pumps, Boilers and Furnaces, Portable ACs, Packaged Terminals, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Building Circulator Pumps, Pump Systems, Pool Pumps, Power Transformers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>10 CFR 431 and product-specific Subparts</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/10-cfr-431-energy-efficiency-program-certain-commercial-and-industrial-equipment</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-431</t>
+  </si>
+  <si>
     <t>16 CFR Part 305 - Energy And Water Use Labeling For Consumer Products Under The Energy Policy And Conservation Act (“Energy Labeling Rule”)</t>
   </si>
   <si>
+    <t>This policy covers dishwashers, furnaces, central air conditioners, heat pumps, room air conditioners, clothes washers, freezers, electric refrigerators, electric refrigerator-freezers, televisions, ceiling fans, and water heaters.</t>
+  </si>
+  <si>
     <t>Televisions, Dishwashers, Washing Machines, Ceiling Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil</t>
   </si>
   <si>
     <t>16 CFR Part 305.8-19</t>
   </si>
   <si>
     <t>Federal Trade Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/16-cfr-part-305-energy-and-water-use-labeling-consumer-products-under-energy-policy-and</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/cgi-bin/retrieveECFR?gp=11&amp;SID=73761cc1f845bec3a3d4dd94a2c5fb2f&amp;ty=HTML&amp;h=L&amp;n=16y1.0.1.3.29&amp;r=PART#se16.1.305_11</t>
+  </si>
+  <si>
     <t>2021 Aspen Energy Code</t>
   </si>
   <si>
+    <t>This policy contains heat pump requirements for residential buildings, including single-family homes.  It also contains controls requirements for heat pump supplementary heat in commercial buildings.</t>
+  </si>
+  <si>
     <t>Colorado</t>
   </si>
   <si>
     <t>Heat Pumps, Air Conditioning</t>
   </si>
   <si>
     <t>Building Code</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>February 2024</t>
   </si>
   <si>
     <t>City of Aspen</t>
   </si>
   <si>
     <t>AC-to-heat pump</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/2021-aspen-energy-code</t>
   </si>
   <si>
+    <t>https://www.aspen.gov/DocumentCenter/View/10378/2021-Aspen-Energy-Code</t>
+  </si>
+  <si>
     <t>AS/NZS 3823.2:2013 Performance of electrical appliances—Air conditioners and heat pumps—Part 2: Energy labelling and minimum energy performance standards (MEPS) requirements</t>
   </si>
   <si>
+    <t>MEPL covers some single phase heat pump|air conditioners.</t>
+  </si>
+  <si>
     <t>New Zealand</t>
   </si>
   <si>
     <t>Heat Pumps, Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>AS/NZS 3823.1.4:2012 or AS/NZS 3823.3:2002</t>
   </si>
   <si>
     <t>Energy Efficiency and Conservation Authority (EECA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/asnzs-382322013-performance-electrical-appliances-air-conditioners-and-heat-pumps-part-2</t>
   </si>
   <si>
+    <t>http://www.legislation.govt.nz/regulation/public/2002/0009/latest/whole.html#DLM108790----https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/Air-Con-Heat-Pump-Factsheet.pdf</t>
+  </si>
+  <si>
     <t>BDS 1852:2012 Performance of air conditioners and heat pumps — energy labelling and minimum energy performance standard (MEPS) requirements</t>
   </si>
   <si>
+    <t>This Standard specifies the energy labelling requirements for single-phase non-ducted air conditioners of the vapour compression type and the minimum energy performance standard (MEPS) requirements for single-phase and three-phase air conditioners of the vapour compression type up to a rated total cooling capacity of 65 kW that fall within the scope of AS/NZS 3823.1,1, AS/NZS 3823.1.2 or AS/NZS 3823, 1.3</t>
+  </si>
+  <si>
     <t>Bangladesh</t>
   </si>
   <si>
     <t>BDS ISO 13253:2011</t>
   </si>
   <si>
     <t>Bangladesh Standards and Testing Institute</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/bds-18522012-performance-air-conditioners-and-heat-pumps-energy-labelling-and-minimum</t>
   </si>
   <si>
+    <t>https://bsti.portal.gov.bd/sites/default/files/files/bsti.portal.gov.bd/page/c82bd863_c051_46ce_af11_eb5bec479d5b/BSTI%20Standards%20Catalogue-2018%20(1).pdf</t>
+  </si>
+  <si>
     <t>CEL- Low Ambient Temperature Air Source Heat Pumps</t>
   </si>
   <si>
+    <t>This policy covers low ambient temperature air source heat pumps.</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Heat Pumps</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>GB/T 21362-2008; GB/T 25127.1-2010; GB/T 25127.2-2010; JB/T 12841-2016</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-low-ambient-temperature-air-source-heat-pumps</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2020/04/%E4%BD%8E%E7%8E%AF%E5%A2%83%E6%B8%A9%E5%BA%A6%E7%A9%BA%E6%B0%</t>
+  </si>
+  <si>
     <t>CEL-035. Heat Pump Water Heaters</t>
   </si>
   <si>
+    <t>Applies to motor-driven air source heat pump water heaters with vapor-compression refrigeration cycle. Does not apply to electrical storage water heaters</t>
+  </si>
+  <si>
     <t>Heat Pumps, Instantaneous Water Heaters</t>
   </si>
   <si>
     <t>GB 29541-2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-035-heat-pump-water-heaters</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/7%E9%99%84%E4%BB%B631_%E7%83%AD%E6%B3%B5%E7%83%AD%E6%B0%B4%E6%9C%BA%EF%BC%88%E5%99%A8%EF%BC%89%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>Climate Emergency – Bylaw Updates Applicable to Existing Detached Homes</t>
   </si>
   <si>
+    <t>This policy requires that all permanently installed new air conditioning systems in existing detached homes must function to provide both low-carbon heating and cooling, effective January 1, 2023. 
+Policy text: “8) In a building containing not more than two principal dwelling units, heat pumps that provide space cooling must also be able to provide space heating.”</t>
+  </si>
+  <si>
     <t>Americas, British Columbia</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>City of Vancouver</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/climate-emergency-bylaw-updates-applicable-existing-detached-homes</t>
   </si>
   <si>
+    <t>https://council.vancouver.ca/20220517/documents/R1b.pdf</t>
+  </si>
+  <si>
     <t>Commission Decision of 9 November 2007 establishing the ecological criteria for the award of the Community eco-label to electrically driven, gas driven or gas absorption heat pumps</t>
   </si>
   <si>
+    <t>The product group 'electrically driven; gas driven or gas absorption heat pumps' shall comprise heat pumps; which can concentrate energy present in the air; ground or water into useful heat for the supply of space heating or the opposite process for space cooling. A 'heat pump' is the device or set of devices as delivered by the manufacturer or importer to the distributor; retailer or installer. This delivery may or may not include the delivery of circulating pumps at the sink or source side; however for calculation of coefficient of performance -COP; values the power consumption of circulating pumps shall always be taken into account; according to the methodology of EN14511:2004; if the manufacturer cannot provide data; a default value is taken. For gas absorption heat pumps the methodology shall be according to EN12309-2:2000. The product group shall cover only electrically driven; gas driven or gas absorption heat pumps with a maximum heating capacity of 100 kW. The product group 'electrically driven; gas driven or gas absorption heat pumps' shall not cover the following:   heat pumps which can only provide hot water for sanitary use;   and heat pumps which can only extract heat from a building and eject it to the air; ground or water thus resulting in space cooling.</t>
+  </si>
+  <si>
     <t>European Union</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>December 2018</t>
   </si>
   <si>
     <t>EN 14 511:2004; EN12309-2:2000</t>
   </si>
   <si>
     <t>European Commission - DG Environment</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-decision-9-november-2007-establishing-ecological-criteria-award-community-eco-0</t>
   </si>
   <si>
+    <t>http://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32007D0742</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation EU No 811-2013 of 18 February 2013 supplementing Directive 2010-30-EU -with regard to the energy labelling of space heaters; combination heaters</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the energy labelling of; and the provision of supplementary product information on; space heaters and combination heaters with a rated heat output equal to 70 kW; packages of space heater equal to  70 kW; temperature control and solar device and packages of combination heater equal to  70 kW; temperature control and solar device.
+This Policy is under review by the European Commission and is expected to be revised in 2024.</t>
+  </si>
+  <si>
     <t>Heat Pumps, Boilers and Furnaces</t>
   </si>
   <si>
     <t>September 2023</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil, Solar</t>
   </si>
   <si>
     <t>European Commission - DG Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-no-811-2013-18-february-2013-supplementing-directive</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02013R0811-20170307</t>
+  </si>
+  <si>
+    <t>This Regulation establishes requirements for the energy labelling of; and the provision of supplementary product information on; space heaters and combination heaters with a rated heat output equal to 70 kW; packages of space heater equal to  70 kW; temperature control and solar device and packages of combination heater equal to  70 kW; temperature control and solar device.</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>October 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-no-811-2013-18-february-2013-supplementing-directive-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2013/811/contents</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) No 813/2013 of 2 August 2013 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for space heaters and combination heaters </t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market and or putting into service of space heaters and combination heaters with a rated heat output of less than or equal to 400 kW; including those integrated in packages of space heater; temperature control and solar device or packages of combination heater; temperature control and solar device as defined in Article 2 of the Labelling Delegated Act.</t>
+  </si>
+  <si>
+    <t>May 2024</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-8132013-2-august-2013-implementing-directive-2009125ec</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?qid=1538159902315&amp;uri=CELEX:02013R0813-20170109----http://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32013R0813</t>
+  </si>
+  <si>
     <t>Europe, United Kingdom</t>
   </si>
   <si>
     <t>July 2024</t>
   </si>
   <si>
     <t>Department for Energy Security and Net Zero</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-8132013-2-august-2013-implementing-directive-2009125ec-0</t>
   </si>
   <si>
-    <t>May 2024</t>
-[...2 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-8132013-2-august-2013-implementing-directive-2009125ec</t>
+    <t>https://www.legislation.gov.uk/eur/2013/813/contents</t>
   </si>
   <si>
     <t>CQC31-439801-2019. Energy Conservation Certification Rules for Low Ambient Temperature Air Source Heat Pump (Water Chilling) Packages</t>
   </si>
   <si>
+    <t>Applies to low ambient temperature air source heat pump -water chilling packages</t>
+  </si>
+  <si>
     <t>Heat Pumps, Pumps Other</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>GB 37480-2019</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-439801-2019-energy-conservation-certification-rules-low-ambient-temperature-air</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2021-01-29/542277.shtml</t>
+  </si>
+  <si>
     <t>CQC31-439803-2018 CQC Energy conservation certification rules for low ambient temperator air source heat pump air heaters</t>
   </si>
   <si>
+    <t>Applies to split air source heat pump air heaters that are motor-compressor driven; of which condensor and evaporator both use air heat exchanger; which can operate under an ambient temperature not lower than 30 and rated heating capapity not larger than 14000W; which are used for indoor environment</t>
+  </si>
+  <si>
     <t>CQC 3165-2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-439803-2018-cqc-energy-conservation-certification-rules-low-ambient-temperator-air</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2018-06-22/553630.shtml</t>
+  </si>
+  <si>
     <t>CQC31-439804-2018. Energy Conservation Certification Rules for Multi-Type Low Ambient Temperature Air Source Heat Pump Air Heating Units</t>
   </si>
   <si>
+    <t>Apply to multi-type low ambient temperature air source heat pump air heating units</t>
+  </si>
+  <si>
     <t>CQC 3168-2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-439804-2018-energy-conservation-certification-rules-multi-type-low-ambient</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-21/554194.shtml</t>
+  </si>
+  <si>
     <t>CQC31-439806-2020. Energy Conservation Certification Rules for Air Source Heat Pump for Tobacco Curing Barn</t>
   </si>
   <si>
+    <t>Apply to air source heat pump for tobacco curing barn</t>
+  </si>
+  <si>
     <t>CQC 3176-2020</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-439806-2020-energy-conservation-certification-rules-air-source-heat-pump-tobacco</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2021-04-07/557156.shtml</t>
+  </si>
+  <si>
     <t>Draft 2025 Energy Code Express Terms</t>
   </si>
   <si>
+    <t>This document is a pre-rulemaking draft of the Express Terms for the 2025 update to the California Energy Code (Part 6 of California's Building Standards Code). It contains heat pump and control requirements for commercial and residential buildings in the state of California.</t>
+  </si>
+  <si>
     <t>California</t>
   </si>
   <si>
     <t>California Energy Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/draft-2025-energy-code-express-terms</t>
   </si>
   <si>
+    <t>https://efiling.energy.ca.gov/GetDocument.aspx?tn=252915&amp;DocumentContentId=88051</t>
+  </si>
+  <si>
     <t>Energy Efficiency Grade Label - Multi Heat Pump System(VRF)</t>
   </si>
   <si>
+    <t>Electrical driven multi heat pump which has one indoor unit standard rated cooling capacity over 1kW less than 30kW, and outdoor unit standard rated cooling capacity in accordance with Annex 1 is over 20kW less than 70kW. The indoor unit that comes with a heating device, rated power consumption of heating device is limited to one indoor unit standard less than 30kW.</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-grade-label-multi-heat-pump-systemvrf</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_4.asp</t>
+  </si>
+  <si>
     <t>Energy Efficiency Regulations, 2016 (SOR/2016-311)</t>
   </si>
   <si>
+    <t>This policy is divided into 14 divisions: 1) household appliances, 2) air conditioners, condensing units, and chillers, 3) heat pumps, 4) furnaces, fireplaces, unit heaters, and recovery ventilators, 5) boilers, 6) water heaters, 7) lamps and lamp ballasts, 8) lighting fixtures, 9) electronic products, 10) commercial refrigeration, 11) dry-type transformers, 12) motors, 13) commercial pre-rinse spray valves, and 14) pumps.</t>
+  </si>
+  <si>
     <t>Canada</t>
   </si>
   <si>
     <t>Audio-Visual, Televisions, Displays, Battery Chargers, External Power Supply, Dehumidifiers, Ovens, Microwaves, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washer and Dryers, Washing Machines, Indoor Luminaires, Specialty Luminaires, Specialty Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Ventilation, Ceiling Fans, Space Heating, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Portable ACs, Packaged Terminals, Chillers - Cooler Towers, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Pump Systems, Power Transformers, Distribution Transformers, Wine Chillers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Natural Resources Canada Office of Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-regulations-2016-sor2016-311</t>
   </si>
   <si>
+    <t>https://laws-lois.justice.gc.ca/eng/regulations/SOR-2016-311/index.html</t>
+  </si>
+  <si>
     <t>GB 19577-2024 Energy efficiency limit values ​​and energy efficiency grades for heat pumps and chillers</t>
   </si>
   <si>
+    <t>This policy energy efficiency limit values ​​and energy efficiency grades for heat pumps and chillers. It applies to the following products: water chilling (heat pump) packages using vapor compression, low ambient temperature air source heat pump (water chilling) packages, water-source (ground-source) heat pumps, lithium bromide absorption water chillers (heaters), water-source high-temperature heat pumps using the vapor compression cycle, indirect evaporative cooling water chillers, and integrated water chilling (heat pump) packages. It enters into force on 1 February 2025 and replaces the following standards: GB 19577-2015, GB 29540-2013, GB 30721-2014, and GB 37480-2019.</t>
+  </si>
+  <si>
     <t>Heat Pumps, Water</t>
+  </si>
+  <si>
+    <t>New</t>
   </si>
   <si>
     <t>GB/T 10870
 ,   
                     GB/T 18362
 ,   
                     GB/T 18430.1
 ,   
                     GB/T 18430.2
 ,   
                     GB/T 18431
 ,   
                     GB/T 19409
 ,   
                     GB/T 25127.1
 ,   
                     GB/T 25127.2
 ,   
                     GB/T 25861
 ,   
                     JB/T 12839
 ,   
                     JB/T 12840
 ,   
                     JB/T 14640
 ,   
                     JB/T 14642</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC) and State Administration for …</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-19577-2024-energy-efficiency-limit-values-and-energy-efficiency-grades-heat-pumps-and</t>
   </si>
   <si>
+    <t>https://openstd.samr.gov.cn/bzgk/gb/newGbInfo?hcno=C59327F9E5A3194DAD64C39B883C36C2</t>
+  </si>
+  <si>
     <t>GB 30721-2014 Minimum allowable values of energy efficiency and energy efficiency grades for water-source -ground-source- heat pumps</t>
   </si>
   <si>
+    <t>Applies to water-source; ground-source; heat pumps with electrical and mechanical compression systems</t>
+  </si>
+  <si>
     <t>GB/T 19409-2003, GB/T 19409-2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-30721-2014-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7F003D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 37480-2019 Minimum allowable values of energy efficiency and energy efficiency grades for low ambient temperature air source heat pumps (water chiller) packages</t>
   </si>
   <si>
     <t>The Standardisation Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-37480-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-low</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=86000D0C5CB80E10E05397BE0A0A5BBB</t>
+  </si>
+  <si>
     <t>GOST 16617-87 Household electric heating appliances - General specifications</t>
   </si>
   <si>
+    <t>This policy covers household electric heating appliances.</t>
+  </si>
+  <si>
     <t>Russia</t>
   </si>
   <si>
     <t>Art 4.3 of GOST 16617-87</t>
   </si>
   <si>
     <t>Russian Energy Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gost-16617-87-household-electric-heating-appliances-general-specifications</t>
   </si>
   <si>
+    <t>http://internet-law.ru/gosts/gost/12035/----http://docs.cntd.ru/document/1200013269</t>
+  </si>
+  <si>
     <t>Green Building Reach Codes for Home Renovation</t>
   </si>
   <si>
+    <t>This policy defines electrification requirements for home renovations and new construction (residential and office buildings) in the city of San Mateo, California.</t>
+  </si>
+  <si>
     <t>Heat Pumps, Air Conditioning, Water Heating</t>
   </si>
   <si>
     <t>City of San Mateo</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/green-building-reach-codes-home-renovation</t>
   </si>
   <si>
+    <t>https://www.cityofsanmateo.org/3363/Reach-Codes</t>
+  </si>
+  <si>
     <t>MEPS for Electrical Driven Multi Heat Pump-Central HVAC</t>
   </si>
   <si>
+    <t>This policy specifies minimum energy performance standards for electrical-driven multi heat pumps.</t>
+  </si>
+  <si>
     <t>Space Heating and Space Cooling, Space Heating, Heat Pumps</t>
   </si>
   <si>
     <t>Entered into force</t>
   </si>
   <si>
     <t>Korea Energy Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-electrical-driven-multi-heat-pump-central-hvac</t>
   </si>
   <si>
+    <t>https://www.iea.org/policies/8283-meps-for-electrical-driven-multi-heat-pump-central-hvac</t>
+  </si>
+  <si>
     <t>Nordic Ecolabel 059 Heat Pumps</t>
   </si>
   <si>
+    <t>1. For heating water up to 70 kW:</t>
+  </si>
+  <si>
     <t>Sweden</t>
   </si>
   <si>
     <t>October 2015</t>
   </si>
   <si>
     <t>EN 14511</t>
   </si>
   <si>
     <t>Ecolabelling Sweden</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nordic-ecolabel-059-heat-pumps</t>
   </si>
   <si>
+    <t>http://www.svanen.se/en/Criteria/Nordic-Ecolabel-criteria/Criteria/?productGroupID=31</t>
+  </si>
+  <si>
     <t>ORDINANCE NO. 2022-447</t>
   </si>
   <si>
+    <t>This policy requires all residential construction additions, alterations, repairs, and/or accessory
+dwelling unit conversions that do not meet the definition of newly constructed that
+include the installation of a new or replacement, upgrade or relocation of an existing air
+conditioning condensing unit to require a reverse cycle air conditioning condensing unit (heat pump). This policy entered into effect on January 1, 2023, and applies to the town of Portola Valley, California only.</t>
+  </si>
+  <si>
     <t>Town of Portola Valley</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ordinance-no-2022-447</t>
   </si>
   <si>
+    <t>https://library.municode.com/ca/portola_valley/ordinances/code_of_ordinances?nodeId=1184430</t>
+  </si>
+  <si>
     <t>Regulation on Energy Efficiency Requirements for Mass-Produced Systems, Vehicles, and Appliances</t>
   </si>
   <si>
+    <t>This policy applies to mass-produced systems, vehicles, and devices as well as their mass-produced components that consume a considerable amount of energy and are placed on the market or sold in Switzerland.</t>
+  </si>
+  <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>Computers, Servers, Networking Equipment, Stand-by and networked devices, Televisions, Set Top Boxes (STB), Displays, External Power Supply, Vacuum Cleaners, Ovens, Dishwashers, Cooktops or Hobs, Coffee Machines, Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires, 3-Phase Motors, Industrial Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Storage Water Heaters, Building Circulator Pumps, Pumps Other, Power Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>Electricity, Other Solid Fuel</t>
   </si>
   <si>
     <t>See Policy</t>
   </si>
   <si>
     <t>Swiss Federal Office of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/regulation-energy-efficiency-requirements-mass-produced-systems-vehicles-and-appliances</t>
   </si>
   <si>
+    <t>https://www.admin.ch/opc/de/classified-compilation/20162950/index.html</t>
+  </si>
+  <si>
     <t>Revised Municipal Code of the City and County of Denver Colorado, Sec. 10-20. - Electrification requirements for existing buildings</t>
   </si>
   <si>
+    <t>This policy contains electrification requirements for existing buildings in the city and country of Denver, Colorado.  It applies to all commercial buildings and multifamily residential buildings.</t>
+  </si>
+  <si>
     <t>Heat Pumps, Packaged Terminals, Central ACs</t>
   </si>
   <si>
     <t>City and County of Denver</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/revised-municipal-code-city-and-county-denver-colorado-sec-10-20-electrification</t>
   </si>
   <si>
+    <t>https://library.municode.com/co/denver/codes/code_of_ordinances?nodeId=TITIIREMUCO_CH10BUBURE_ARTIIBUFICO_S10-20ELREEXBU</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Heat Pumps TGL-57-11</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to heat pumps for residential use including heat pumps operated at a rated voltage up to 250 V for single-phase appliances and not more than 600 V for three-phase appliances.</t>
   </si>
   <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>TIS 1529
 ,   
                     BS EN 255-4
 ,   
                     TIS 2368</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-heat-pumps-tgl-57-11</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-57-11.pdf</t>
+  </si>
+  <si>
     <t>The U.S. Environmental Protection Agency (EPA) Recognition Program for Game Consoles Performance Requirements Version 1.0</t>
   </si>
   <si>
+    <t>Manufacturers of products that meet the definition of Game Console are eligible for EPA recognition, with the exception of portable game consoles and game consoles incapable of rendering HD video output (video output with a display resolution of 720 lines or greater) via HDMI.</t>
+  </si>
+  <si>
     <t>Game Consoles</t>
   </si>
   <si>
     <t>EPA Test Method for Game Consoles; Rev. Mar-2013</t>
   </si>
   <si>
     <t>U.S. Environmental Protection Agency (EPA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/us-environmental-protection-agency-epa-recognition-program-game-consoles-performance</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/spec/game_console_version_1_0_recognition_program_pd</t>
+  </si>
+  <si>
     <t>UNIT 1170: 2009 Air conditioners and heat pumps - Specifications and labeling</t>
   </si>
   <si>
+    <t>This standard establishes the methodology for the classification of air conditioners and heat pumps for domestic or similar use according to their energy performance, test methods and the characteristics of the energy efficiency label.</t>
+  </si>
+  <si>
     <t>Uruguay</t>
   </si>
   <si>
     <t>UNIT-ISO 5151, UNIT-IEC 60335-1:1992, IEC 60335-2-40</t>
   </si>
   <si>
     <t>Ministerio de Industria, Energía y Minería</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/unit-1170-2009-air-conditioners-and-heat-pumps-specifications-and-labeling</t>
+  </si>
+  <si>
+    <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT+1170+-+Eficiencia+Energetica.+Acondicionadores+de+aire+y+bombas+de+calor.+Especificaciones+y+etiquetado.pdf/26a59c64-d828-496f-ae33-a4f07eadacf7</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -971,1579 +1184,1792 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N35"/>
+  <dimension ref="A1:P35"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="257" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="144" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="257.08" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1522.914" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="891.782" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="83.694" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="307.782" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>1990</v>
+      </c>
+      <c r="I2">
+        <v>2016</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...5 lines deleted...]
-      <c r="H2">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>1994</v>
+      </c>
+      <c r="I3">
+        <v>2023</v>
+      </c>
+      <c r="J3" t="s">
+        <v>33</v>
+      </c>
+      <c r="K3" t="s">
+        <v>34</v>
+      </c>
+      <c r="L3" t="s">
+        <v>35</v>
+      </c>
+      <c r="M3" t="s">
+        <v>26</v>
+      </c>
+      <c r="N3" t="s">
+        <v>36</v>
+      </c>
+      <c r="O3" t="s">
+        <v>37</v>
+      </c>
+      <c r="P3" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>39</v>
+      </c>
+      <c r="B4" t="s">
+        <v>40</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>41</v>
+      </c>
+      <c r="E4" t="s">
+        <v>42</v>
+      </c>
+      <c r="F4" t="s">
+        <v>43</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>1980</v>
+      </c>
+      <c r="I4">
+        <v>2019</v>
+      </c>
+      <c r="J4" t="s">
+        <v>44</v>
+      </c>
+      <c r="K4" t="s">
+        <v>45</v>
+      </c>
+      <c r="L4" t="s">
+        <v>46</v>
+      </c>
+      <c r="M4" t="s">
+        <v>47</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>48</v>
+      </c>
+      <c r="P4" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>50</v>
+      </c>
+      <c r="B5" t="s">
+        <v>51</v>
+      </c>
+      <c r="C5" t="s">
+        <v>52</v>
+      </c>
+      <c r="D5" t="s">
+        <v>53</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>54</v>
+      </c>
+      <c r="G5" t="s">
+        <v>55</v>
+      </c>
+      <c r="H5">
+        <v>2023</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>56</v>
+      </c>
+      <c r="K5" t="s">
+        <v>34</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>57</v>
+      </c>
+      <c r="N5" t="s">
+        <v>58</v>
+      </c>
+      <c r="O5" t="s">
+        <v>59</v>
+      </c>
+      <c r="P5" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>61</v>
+      </c>
+      <c r="B6" t="s">
+        <v>62</v>
+      </c>
+      <c r="C6" t="s">
+        <v>63</v>
+      </c>
+      <c r="D6" t="s">
+        <v>64</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>65</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>1998</v>
+      </c>
+      <c r="I6">
+        <v>2017</v>
+      </c>
+      <c r="J6" t="s">
+        <v>66</v>
+      </c>
+      <c r="K6" t="s">
+        <v>34</v>
+      </c>
+      <c r="L6" t="s">
+        <v>67</v>
+      </c>
+      <c r="M6" t="s">
+        <v>68</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>69</v>
+      </c>
+      <c r="P6" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>71</v>
+      </c>
+      <c r="B7" t="s">
+        <v>72</v>
+      </c>
+      <c r="C7" t="s">
+        <v>73</v>
+      </c>
+      <c r="D7" t="s">
+        <v>64</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>65</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2012</v>
+      </c>
+      <c r="I7">
         <v>2016</v>
       </c>
-      <c r="I2" t="s">
+      <c r="J7" t="s">
+        <v>33</v>
+      </c>
+      <c r="K7" t="s">
+        <v>34</v>
+      </c>
+      <c r="L7" t="s">
+        <v>74</v>
+      </c>
+      <c r="M7" t="s">
+        <v>75</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>76</v>
+      </c>
+      <c r="P7" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>78</v>
+      </c>
+      <c r="B8" t="s">
+        <v>79</v>
+      </c>
+      <c r="C8" t="s">
+        <v>80</v>
+      </c>
+      <c r="D8" t="s">
+        <v>81</v>
+      </c>
+      <c r="E8" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F8" t="s">
+        <v>43</v>
+      </c>
+      <c r="G8" t="s">
+        <v>55</v>
+      </c>
+      <c r="H8">
+        <v>2020</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>82</v>
+      </c>
+      <c r="K8" t="s">
+        <v>34</v>
+      </c>
+      <c r="L8" t="s">
+        <v>83</v>
+      </c>
+      <c r="M8" t="s">
+        <v>84</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>85</v>
+      </c>
+      <c r="P8" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>87</v>
+      </c>
+      <c r="B9" t="s">
+        <v>88</v>
+      </c>
+      <c r="C9" t="s">
+        <v>80</v>
+      </c>
+      <c r="D9" t="s">
+        <v>89</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>43</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2008</v>
+      </c>
+      <c r="I9">
+        <v>2015</v>
+      </c>
+      <c r="J9" t="s">
+        <v>82</v>
+      </c>
+      <c r="K9" t="s">
+        <v>34</v>
+      </c>
+      <c r="L9" t="s">
+        <v>90</v>
+      </c>
+      <c r="M9" t="s">
+        <v>84</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>91</v>
+      </c>
+      <c r="P9" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>93</v>
+      </c>
+      <c r="B10" t="s">
+        <v>94</v>
+      </c>
+      <c r="C10" t="s">
+        <v>95</v>
+      </c>
+      <c r="D10" t="s">
+        <v>53</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>54</v>
+      </c>
+      <c r="G10" t="s">
+        <v>96</v>
+      </c>
+      <c r="H10"/>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>56</v>
+      </c>
+      <c r="K10" t="s">
+        <v>34</v>
+      </c>
+      <c r="L10"/>
+      <c r="M10" t="s">
+        <v>97</v>
+      </c>
+      <c r="N10" t="s">
+        <v>58</v>
+      </c>
+      <c r="O10" t="s">
+        <v>98</v>
+      </c>
+      <c r="P10" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>100</v>
+      </c>
+      <c r="B11" t="s">
+        <v>101</v>
+      </c>
+      <c r="C11" t="s">
+        <v>102</v>
+      </c>
+      <c r="D11" t="s">
+        <v>81</v>
+      </c>
+      <c r="E11" t="s">
+        <v>42</v>
+      </c>
+      <c r="F11" t="s">
+        <v>103</v>
+      </c>
+      <c r="G11" t="s">
+        <v>55</v>
+      </c>
+      <c r="H11">
+        <v>2014</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>104</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>105</v>
+      </c>
+      <c r="M11" t="s">
+        <v>106</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>107</v>
+      </c>
+      <c r="P11" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>109</v>
+      </c>
+      <c r="B12" t="s">
+        <v>110</v>
+      </c>
+      <c r="C12" t="s">
+        <v>102</v>
+      </c>
+      <c r="D12" t="s">
+        <v>111</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>43</v>
+      </c>
+      <c r="G12" t="s">
+        <v>55</v>
+      </c>
+      <c r="H12">
+        <v>2013</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>112</v>
+      </c>
+      <c r="K12" t="s">
+        <v>113</v>
+      </c>
+      <c r="L12"/>
+      <c r="M12" t="s">
+        <v>114</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>115</v>
+      </c>
+      <c r="P12" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>109</v>
+      </c>
+      <c r="B13" t="s">
+        <v>117</v>
+      </c>
+      <c r="C13" t="s">
+        <v>118</v>
+      </c>
+      <c r="D13" t="s">
+        <v>111</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>43</v>
+      </c>
+      <c r="G13" t="s">
+        <v>55</v>
+      </c>
+      <c r="H13">
+        <v>2013</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>119</v>
+      </c>
+      <c r="K13" t="s">
+        <v>113</v>
+      </c>
+      <c r="L13"/>
+      <c r="M13"/>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>120</v>
+      </c>
+      <c r="P13" t="s">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>122</v>
+      </c>
+      <c r="B14" t="s">
+        <v>123</v>
+      </c>
+      <c r="C14" t="s">
+        <v>102</v>
+      </c>
+      <c r="D14" t="s">
+        <v>111</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G14" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
+      <c r="H14">
+        <v>1992</v>
+      </c>
+      <c r="I14">
+        <v>2013</v>
+      </c>
+      <c r="J14" t="s">
+        <v>124</v>
+      </c>
+      <c r="K14" t="s">
+        <v>45</v>
+      </c>
+      <c r="L14"/>
+      <c r="M14" t="s">
+        <v>114</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>125</v>
+      </c>
+      <c r="P14" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>122</v>
+      </c>
+      <c r="B15" t="s">
+        <v>123</v>
+      </c>
+      <c r="C15" t="s">
+        <v>127</v>
+      </c>
+      <c r="D15" t="s">
+        <v>111</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>21</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>1992</v>
+      </c>
+      <c r="I15">
+        <v>2013</v>
+      </c>
+      <c r="J15" t="s">
+        <v>128</v>
+      </c>
+      <c r="K15" t="s">
+        <v>45</v>
+      </c>
+      <c r="L15"/>
+      <c r="M15" t="s">
+        <v>129</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>130</v>
+      </c>
+      <c r="P15" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>132</v>
+      </c>
+      <c r="B16" t="s">
+        <v>133</v>
+      </c>
+      <c r="C16" t="s">
+        <v>80</v>
+      </c>
+      <c r="D16" t="s">
+        <v>134</v>
+      </c>
+      <c r="E16" t="s">
+        <v>42</v>
+      </c>
+      <c r="F16" t="s">
+        <v>103</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>2004</v>
+      </c>
+      <c r="I16">
+        <v>2019</v>
+      </c>
+      <c r="J16" t="s">
+        <v>135</v>
+      </c>
+      <c r="K16" t="s">
+        <v>34</v>
+      </c>
+      <c r="L16" t="s">
+        <v>136</v>
+      </c>
+      <c r="M16" t="s">
+        <v>137</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>138</v>
+      </c>
+      <c r="P16" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>140</v>
+      </c>
+      <c r="B17" t="s">
+        <v>141</v>
+      </c>
+      <c r="C17" t="s">
+        <v>80</v>
+      </c>
+      <c r="D17" t="s">
+        <v>81</v>
+      </c>
+      <c r="E17" t="s">
+        <v>42</v>
+      </c>
+      <c r="F17" t="s">
+        <v>103</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>2002</v>
+      </c>
+      <c r="I17">
+        <v>2018</v>
+      </c>
+      <c r="J17" t="s">
+        <v>135</v>
+      </c>
+      <c r="K17" t="s">
+        <v>34</v>
+      </c>
+      <c r="L17" t="s">
+        <v>142</v>
+      </c>
+      <c r="M17" t="s">
+        <v>137</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>143</v>
+      </c>
+      <c r="P17" t="s">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>145</v>
+      </c>
+      <c r="B18" t="s">
+        <v>146</v>
+      </c>
+      <c r="C18" t="s">
+        <v>80</v>
+      </c>
+      <c r="D18" t="s">
+        <v>81</v>
+      </c>
+      <c r="E18" t="s">
+        <v>42</v>
+      </c>
+      <c r="F18" t="s">
+        <v>103</v>
+      </c>
+      <c r="G18" t="s">
+        <v>55</v>
+      </c>
+      <c r="H18">
+        <v>2018</v>
+      </c>
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>82</v>
+      </c>
+      <c r="K18" t="s">
+        <v>34</v>
+      </c>
+      <c r="L18" t="s">
+        <v>147</v>
+      </c>
+      <c r="M18" t="s">
+        <v>137</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>148</v>
+      </c>
+      <c r="P18" t="s">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>150</v>
+      </c>
+      <c r="B19" t="s">
+        <v>151</v>
+      </c>
+      <c r="C19" t="s">
+        <v>80</v>
+      </c>
+      <c r="D19" t="s">
+        <v>81</v>
+      </c>
+      <c r="E19" t="s">
+        <v>42</v>
+      </c>
+      <c r="F19" t="s">
+        <v>103</v>
+      </c>
+      <c r="G19" t="s">
+        <v>55</v>
+      </c>
+      <c r="H19">
+        <v>2020</v>
+      </c>
+      <c r="I19"/>
+      <c r="J19" t="s">
+        <v>82</v>
+      </c>
+      <c r="K19" t="s">
+        <v>34</v>
+      </c>
+      <c r="L19" t="s">
+        <v>152</v>
+      </c>
+      <c r="M19" t="s">
+        <v>137</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>153</v>
+      </c>
+      <c r="P19" t="s">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>155</v>
+      </c>
+      <c r="B20" t="s">
+        <v>156</v>
+      </c>
+      <c r="C20" t="s">
+        <v>157</v>
+      </c>
+      <c r="D20" t="s">
+        <v>53</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>54</v>
+      </c>
+      <c r="G20" t="s">
+        <v>96</v>
+      </c>
+      <c r="H20"/>
+      <c r="I20"/>
+      <c r="J20" t="s">
+        <v>56</v>
+      </c>
+      <c r="K20" t="s">
+        <v>34</v>
+      </c>
+      <c r="L20"/>
+      <c r="M20" t="s">
+        <v>158</v>
+      </c>
+      <c r="N20" t="s">
+        <v>58</v>
+      </c>
+      <c r="O20" t="s">
+        <v>159</v>
+      </c>
+      <c r="P20" t="s">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>161</v>
+      </c>
+      <c r="B21" t="s">
+        <v>162</v>
+      </c>
+      <c r="C21" t="s">
+        <v>163</v>
+      </c>
+      <c r="D21" t="s">
+        <v>81</v>
+      </c>
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
+        <v>43</v>
+      </c>
+      <c r="G21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21">
+        <v>1992</v>
+      </c>
+      <c r="I21">
+        <v>2016</v>
+      </c>
+      <c r="J21" t="s">
+        <v>164</v>
+      </c>
+      <c r="K21" t="s">
+        <v>34</v>
+      </c>
+      <c r="L21"/>
+      <c r="M21" t="s">
+        <v>165</v>
+      </c>
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>166</v>
+      </c>
+      <c r="P21" t="s">
+        <v>167</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>168</v>
+      </c>
+      <c r="B22" t="s">
+        <v>169</v>
+      </c>
+      <c r="C22" t="s">
+        <v>170</v>
+      </c>
+      <c r="D22" t="s">
+        <v>171</v>
+      </c>
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
+        <v>65</v>
+      </c>
+      <c r="G22" t="s">
+        <v>22</v>
+      </c>
+      <c r="H22">
+        <v>2016</v>
+      </c>
+      <c r="I22">
+        <v>2019</v>
+      </c>
+      <c r="J22" t="s">
+        <v>172</v>
+      </c>
+      <c r="K22" t="s">
+        <v>45</v>
+      </c>
+      <c r="L22"/>
+      <c r="M22" t="s">
+        <v>173</v>
+      </c>
+      <c r="N22" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>174</v>
+      </c>
+      <c r="P22" t="s">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>176</v>
+      </c>
+      <c r="B23" t="s">
+        <v>177</v>
+      </c>
+      <c r="C23" t="s">
+        <v>80</v>
+      </c>
+      <c r="D23" t="s">
+        <v>178</v>
+      </c>
+      <c r="E23" t="s">
+        <v>20</v>
+      </c>
+      <c r="F23" t="s">
+        <v>21</v>
+      </c>
+      <c r="G23" t="s">
+        <v>179</v>
+      </c>
+      <c r="H23">
+        <v>2024</v>
+      </c>
+      <c r="I23"/>
+      <c r="J23" t="s">
         <v>23</v>
       </c>
-      <c r="M2" t="s">
+      <c r="K23" t="s">
+        <v>34</v>
+      </c>
+      <c r="L23" t="s">
+        <v>180</v>
+      </c>
+      <c r="M23" t="s">
+        <v>181</v>
+      </c>
+      <c r="N23" t="s">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>182</v>
+      </c>
+      <c r="P23" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>184</v>
+      </c>
+      <c r="B24" t="s">
+        <v>185</v>
+      </c>
+      <c r="C24" t="s">
+        <v>80</v>
+      </c>
+      <c r="D24" t="s">
+        <v>81</v>
+      </c>
+      <c r="E24" t="s">
+        <v>20</v>
+      </c>
+      <c r="F24" t="s">
+        <v>21</v>
+      </c>
+      <c r="G24" t="s">
+        <v>22</v>
+      </c>
+      <c r="H24">
+        <v>2008</v>
+      </c>
+      <c r="I24">
+        <v>2015</v>
+      </c>
+      <c r="J24" t="s">
+        <v>135</v>
+      </c>
+      <c r="K24" t="s">
+        <v>34</v>
+      </c>
+      <c r="L24" t="s">
+        <v>186</v>
+      </c>
+      <c r="M24" t="s">
+        <v>84</v>
+      </c>
+      <c r="N24" t="s">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>187</v>
+      </c>
+      <c r="P24" t="s">
+        <v>188</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>189</v>
+      </c>
+      <c r="B25" t="s">
+        <v>79</v>
+      </c>
+      <c r="C25" t="s">
+        <v>80</v>
+      </c>
+      <c r="D25" t="s">
+        <v>81</v>
+      </c>
+      <c r="E25" t="s">
+        <v>20</v>
+      </c>
+      <c r="F25" t="s">
+        <v>21</v>
+      </c>
+      <c r="G25" t="s">
+        <v>55</v>
+      </c>
+      <c r="H25">
+        <v>2020</v>
+      </c>
+      <c r="I25"/>
+      <c r="J25" t="s">
+        <v>82</v>
+      </c>
+      <c r="K25" t="s">
+        <v>34</v>
+      </c>
+      <c r="L25" t="s">
+        <v>83</v>
+      </c>
+      <c r="M25" t="s">
+        <v>190</v>
+      </c>
+      <c r="N25" t="s">
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
+        <v>191</v>
+      </c>
+      <c r="P25" t="s">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>193</v>
+      </c>
+      <c r="B26" t="s">
+        <v>194</v>
+      </c>
+      <c r="C26" t="s">
+        <v>195</v>
+      </c>
+      <c r="D26" t="s">
+        <v>81</v>
+      </c>
+      <c r="E26" t="s">
+        <v>42</v>
+      </c>
+      <c r="F26" t="s">
+        <v>21</v>
+      </c>
+      <c r="G26" t="s">
+        <v>22</v>
+      </c>
+      <c r="H26">
+        <v>1987</v>
+      </c>
+      <c r="I26">
+        <v>1988</v>
+      </c>
+      <c r="J26" t="s">
+        <v>66</v>
+      </c>
+      <c r="K26" t="s">
+        <v>34</v>
+      </c>
+      <c r="L26" t="s">
+        <v>196</v>
+      </c>
+      <c r="M26" t="s">
+        <v>197</v>
+      </c>
+      <c r="N26" t="s">
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
+        <v>198</v>
+      </c>
+      <c r="P26" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>200</v>
+      </c>
+      <c r="B27" t="s">
+        <v>201</v>
+      </c>
+      <c r="C27" t="s">
+        <v>157</v>
+      </c>
+      <c r="D27" t="s">
+        <v>202</v>
+      </c>
+      <c r="E27" t="s">
+        <v>20</v>
+      </c>
+      <c r="F27" t="s">
+        <v>54</v>
+      </c>
+      <c r="G27" t="s">
+        <v>55</v>
+      </c>
+      <c r="H27">
+        <v>2022</v>
+      </c>
+      <c r="I27"/>
+      <c r="J27" t="s">
+        <v>56</v>
+      </c>
+      <c r="K27" t="s">
+        <v>34</v>
+      </c>
+      <c r="L27"/>
+      <c r="M27" t="s">
+        <v>203</v>
+      </c>
+      <c r="N27" t="s">
+        <v>58</v>
+      </c>
+      <c r="O27" t="s">
+        <v>204</v>
+      </c>
+      <c r="P27" t="s">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>206</v>
+      </c>
+      <c r="B28" t="s">
+        <v>207</v>
+      </c>
+      <c r="C28" t="s">
+        <v>163</v>
+      </c>
+      <c r="D28" t="s">
+        <v>208</v>
+      </c>
+      <c r="E28" t="s">
+        <v>20</v>
+      </c>
+      <c r="F28" t="s">
+        <v>21</v>
+      </c>
+      <c r="G28" t="s">
+        <v>209</v>
+      </c>
+      <c r="H28">
+        <v>2012</v>
+      </c>
+      <c r="I28"/>
+      <c r="J28" t="s">
+        <v>172</v>
+      </c>
+      <c r="K28" t="s">
+        <v>34</v>
+      </c>
+      <c r="L28"/>
+      <c r="M28" t="s">
+        <v>210</v>
+      </c>
+      <c r="N28" t="s">
+        <v>27</v>
+      </c>
+      <c r="O28" t="s">
+        <v>211</v>
+      </c>
+      <c r="P28" t="s">
+        <v>212</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>213</v>
+      </c>
+      <c r="B29" t="s">
+        <v>214</v>
+      </c>
+      <c r="C29" t="s">
+        <v>215</v>
+      </c>
+      <c r="D29" t="s">
+        <v>111</v>
+      </c>
+      <c r="E29" t="s">
+        <v>42</v>
+      </c>
+      <c r="F29" t="s">
+        <v>103</v>
+      </c>
+      <c r="G29" t="s">
+        <v>55</v>
+      </c>
+      <c r="H29">
+        <v>2014</v>
+      </c>
+      <c r="I29"/>
+      <c r="J29" t="s">
+        <v>216</v>
+      </c>
+      <c r="K29" t="s">
+        <v>34</v>
+      </c>
+      <c r="L29" t="s">
+        <v>217</v>
+      </c>
+      <c r="M29" t="s">
+        <v>218</v>
+      </c>
+      <c r="N29" t="s">
+        <v>27</v>
+      </c>
+      <c r="O29" t="s">
+        <v>219</v>
+      </c>
+      <c r="P29" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>221</v>
+      </c>
+      <c r="B30" t="s">
+        <v>222</v>
+      </c>
+      <c r="C30" t="s">
+        <v>157</v>
+      </c>
+      <c r="D30" t="s">
+        <v>53</v>
+      </c>
+      <c r="E30" t="s">
+        <v>20</v>
+      </c>
+      <c r="F30" t="s">
+        <v>54</v>
+      </c>
+      <c r="G30" t="s">
+        <v>55</v>
+      </c>
+      <c r="H30">
+        <v>2022</v>
+      </c>
+      <c r="I30"/>
+      <c r="J30" t="s">
+        <v>56</v>
+      </c>
+      <c r="K30" t="s">
+        <v>34</v>
+      </c>
+      <c r="L30"/>
+      <c r="M30" t="s">
+        <v>223</v>
+      </c>
+      <c r="N30" t="s">
+        <v>58</v>
+      </c>
+      <c r="O30" t="s">
+        <v>224</v>
+      </c>
+      <c r="P30" t="s">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>226</v>
+      </c>
+      <c r="B31" t="s">
+        <v>227</v>
+      </c>
+      <c r="C31" t="s">
+        <v>228</v>
+      </c>
+      <c r="D31" t="s">
+        <v>229</v>
+      </c>
+      <c r="E31" t="s">
+        <v>20</v>
+      </c>
+      <c r="F31" t="s">
+        <v>65</v>
+      </c>
+      <c r="G31" t="s">
+        <v>22</v>
+      </c>
+      <c r="H31">
+        <v>2017</v>
+      </c>
+      <c r="I31">
+        <v>2021</v>
+      </c>
+      <c r="J31" t="s">
+        <v>230</v>
+      </c>
+      <c r="K31" t="s">
+        <v>231</v>
+      </c>
+      <c r="L31" t="s">
+        <v>232</v>
+      </c>
+      <c r="M31" t="s">
+        <v>233</v>
+      </c>
+      <c r="N31" t="s">
+        <v>36</v>
+      </c>
+      <c r="O31" t="s">
+        <v>234</v>
+      </c>
+      <c r="P31" t="s">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>236</v>
+      </c>
+      <c r="B32" t="s">
+        <v>237</v>
+      </c>
+      <c r="C32" t="s">
+        <v>52</v>
+      </c>
+      <c r="D32" t="s">
+        <v>238</v>
+      </c>
+      <c r="E32" t="s">
+        <v>20</v>
+      </c>
+      <c r="F32" t="s">
+        <v>54</v>
+      </c>
+      <c r="G32" t="s">
+        <v>22</v>
+      </c>
+      <c r="H32">
+        <v>1982</v>
+      </c>
+      <c r="I32">
+        <v>2024</v>
+      </c>
+      <c r="J32" t="s">
+        <v>56</v>
+      </c>
+      <c r="K32" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-[...10 lines deleted...]
-      <c r="C3" t="s">
+      <c r="L32"/>
+      <c r="M32" t="s">
+        <v>239</v>
+      </c>
+      <c r="N32" t="s">
+        <v>58</v>
+      </c>
+      <c r="O32" t="s">
+        <v>240</v>
+      </c>
+      <c r="P32" t="s">
+        <v>241</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>242</v>
+      </c>
+      <c r="B33" t="s">
+        <v>243</v>
+      </c>
+      <c r="C33" t="s">
+        <v>244</v>
+      </c>
+      <c r="D33" t="s">
+        <v>208</v>
+      </c>
+      <c r="E33" t="s">
+        <v>42</v>
+      </c>
+      <c r="F33" t="s">
+        <v>103</v>
+      </c>
+      <c r="G33" t="s">
+        <v>22</v>
+      </c>
+      <c r="H33">
+        <v>2001</v>
+      </c>
+      <c r="I33"/>
+      <c r="J33" t="s">
+        <v>245</v>
+      </c>
+      <c r="K33" t="s">
+        <v>34</v>
+      </c>
+      <c r="L33" t="s">
+        <v>246</v>
+      </c>
+      <c r="M33" t="s">
+        <v>247</v>
+      </c>
+      <c r="N33" t="s">
         <v>27</v>
       </c>
-      <c r="D3" t="s">
-[...2 lines deleted...]
-      <c r="E3" t="s">
+      <c r="O33" t="s">
+        <v>248</v>
+      </c>
+      <c r="P33" t="s">
+        <v>249</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>250</v>
+      </c>
+      <c r="B34" t="s">
+        <v>251</v>
+      </c>
+      <c r="C34" t="s">
         <v>18</v>
       </c>
-      <c r="F3" t="s">
-[...34 lines deleted...]
-      <c r="C4" t="s">
+      <c r="D34" t="s">
+        <v>252</v>
+      </c>
+      <c r="E34" t="s">
+        <v>42</v>
+      </c>
+      <c r="F34" t="s">
+        <v>103</v>
+      </c>
+      <c r="G34" t="s">
+        <v>55</v>
+      </c>
+      <c r="H34">
+        <v>2013</v>
+      </c>
+      <c r="I34"/>
+      <c r="J34" t="s">
+        <v>135</v>
+      </c>
+      <c r="K34" t="s">
         <v>34</v>
       </c>
-      <c r="D4" t="s">
-[...34 lines deleted...]
-      <c r="A5" t="s">
+      <c r="L34" t="s">
+        <v>253</v>
+      </c>
+      <c r="M34" t="s">
+        <v>254</v>
+      </c>
+      <c r="N34" t="s">
+        <v>27</v>
+      </c>
+      <c r="O34" t="s">
+        <v>255</v>
+      </c>
+      <c r="P34" t="s">
+        <v>256</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>257</v>
+      </c>
+      <c r="B35" t="s">
+        <v>258</v>
+      </c>
+      <c r="C35" t="s">
+        <v>259</v>
+      </c>
+      <c r="D35" t="s">
+        <v>64</v>
+      </c>
+      <c r="E35" t="s">
         <v>42</v>
       </c>
-      <c r="B5" t="s">
+      <c r="F35" t="s">
         <v>43</v>
       </c>
-      <c r="C5" t="s">
-[...57 lines deleted...]
-      <c r="I6" t="s">
+      <c r="G35" t="s">
         <v>55</v>
       </c>
-      <c r="J6" t="s">
-[...1046 lines deleted...]
-      <c r="K31" t="s">
+      <c r="H35">
+        <v>2009</v>
+      </c>
+      <c r="I35"/>
+      <c r="J35" t="s">
         <v>172</v>
       </c>
-      <c r="L31" t="s">
-[...163 lines deleted...]
-      </c>
       <c r="K35" t="s">
-        <v>192</v>
+        <v>34</v>
       </c>
       <c r="L35" t="s">
-        <v>193</v>
+        <v>260</v>
       </c>
       <c r="M35" t="s">
-        <v>24</v>
+        <v>261</v>
       </c>
       <c r="N35" t="s">
-        <v>194</v>
+        <v>27</v>
+      </c>
+      <c r="O35" t="s">
+        <v>262</v>
+      </c>
+      <c r="P35" t="s">
+        <v>263</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>