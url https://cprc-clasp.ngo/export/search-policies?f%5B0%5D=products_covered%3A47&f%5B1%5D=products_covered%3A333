--- v0 (2025-10-12)
+++ v1 (2025-11-29)
@@ -12,563 +12,720 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="156">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="208">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>10 CFR 431—Energy Efficiency Program For Certain Commercial And Industrial Equipment</t>
   </si>
   <si>
+    <t>Commercial warm air furnace means a warm air furnace that is industrial equipment and that has a capacity -rated maximum input- of 225000 Btu per hour or more.  A warm air furnace is defined as a self-contained oil-fired or gas-fired furnace designed to supply heated air through ducts to spaces that require it and includes combination warm air furnace or electric air conditioning units but does not include unit heaters and duct furnaces.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Washing Machines, Streetlighting, Air Compressors, 3-Phase Motors, 1-Phase Motors, Heat Pumps, Boilers and Furnaces, Portable ACs, Packaged Terminals, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Building Circulator Pumps, Pump Systems, Pool Pumps, Power Transformers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>10 CFR 431 and product-specific Subparts</t>
   </si>
   <si>
     <t>U.S. Department of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/10-cfr-431-energy-efficiency-program-certain-commercial-and-industrial-equipment</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-431</t>
+  </si>
+  <si>
     <t>6977/2009 Energy Efficiency Of Distribution Transformers</t>
   </si>
   <si>
+    <t>This standard specifies the energy efficiency of distribution transformers.</t>
+  </si>
+  <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Power Transformers</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>IEC 60076-ser/2008
 ,   
                     ES 1886: Power Transformers Dry Type
 ,   
                     ES 4885-1 Instrument transformers part-1Current transformer
 ,   
                     ES 4885-1 Instrument transformers part-2 Inductive voltage transformer</t>
   </si>
   <si>
     <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/69772009-energy-efficiency-distribution-transformers</t>
   </si>
   <si>
+    <t>http://www.eos.org.eg/en/standard/10626</t>
+  </si>
+  <si>
     <t>CEL-021. Power Transformer</t>
   </si>
   <si>
+    <t>Applies to remote refrigerated display cabinets for food sales and display. Does NOT apply to refrigerated automatic vending machine or refrigerated display cabinets which are not for retail purpose.</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>GB 1094.1-1996 GB/T 2900.15-1997 GB/T 6451-2008 GB 24790-2009</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-021-power-transformer</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/xzzq/display.htm?contentId=ae2f1677d59a46688deb3fdd6b01095c</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/1783 of 1 October 2019 amending Regulation (EU) No 548/2014 on implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to small, medium and large power transformers</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for placing on the market or putting into service power transformers with a minimum power rating of 1 kVA used in 50Hz electricity transmission and distribution networks or for industrial applications. The Regulation is only applicable to transformers purchased after the entry into force of the Regulation. Power transformer means a static piece of apparatus with two or more windings which; by electromagnetic induction; transforms a system of alternating voltage and current into another system of alternating voltage and current usually of different values and at the same frequency for the purpose of transmitting electrical power.</t>
+  </si>
+  <si>
+    <t>European Union</t>
+  </si>
+  <si>
+    <t>September 2023</t>
+  </si>
+  <si>
+    <t>IEC 60076</t>
+  </si>
+  <si>
+    <t>European Commission - DG Enterprise</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20191783-1-october-2019-amending-regulation-eu-no-5482014</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=uriserv:OJ.L_.2019.272.01.0107.01.ENG&amp;toc=OJ:L:2019:272:TOC</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>October 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20191783-1-october-2019-amending-regulation-eu-no-5482014-0</t>
   </si>
   <si>
-    <t>IEC 60076</t>
+    <t>https://www.legislation.gov.uk/eur/2014/548/contents/2014-05-21</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20191783-1-october-2019-amending-regulation-eu-no-5482014-1</t>
   </si>
   <si>
-    <t>European Union</t>
-[...8 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20191783-1-october-2019-amending-regulation-eu-no-5482014</t>
+    <t>https://www.legislation.gov.uk/eur/2019/1783/contents/2019-10-01</t>
   </si>
   <si>
     <t>CQC31-461212-2020. Energy Conservation Certification Rules for Power Transformer</t>
   </si>
   <si>
+    <t>Applies to three-phase; off-Circuit-Tap-Changing transformers with voltage level of 10kV; and rated capacities of 30kVA-1600kVA for oil-immersed transformers or 30kVA-2500kVA for dry-type transformers. Does not apply to gas-filled transformers.</t>
+  </si>
+  <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>GB 20052-2020</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-461212-2020-energy-conservation-certification-rules-power-transformer</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-10-26/492765.shtml</t>
+  </si>
+  <si>
     <t>CQC31-461219-2010. CQC Mark Certification - Power Transformer</t>
   </si>
   <si>
+    <t>Applies to power transformers with voltage level of 35kV-220kV; and rated capacities of 3150kVA. Does not apply to dry-type transformers.</t>
+  </si>
+  <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-461219-2010-cqc-mark-certification-power-transformer</t>
   </si>
   <si>
     <t>CQC31-462271-2022 Energy Conservation Certification Rules for High-Voltage/Low-Voltage Prefabricated Substations</t>
   </si>
   <si>
+    <t>This policy contains energy conservation certification rules for high-voltage/low-voltage prefabricated substations. It applies to high-voltage/low-voltage prefabricated substations with a maximum rated AC voltage of 12 kV containing one or more transformers with an operating frequency of 50 Hz and installed in places that are accessible to the public outdoors and provide personnel protection.</t>
+  </si>
+  <si>
     <t>GB/T 17467-2020</t>
   </si>
   <si>
     <t>China Quality Certification Centre</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-462271-2022-energy-conservation-certification-rules-high-voltagelow-voltage</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2022-07-28/559154.shtml</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Distribution Transformers (DT)</t>
   </si>
   <si>
+    <t>This policy specifies the MEPS and labeling requirements for oil immersed, naturally air cooled, three phase, and double wound non sealed type out door distribution transformer. The standard ratings covered under the pilot scheme are 16, 25, 63, 100, 160 and 200 kVA and non standard ratings from 16 kVA to 200 kVA.</t>
+  </si>
+  <si>
     <t>India</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>IS 2026 (part I, II, III):1977, IS 1180 (part I):2014, IS 2500 (part I):2000</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-policy-distribution-transformers-dt</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/DTnoti.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Regulations, 2016 (SOR/2016-311)</t>
   </si>
   <si>
+    <t>This policy is divided into 14 divisions: 1) household appliances, 2) air conditioners, condensing units, and chillers, 3) heat pumps, 4) furnaces, fireplaces, unit heaters, and recovery ventilators, 5) boilers, 6) water heaters, 7) lamps and lamp ballasts, 8) lighting fixtures, 9) electronic products, 10) commercial refrigeration, 11) dry-type transformers, 12) motors, 13) commercial pre-rinse spray valves, and 14) pumps.</t>
+  </si>
+  <si>
     <t>Canada</t>
   </si>
   <si>
     <t>Audio-Visual, Televisions, Displays, Battery Chargers, External Power Supply, Dehumidifiers, Ovens, Microwaves, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washer and Dryers, Washing Machines, Indoor Luminaires, Specialty Luminaires, Specialty Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Ventilation, Ceiling Fans, Space Heating, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Portable ACs, Packaged Terminals, Chillers - Cooler Towers, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Pump Systems, Power Transformers, Distribution Transformers, Wine Chillers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil</t>
   </si>
   <si>
     <t>Natural Resources Canada Office of Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-regulations-2016-sor2016-311</t>
   </si>
   <si>
+    <t>https://laws-lois.justice.gc.ca/eng/regulations/SOR-2016-311/index.html</t>
+  </si>
+  <si>
     <t>GB 20052-2024 Energy efficiency limit values ​​and energy efficiency grades for power transformers</t>
   </si>
   <si>
+    <t>This document specifies the minimum allowable values of energy efficiency, the energy efficiency grades and test methods for power transformers. The policy applies to oil-immersed and dry-type distribution transformers. It will enter into effect on 1 February 2025.</t>
+  </si>
+  <si>
     <t>GB/T 1094.1; GB/T 1094.11; GB/T 2900.95; GB/T 6451; GB/T 10228; GB/T 22072; GB/T 25438; GB/T 25446</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-20052-2024-energy-efficiency-limit-values-and-energy-efficiency-grades-power</t>
   </si>
   <si>
+    <t>https://openstd.samr.gov.cn/bzgk/gb/newGbInfo?hcno=B0CE4A3FBCC4501211A25E3E10F75498</t>
+  </si>
+  <si>
     <t>GOST 19294-84 General-purpose low-power transformers - General specifications</t>
   </si>
   <si>
+    <t>This standard applies to dry power transformers and autotransformers of general purpose with single-phase and three-phase power of no more than 5 kVA, included in the AC network of frequency 50 or 60 Hz with a nominal voltage of up to 1000 V.</t>
+  </si>
+  <si>
     <t>Russia</t>
   </si>
   <si>
     <t>October 2016</t>
   </si>
   <si>
     <t>Russian Energy Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gost-19294-84-general-purpose-low-power-transformers-general-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/12956/</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Transformers and Electronic Step-down Converters for ELV Lamps) Determination 2012</t>
   </si>
   <si>
+    <t>The scope of transformer MEPS covers oil-immersed and dry-type distribution transformers with power ratings from 10 kVA to 2500 kVA intended to be used on 11 kV and 22 kV networks.This standard does not apply to certain categories of special transformers such a - (a) transformers other than those on 11 or 22 kv networks; (b) instrument transformers; (c) auto transformers; (d) traction transformers mounted on rolling stock; (e) starting transformers; (f) testing transformers; (g) welding transformers; (h) three phase transformers with three or more windings per phase; (i) arc-furnace transformers; (j) earthing transformers; (k) rectifier or converter transformers; (l) uninterruptible power supply (ups) transformers; (m) transformers with an impedance less than 3% or more than 8%; (n) voltage regulating transformers; (o) transformers designed for frequencies other than 50 hertz; (p) gas-filled dry-type transformers; or (q) flameproof transformers.</t>
+  </si>
+  <si>
     <t>Australia</t>
   </si>
   <si>
     <t>July 2025</t>
   </si>
   <si>
     <t>AS 2374.1; AS 2735</t>
   </si>
   <si>
     <t>Department of Climate Change and Energy Efficiency (DCCEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenhouse-and-energy-minimum-standards-transformers-and-electronic-step-down-converters</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Series/F2012L02135</t>
+  </si>
+  <si>
     <t>Greenmark N100 - Transformers</t>
   </si>
   <si>
+    <t>This standard is applicable to transformers which meet the definition of CNS 598.</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n100-transformers</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/100/c3ecfab5-9241-4a1a-85b4-11a738852739.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N75 - Dry Type Transformers</t>
   </si>
   <si>
+    <t>This standard is applicable to cast-resin dry type transformers which meet the definition of CNS 13390.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n75-dry-type-transformers</t>
   </si>
   <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/75/8efacf7e-0cf7-4c2c-bb17-1ef125ec37e7.pdf</t>
+  </si>
+  <si>
     <t>High-efficiency Appliances Certification Program</t>
   </si>
   <si>
+    <t>Information not available</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/high-efficiency-appliances-certification-program-8</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100101.asp</t>
+  </si>
+  <si>
     <t>ISIRI 13368 Energy Consumption Criteria for Oil Distribution Transformers</t>
   </si>
   <si>
+    <t>Three Phases oil transformers, less than 36kVA and 25kVA up to 2500kVA ,50Hz</t>
+  </si>
+  <si>
     <t>Iran</t>
   </si>
   <si>
     <t>IEC 60071-1, 2011, IEC 60071-2, 2011</t>
   </si>
   <si>
     <t>Institute of Standards and Industrial Research of Iran (ISIRI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-13368-energy-consumption-criteria-oil-distribution-transformers</t>
   </si>
   <si>
+    <t>http://isiri.gov.ir/portal/home/?135546/%D8%A7%D8%B7%D9%84%D8%A7%D8%B9%D8%A7%D8%AA-%D9%85%D8%B1%D8%A8%D9%88%D8%B7-%D8%A8%D9%87-%D8%A7%D8%B3%D8%AA%D8%A7%D9%86%D8%AF%D8%A7%D8%B1%D8%AF%D9%87%D8%A7%DB%8C-%D8%A8%D8%B1%DA%86%D8%B3%D8%A8-%D8%A7%D9%86%D8%B1%DA%98%</t>
+  </si>
+  <si>
     <t>LI 2459 Energy Commission (Energy Efficiency Standards and Labelling) (Distribution Transformers) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to a distributor transformer manufactured in the country or imported to the country for display, sale or use.</t>
+  </si>
+  <si>
     <t>Ghana</t>
   </si>
   <si>
     <t>March 2023</t>
   </si>
   <si>
     <t>Ghana Energy Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/li-2459-energy-commission-energy-efficiency-standards-and-labelling-distribution</t>
   </si>
   <si>
+    <t>https://www.energycom.gov.gh/regulation/regulation-and-codes</t>
+  </si>
+  <si>
     <t>MEPS for Transformer</t>
   </si>
   <si>
+    <t>Transformers smaller than 1500kVA</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/meps-transformer</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_2.asp</t>
+  </si>
+  <si>
+    <t>Transformer defined in KS C 4306, KS C 4311, KS C 4316, KS C 4317 and Annex 3; 1500-3000kVa</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/meps-transformer-0</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standard (MEPS) requirements for distribution transformers</t>
   </si>
   <si>
+    <t>Minimum energy performance standards for distribution transformers covers: Single- and three-phase dry and oilimmersed transformers with a power rating between 10kVA and 2500kVA; which are designed for 11kV and 22kV networks.</t>
+  </si>
+  <si>
     <t>New Zealand</t>
   </si>
   <si>
     <t>AS 2375 for dry type, and AS 2374.1 for other type transformers.</t>
   </si>
   <si>
     <t>Energy Efficiency and Conservation Authority (EECA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standard-meps-requirements-distribution-transformers</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/distribution-transformers-factsheet.pdf</t>
+  </si>
+  <si>
     <t>Regulation on Energy Efficiency Requirements for Mass-Produced Systems, Vehicles, and Appliances</t>
   </si>
   <si>
+    <t>This policy applies to mass-produced systems, vehicles, and devices as well as their mass-produced components that consume a considerable amount of energy and are placed on the market or sold in Switzerland.</t>
+  </si>
+  <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>Computers, Servers, Networking Equipment, Stand-by and networked devices, Televisions, Set Top Boxes (STB), Displays, External Power Supply, Vacuum Cleaners, Ovens, Dishwashers, Cooktops or Hobs, Coffee Machines, Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires, 3-Phase Motors, Industrial Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Storage Water Heaters, Building Circulator Pumps, Pumps Other, Power Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>Electricity, Other Solid Fuel</t>
   </si>
   <si>
     <t>See Policy</t>
   </si>
   <si>
     <t>Swiss Federal Office of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/regulation-energy-efficiency-requirements-mass-produced-systems-vehicles-and-appliances</t>
   </si>
   <si>
+    <t>https://www.admin.ch/opc/de/classified-compilation/20162950/index.html</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4148</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for distribution transformers: pole mounted, pad mounted, substation and liquid-filled transformers, self-cooled, single phase rated at 5 to 167 kVA and three phase rated 15 to 500 kVA, 60 Hz, with insulation class of 15, 25 and 34.5 kV.</t>
+  </si>
+  <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>NMX-J-169-ANCE</t>
   </si>
   <si>
     <t>Fideicomiso para el Ahorro de Energ Eltrica (FIDE) -Trust for Saving Electrical…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4148</t>
   </si>
   <si>
+    <t>http://www.fide.org.mx/index.php?option=com_content&amp;view=article&amp;id=198:especificaciones-sello-fide&amp;catid=82:especificaciones-tipo-a&amp;Itemid=261</t>
+  </si>
+  <si>
     <t>SI 5484 DISTRIBUTION TRANSFORMERS - REQUIREMENTS FOR ENERGY EFFICIENCY AND LABELLING</t>
   </si>
   <si>
+    <t>It covers distribution transformers</t>
+  </si>
+  <si>
     <t>Israel</t>
   </si>
   <si>
     <t>Standards Institute of Israel (SII)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/si-5484-distribution-transformers-requirements-energy-efficiency-and-labelling</t>
   </si>
   <si>
     <t>TCVN 8525:2015 Distribution transformers - MEPS and test methods</t>
   </si>
   <si>
+    <t>This document specifies the MEPS and test methods for distribution transformers.</t>
+  </si>
+  <si>
     <t>Vietnam*</t>
   </si>
   <si>
     <t>January 2024</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade (MOIT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-85252015-distribution-transformers-meps-and-test-methods</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-8525-2015-may-bien-ap-phan-phoi-muc-hieu-suat-nang-luong-toi-thieu</t>
+  </si>
+  <si>
     <t>The U.S. Environmental Protection Agency (EPA) Recognition Program for Game Consoles Performance Requirements Version 1.0</t>
   </si>
   <si>
+    <t>Manufacturers of products that meet the definition of Game Console are eligible for EPA recognition, with the exception of portable game consoles and game consoles incapable of rendering HD video output (video output with a display resolution of 720 lines or greater) via HDMI.</t>
+  </si>
+  <si>
     <t>Game Consoles</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>EPA Test Method for Game Consoles; Rev. Mar-2013</t>
   </si>
   <si>
     <t>U.S. Environmental Protection Agency (EPA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/us-environmental-protection-agency-epa-recognition-program-game-consoles-performance</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/spec/game_console_version_1_0_recognition_program_pd</t>
+  </si>
+  <si>
     <t>UEVEP-E5 - implementing minimum performance standards for transformers</t>
+  </si>
+  <si>
+    <t>power transformers with a minimum power rating of 1 kVA used in 50Hz electricity transmission and distribution networks or for industrial applications</t>
   </si>
   <si>
     <t>Turkey</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>September 2018</t>
   </si>
   <si>
     <t>Ministry of Energy and Natural Resources</t>
   </si>
   <si>
     <t>Industrial Sector, Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/uevep-e5-implementing-minimum-performance-standards-transformers</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -832,1341 +989,1512 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N29"/>
+  <dimension ref="A1:P29"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="275" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="142" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="275.933" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1132.438" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="891.782" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="116.686" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="142.679" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="303.069" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>1994</v>
       </c>
-      <c r="H2">
+      <c r="I2">
         <v>2023</v>
       </c>
-      <c r="I2" t="s">
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G3" t="s">
+        <v>34</v>
+      </c>
+      <c r="H3">
+        <v>2009</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>35</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>36</v>
+      </c>
+      <c r="M3" t="s">
+        <v>37</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>38</v>
+      </c>
+      <c r="P3" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>40</v>
+      </c>
+      <c r="B4" t="s">
+        <v>41</v>
+      </c>
+      <c r="C4" t="s">
+        <v>42</v>
+      </c>
+      <c r="D4" t="s">
+        <v>33</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>43</v>
+      </c>
+      <c r="G4" t="s">
+        <v>34</v>
+      </c>
+      <c r="H4">
+        <v>2010</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>44</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>45</v>
+      </c>
+      <c r="M4" t="s">
+        <v>46</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>47</v>
+      </c>
+      <c r="P4" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>49</v>
+      </c>
+      <c r="B5" t="s">
+        <v>50</v>
+      </c>
+      <c r="C5" t="s">
+        <v>51</v>
+      </c>
+      <c r="D5" t="s">
+        <v>33</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...2 lines deleted...]
-      <c r="M2" t="s">
+      <c r="H5">
+        <v>2015</v>
+      </c>
+      <c r="I5">
+        <v>2019</v>
+      </c>
+      <c r="J5" t="s">
+        <v>52</v>
+      </c>
+      <c r="K5" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-[...7 lines deleted...]
-      <c r="B3" t="s">
+      <c r="L5" t="s">
+        <v>53</v>
+      </c>
+      <c r="M5" t="s">
+        <v>54</v>
+      </c>
+      <c r="N5" t="s">
         <v>27</v>
       </c>
-      <c r="C3" t="s">
-[...11 lines deleted...]
-      <c r="G3">
+      <c r="O5" t="s">
+        <v>55</v>
+      </c>
+      <c r="P5" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>49</v>
+      </c>
+      <c r="B6" t="s">
+        <v>50</v>
+      </c>
+      <c r="C6" t="s">
+        <v>57</v>
+      </c>
+      <c r="D6" t="s">
+        <v>33</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2015</v>
+      </c>
+      <c r="I6">
+        <v>2019</v>
+      </c>
+      <c r="J6" t="s">
+        <v>58</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6"/>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>59</v>
+      </c>
+      <c r="P6" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>49</v>
+      </c>
+      <c r="B7" t="s">
+        <v>50</v>
+      </c>
+      <c r="C7" t="s">
+        <v>57</v>
+      </c>
+      <c r="D7" t="s">
+        <v>33</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2015</v>
+      </c>
+      <c r="I7">
+        <v>2019</v>
+      </c>
+      <c r="J7" t="s">
+        <v>58</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>53</v>
+      </c>
+      <c r="M7"/>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>61</v>
+      </c>
+      <c r="P7" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>63</v>
+      </c>
+      <c r="B8" t="s">
+        <v>64</v>
+      </c>
+      <c r="C8" t="s">
+        <v>42</v>
+      </c>
+      <c r="D8" t="s">
+        <v>33</v>
+      </c>
+      <c r="E8" t="s">
+        <v>65</v>
+      </c>
+      <c r="F8" t="s">
+        <v>66</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2003</v>
+      </c>
+      <c r="I8">
+        <v>2020</v>
+      </c>
+      <c r="J8" t="s">
+        <v>44</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>67</v>
+      </c>
+      <c r="M8" t="s">
+        <v>68</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>69</v>
+      </c>
+      <c r="P8" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>71</v>
+      </c>
+      <c r="B9" t="s">
+        <v>72</v>
+      </c>
+      <c r="C9" t="s">
+        <v>42</v>
+      </c>
+      <c r="D9" t="s">
+        <v>33</v>
+      </c>
+      <c r="E9" t="s">
+        <v>65</v>
+      </c>
+      <c r="F9" t="s">
+        <v>66</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2003</v>
+      </c>
+      <c r="I9">
+        <v>2010</v>
+      </c>
+      <c r="J9" t="s">
+        <v>73</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>45</v>
+      </c>
+      <c r="M9" t="s">
+        <v>68</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>74</v>
+      </c>
+      <c r="P9"/>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>75</v>
+      </c>
+      <c r="B10" t="s">
+        <v>76</v>
+      </c>
+      <c r="C10" t="s">
+        <v>42</v>
+      </c>
+      <c r="D10" t="s">
+        <v>33</v>
+      </c>
+      <c r="E10" t="s">
+        <v>65</v>
+      </c>
+      <c r="F10" t="s">
+        <v>66</v>
+      </c>
+      <c r="G10" t="s">
+        <v>34</v>
+      </c>
+      <c r="H10">
+        <v>2022</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>35</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>77</v>
+      </c>
+      <c r="M10" t="s">
+        <v>78</v>
+      </c>
+      <c r="N10" t="s">
+        <v>79</v>
+      </c>
+      <c r="O10" t="s">
+        <v>80</v>
+      </c>
+      <c r="P10" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>82</v>
+      </c>
+      <c r="B11" t="s">
+        <v>83</v>
+      </c>
+      <c r="C11" t="s">
+        <v>84</v>
+      </c>
+      <c r="D11" t="s">
+        <v>33</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>85</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
         <v>2009</v>
       </c>
-      <c r="H3"/>
-[...3 lines deleted...]
-      <c r="J3" t="s">
+      <c r="I11">
+        <v>2023</v>
+      </c>
+      <c r="J11" t="s">
+        <v>86</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>87</v>
+      </c>
+      <c r="M11" t="s">
+        <v>88</v>
+      </c>
+      <c r="N11" t="s">
+        <v>79</v>
+      </c>
+      <c r="O11" t="s">
+        <v>89</v>
+      </c>
+      <c r="P11" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>91</v>
+      </c>
+      <c r="B12" t="s">
+        <v>92</v>
+      </c>
+      <c r="C12" t="s">
+        <v>93</v>
+      </c>
+      <c r="D12" t="s">
+        <v>94</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>85</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2016</v>
+      </c>
+      <c r="I12">
+        <v>2019</v>
+      </c>
+      <c r="J12" t="s">
+        <v>35</v>
+      </c>
+      <c r="K12" t="s">
+        <v>95</v>
+      </c>
+      <c r="L12"/>
+      <c r="M12" t="s">
+        <v>96</v>
+      </c>
+      <c r="N12" t="s">
+        <v>79</v>
+      </c>
+      <c r="O12" t="s">
+        <v>97</v>
+      </c>
+      <c r="P12" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>99</v>
+      </c>
+      <c r="B13" t="s">
+        <v>100</v>
+      </c>
+      <c r="C13" t="s">
+        <v>42</v>
+      </c>
+      <c r="D13" t="s">
+        <v>33</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
         <v>21</v>
       </c>
-      <c r="K3" t="s">
-[...5 lines deleted...]
-      <c r="M3" t="s">
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2006</v>
+      </c>
+      <c r="I13">
+        <v>2024</v>
+      </c>
+      <c r="J13" t="s">
+        <v>86</v>
+      </c>
+      <c r="K13" t="s">
         <v>24</v>
       </c>
-      <c r="N3" t="s">
+      <c r="L13" t="s">
+        <v>101</v>
+      </c>
+      <c r="M13" t="s">
+        <v>46</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>102</v>
+      </c>
+      <c r="P13" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>104</v>
+      </c>
+      <c r="B14" t="s">
+        <v>105</v>
+      </c>
+      <c r="C14" t="s">
+        <v>106</v>
+      </c>
+      <c r="D14" t="s">
         <v>33</v>
       </c>
-    </row>
-[...26 lines deleted...]
-      <c r="J4" t="s">
+      <c r="E14" t="s">
+        <v>65</v>
+      </c>
+      <c r="F14" t="s">
         <v>21</v>
       </c>
-      <c r="K4" t="s">
-[...5 lines deleted...]
-      <c r="M4" t="s">
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>1989</v>
+      </c>
+      <c r="I14">
+        <v>1992</v>
+      </c>
+      <c r="J14" t="s">
+        <v>107</v>
+      </c>
+      <c r="K14" t="s">
         <v>24</v>
       </c>
-      <c r="N4" t="s">
-[...31 lines deleted...]
-      <c r="J5" t="s">
+      <c r="L14"/>
+      <c r="M14" t="s">
+        <v>108</v>
+      </c>
+      <c r="N14" t="s">
+        <v>79</v>
+      </c>
+      <c r="O14" t="s">
+        <v>109</v>
+      </c>
+      <c r="P14" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>111</v>
+      </c>
+      <c r="B15" t="s">
+        <v>112</v>
+      </c>
+      <c r="C15" t="s">
+        <v>113</v>
+      </c>
+      <c r="D15" t="s">
+        <v>33</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
         <v>21</v>
       </c>
-      <c r="K5"/>
-[...1 lines deleted...]
-      <c r="M5" t="s">
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>2004</v>
+      </c>
+      <c r="I15">
+        <v>2012</v>
+      </c>
+      <c r="J15" t="s">
+        <v>114</v>
+      </c>
+      <c r="K15" t="s">
         <v>24</v>
       </c>
-      <c r="N5" t="s">
-[...220 lines deleted...]
-      <c r="A11" t="s">
+      <c r="L15" t="s">
+        <v>115</v>
+      </c>
+      <c r="M15" t="s">
+        <v>116</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>117</v>
+      </c>
+      <c r="P15" t="s">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>119</v>
+      </c>
+      <c r="B16" t="s">
+        <v>120</v>
+      </c>
+      <c r="C16" t="s">
+        <v>121</v>
+      </c>
+      <c r="D16" t="s">
+        <v>33</v>
+      </c>
+      <c r="E16" t="s">
         <v>65</v>
       </c>
-      <c r="B11" t="s">
+      <c r="F16" t="s">
         <v>66</v>
       </c>
-      <c r="C11" t="s">
-[...228 lines deleted...]
-        <v>2015</v>
+      <c r="G16" t="s">
+        <v>22</v>
       </c>
       <c r="H16">
         <v>2015</v>
       </c>
-      <c r="I16" t="s">
-        <v>58</v>
+      <c r="I16">
+        <v>2015</v>
       </c>
       <c r="J16" t="s">
+        <v>73</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16" t="s">
+        <v>119</v>
+      </c>
+      <c r="M16" t="s">
+        <v>122</v>
+      </c>
+      <c r="N16" t="s">
+        <v>79</v>
+      </c>
+      <c r="O16" t="s">
+        <v>123</v>
+      </c>
+      <c r="P16" t="s">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>125</v>
+      </c>
+      <c r="B17" t="s">
+        <v>126</v>
+      </c>
+      <c r="C17" t="s">
+        <v>121</v>
+      </c>
+      <c r="D17" t="s">
+        <v>33</v>
+      </c>
+      <c r="E17" t="s">
+        <v>65</v>
+      </c>
+      <c r="F17" t="s">
+        <v>66</v>
+      </c>
+      <c r="G17" t="s">
+        <v>34</v>
+      </c>
+      <c r="H17">
+        <v>2014</v>
+      </c>
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>73</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17"/>
+      <c r="M17" t="s">
+        <v>122</v>
+      </c>
+      <c r="N17" t="s">
+        <v>79</v>
+      </c>
+      <c r="O17" t="s">
+        <v>127</v>
+      </c>
+      <c r="P17" t="s">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>129</v>
+      </c>
+      <c r="B18" t="s">
+        <v>130</v>
+      </c>
+      <c r="C18" t="s">
+        <v>131</v>
+      </c>
+      <c r="D18" t="s">
+        <v>33</v>
+      </c>
+      <c r="E18" t="s">
+        <v>65</v>
+      </c>
+      <c r="F18" t="s">
+        <v>66</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>1996</v>
+      </c>
+      <c r="I18">
+        <v>2012</v>
+      </c>
+      <c r="J18" t="s">
+        <v>132</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18"/>
+      <c r="M18" t="s">
+        <v>133</v>
+      </c>
+      <c r="N18" t="s">
+        <v>79</v>
+      </c>
+      <c r="O18" t="s">
+        <v>134</v>
+      </c>
+      <c r="P18" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>136</v>
+      </c>
+      <c r="B19" t="s">
+        <v>137</v>
+      </c>
+      <c r="C19" t="s">
+        <v>138</v>
+      </c>
+      <c r="D19" t="s">
+        <v>33</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
         <v>21</v>
       </c>
-      <c r="K16" t="s">
-[...114 lines deleted...]
-        <v>2012</v>
+      <c r="G19" t="s">
+        <v>22</v>
       </c>
       <c r="H19">
         <v>2012</v>
       </c>
-      <c r="I19" t="s">
-        <v>100</v>
+      <c r="I19">
+        <v>2012</v>
       </c>
       <c r="J19" t="s">
+        <v>132</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19" t="s">
+        <v>139</v>
+      </c>
+      <c r="M19" t="s">
+        <v>140</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>141</v>
+      </c>
+      <c r="P19" t="s">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>143</v>
+      </c>
+      <c r="B20" t="s">
+        <v>144</v>
+      </c>
+      <c r="C20" t="s">
+        <v>145</v>
+      </c>
+      <c r="D20" t="s">
+        <v>33</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
         <v>21</v>
       </c>
-      <c r="K19" t="s">
-[...5 lines deleted...]
-      <c r="M19" t="s">
+      <c r="G20" t="s">
+        <v>34</v>
+      </c>
+      <c r="H20">
+        <v>2022</v>
+      </c>
+      <c r="I20"/>
+      <c r="J20" t="s">
+        <v>146</v>
+      </c>
+      <c r="K20" t="s">
         <v>24</v>
       </c>
-      <c r="N19" t="s">
-[...29 lines deleted...]
-      <c r="J20" t="s">
+      <c r="L20"/>
+      <c r="M20" t="s">
+        <v>147</v>
+      </c>
+      <c r="N20" t="s">
+        <v>79</v>
+      </c>
+      <c r="O20" t="s">
+        <v>148</v>
+      </c>
+      <c r="P20" t="s">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>150</v>
+      </c>
+      <c r="B21" t="s">
+        <v>151</v>
+      </c>
+      <c r="C21" t="s">
+        <v>131</v>
+      </c>
+      <c r="D21" t="s">
+        <v>33</v>
+      </c>
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
         <v>21</v>
       </c>
-      <c r="K20"/>
-[...29 lines deleted...]
-      <c r="G21">
+      <c r="G21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21">
         <v>2012</v>
       </c>
-      <c r="H21">
+      <c r="I21">
         <v>2016</v>
       </c>
-      <c r="I21" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J21" t="s">
+        <v>132</v>
+      </c>
+      <c r="K21" t="s">
+        <v>24</v>
+      </c>
+      <c r="L21"/>
+      <c r="M21" t="s">
+        <v>133</v>
+      </c>
+      <c r="N21" t="s">
+        <v>79</v>
+      </c>
+      <c r="O21" t="s">
+        <v>152</v>
+      </c>
+      <c r="P21" t="s">
+        <v>153</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>150</v>
+      </c>
+      <c r="B22" t="s">
+        <v>154</v>
+      </c>
+      <c r="C22" t="s">
+        <v>131</v>
+      </c>
+      <c r="D22" t="s">
+        <v>33</v>
+      </c>
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
         <v>21</v>
       </c>
-      <c r="K21"/>
-[...29 lines deleted...]
-      <c r="G22">
+      <c r="G22" t="s">
+        <v>22</v>
+      </c>
+      <c r="H22">
         <v>2012</v>
       </c>
-      <c r="H22">
+      <c r="I22">
         <v>2015</v>
       </c>
-      <c r="I22" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J22" t="s">
+        <v>132</v>
+      </c>
+      <c r="K22" t="s">
+        <v>24</v>
+      </c>
+      <c r="L22"/>
+      <c r="M22" t="s">
+        <v>133</v>
+      </c>
+      <c r="N22" t="s">
+        <v>79</v>
+      </c>
+      <c r="O22" t="s">
+        <v>155</v>
+      </c>
+      <c r="P22" t="s">
+        <v>153</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>156</v>
+      </c>
+      <c r="B23" t="s">
+        <v>157</v>
+      </c>
+      <c r="C23" t="s">
+        <v>158</v>
+      </c>
+      <c r="D23" t="s">
+        <v>33</v>
+      </c>
+      <c r="E23" t="s">
+        <v>20</v>
+      </c>
+      <c r="F23" t="s">
         <v>21</v>
       </c>
-      <c r="K22"/>
-[...29 lines deleted...]
-      <c r="G23">
+      <c r="G23" t="s">
+        <v>22</v>
+      </c>
+      <c r="H23">
         <v>2004</v>
       </c>
-      <c r="H23">
+      <c r="I23">
         <v>2011</v>
       </c>
-      <c r="I23" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J23" t="s">
+        <v>73</v>
+      </c>
+      <c r="K23" t="s">
+        <v>24</v>
+      </c>
+      <c r="L23" t="s">
+        <v>159</v>
+      </c>
+      <c r="M23" t="s">
+        <v>160</v>
+      </c>
+      <c r="N23" t="s">
+        <v>79</v>
+      </c>
+      <c r="O23" t="s">
+        <v>161</v>
+      </c>
+      <c r="P23" t="s">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>163</v>
+      </c>
+      <c r="B24" t="s">
+        <v>164</v>
+      </c>
+      <c r="C24" t="s">
+        <v>165</v>
+      </c>
+      <c r="D24" t="s">
+        <v>166</v>
+      </c>
+      <c r="E24" t="s">
+        <v>20</v>
+      </c>
+      <c r="F24" t="s">
+        <v>85</v>
+      </c>
+      <c r="G24" t="s">
+        <v>22</v>
+      </c>
+      <c r="H24">
+        <v>2017</v>
+      </c>
+      <c r="I24">
+        <v>2021</v>
+      </c>
+      <c r="J24" t="s">
+        <v>167</v>
+      </c>
+      <c r="K24" t="s">
+        <v>168</v>
+      </c>
+      <c r="L24" t="s">
+        <v>169</v>
+      </c>
+      <c r="M24" t="s">
+        <v>170</v>
+      </c>
+      <c r="N24" t="s">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>171</v>
+      </c>
+      <c r="P24" t="s">
+        <v>172</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>173</v>
+      </c>
+      <c r="B25" t="s">
+        <v>174</v>
+      </c>
+      <c r="C25" t="s">
+        <v>175</v>
+      </c>
+      <c r="D25" t="s">
+        <v>33</v>
+      </c>
+      <c r="E25" t="s">
+        <v>65</v>
+      </c>
+      <c r="F25" t="s">
+        <v>66</v>
+      </c>
+      <c r="G25" t="s">
+        <v>22</v>
+      </c>
+      <c r="H25">
+        <v>2008</v>
+      </c>
+      <c r="I25">
+        <v>2012</v>
+      </c>
+      <c r="J25" t="s">
+        <v>132</v>
+      </c>
+      <c r="K25" t="s">
+        <v>24</v>
+      </c>
+      <c r="L25" t="s">
+        <v>176</v>
+      </c>
+      <c r="M25" t="s">
+        <v>177</v>
+      </c>
+      <c r="N25" t="s">
+        <v>79</v>
+      </c>
+      <c r="O25" t="s">
+        <v>178</v>
+      </c>
+      <c r="P25" t="s">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>180</v>
+      </c>
+      <c r="B26" t="s">
+        <v>181</v>
+      </c>
+      <c r="C26" t="s">
+        <v>182</v>
+      </c>
+      <c r="D26" t="s">
+        <v>33</v>
+      </c>
+      <c r="E26" t="s">
+        <v>65</v>
+      </c>
+      <c r="F26" t="s">
         <v>21</v>
       </c>
-      <c r="K23" t="s">
-[...120 lines deleted...]
-        <v>2006</v>
+      <c r="G26" t="s">
+        <v>22</v>
       </c>
       <c r="H26">
         <v>2006</v>
       </c>
-      <c r="I26" t="s">
-        <v>30</v>
+      <c r="I26">
+        <v>2006</v>
       </c>
       <c r="J26" t="s">
+        <v>35</v>
+      </c>
+      <c r="K26" t="s">
+        <v>24</v>
+      </c>
+      <c r="L26"/>
+      <c r="M26" t="s">
+        <v>183</v>
+      </c>
+      <c r="N26" t="s">
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
+        <v>184</v>
+      </c>
+      <c r="P26"/>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>185</v>
+      </c>
+      <c r="B27" t="s">
+        <v>186</v>
+      </c>
+      <c r="C27" t="s">
+        <v>187</v>
+      </c>
+      <c r="D27" t="s">
+        <v>33</v>
+      </c>
+      <c r="E27" t="s">
+        <v>20</v>
+      </c>
+      <c r="F27" t="s">
         <v>21</v>
       </c>
-      <c r="K26"/>
-[...3 lines deleted...]
-      <c r="M26" t="s">
+      <c r="G27" t="s">
+        <v>22</v>
+      </c>
+      <c r="H27">
+        <v>2010</v>
+      </c>
+      <c r="I27">
+        <v>2015</v>
+      </c>
+      <c r="J27" t="s">
+        <v>188</v>
+      </c>
+      <c r="K27" t="s">
         <v>24</v>
       </c>
-      <c r="N26" t="s">
-[...16 lines deleted...]
-      <c r="E27" t="s">
+      <c r="L27"/>
+      <c r="M27" t="s">
+        <v>189</v>
+      </c>
+      <c r="N27" t="s">
+        <v>27</v>
+      </c>
+      <c r="O27" t="s">
+        <v>190</v>
+      </c>
+      <c r="P27" t="s">
+        <v>191</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>192</v>
+      </c>
+      <c r="B28" t="s">
+        <v>193</v>
+      </c>
+      <c r="C28" t="s">
         <v>18</v>
       </c>
-      <c r="F27" t="s">
-[...11 lines deleted...]
-      <c r="J27" t="s">
+      <c r="D28" t="s">
+        <v>194</v>
+      </c>
+      <c r="E28" t="s">
+        <v>65</v>
+      </c>
+      <c r="F28" t="s">
+        <v>66</v>
+      </c>
+      <c r="G28" t="s">
+        <v>34</v>
+      </c>
+      <c r="H28">
+        <v>2013</v>
+      </c>
+      <c r="I28"/>
+      <c r="J28" t="s">
+        <v>195</v>
+      </c>
+      <c r="K28" t="s">
+        <v>24</v>
+      </c>
+      <c r="L28" t="s">
+        <v>196</v>
+      </c>
+      <c r="M28" t="s">
+        <v>197</v>
+      </c>
+      <c r="N28" t="s">
+        <v>79</v>
+      </c>
+      <c r="O28" t="s">
+        <v>198</v>
+      </c>
+      <c r="P28" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>200</v>
+      </c>
+      <c r="B29" t="s">
+        <v>201</v>
+      </c>
+      <c r="C29" t="s">
+        <v>202</v>
+      </c>
+      <c r="D29" t="s">
+        <v>33</v>
+      </c>
+      <c r="E29" t="s">
+        <v>65</v>
+      </c>
+      <c r="F29" t="s">
         <v>21</v>
       </c>
-      <c r="K27"/>
-[...3 lines deleted...]
-      <c r="M27" t="s">
+      <c r="G29" t="s">
+        <v>203</v>
+      </c>
+      <c r="H29"/>
+      <c r="I29"/>
+      <c r="J29" t="s">
+        <v>204</v>
+      </c>
+      <c r="K29" t="s">
         <v>24</v>
       </c>
-      <c r="N27" t="s">
-[...75 lines deleted...]
-      </c>
+      <c r="L29"/>
       <c r="M29" t="s">
-        <v>154</v>
+        <v>205</v>
       </c>
       <c r="N29" t="s">
-        <v>155</v>
-      </c>
+        <v>206</v>
+      </c>
+      <c r="O29" t="s">
+        <v>207</v>
+      </c>
+      <c r="P29"/>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>