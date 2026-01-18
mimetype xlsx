--- v0 (2025-10-13)
+++ v1 (2026-01-18)
@@ -12,206 +12,231 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="39">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="47">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Energy-Saving Labeling Program - Magnetic disk units</t>
   </si>
   <si>
+    <t>It covers magnetic disk units</t>
+  </si>
+  <si>
     <t>Japan</t>
   </si>
   <si>
     <t>Hard-Drives</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>September 2018</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Energy Conservation Centre, Japan</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-saving-labeling-program-magnetic-disk-units</t>
   </si>
   <si>
+    <t>https://www.asiaeec-col.eccj.or.jp/wpdata/wp-content/uploads/2018/03/09.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N140 - External Hard Drive</t>
   </si>
   <si>
+    <t>This standard is applicable to external hard drives contained in the disk enclosures.</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>Greenmark Labelling Program</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n140-external-hard-drive</t>
   </si>
   <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/140/0411b7aa-6d99-4a59-973e-49db51ff292c.pdf</t>
+  </si>
+  <si>
     <t>The U.S. Environmental Protection Agency (EPA) Recognition Program for Game Consoles Performance Requirements Version 1.0</t>
   </si>
   <si>
+    <t>Manufacturers of products that meet the definition of Game Console are eligible for EPA recognition, with the exception of portable game consoles and game consoles incapable of rendering HD video output (video output with a display resolution of 720 lines or greater) via HDMI.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Game Consoles</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>EPA Test Method for Game Consoles; Rev. Mar-2013</t>
   </si>
   <si>
     <t>U.S. Environmental Protection Agency (EPA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/us-environmental-protection-agency-epa-recognition-program-game-consoles-performance</t>
+  </si>
+  <si>
+    <t>https://www.energystar.gov/products/spec/game_console_version_1_0_recognition_program_pd</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -475,275 +500,302 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N4"/>
+  <dimension ref="A1:P4"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="143" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="137" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="143.822" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="327.92" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="16.425" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="57.7" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="50.559" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="137.966" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="126.112" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2009</v>
+      </c>
+      <c r="I2">
+        <v>2011</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
+        <v>31</v>
+      </c>
+      <c r="D3" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
-[...5 lines deleted...]
-      <c r="I2" t="s">
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
-[...9 lines deleted...]
-      <c r="N2" t="s">
+      <c r="F3" t="s">
+        <v>32</v>
+      </c>
+      <c r="G3" t="s">
+        <v>33</v>
+      </c>
+      <c r="H3">
+        <v>2015</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>34</v>
+      </c>
+      <c r="K3" t="s">
         <v>24</v>
       </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>35</v>
+      </c>
+      <c r="N3" t="s">
+        <v>26</v>
+      </c>
+      <c r="O3" t="s">
+        <v>36</v>
+      </c>
+      <c r="P3" t="s">
+        <v>37</v>
+      </c>
     </row>
-    <row r="3" spans="1:14">
-[...3 lines deleted...]
-      <c r="B3" t="s">
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>38</v>
+      </c>
+      <c r="B4" t="s">
+        <v>39</v>
+      </c>
+      <c r="C4" t="s">
+        <v>40</v>
+      </c>
+      <c r="D4" t="s">
+        <v>41</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>32</v>
+      </c>
+      <c r="G4" t="s">
+        <v>33</v>
+      </c>
+      <c r="H4">
+        <v>2013</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>42</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>43</v>
+      </c>
+      <c r="M4" t="s">
+        <v>44</v>
+      </c>
+      <c r="N4" t="s">
         <v>26</v>
       </c>
-      <c r="C3" t="s">
-[...71 lines deleted...]
-        <v>38</v>
+      <c r="O4" t="s">
+        <v>45</v>
+      </c>
+      <c r="P4" t="s">
+        <v>46</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>