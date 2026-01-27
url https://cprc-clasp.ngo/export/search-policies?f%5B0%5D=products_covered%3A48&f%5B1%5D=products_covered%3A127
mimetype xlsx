--- v0 (2025-12-12)
+++ v1 (2026-01-27)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="513">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="514">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -345,63 +345,64 @@
   <si>
     <t>This Regulation establishes ecodesign requirements related to electric power consumption in no-load condition and average active efficiency of external power supplies.  Exclusions: this Regulation shall not apply to:   a. voltage converters;   b. uninterruptible power supplies;   c. battery chargers;     d. halogen lighting converters;   e. external power supplies for medical devices;   f. external power supplies placed on the market no later than 30 June 2015 as a service part or spare part for an identical external power supply which was placed on the market not later than one year after this Regulation has come into force; under the condition that the service part or spare part; or its packaging; clearly indicates the primary load products for which the spare part or service part is intended to be used with.</t>
   </si>
   <si>
     <t>External Power Supply</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20191782-1-october-2019-laying-down-ecodesign-requirements-0</t>
   </si>
   <si>
     <t>https://www.legislation.gov.uk/eur/2019/1782/contents</t>
   </si>
   <si>
     <t>Entered into force, Revised, To Be Superseded</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20191782-1-october-2019-laying-down-ecodesign-requirements</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=uriserv%3AOJ.L_.2019.272.01.0095.01.ENG&amp;toc=OJ%3AL%3A2019%3A272%3ATOC</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2025/2052 of 13 October 2025  laying down ecodesign requirements for external power supplies, wireless chargers, wireless charging pads, battery chargers for portable batteries of general use and USB Type-C cables</t>
   </si>
   <si>
-    <t>Laying down ecodesign requirements for external power supplies, wireless chargers, wireless charging pads, battery chargers for portable batteries of general use and USB Type-C cables.</t>
+    <t>Laying down ecodesign requirements for external power supplies, wireless chargers, wireless charging pads, battery chargers for portable batteries of general use and USB Type-C cables.
+This policy applies from the 14th December 2028, repealing Commission Regulation (EU) 2019/1782.</t>
   </si>
   <si>
     <t>Europe, European Union</t>
   </si>
   <si>
     <t>Battery Chargers, External Power Supply</t>
   </si>
   <si>
-    <t>Published, Revised</t>
-[...2 lines deleted...]
-    <t>November 2025</t>
+    <t>Published, New</t>
+  </si>
+  <si>
+    <t>December 2025</t>
   </si>
   <si>
     <t>87 FR 51221</t>
   </si>
   <si>
     <t>European Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20252052-13-october-2025-laying-down-ecodesign-requirements</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32025R2052&amp;qid=1763999035842</t>
   </si>
   <si>
     <t>Commission Regulation (EU) No 814/2013 of 2 August 2013 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for water heaters and hot water storage tanks</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-8142013-2-august-2013-implementing-directive-2009125ec-0</t>
   </si>
   <si>
     <t>https://www.legislation.gov.uk/eur/2013/814/contents</t>
   </si>
   <si>
     <t>10 CFR 430—Energy Conservation Program for Consumer Products
 This Policy is under review by the European Commission and is expected to be revised in 2023.</t>
@@ -761,78 +762,81 @@
   </si>
   <si>
     <t>GB 20665-2015 Minimum allowable values of energy efficiency and energy efficiency grades for domestic gas instantaneous water heaters and gas fired heating and hot water combi-boilers</t>
   </si>
   <si>
     <t>Applies to instantaneous water heaters and heating and hot water combi-boilers which use gas as source and whose heat load is equal to or smaller than 70kW</t>
   </si>
   <si>
     <t>GB 20665-2015 GB 6932 GB|T 13611 CJ|T 228
 ,   
                     GB 6932-2001; GB/T 13611; GB 25034-2010; CJ/T 336-2010; CJ/T 395-2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-20665-2015-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80536D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 20943-2013 Minimum allowable values of energy efficiency and evaluating values of energy conservation for single voltage external AC-DC and AC-AC power supplies</t>
   </si>
   <si>
     <t>Applies to external power supplies which convert AC current with 220V and 50Hz to single voltage DC -no higher than 36V- or single voltage AC -no higher than 36V- current.It applies to products with rated output power no larger than 250W. Does NOT apply to DC-DC transformer.</t>
   </si>
   <si>
+    <t>Revised, To Be Superseded</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/gb-20943-2013-minimum-allowable-values-energy-efficiency-and-evaluating-values-energy</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E686D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 20943-2025  Minimum Allowable Values of Energy Efficiency and Energy Efficiency Grades for AC-DC and AC-AC Power Supplies</t>
   </si>
   <si>
     <t>This revised policy substantially expands its regulatory scope through the inclusion of additional product categories and extended power capacity ranges, while integrating embedded power supplies into its framework for the first time. Aligned with the European Union’s latest minimum energy efficiency requirements of power supplies, GB 20943-2025 introduces a globally pioneering specification for Grade 1 no-load power consumption, establishing a stringent threshold of 0.05W to 0.075W.</t>
   </si>
   <si>
     <t>Power Supply and Power Conversion</t>
   </si>
   <si>
     <t>February 2025</t>
   </si>
   <si>
     <t>GB 20943-2025</t>
   </si>
   <si>
     <t>The Standardization Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-20943-2025-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-ac</t>
   </si>
   <si>
-    <t>https://openstd.samr.gov.cn/bzgk/std/newGbInfo?hcno=8105E9E58B8B8BDB5DF9D96119B1C60A</t>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=2D9BC7B2DA386BF6E06397BE0A0A4ED1</t>
   </si>
   <si>
     <t>GB 21518-2008 Minimum allowable values of energy efficiency and energy efficiency grades for AC contactors</t>
   </si>
   <si>
     <t>Applies to those AC contactors with rated frequency of 50Hz; rated voltage no higher than 1140V; and rated current between 9A-630A. Does NOT apply to AC contactors with external power saving device or semi-conductor type -solid type contactor</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-21518-2008-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-ac</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D773ECD3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>Greenhouse and Energy Minimum Standards (External Power Supplies) Determination 2014</t>
   </si>
   <si>
     <t>Products covered include external power supply units with a nominal 230 V a.c. supply input and a single output at extra low voltage (ELV), either a.c. or d.c. and a maximum output of 250 W or 250 VA (see the standard for further details on products covered).</t>
   </si>
   <si>
     <t>Australia</t>
   </si>
   <si>
     <t>July 2025</t>
   </si>
@@ -977,66 +981,69 @@
   <si>
     <t>These regulations apply to a renewable energy battery manufactured in the country or imported into the country for display, sale, or use, irrespective of size, method of charge or energy system design of the renewable energy battery.</t>
   </si>
   <si>
     <t>Battery Chargers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/li-2452-renewable-energy-standards-and-labelling-renewable-energy-batteries-regulations</t>
   </si>
   <si>
     <t>LI 2461 Renewable Energy (Standards and Labelling) (Inverters) Regulations, 2022</t>
   </si>
   <si>
     <t>These regulations apply to an inverter intended for use in a stand-alone energy system or utility-interactive energy system where the output of the inverter is a stable alternating current of constant frequency; and a single-phase inverter or 3-phase inverter intended for use in a stand alone energy system or utility interactive energy system intended to be operated in parallel with an electric power system to supply power to common loads manufactured in the country or imported into the country for display, sale or use.</t>
   </si>
   <si>
     <t>Electricity, Solar</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/li-2461-renewable-energy-standards-and-labelling-inverters-regulations-2022</t>
   </si>
   <si>
-    <t>MELS for Water Heater</t>
+    <t>MELS for Water Heater (2025)</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for all regulated water heaters:</t>
   </si>
   <si>
     <t>Singapore*</t>
   </si>
   <si>
+    <t>New</t>
+  </si>
+  <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/mels-water-heater</t>
+    <t>https://cprc-clasp.ngo/policies/mels-water-heater-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
   </si>
   <si>
     <t>MEPS for Adapter - Charger</t>
   </si>
   <si>
     <t>An adapter under 150W, nameplate output power; and a charger of input 20 W with Li-Ion Battery as a single voltage external power supply</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-adapter-charger</t>
   </si>
   <si>
     <t>MEPS for Adapter Charger</t>
   </si>
   <si>
     <t>For using with mobile phone, notebook, speaker for computer, LCD monitor,printer, PDA, camcorder, digital camera, audio, DVD player, MP3, PMP,portable CD player, set-top box, wire-wireless phone, modem, all AC-DC orAC-AC external power supply shall be included.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-adapter-charger-0</t>
   </si>
   <si>
     <t>MEPS for Gas Water Heater</t>
   </si>
@@ -1154,53 +1161,50 @@
     <t>https://cprc-clasp.ngo/policies/nom-003-ener-2021</t>
   </si>
   <si>
     <t>https://dof.gob.mx/nota_detalle.php?codigo=5629991&amp;fecha=15/09/2021#gsc.tab=0</t>
   </si>
   <si>
     <t>NOM-027-ENER/SCFI-2018 - Solar water heaters</t>
   </si>
   <si>
     <t>Electricity, Gas, LPG, Solar</t>
   </si>
   <si>
     <t>NMX-ES-004-NORMEX-2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nom-027-enerscfi-2018-solar-water-heaters</t>
   </si>
   <si>
     <t>https://www.gob.mx/cms/uploads/attachment/file/386123/nom-027-enerscfi.pdf</t>
   </si>
   <si>
     <t>NOM-029-ENER-2017, Energy efficiency of external power supplies</t>
   </si>
   <si>
     <t>This standard aims to establish the minimum values ​​of energy efficiency in operation, the maximum limits of electrical power in no-load or empty mode, the test methods for their evaluation and the specifications of the minimum information to be marked on external power supplies (FAE) that are intended to convert the alternating current (AC) line voltage to a single fixed output voltage level in direct current (DC) at a time and with a maximum output power less than or equal to 250.0 W, as well as those that have a switch that allows the user to manually choose between different output voltage levels.</t>
-  </si>
-[...1 lines deleted...]
-    <t>New</t>
   </si>
   <si>
     <t>NMX-I-281-NYCE-2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nom-029-ener-2017-energy-efficiency-external-power-supplies</t>
   </si>
   <si>
     <t>https://www.dof.gob.mx/nota_detalle_popup.php?codigo=5502802</t>
   </si>
   <si>
     <t>Regulation on Energy Efficiency Requirements for Mass-Produced Systems, Vehicles, and Appliances</t>
   </si>
   <si>
     <t>This policy applies to mass-produced systems, vehicles, and devices as well as their mass-produced components that consume a considerable amount of energy and are placed on the market or sold in Switzerland.</t>
   </si>
   <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>Computers, Servers, Networking Equipment, Stand-by and networked devices, Televisions, Set Top Boxes (STB), Displays, External Power Supply, Vacuum Cleaners, Ovens, Dishwashers, Cooktops or Hobs, Coffee Machines, Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires, 3-Phase Motors, Industrial Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Storage Water Heaters, Building Circulator Pumps, Pumps Other, Power Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
@@ -2635,55 +2639,53 @@
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
         <v>109</v>
       </c>
       <c r="B15" t="s">
         <v>110</v>
       </c>
       <c r="C15" t="s">
         <v>111</v>
       </c>
       <c r="D15" t="s">
         <v>112</v>
       </c>
       <c r="E15" t="s">
         <v>20</v>
       </c>
       <c r="F15" t="s">
         <v>21</v>
       </c>
       <c r="G15" t="s">
         <v>113</v>
       </c>
       <c r="H15">
-        <v>2009</v>
-[...3 lines deleted...]
-      </c>
+        <v>2025</v>
+      </c>
+      <c r="I15"/>
       <c r="J15" t="s">
         <v>114</v>
       </c>
       <c r="K15" t="s">
         <v>34</v>
       </c>
       <c r="L15" t="s">
         <v>115</v>
       </c>
       <c r="M15" t="s">
         <v>116</v>
       </c>
       <c r="N15" t="s">
         <v>27</v>
       </c>
       <c r="O15" t="s">
         <v>117</v>
       </c>
       <c r="P15" t="s">
         <v>118</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
         <v>119</v>
@@ -3708,2196 +3710,2196 @@
       </c>
       <c r="P36" t="s">
         <v>244</v>
       </c>
     </row>
     <row r="37" spans="1:16">
       <c r="A37" t="s">
         <v>245</v>
       </c>
       <c r="B37" t="s">
         <v>246</v>
       </c>
       <c r="C37" t="s">
         <v>64</v>
       </c>
       <c r="D37" t="s">
         <v>103</v>
       </c>
       <c r="E37" t="s">
         <v>20</v>
       </c>
       <c r="F37" t="s">
         <v>21</v>
       </c>
       <c r="G37" t="s">
-        <v>22</v>
+        <v>247</v>
       </c>
       <c r="H37">
         <v>2007</v>
       </c>
       <c r="I37">
-        <v>2014</v>
+        <v>2013</v>
       </c>
       <c r="J37" t="s">
         <v>143</v>
       </c>
       <c r="K37" t="s">
         <v>34</v>
       </c>
       <c r="L37" t="s">
         <v>154</v>
       </c>
       <c r="M37" t="s">
         <v>68</v>
       </c>
       <c r="N37" t="s">
         <v>36</v>
       </c>
       <c r="O37" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="P37" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
     </row>
     <row r="38" spans="1:16">
       <c r="A38" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="B38" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="C38" t="s">
         <v>64</v>
       </c>
       <c r="D38" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="E38" t="s">
         <v>20</v>
       </c>
       <c r="F38" t="s">
         <v>21</v>
       </c>
       <c r="G38" t="s">
         <v>8</v>
       </c>
       <c r="H38">
         <v>2007</v>
       </c>
       <c r="I38">
         <v>2025</v>
       </c>
       <c r="J38" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="K38" t="s">
         <v>34</v>
       </c>
       <c r="L38" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="M38" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="N38" t="s">
         <v>27</v>
       </c>
       <c r="O38" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="P38" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
     </row>
     <row r="39" spans="1:16">
       <c r="A39" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="B39" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="C39" t="s">
         <v>64</v>
       </c>
       <c r="D39" t="s">
         <v>65</v>
       </c>
       <c r="E39" t="s">
         <v>20</v>
       </c>
       <c r="F39" t="s">
         <v>21</v>
       </c>
       <c r="G39" t="s">
         <v>22</v>
       </c>
       <c r="H39">
         <v>2008</v>
       </c>
       <c r="I39">
         <v>2008</v>
       </c>
       <c r="J39" t="s">
         <v>143</v>
       </c>
       <c r="K39" t="s">
         <v>34</v>
       </c>
       <c r="L39" t="s">
         <v>67</v>
       </c>
       <c r="M39" t="s">
         <v>68</v>
       </c>
       <c r="N39" t="s">
         <v>36</v>
       </c>
       <c r="O39" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="P39" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
     </row>
     <row r="40" spans="1:16">
       <c r="A40" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="B40" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="C40" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="D40" t="s">
         <v>103</v>
       </c>
       <c r="E40" t="s">
         <v>20</v>
       </c>
       <c r="F40" t="s">
         <v>21</v>
       </c>
       <c r="G40" t="s">
         <v>22</v>
       </c>
       <c r="H40">
         <v>2005</v>
       </c>
       <c r="I40">
         <v>2014</v>
       </c>
       <c r="J40" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="K40" t="s">
         <v>34</v>
       </c>
       <c r="L40" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="M40" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="N40" t="s">
         <v>27</v>
       </c>
       <c r="O40" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="P40" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
     </row>
     <row r="41" spans="1:16">
       <c r="A41" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="B41" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="C41" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="D41" t="s">
         <v>53</v>
       </c>
       <c r="E41" t="s">
         <v>20</v>
       </c>
       <c r="F41" t="s">
         <v>21</v>
       </c>
       <c r="G41" t="s">
         <v>22</v>
       </c>
       <c r="H41">
         <v>1989</v>
       </c>
       <c r="I41">
         <v>2017</v>
       </c>
       <c r="J41" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="K41" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="L41" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="M41" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="N41" t="s">
         <v>27</v>
       </c>
       <c r="O41" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="P41" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
     </row>
     <row r="42" spans="1:16">
       <c r="A42" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="B42" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="C42" t="s">
         <v>200</v>
       </c>
       <c r="D42" t="s">
         <v>142</v>
       </c>
       <c r="E42" t="s">
         <v>42</v>
       </c>
       <c r="F42" t="s">
         <v>128</v>
       </c>
       <c r="G42" t="s">
         <v>22</v>
       </c>
       <c r="H42">
         <v>2015</v>
       </c>
       <c r="I42">
         <v>2015</v>
       </c>
       <c r="J42" t="s">
         <v>201</v>
       </c>
       <c r="K42" t="s">
         <v>34</v>
       </c>
       <c r="L42" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="M42" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="N42" t="s">
         <v>27</v>
       </c>
       <c r="O42" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="P42" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
     </row>
     <row r="43" spans="1:16">
       <c r="A43" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="B43" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="C43" t="s">
         <v>200</v>
       </c>
       <c r="D43" t="s">
         <v>53</v>
       </c>
       <c r="E43" t="s">
         <v>42</v>
       </c>
       <c r="F43" t="s">
         <v>128</v>
       </c>
       <c r="G43" t="s">
         <v>22</v>
       </c>
       <c r="H43">
         <v>2006</v>
       </c>
       <c r="I43">
         <v>2015</v>
       </c>
       <c r="J43" t="s">
         <v>201</v>
       </c>
       <c r="K43" t="s">
         <v>73</v>
       </c>
       <c r="L43"/>
       <c r="M43" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="N43" t="s">
         <v>27</v>
       </c>
       <c r="O43" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="P43" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
     </row>
     <row r="44" spans="1:16">
       <c r="A44" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="B44" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="C44" t="s">
         <v>208</v>
       </c>
       <c r="D44" t="s">
         <v>142</v>
       </c>
       <c r="E44" t="s">
         <v>42</v>
       </c>
       <c r="F44" t="s">
         <v>128</v>
       </c>
       <c r="G44" t="s">
         <v>22</v>
       </c>
       <c r="H44">
         <v>1996</v>
       </c>
       <c r="I44">
         <v>2010</v>
       </c>
       <c r="J44" t="s">
         <v>209</v>
       </c>
       <c r="K44" t="s">
         <v>34</v>
       </c>
       <c r="L44"/>
       <c r="M44" t="s">
         <v>211</v>
       </c>
       <c r="N44" t="s">
         <v>27</v>
       </c>
       <c r="O44" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="P44" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
     </row>
     <row r="45" spans="1:16">
       <c r="A45" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="B45" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="C45" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="D45" t="s">
         <v>53</v>
       </c>
       <c r="E45" t="s">
         <v>20</v>
       </c>
       <c r="F45" t="s">
         <v>218</v>
       </c>
       <c r="G45" t="s">
         <v>22</v>
       </c>
       <c r="H45">
         <v>2003</v>
       </c>
       <c r="I45">
         <v>2010</v>
       </c>
       <c r="J45" t="s">
         <v>209</v>
       </c>
       <c r="K45" t="s">
         <v>73</v>
       </c>
       <c r="L45" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="M45" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="N45" t="s">
         <v>27</v>
       </c>
       <c r="O45" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="P45" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
     </row>
     <row r="46" spans="1:16">
       <c r="A46" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="B46" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="C46" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="D46" t="s">
         <v>103</v>
       </c>
       <c r="E46" t="s">
         <v>20</v>
       </c>
       <c r="F46" t="s">
         <v>21</v>
       </c>
       <c r="G46" t="s">
         <v>22</v>
       </c>
       <c r="H46">
         <v>2013</v>
       </c>
       <c r="I46">
         <v>2014</v>
       </c>
       <c r="J46" t="s">
         <v>143</v>
       </c>
       <c r="K46" t="s">
         <v>34</v>
       </c>
       <c r="L46" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="M46" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="N46" t="s">
         <v>27</v>
       </c>
       <c r="O46" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="P46" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
     </row>
     <row r="47" spans="1:16">
       <c r="A47" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="B47" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="C47" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="D47" t="s">
         <v>85</v>
       </c>
       <c r="E47" t="s">
         <v>20</v>
       </c>
       <c r="F47" t="s">
         <v>21</v>
       </c>
       <c r="G47" t="s">
         <v>54</v>
       </c>
       <c r="H47">
         <v>2022</v>
       </c>
       <c r="I47"/>
       <c r="J47" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="K47" t="s">
         <v>34</v>
       </c>
       <c r="L47"/>
       <c r="M47" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="N47" t="s">
         <v>27</v>
       </c>
       <c r="O47" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="P47" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
     </row>
     <row r="48" spans="1:16">
       <c r="A48" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="B48" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="C48" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="D48" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="E48" t="s">
         <v>20</v>
       </c>
       <c r="F48" t="s">
         <v>21</v>
       </c>
       <c r="G48" t="s">
         <v>54</v>
       </c>
       <c r="H48">
         <v>2022</v>
       </c>
       <c r="I48"/>
       <c r="J48" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="K48" t="s">
         <v>34</v>
       </c>
       <c r="L48"/>
       <c r="M48" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="N48" t="s">
         <v>27</v>
       </c>
       <c r="O48" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="P48" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
     </row>
     <row r="49" spans="1:16">
       <c r="A49" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
       <c r="B49" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="C49" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="D49" t="s">
         <v>135</v>
       </c>
       <c r="E49" t="s">
         <v>42</v>
       </c>
       <c r="F49" t="s">
         <v>21</v>
       </c>
       <c r="G49" t="s">
         <v>54</v>
       </c>
       <c r="H49">
         <v>2022</v>
       </c>
       <c r="I49"/>
       <c r="J49" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="K49" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="L49"/>
       <c r="M49" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="N49" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="O49" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="P49" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
     </row>
     <row r="50" spans="1:16">
       <c r="A50" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
       <c r="B50" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="C50" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="D50" t="s">
         <v>85</v>
       </c>
       <c r="E50" t="s">
         <v>20</v>
       </c>
       <c r="F50" t="s">
         <v>43</v>
       </c>
       <c r="G50" t="s">
-        <v>54</v>
+        <v>323</v>
       </c>
       <c r="H50">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="I50"/>
       <c r="J50" t="s">
-        <v>322</v>
+        <v>324</v>
       </c>
       <c r="K50" t="s">
         <v>34</v>
       </c>
       <c r="L50"/>
       <c r="M50" t="s">
-        <v>323</v>
+        <v>325</v>
       </c>
       <c r="N50" t="s">
         <v>27</v>
       </c>
       <c r="O50" t="s">
-        <v>324</v>
+        <v>326</v>
       </c>
       <c r="P50" t="s">
-        <v>325</v>
+        <v>327</v>
       </c>
     </row>
     <row r="51" spans="1:16">
       <c r="A51" t="s">
-        <v>326</v>
+        <v>328</v>
       </c>
       <c r="B51" t="s">
-        <v>327</v>
+        <v>329</v>
       </c>
       <c r="C51" t="s">
         <v>208</v>
       </c>
       <c r="D51" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="E51" t="s">
         <v>20</v>
       </c>
       <c r="F51" t="s">
         <v>21</v>
       </c>
       <c r="G51" t="s">
         <v>54</v>
       </c>
       <c r="H51">
         <v>2012</v>
       </c>
       <c r="I51"/>
       <c r="J51" t="s">
         <v>209</v>
       </c>
       <c r="K51" t="s">
         <v>34</v>
       </c>
       <c r="L51"/>
       <c r="M51" t="s">
         <v>211</v>
       </c>
       <c r="N51" t="s">
         <v>27</v>
       </c>
       <c r="O51" t="s">
-        <v>328</v>
+        <v>330</v>
       </c>
       <c r="P51" t="s">
         <v>213</v>
       </c>
     </row>
     <row r="52" spans="1:16">
       <c r="A52" t="s">
-        <v>329</v>
+        <v>331</v>
       </c>
       <c r="B52" t="s">
-        <v>330</v>
+        <v>332</v>
       </c>
       <c r="C52" t="s">
         <v>208</v>
       </c>
       <c r="D52" t="s">
         <v>103</v>
       </c>
       <c r="E52" t="s">
         <v>20</v>
       </c>
       <c r="F52" t="s">
         <v>21</v>
       </c>
       <c r="G52" t="s">
         <v>54</v>
       </c>
       <c r="H52">
         <v>2009</v>
       </c>
       <c r="I52"/>
       <c r="J52" t="s">
         <v>209</v>
       </c>
       <c r="K52" t="s">
         <v>34</v>
       </c>
       <c r="L52"/>
       <c r="M52" t="s">
         <v>211</v>
       </c>
       <c r="N52" t="s">
         <v>27</v>
       </c>
       <c r="O52" t="s">
-        <v>331</v>
+        <v>333</v>
       </c>
       <c r="P52" t="s">
         <v>213</v>
       </c>
     </row>
     <row r="53" spans="1:16">
       <c r="A53" t="s">
-        <v>332</v>
+        <v>334</v>
       </c>
       <c r="B53" t="s">
         <v>207</v>
       </c>
       <c r="C53" t="s">
         <v>208</v>
       </c>
       <c r="D53" t="s">
         <v>53</v>
       </c>
       <c r="E53" t="s">
         <v>20</v>
       </c>
       <c r="F53" t="s">
         <v>21</v>
       </c>
       <c r="G53" t="s">
         <v>22</v>
       </c>
       <c r="H53">
         <v>2010</v>
       </c>
       <c r="I53">
         <v>2015</v>
       </c>
       <c r="J53" t="s">
         <v>209</v>
       </c>
       <c r="K53" t="s">
         <v>73</v>
       </c>
       <c r="L53" t="s">
         <v>210</v>
       </c>
       <c r="M53" t="s">
         <v>211</v>
       </c>
       <c r="N53" t="s">
         <v>27</v>
       </c>
       <c r="O53" t="s">
-        <v>333</v>
+        <v>335</v>
       </c>
       <c r="P53" t="s">
         <v>213</v>
       </c>
     </row>
     <row r="54" spans="1:16">
       <c r="A54" t="s">
-        <v>334</v>
+        <v>336</v>
       </c>
       <c r="B54" t="s">
-        <v>335</v>
+        <v>337</v>
       </c>
       <c r="C54" t="s">
-        <v>336</v>
+        <v>338</v>
       </c>
       <c r="D54" t="s">
         <v>85</v>
       </c>
       <c r="E54" t="s">
         <v>20</v>
       </c>
       <c r="F54" t="s">
         <v>21</v>
       </c>
       <c r="G54" t="s">
         <v>22</v>
       </c>
       <c r="H54">
         <v>2005</v>
       </c>
       <c r="I54">
         <v>2018</v>
       </c>
       <c r="J54" t="s">
         <v>201</v>
       </c>
       <c r="K54" t="s">
         <v>73</v>
       </c>
       <c r="L54" t="s">
-        <v>337</v>
+        <v>339</v>
       </c>
       <c r="M54" t="s">
-        <v>338</v>
+        <v>340</v>
       </c>
       <c r="N54" t="s">
         <v>27</v>
       </c>
       <c r="O54" t="s">
-        <v>339</v>
+        <v>341</v>
       </c>
       <c r="P54" t="s">
-        <v>340</v>
+        <v>342</v>
       </c>
     </row>
     <row r="55" spans="1:16">
       <c r="A55" t="s">
-        <v>341</v>
+        <v>343</v>
       </c>
       <c r="B55" t="s">
-        <v>342</v>
+        <v>344</v>
       </c>
       <c r="C55" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="D55" t="s">
         <v>85</v>
       </c>
       <c r="E55" t="s">
         <v>20</v>
       </c>
       <c r="F55" t="s">
         <v>21</v>
       </c>
       <c r="G55" t="s">
         <v>54</v>
       </c>
       <c r="H55">
         <v>2025</v>
       </c>
       <c r="I55"/>
       <c r="J55" t="s">
-        <v>322</v>
+        <v>324</v>
       </c>
       <c r="K55" t="s">
         <v>34</v>
       </c>
       <c r="L55"/>
       <c r="M55" t="s">
-        <v>323</v>
+        <v>325</v>
       </c>
       <c r="N55" t="s">
         <v>27</v>
       </c>
       <c r="O55" t="s">
-        <v>343</v>
+        <v>345</v>
       </c>
       <c r="P55" t="s">
-        <v>344</v>
+        <v>346</v>
       </c>
     </row>
     <row r="56" spans="1:16">
       <c r="A56" t="s">
-        <v>345</v>
+        <v>347</v>
       </c>
       <c r="B56" t="s">
-        <v>346</v>
+        <v>348</v>
       </c>
       <c r="C56" t="s">
-        <v>336</v>
+        <v>338</v>
       </c>
       <c r="D56" t="s">
         <v>103</v>
       </c>
       <c r="E56" t="s">
         <v>20</v>
       </c>
       <c r="F56" t="s">
         <v>21</v>
       </c>
       <c r="G56" t="s">
         <v>22</v>
       </c>
       <c r="H56">
         <v>2005</v>
       </c>
       <c r="I56">
         <v>2011</v>
       </c>
       <c r="J56" t="s">
         <v>201</v>
       </c>
       <c r="K56" t="s">
         <v>34</v>
       </c>
       <c r="L56" t="s">
-        <v>347</v>
+        <v>349</v>
       </c>
       <c r="M56" t="s">
-        <v>338</v>
+        <v>340</v>
       </c>
       <c r="N56" t="s">
         <v>27</v>
       </c>
       <c r="O56" t="s">
-        <v>348</v>
+        <v>350</v>
       </c>
       <c r="P56" t="s">
-        <v>349</v>
+        <v>351</v>
       </c>
     </row>
     <row r="57" spans="1:16">
       <c r="A57" t="s">
-        <v>350</v>
+        <v>352</v>
       </c>
       <c r="B57" t="s">
-        <v>351</v>
+        <v>353</v>
       </c>
       <c r="C57" t="s">
-        <v>352</v>
+        <v>354</v>
       </c>
       <c r="D57" t="s">
-        <v>353</v>
+        <v>355</v>
       </c>
       <c r="E57" t="s">
         <v>42</v>
       </c>
       <c r="F57" t="s">
         <v>43</v>
       </c>
       <c r="G57" t="s">
         <v>54</v>
       </c>
       <c r="H57">
         <v>2012</v>
       </c>
       <c r="I57"/>
       <c r="J57" t="s">
         <v>201</v>
       </c>
       <c r="K57" t="s">
         <v>24</v>
       </c>
       <c r="L57" t="s">
-        <v>354</v>
+        <v>356</v>
       </c>
       <c r="M57" t="s">
-        <v>355</v>
+        <v>357</v>
       </c>
       <c r="N57" t="s">
         <v>27</v>
       </c>
       <c r="O57" t="s">
-        <v>356</v>
+        <v>358</v>
       </c>
       <c r="P57" t="s">
-        <v>357</v>
+        <v>359</v>
       </c>
     </row>
     <row r="58" spans="1:16">
       <c r="A58" t="s">
-        <v>358</v>
+        <v>360</v>
       </c>
       <c r="B58" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="C58" t="s">
-        <v>360</v>
+        <v>362</v>
       </c>
       <c r="D58" t="s">
         <v>85</v>
       </c>
       <c r="E58" t="s">
         <v>20</v>
       </c>
       <c r="F58" t="s">
         <v>21</v>
       </c>
       <c r="G58" t="s">
         <v>22</v>
       </c>
       <c r="H58">
         <v>2008</v>
       </c>
       <c r="I58">
         <v>2011</v>
       </c>
       <c r="J58" t="s">
-        <v>361</v>
+        <v>363</v>
       </c>
       <c r="K58" t="s">
         <v>73</v>
       </c>
       <c r="L58"/>
       <c r="M58" t="s">
-        <v>362</v>
+        <v>364</v>
       </c>
       <c r="N58" t="s">
         <v>27</v>
       </c>
       <c r="O58" t="s">
-        <v>363</v>
+        <v>365</v>
       </c>
       <c r="P58" t="s">
-        <v>364</v>
+        <v>366</v>
       </c>
     </row>
     <row r="59" spans="1:16">
       <c r="A59" t="s">
-        <v>365</v>
+        <v>367</v>
       </c>
       <c r="B59" t="s">
-        <v>366</v>
+        <v>368</v>
       </c>
       <c r="C59" t="s">
-        <v>367</v>
+        <v>369</v>
       </c>
       <c r="D59" t="s">
         <v>85</v>
       </c>
       <c r="E59" t="s">
         <v>20</v>
       </c>
       <c r="F59" t="s">
         <v>218</v>
       </c>
       <c r="G59" t="s">
         <v>54</v>
       </c>
       <c r="H59">
         <v>2021</v>
       </c>
       <c r="I59"/>
       <c r="J59" t="s">
-        <v>322</v>
+        <v>324</v>
       </c>
       <c r="K59" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="L59"/>
       <c r="M59" t="s">
-        <v>368</v>
+        <v>370</v>
       </c>
       <c r="N59" t="s">
         <v>27</v>
       </c>
       <c r="O59" t="s">
-        <v>369</v>
+        <v>371</v>
       </c>
       <c r="P59" t="s">
-        <v>370</v>
+        <v>372</v>
       </c>
     </row>
     <row r="60" spans="1:16">
       <c r="A60" t="s">
-        <v>371</v>
+        <v>373</v>
       </c>
       <c r="B60"/>
       <c r="C60" t="s">
-        <v>367</v>
+        <v>369</v>
       </c>
       <c r="D60" t="s">
         <v>85</v>
       </c>
       <c r="E60" t="s">
         <v>20</v>
       </c>
       <c r="F60" t="s">
         <v>21</v>
       </c>
       <c r="G60" t="s">
         <v>54</v>
       </c>
       <c r="H60">
         <v>2018</v>
       </c>
       <c r="I60"/>
       <c r="J60" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="K60" t="s">
-        <v>372</v>
+        <v>374</v>
       </c>
       <c r="L60" t="s">
-        <v>373</v>
+        <v>375</v>
       </c>
       <c r="M60" t="s">
-        <v>368</v>
+        <v>370</v>
       </c>
       <c r="N60" t="s">
         <v>27</v>
       </c>
       <c r="O60" t="s">
-        <v>374</v>
+        <v>376</v>
       </c>
       <c r="P60" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
     </row>
     <row r="61" spans="1:16">
       <c r="A61" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="B61" t="s">
-        <v>377</v>
+        <v>379</v>
       </c>
       <c r="C61" t="s">
-        <v>367</v>
+        <v>369</v>
       </c>
       <c r="D61" t="s">
         <v>103</v>
       </c>
       <c r="E61" t="s">
         <v>20</v>
       </c>
       <c r="F61" t="s">
         <v>21</v>
       </c>
       <c r="G61" t="s">
-        <v>378</v>
+        <v>323</v>
       </c>
       <c r="H61">
         <v>2017</v>
       </c>
       <c r="I61"/>
       <c r="J61" t="s">
-        <v>322</v>
+        <v>324</v>
       </c>
       <c r="K61" t="s">
         <v>34</v>
       </c>
       <c r="L61" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
       <c r="M61" t="s">
-        <v>368</v>
+        <v>370</v>
       </c>
       <c r="N61" t="s">
         <v>27</v>
       </c>
       <c r="O61" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
       <c r="P61" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
     </row>
     <row r="62" spans="1:16">
       <c r="A62" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="B62" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="C62" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
       <c r="D62" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
       <c r="E62" t="s">
         <v>20</v>
       </c>
       <c r="F62" t="s">
         <v>218</v>
       </c>
       <c r="G62" t="s">
         <v>22</v>
       </c>
       <c r="H62">
         <v>2017</v>
       </c>
       <c r="I62">
         <v>2021</v>
       </c>
       <c r="J62" t="s">
-        <v>386</v>
+        <v>387</v>
       </c>
       <c r="K62" t="s">
-        <v>387</v>
+        <v>388</v>
       </c>
       <c r="L62" t="s">
-        <v>388</v>
+        <v>389</v>
       </c>
       <c r="M62" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
       <c r="N62" t="s">
         <v>36</v>
       </c>
       <c r="O62" t="s">
-        <v>390</v>
+        <v>391</v>
       </c>
       <c r="P62" t="s">
-        <v>391</v>
+        <v>392</v>
       </c>
     </row>
     <row r="63" spans="1:16">
       <c r="A63" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
       <c r="B63" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
       <c r="C63" t="s">
-        <v>394</v>
+        <v>395</v>
       </c>
       <c r="D63" t="s">
-        <v>395</v>
+        <v>396</v>
       </c>
       <c r="E63" t="s">
         <v>42</v>
       </c>
       <c r="F63" t="s">
         <v>43</v>
       </c>
       <c r="G63" t="s">
         <v>22</v>
       </c>
       <c r="H63">
         <v>2015</v>
       </c>
       <c r="I63">
         <v>2018</v>
       </c>
       <c r="J63" t="s">
-        <v>396</v>
+        <v>397</v>
       </c>
       <c r="K63" t="s">
         <v>24</v>
       </c>
       <c r="L63"/>
       <c r="M63" t="s">
-        <v>397</v>
+        <v>398</v>
       </c>
       <c r="N63" t="s">
         <v>27</v>
       </c>
       <c r="O63" t="s">
-        <v>398</v>
+        <v>399</v>
       </c>
       <c r="P63" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
     </row>
     <row r="64" spans="1:16">
       <c r="A64" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
       <c r="B64" t="s">
-        <v>401</v>
+        <v>402</v>
       </c>
       <c r="C64" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
       <c r="D64" t="s">
         <v>53</v>
       </c>
       <c r="E64" t="s">
         <v>20</v>
       </c>
       <c r="F64" t="s">
         <v>43</v>
       </c>
       <c r="G64" t="s">
         <v>54</v>
       </c>
       <c r="H64">
         <v>2017</v>
       </c>
       <c r="I64"/>
       <c r="J64" t="s">
-        <v>361</v>
+        <v>363</v>
       </c>
       <c r="K64" t="s">
         <v>73</v>
       </c>
       <c r="L64" t="s">
-        <v>403</v>
+        <v>404</v>
       </c>
       <c r="M64" t="s">
-        <v>404</v>
+        <v>405</v>
       </c>
       <c r="N64" t="s">
         <v>27</v>
       </c>
       <c r="O64" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
       <c r="P64" t="s">
-        <v>406</v>
+        <v>407</v>
       </c>
     </row>
     <row r="65" spans="1:16">
       <c r="A65" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
       <c r="B65" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
       <c r="C65" t="s">
         <v>200</v>
       </c>
       <c r="D65" t="s">
         <v>53</v>
       </c>
       <c r="E65" t="s">
         <v>42</v>
       </c>
       <c r="F65" t="s">
         <v>43</v>
       </c>
       <c r="G65" t="s">
         <v>54</v>
       </c>
       <c r="H65">
         <v>2013</v>
       </c>
       <c r="I65"/>
       <c r="J65" t="s">
         <v>201</v>
       </c>
       <c r="K65" t="s">
         <v>73</v>
       </c>
       <c r="L65"/>
       <c r="M65" t="s">
         <v>203</v>
       </c>
       <c r="N65" t="s">
         <v>27</v>
       </c>
       <c r="O65" t="s">
-        <v>409</v>
+        <v>410</v>
       </c>
       <c r="P65" t="s">
-        <v>410</v>
+        <v>411</v>
       </c>
     </row>
     <row r="66" spans="1:16">
       <c r="A66" t="s">
-        <v>411</v>
+        <v>412</v>
       </c>
       <c r="B66" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
       <c r="C66" t="s">
-        <v>413</v>
+        <v>414</v>
       </c>
       <c r="D66" t="s">
         <v>85</v>
       </c>
       <c r="E66" t="s">
         <v>20</v>
       </c>
       <c r="F66" t="s">
         <v>218</v>
       </c>
       <c r="G66" t="s">
         <v>22</v>
       </c>
       <c r="H66">
         <v>2018</v>
       </c>
       <c r="I66">
         <v>2018</v>
       </c>
       <c r="J66" t="s">
-        <v>414</v>
+        <v>415</v>
       </c>
       <c r="K66" t="s">
         <v>231</v>
       </c>
       <c r="L66"/>
       <c r="M66" t="s">
-        <v>415</v>
+        <v>416</v>
       </c>
       <c r="N66" t="s">
         <v>27</v>
       </c>
       <c r="O66" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
       <c r="P66" t="s">
-        <v>417</v>
+        <v>418</v>
       </c>
     </row>
     <row r="67" spans="1:16">
       <c r="A67" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
       <c r="B67" t="s">
-        <v>419</v>
+        <v>420</v>
       </c>
       <c r="C67" t="s">
-        <v>420</v>
+        <v>421</v>
       </c>
       <c r="D67" t="s">
         <v>135</v>
       </c>
       <c r="E67" t="s">
         <v>42</v>
       </c>
       <c r="F67" t="s">
         <v>218</v>
       </c>
       <c r="G67" t="s">
         <v>54</v>
       </c>
       <c r="H67">
         <v>2013</v>
       </c>
       <c r="I67"/>
       <c r="J67" t="s">
         <v>160</v>
       </c>
       <c r="K67" t="s">
         <v>34</v>
       </c>
       <c r="L67" t="s">
-        <v>421</v>
+        <v>422</v>
       </c>
       <c r="M67" t="s">
-        <v>422</v>
+        <v>423</v>
       </c>
       <c r="N67" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="O67" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
       <c r="P67" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
     </row>
     <row r="68" spans="1:16">
       <c r="A68" t="s">
-        <v>425</v>
+        <v>426</v>
       </c>
       <c r="B68" t="s">
-        <v>426</v>
+        <v>427</v>
       </c>
       <c r="C68" t="s">
-        <v>420</v>
+        <v>421</v>
       </c>
       <c r="D68" t="s">
         <v>103</v>
       </c>
       <c r="E68" t="s">
         <v>42</v>
       </c>
       <c r="F68" t="s">
         <v>218</v>
       </c>
       <c r="G68" t="s">
         <v>22</v>
       </c>
       <c r="H68">
         <v>2014</v>
       </c>
       <c r="I68">
         <v>2016</v>
       </c>
       <c r="J68" t="s">
         <v>160</v>
       </c>
       <c r="K68" t="s">
-        <v>427</v>
+        <v>428</v>
       </c>
       <c r="L68" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
       <c r="M68" t="s">
-        <v>422</v>
+        <v>423</v>
       </c>
       <c r="N68" t="s">
         <v>27</v>
       </c>
       <c r="O68" t="s">
-        <v>429</v>
+        <v>430</v>
       </c>
       <c r="P68" t="s">
-        <v>430</v>
+        <v>431</v>
       </c>
     </row>
     <row r="69" spans="1:16">
       <c r="A69" t="s">
-        <v>431</v>
+        <v>432</v>
       </c>
       <c r="B69" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
       <c r="C69" t="s">
-        <v>367</v>
+        <v>369</v>
       </c>
       <c r="D69" t="s">
         <v>142</v>
       </c>
       <c r="E69" t="s">
         <v>42</v>
       </c>
       <c r="F69" t="s">
         <v>128</v>
       </c>
       <c r="G69" t="s">
         <v>22</v>
       </c>
       <c r="H69">
         <v>2010</v>
       </c>
       <c r="I69">
         <v>2012</v>
       </c>
       <c r="J69" t="s">
-        <v>361</v>
+        <v>363</v>
       </c>
       <c r="K69" t="s">
         <v>34</v>
       </c>
       <c r="L69" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
       <c r="M69" t="s">
-        <v>434</v>
+        <v>435</v>
       </c>
       <c r="N69" t="s">
         <v>27</v>
       </c>
       <c r="O69" t="s">
-        <v>435</v>
+        <v>436</v>
       </c>
       <c r="P69" t="s">
-        <v>436</v>
+        <v>437</v>
       </c>
     </row>
     <row r="70" spans="1:16">
       <c r="A70" t="s">
-        <v>437</v>
+        <v>438</v>
       </c>
       <c r="B70" t="s">
-        <v>438</v>
+        <v>439</v>
       </c>
       <c r="C70" t="s">
-        <v>367</v>
+        <v>369</v>
       </c>
       <c r="D70" t="s">
         <v>135</v>
       </c>
       <c r="E70" t="s">
         <v>42</v>
       </c>
       <c r="F70" t="s">
         <v>128</v>
       </c>
       <c r="G70" t="s">
         <v>22</v>
       </c>
       <c r="H70">
         <v>2011</v>
       </c>
       <c r="I70">
         <v>2022</v>
       </c>
       <c r="J70" t="s">
-        <v>361</v>
+        <v>363</v>
       </c>
       <c r="K70" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="L70" t="s">
-        <v>439</v>
+        <v>440</v>
       </c>
       <c r="M70" t="s">
-        <v>434</v>
+        <v>435</v>
       </c>
       <c r="N70" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="O70" t="s">
-        <v>440</v>
+        <v>441</v>
       </c>
       <c r="P70" t="s">
-        <v>441</v>
+        <v>442</v>
       </c>
     </row>
     <row r="71" spans="1:16">
       <c r="A71" t="s">
-        <v>442</v>
+        <v>443</v>
       </c>
       <c r="B71" t="s">
-        <v>443</v>
+        <v>444</v>
       </c>
       <c r="C71" t="s">
-        <v>444</v>
+        <v>445</v>
       </c>
       <c r="D71" t="s">
         <v>103</v>
       </c>
       <c r="E71" t="s">
         <v>20</v>
       </c>
       <c r="F71" t="s">
         <v>218</v>
       </c>
       <c r="G71" t="s">
         <v>22</v>
       </c>
       <c r="H71">
         <v>2007</v>
       </c>
       <c r="I71">
         <v>2011</v>
       </c>
       <c r="J71" t="s">
         <v>160</v>
       </c>
       <c r="K71" t="s">
         <v>34</v>
       </c>
       <c r="L71" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
       <c r="M71" t="s">
-        <v>446</v>
+        <v>447</v>
       </c>
       <c r="N71" t="s">
         <v>27</v>
       </c>
       <c r="O71" t="s">
-        <v>447</v>
+        <v>448</v>
       </c>
       <c r="P71" t="s">
-        <v>448</v>
+        <v>449</v>
       </c>
     </row>
     <row r="72" spans="1:16">
       <c r="A72" t="s">
-        <v>449</v>
+        <v>450</v>
       </c>
       <c r="B72" t="s">
-        <v>450</v>
+        <v>451</v>
       </c>
       <c r="C72" t="s">
-        <v>451</v>
+        <v>452</v>
       </c>
       <c r="D72" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
       <c r="E72" t="s">
         <v>20</v>
       </c>
       <c r="F72" t="s">
         <v>21</v>
       </c>
       <c r="G72" t="s">
         <v>54</v>
       </c>
       <c r="H72">
         <v>2019</v>
       </c>
       <c r="I72"/>
       <c r="J72" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
       <c r="K72" t="s">
         <v>136</v>
       </c>
       <c r="L72"/>
       <c r="M72" t="s">
-        <v>454</v>
+        <v>455</v>
       </c>
       <c r="N72" t="s">
-        <v>455</v>
+        <v>456</v>
       </c>
       <c r="O72" t="s">
-        <v>456</v>
+        <v>457</v>
       </c>
       <c r="P72" t="s">
-        <v>457</v>
+        <v>458</v>
       </c>
     </row>
     <row r="73" spans="1:16">
       <c r="A73" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
       <c r="B73" t="s">
-        <v>459</v>
+        <v>460</v>
       </c>
       <c r="C73" t="s">
-        <v>367</v>
+        <v>369</v>
       </c>
       <c r="D73" t="s">
         <v>85</v>
       </c>
       <c r="E73" t="s">
         <v>20</v>
       </c>
       <c r="F73" t="s">
         <v>218</v>
       </c>
       <c r="G73" t="s">
         <v>54</v>
       </c>
       <c r="H73">
         <v>2011</v>
       </c>
       <c r="I73"/>
       <c r="J73" t="s">
-        <v>361</v>
+        <v>363</v>
       </c>
       <c r="K73" t="s">
         <v>73</v>
       </c>
       <c r="L73" t="s">
-        <v>460</v>
+        <v>461</v>
       </c>
       <c r="M73" t="s">
-        <v>368</v>
+        <v>370</v>
       </c>
       <c r="N73" t="s">
         <v>27</v>
       </c>
       <c r="O73" t="s">
-        <v>461</v>
+        <v>462</v>
       </c>
       <c r="P73" t="s">
-        <v>462</v>
+        <v>463</v>
       </c>
     </row>
     <row r="74" spans="1:16">
       <c r="A74" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
       <c r="B74" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
       <c r="C74" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
       <c r="D74" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="E74" t="s">
         <v>20</v>
       </c>
       <c r="F74" t="s">
         <v>21</v>
       </c>
       <c r="G74" t="s">
         <v>54</v>
       </c>
       <c r="H74">
         <v>2016</v>
       </c>
       <c r="I74"/>
       <c r="J74" t="s">
         <v>160</v>
       </c>
       <c r="K74" t="s">
         <v>34</v>
       </c>
       <c r="L74"/>
       <c r="M74" t="s">
-        <v>467</v>
+        <v>468</v>
       </c>
       <c r="N74" t="s">
         <v>27</v>
       </c>
       <c r="O74" t="s">
-        <v>468</v>
+        <v>469</v>
       </c>
       <c r="P74" t="s">
-        <v>469</v>
+        <v>470</v>
       </c>
     </row>
     <row r="75" spans="1:16">
       <c r="A75" t="s">
-        <v>470</v>
+        <v>471</v>
       </c>
       <c r="B75" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="C75" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
       <c r="D75" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="E75" t="s">
         <v>20</v>
       </c>
       <c r="F75" t="s">
         <v>43</v>
       </c>
       <c r="G75" t="s">
         <v>54</v>
       </c>
       <c r="H75">
         <v>2017</v>
       </c>
       <c r="I75"/>
       <c r="J75" t="s">
         <v>160</v>
       </c>
       <c r="K75" t="s">
         <v>24</v>
       </c>
       <c r="L75"/>
       <c r="M75" t="s">
-        <v>467</v>
+        <v>468</v>
       </c>
       <c r="N75" t="s">
         <v>36</v>
       </c>
       <c r="O75" t="s">
-        <v>473</v>
+        <v>474</v>
       </c>
       <c r="P75" t="s">
-        <v>474</v>
+        <v>475</v>
       </c>
     </row>
     <row r="76" spans="1:16">
       <c r="A76" t="s">
-        <v>475</v>
+        <v>476</v>
       </c>
       <c r="B76" t="s">
-        <v>476</v>
+        <v>477</v>
       </c>
       <c r="C76" t="s">
-        <v>477</v>
+        <v>478</v>
       </c>
       <c r="D76" t="s">
         <v>53</v>
       </c>
       <c r="E76" t="s">
         <v>42</v>
       </c>
       <c r="F76" t="s">
         <v>128</v>
       </c>
       <c r="G76" t="s">
         <v>54</v>
       </c>
       <c r="H76">
         <v>2014</v>
       </c>
       <c r="I76"/>
       <c r="J76" t="s">
-        <v>478</v>
+        <v>479</v>
       </c>
       <c r="K76" t="s">
         <v>34</v>
       </c>
       <c r="L76" t="s">
-        <v>479</v>
+        <v>480</v>
       </c>
       <c r="M76" t="s">
-        <v>480</v>
+        <v>481</v>
       </c>
       <c r="N76" t="s">
         <v>27</v>
       </c>
       <c r="O76" t="s">
-        <v>481</v>
+        <v>482</v>
       </c>
       <c r="P76" t="s">
-        <v>482</v>
+        <v>483</v>
       </c>
     </row>
     <row r="77" spans="1:16">
       <c r="A77" t="s">
-        <v>483</v>
+        <v>484</v>
       </c>
       <c r="B77" t="s">
-        <v>484</v>
+        <v>485</v>
       </c>
       <c r="C77" t="s">
-        <v>477</v>
+        <v>478</v>
       </c>
       <c r="D77" t="s">
         <v>103</v>
       </c>
       <c r="E77" t="s">
         <v>42</v>
       </c>
       <c r="F77" t="s">
         <v>128</v>
       </c>
       <c r="G77" t="s">
         <v>54</v>
       </c>
       <c r="H77">
         <v>2012</v>
       </c>
       <c r="I77"/>
       <c r="J77" t="s">
-        <v>478</v>
+        <v>479</v>
       </c>
       <c r="K77" t="s">
         <v>34</v>
       </c>
       <c r="L77" t="s">
-        <v>485</v>
+        <v>486</v>
       </c>
       <c r="M77" t="s">
-        <v>480</v>
+        <v>481</v>
       </c>
       <c r="N77" t="s">
         <v>27</v>
       </c>
       <c r="O77" t="s">
-        <v>486</v>
+        <v>487</v>
       </c>
       <c r="P77" t="s">
-        <v>487</v>
+        <v>488</v>
       </c>
     </row>
     <row r="78" spans="1:16">
       <c r="A78" t="s">
-        <v>488</v>
+        <v>489</v>
       </c>
       <c r="B78" t="s">
-        <v>489</v>
+        <v>490</v>
       </c>
       <c r="C78" t="s">
-        <v>477</v>
+        <v>478</v>
       </c>
       <c r="D78" t="s">
         <v>142</v>
       </c>
       <c r="E78" t="s">
         <v>42</v>
       </c>
       <c r="F78" t="s">
         <v>128</v>
       </c>
       <c r="G78" t="s">
         <v>54</v>
       </c>
       <c r="H78">
         <v>2015</v>
       </c>
       <c r="I78"/>
       <c r="J78" t="s">
-        <v>478</v>
+        <v>479</v>
       </c>
       <c r="K78" t="s">
         <v>34</v>
       </c>
       <c r="L78" t="s">
-        <v>490</v>
+        <v>491</v>
       </c>
       <c r="M78" t="s">
-        <v>480</v>
+        <v>481</v>
       </c>
       <c r="N78" t="s">
         <v>27</v>
       </c>
       <c r="O78" t="s">
-        <v>491</v>
+        <v>492</v>
       </c>
       <c r="P78" t="s">
-        <v>492</v>
+        <v>493</v>
       </c>
     </row>
     <row r="79" spans="1:16">
       <c r="A79" t="s">
-        <v>493</v>
+        <v>494</v>
       </c>
       <c r="B79" t="s">
-        <v>494</v>
+        <v>495</v>
       </c>
       <c r="C79" t="s">
-        <v>477</v>
+        <v>478</v>
       </c>
       <c r="D79" t="s">
         <v>53</v>
       </c>
       <c r="E79" t="s">
         <v>42</v>
       </c>
       <c r="F79" t="s">
         <v>43</v>
       </c>
       <c r="G79" t="s">
         <v>22</v>
       </c>
       <c r="H79">
         <v>2012</v>
       </c>
       <c r="I79">
         <v>2019</v>
       </c>
       <c r="J79" t="s">
         <v>44</v>
       </c>
       <c r="K79" t="s">
         <v>34</v>
       </c>
       <c r="L79" t="s">
-        <v>495</v>
+        <v>496</v>
       </c>
       <c r="M79" t="s">
-        <v>496</v>
+        <v>497</v>
       </c>
       <c r="N79" t="s">
         <v>27</v>
       </c>
       <c r="O79" t="s">
-        <v>497</v>
+        <v>498</v>
       </c>
       <c r="P79" t="s">
-        <v>498</v>
+        <v>499</v>
       </c>
     </row>
     <row r="80" spans="1:16">
       <c r="A80" t="s">
-        <v>499</v>
+        <v>500</v>
       </c>
       <c r="B80" t="s">
-        <v>500</v>
+        <v>501</v>
       </c>
       <c r="C80" t="s">
-        <v>501</v>
+        <v>502</v>
       </c>
       <c r="D80" t="s">
         <v>53</v>
       </c>
       <c r="E80" t="s">
         <v>42</v>
       </c>
       <c r="F80" t="s">
         <v>128</v>
       </c>
       <c r="G80" t="s">
         <v>22</v>
       </c>
       <c r="H80">
         <v>2013</v>
       </c>
       <c r="I80">
         <v>2020</v>
       </c>
       <c r="J80" t="s">
         <v>33</v>
       </c>
       <c r="K80" t="s">
         <v>73</v>
       </c>
       <c r="L80" t="s">
-        <v>502</v>
+        <v>503</v>
       </c>
       <c r="M80" t="s">
-        <v>503</v>
+        <v>504</v>
       </c>
       <c r="N80" t="s">
         <v>27</v>
       </c>
       <c r="O80" t="s">
-        <v>504</v>
+        <v>505</v>
       </c>
       <c r="P80" t="s">
-        <v>505</v>
+        <v>506</v>
       </c>
     </row>
     <row r="81" spans="1:16">
       <c r="A81" t="s">
-        <v>506</v>
+        <v>507</v>
       </c>
       <c r="B81" t="s">
-        <v>507</v>
+        <v>508</v>
       </c>
       <c r="C81" t="s">
-        <v>477</v>
+        <v>478</v>
       </c>
       <c r="D81" t="s">
-        <v>508</v>
+        <v>509</v>
       </c>
       <c r="E81" t="s">
         <v>42</v>
       </c>
       <c r="F81" t="s">
         <v>21</v>
       </c>
       <c r="G81" t="s">
         <v>54</v>
       </c>
       <c r="H81">
         <v>2012</v>
       </c>
       <c r="I81"/>
       <c r="J81" t="s">
-        <v>509</v>
+        <v>510</v>
       </c>
       <c r="K81" t="s">
         <v>34</v>
       </c>
       <c r="L81"/>
       <c r="M81" t="s">
-        <v>510</v>
+        <v>511</v>
       </c>
       <c r="N81" t="s">
         <v>27</v>
       </c>
       <c r="O81" t="s">
-        <v>511</v>
+        <v>512</v>
       </c>
       <c r="P81" t="s">
-        <v>512</v>
+        <v>513</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">