--- v0 (2025-10-10)
+++ v1 (2025-11-27)
@@ -12,827 +12,1101 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="242">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="333">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>10 CFR 430—Energy Conservation Program for Consumer Products</t>
   </si>
   <si>
+    <t>Conventional cooking top means a class of cooking products which is a household cooking appliance consisting of a horizontal surface containing one or more surface units which utilize a gas flame; electric resistance heating; or electric inductive heating.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Electronics, Uninterruptable Power Supply, Battery Chargers, External Power Supply, Dehumidifiers, Air Cleaners, Ovens, Microwaves, Dishwashers, Clothes Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Ceiling Fans, Duct Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Showers or Showerheads, Urinals, Taps or Faucets, Distribution Transformers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>10 CFR 430 Subpart B</t>
   </si>
   <si>
     <t>U.S. Department of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/10-cfr-430-energy-conservation-program-consumer-products</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-430</t>
+  </si>
+  <si>
     <t>BDS 563:1965 Electrical performance of power transformers</t>
   </si>
   <si>
+    <t>Covers power transformers</t>
+  </si>
+  <si>
     <t>Bangladesh</t>
   </si>
   <si>
     <t>Internal Power Supply</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Bangladesh Standards and Testing Institute</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/bds-5631965-electrical-performance-power-transformers</t>
   </si>
   <si>
+    <t>https://bsti.portal.gov.bd/sites/default/files/files/bsti.portal.gov.bd/page/c82bd863_c051_46ce_af11_eb5bec479d5b/BSTI%20Standards%20Catalogue-2018%20(1).pdf</t>
+  </si>
+  <si>
     <t>CEL - Alternative Current Contactor</t>
   </si>
   <si>
+    <t>This policy covers alternative current contractors.</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Contactors</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>GB 14048.1 GB 14048.4</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-alternative-current-contactor</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/5%E9%99%84%E4%BB%B620_%E4%BA%A4%E6%B5%81%E6%8E%A5%E8%A7%A6%E5%99%A8%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/1782 of 1 October 2019 laying down ecodesign requirements for external power supplies</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements related to electric power consumption in no-load condition and average active efficiency of external power supplies.  Exclusions: this Regulation shall not apply to:   a. voltage converters;   b. uninterruptible power supplies;   c. battery chargers;     d. halogen lighting converters;   e. external power supplies for medical devices;   f. external power supplies placed on the market no later than 30 June 2015 as a service part or spare part for an identical external power supply which was placed on the market not later than one year after this Regulation has come into force; under the condition that the service part or spare part; or its packaging; clearly indicates the primary load products for which the spare part or service part is intended to be used with.</t>
+  </si>
+  <si>
+    <t>European Union</t>
+  </si>
+  <si>
+    <t>External Power Supply</t>
+  </si>
+  <si>
+    <t>September 2023</t>
+  </si>
+  <si>
+    <t>European Commission - DG Energy</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20191782-1-october-2019-laying-down-ecodesign-requirements</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=uriserv%3AOJ.L_.2019.272.01.0095.01.ENG&amp;toc=OJ%3AL%3A2019%3A272%3ATOC</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
-    <t>External Power Supply</t>
-[...1 lines deleted...]
-  <si>
     <t>October 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20191782-1-october-2019-laying-down-ecodesign-requirements-0</t>
   </si>
   <si>
-    <t>European Union</t>
-[...8 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20191782-1-october-2019-laying-down-ecodesign-requirements</t>
+    <t>https://www.legislation.gov.uk/eur/2019/1782/contents</t>
   </si>
   <si>
     <t>CQC31-030421-2010. Energy Conservation Certification Rules - Doors and Windows</t>
   </si>
   <si>
+    <t>This policy contains energy conservation certification rules for doors and windows. It applies to doors and windows with a thermal insulation function.</t>
+  </si>
+  <si>
     <t>Doors</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Other</t>
   </si>
   <si>
     <t>CQC 3118-2011</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-030421-2010-energy-conservation-certification-rules-doors-and-windows</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492708.shtml</t>
+  </si>
+  <si>
     <t>CQC31-442412-2020. Energy Conservation Certification Rules for Electric Welding Machines</t>
   </si>
   <si>
+    <t>Apply to electric welding machines</t>
+  </si>
+  <si>
     <t>GB 28736-2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-442412-2020-energy-conservation-certification-rules-electric-welding-machines</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-05-13/497379.shtml</t>
+  </si>
+  <si>
     <t>CQC31-448314-2013. Energy Conservation Certification Rules for Solar Collectors</t>
   </si>
   <si>
+    <t>Apply to solar collectors</t>
+  </si>
+  <si>
     <t>Solar Inverters</t>
   </si>
   <si>
     <t>Solar</t>
   </si>
   <si>
     <t>CQC3188-2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-448314-2013-energy-conservation-certification-rules-solar-collectors</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/509581.shtml</t>
+  </si>
+  <si>
     <t>CQC31-461234-2009. CQC Mark Certification - Uninterruptible Power Supplies (UPS)</t>
   </si>
   <si>
+    <t>This policy applies to uninterruptible power supplies.</t>
+  </si>
+  <si>
     <t>Uninterruptable Power Supply</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>CQC 3108-2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-461234-2009-cqc-mark-certification-uninterruptible-power-supplies-ups</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-04-26/492771.shtml</t>
+  </si>
+  <si>
     <t>CQC31-461235-2014. CQC Mark Certification - Switch power supply of computers</t>
   </si>
   <si>
+    <t>Applies to products as the internal switch of computers which working under normal grid voltage including ordinary desktop computers; high level desktop computers; working station, etc.</t>
+  </si>
+  <si>
     <t>CQC 3112-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-461235-2014-cqc-mark-certification-switch-power-supply-computers</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-04-26/492782.shtml</t>
+  </si>
+  <si>
     <t>CQC31-461236-2014. CQC Marking Certification: single voltage external AC-DC and AC-AC power supplies</t>
   </si>
   <si>
+    <t>Applies to power supplies operating under under 220V and 50Hz;  which transfer AC grid's voltage to a fixed and single way low voltage DC current; no more than 36V; or low voltage AC; no more than 36V; and rated output power is no larger than 250W.</t>
+  </si>
+  <si>
     <t>GB 20943-2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-461236-2014-cqc-marking-certification-single-voltage-external-ac-dc-and-ac-ac-power</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492783.shtml</t>
+  </si>
+  <si>
     <t>CQC31-461289-2021 Energy Conservation Certification Rules for Low-Voltage Reactive Power Compensation Assemblies</t>
+  </si>
+  <si>
+    <t>This policy contains Energy Conservation Certification Rules for low-voltage reactive power compensation assemblies. It applies to low-voltage reactive power compensation assemblies with a rated AC voltage not exceeding 1000 V (or 1140 V) and a frequency not exceeding 1000 Hz</t>
   </si>
   <si>
     <t>Electronics, Power Supply and Power Conversion</t>
   </si>
   <si>
     <t>GB/T 15576-2020
 ,   
                     CQC3179-2021</t>
   </si>
   <si>
     <t>China Quality Certification Centre</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-461289-2021-energy-conservation-certification-rules-low-voltage-reactive-power</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2021-12-17/558553.shtml</t>
+  </si>
+  <si>
     <t>CQC31-462121-2021. Energy Conservation Certification Rules for Step-down Power Saving Devices</t>
   </si>
   <si>
+    <t>This policy contains Energy Conservation Certification rules for step-down power-saving devices. It applies to low voltage distribution savers with a rated voltage lower than 1000 V, rated frequency of 50 Hz, and rated capacity no more than 2500 kVA.</t>
+  </si>
+  <si>
     <t>CQC 3103-2009</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-462121-2021-energy-conservation-certification-rules-step-down-power-saving-devices</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2021-05-26/492772.shtml</t>
+  </si>
+  <si>
     <t>CQC31-462191-2010. CQC Mark Certification - Socket-outlets and adaptors</t>
   </si>
   <si>
+    <t>Applies to products that are used indoor or outdoor; household or similar type; working under AC current; rated voltage higher than 50V and lower than 250V; rated current 10A and 16A; with or without earth contactor; with conservative stand-by power function.</t>
+  </si>
+  <si>
     <t>Power strips</t>
   </si>
   <si>
     <t>CQC 3121-2009</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-462191-2010-cqc-mark-certification-socket-outlets-and-adaptors</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492763.shtml</t>
+  </si>
+  <si>
     <t>CQC31-462213-2015. Energy Conservation Certification Rules for Closed Insulated Busways</t>
   </si>
   <si>
+    <t>Apply to closed insulated busways</t>
+  </si>
+  <si>
     <t>CQC3131-2015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-462213-2015-energy-conservation-certification-rules-closed-insulated-busways</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492856.shtml</t>
+  </si>
+  <si>
     <t>CQC31-462227-2021. Energy Conservation Certification Rules for Low-Voltage Switchgear Assemblies</t>
   </si>
   <si>
+    <t>Apply to low-voltage switchgear assemblies</t>
+  </si>
+  <si>
     <t>CQC3177-2021</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-462227-2021-energy-conservation-certification-rules-low-voltage-switchgear</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/dynamic/contentcore/resource/download?ID=39718</t>
+  </si>
+  <si>
     <t>CQC31-464245-2018. Energy Conservation Certification Rules for Electric Vehicle Off-Board Charger</t>
   </si>
   <si>
+    <t>Apply to electric vehicle off-board charger</t>
+  </si>
+  <si>
     <t>CQC 3170-2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-464245-2018-energy-conservation-certification-rules-electric-vehicle-board-charger</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-04-26/554396.shtml</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Auto-Off Power Strips and Socket Adapters (DE-UZ 134)</t>
   </si>
   <si>
+    <t>These Basic Criteria apply to auto-off power strips or socket adapters (with and without surge protector).</t>
+  </si>
+  <si>
     <t>Germany</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>DIN EN ISO/IEC 17025; DIN EN 62301</t>
   </si>
   <si>
     <t>Umweltbundesamt -Federal Environment Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/der-blaue-engel-auto-power-strips-and-socket-adapters-de-uz-134</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20134-201407-en%20Criteria-2020-01-07.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Regulations, 2016 (SOR/2016-311)</t>
   </si>
   <si>
+    <t>This policy is divided into 14 divisions: 1) household appliances, 2) air conditioners, condensing units, and chillers, 3) heat pumps, 4) furnaces, fireplaces, unit heaters, and recovery ventilators, 5) boilers, 6) water heaters, 7) lamps and lamp ballasts, 8) lighting fixtures, 9) electronic products, 10) commercial refrigeration, 11) dry-type transformers, 12) motors, 13) commercial pre-rinse spray valves, and 14) pumps.</t>
+  </si>
+  <si>
     <t>Canada</t>
   </si>
   <si>
     <t>Audio-Visual, Televisions, Displays, Battery Chargers, External Power Supply, Dehumidifiers, Ovens, Microwaves, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washer and Dryers, Washing Machines, Indoor Luminaires, Specialty Luminaires, Specialty Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Ventilation, Ceiling Fans, Space Heating, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Portable ACs, Packaged Terminals, Chillers - Cooler Towers, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Pump Systems, Power Transformers, Distribution Transformers, Wine Chillers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil</t>
   </si>
   <si>
     <t>Natural Resources Canada Office of Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-regulations-2016-sor2016-311</t>
   </si>
   <si>
+    <t>https://laws-lois.justice.gc.ca/eng/regulations/SOR-2016-311/index.html</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Residential Windows, Doors, and Skylights Version 6.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a residential Window, Door, or Skylight as specified in the policy document are eligible for ENERGY STAR qualification, with the exception of products that are assembled onsite, including but not limited to sash packs or sash kits; Windows, Doors, or Skylights that are intended for installation in non-Residential Buildings; Window, Door, or Skylight attachments that are not included in a product’s NFRC-certified rating.</t>
+  </si>
+  <si>
     <t>Doors, Windows, Envelopes</t>
   </si>
   <si>
     <t>NFRC 100; SHGC NFRC 200; ASTM E283 in accordance with NFRC 400 or AAMA/WDMA/CSA 101/I.S.2/A440-11</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-residential-windows-doors-and-skylights-version-60</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/building_products/residential_windows_doors_and_skylights/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Uninterruptible Power Supplies (UPSs) Version 2.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of an Uninterruptible Power Supply (UPS) as specified in the policy document, including Static and Rotary UPSs and Ac-output UPSs and Dc-output UPSs/Rectifiers, are eligible for ENERGY STAR certification, with the exception of products listed in Section 2.2. Eligible products include:</t>
+  </si>
+  <si>
     <t>Canada, United States of America*</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Uninterruptible Power Supplies Rev. Dec-2017; 10 CFR 430, Section 4, Subpart B, Appendix Y</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-uninterruptible-power-supplies-upss-version-20</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/data_center_equipment/uninterruptible_power_supplies/partners</t>
+  </si>
+  <si>
     <t>GB 20943-2013 Minimum allowable values of energy efficiency and evaluating values of energy conservation for single voltage external AC-DC and AC-AC power supplies</t>
   </si>
   <si>
+    <t>Applies to external power supplies which convert AC current with 220V and 50Hz to single voltage DC -no higher than 36V- or single voltage AC -no higher than 36V- current.It applies to products with rated output power no larger than 250W. Does NOT apply to DC-DC transformer.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/gb-20943-2013-minimum-allowable-values-energy-efficiency-and-evaluating-values-energy</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E686D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 20943-2025  Minimum Allowable Values of Energy Efficiency and Energy Efficiency Grades for AC-DC and AC-AC Power Supplies</t>
   </si>
   <si>
+    <t>This revised policy substantially expands its regulatory scope through the inclusion of additional product categories and extended power capacity ranges, while integrating embedded power supplies into its framework for the first time. Aligned with the European Union’s latest minimum energy efficiency requirements of power supplies, GB 20943-2025 introduces a globally pioneering specification for Grade 1 no-load power consumption, establishing a stringent threshold of 0.05W to 0.075W.</t>
+  </si>
+  <si>
     <t>Asia and Pacific, China</t>
   </si>
   <si>
     <t>Power Supply and Power Conversion</t>
   </si>
   <si>
-    <t>Adopted, Revised</t>
-[...1 lines deleted...]
-  <si>
     <t>February 2025</t>
   </si>
   <si>
     <t>GB 20943-2025</t>
   </si>
   <si>
     <t>The Standardization Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-20943-2025-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-ac</t>
   </si>
   <si>
+    <t>https://openstd.samr.gov.cn/bzgk/std/newGbInfo?hcno=8105E9E58B8B8BDB5DF9D96119B1C60A</t>
+  </si>
+  <si>
     <t>GB 21518-2008 Minimum allowable values of energy efficiency and energy efficiency grades for AC contactors</t>
   </si>
   <si>
+    <t>Applies to those AC contactors with rated frequency of 50Hz; rated voltage no higher than 1140V; and rated current between 9A-630A. Does NOT apply to AC contactors with external power saving device or semi-conductor type -solid type contactor</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/gb-21518-2008-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-ac</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D773ECD3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (External Power Supplies) Determination 2014</t>
   </si>
   <si>
+    <t>Products covered include external power supply units with a nominal 230 V a.c. supply input and a single output at extra low voltage (ELV), either a.c. or d.c. and a maximum output of 250 W or 250 VA (see the standard for further details on products covered).</t>
+  </si>
+  <si>
     <t>Australia</t>
   </si>
   <si>
     <t>July 2025</t>
   </si>
   <si>
     <t>AS/NZS 4665.1:2005 AS/NZS 4665.2:2005 AS/NZS 4665</t>
   </si>
   <si>
     <t>Department of Climate Change and Energy Efficiency (DCCEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenhouse-and-energy-minimum-standards-external-power-supplies-determination-2014</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Series/F2014L01580</t>
+  </si>
+  <si>
     <t>Greenmark N141 - Uninterruptible Power Supply Systems</t>
   </si>
   <si>
+    <t>This standard is applicable to the uninterruptible power supply systems as defined in CNS 14843-1 and CNS 14843-2.</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>Greenmark Labelling Program</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n141-uninterruptible-power-supply-systems</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/141/0e5d3b89-12e8-40de-b8d2-5ee476cb445d.pdf</t>
+  </si>
+  <si>
     <t>High-efficiency Appliances Certification Program for Uniterruptible Power System</t>
   </si>
   <si>
+    <t>Uniterruptible power system: controlling its function according to the amount of loads</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/high-efficiency-appliances-certification-program-uniterruptible-power-system</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100101.asp</t>
+  </si>
+  <si>
     <t>JS 2111:2013 Technical Regulation on eco-design requirements for no-load condition electric power consumption and average active efficiency of external power supplies</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements related to electric power consumption in no-load condition and average active efficiency of external power supplies.</t>
+  </si>
+  <si>
     <t>Jordan</t>
   </si>
   <si>
     <t>JS 2092</t>
   </si>
   <si>
     <t>National Energy Research Centre (NERC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/js-21112013-technical-regulation-eco-design-requirements-no-load-condition-electric-power</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5471</t>
+  </si>
+  <si>
     <t>LI 2452 Renewable Energy (Standards and Labelling) (Renewable Energy Batteries) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to a renewable energy battery manufactured in the country or imported into the country for display, sale, or use, irrespective of size, method of charge or energy system design of the renewable energy battery.</t>
+  </si>
+  <si>
     <t>Ghana</t>
   </si>
   <si>
     <t>Battery Chargers</t>
   </si>
   <si>
     <t>March 2023</t>
   </si>
   <si>
     <t>Ghana Energy Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/li-2452-renewable-energy-standards-and-labelling-renewable-energy-batteries-regulations</t>
   </si>
   <si>
+    <t>https://www.energycom.gov.gh/regulation/regulation-and-codes</t>
+  </si>
+  <si>
     <t>LI 2461 Renewable Energy (Standards and Labelling) (Inverters) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to an inverter intended for use in a stand-alone energy system or utility-interactive energy system where the output of the inverter is a stable alternating current of constant frequency; and a single-phase inverter or 3-phase inverter intended for use in a stand alone energy system or utility interactive energy system intended to be operated in parallel with an electric power system to supply power to common loads manufactured in the country or imported into the country for display, sale or use.</t>
+  </si>
+  <si>
     <t>Electricity, Solar</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/li-2461-renewable-energy-standards-and-labelling-inverters-regulations-2022</t>
   </si>
   <si>
     <t>MEPS for Adapter - Charger</t>
   </si>
   <si>
+    <t>An adapter under 150W, nameplate output power; and a charger of input 20 W with Li-Ion Battery as a single voltage external power supply</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/meps-adapter-charger</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_2.asp</t>
+  </si>
+  <si>
     <t>MEPS for Adapter Charger</t>
   </si>
   <si>
+    <t>For using with mobile phone, notebook, speaker for computer, LCD monitor,printer, PDA, camcorder, digital camera, audio, DVD player, MP3, PMP,portable CD player, set-top box, wire-wireless phone, modem, all AC-DC orAC-AC external power supply shall be included.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/meps-adapter-charger-0</t>
   </si>
   <si>
     <t>Minimum Performance of external power supplies</t>
   </si>
   <si>
+    <t>MEPS covers: Mains powered; dc and ac adaptors|power-packs with a single output of up to 250 W or VA  used to power or recharge separate low voltage electronic products; like laptops cellphones etc. They are often sold packaged with the product it will be used with - for examplel; a laptop computer normally comes with a power adaptor.</t>
+  </si>
+  <si>
     <t>New Zealand</t>
   </si>
   <si>
     <t>AS/NZS 4665.1:2005</t>
   </si>
   <si>
     <t>Energy Efficiency and Conservation Authority (EECA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-performance-external-power-supplies</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/external-power-supplies-factsheet.pdf</t>
+  </si>
+  <si>
     <t>NOM-029-ENER-2017, Energy efficiency of external power supplies</t>
   </si>
   <si>
+    <t>This standard aims to establish the minimum values ​​of energy efficiency in operation, the maximum limits of electrical power in no-load or empty mode, the test methods for their evaluation and the specifications of the minimum information to be marked on external power supplies (FAE) that are intended to convert the alternating current (AC) line voltage to a single fixed output voltage level in direct current (DC) at a time and with a maximum output power less than or equal to 250.0 W, as well as those that have a switch that allows the user to manually choose between different output voltage levels.</t>
+  </si>
+  <si>
     <t>Mexico</t>
   </si>
   <si>
+    <t>New</t>
+  </si>
+  <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>NMX-I-281-NYCE-2012</t>
   </si>
   <si>
     <t>Comision Nacional para el Uso Eficiente de la Energia (CONUEE, National Commiss…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nom-029-ener-2017-energy-efficiency-external-power-supplies</t>
   </si>
   <si>
+    <t>https://www.dof.gob.mx/nota_detalle_popup.php?codigo=5502802</t>
+  </si>
+  <si>
     <t>Nordic Ecolabel 062 Windows and Exterior Doors</t>
   </si>
   <si>
+    <t>Nordic Ecolabelled products are windows and exterior doors between open and enclosed, constantly heated spaces, i.e. between an outdoor climate and an indoor climate. There are various other types of exterior doors that can be subject to various function requirements.</t>
+  </si>
+  <si>
     <t>Sweden</t>
   </si>
   <si>
     <t>Doors, Windows</t>
   </si>
   <si>
     <t>October 2015</t>
   </si>
   <si>
     <t>EN 14351-1</t>
   </si>
   <si>
     <t>Ecolabelling Sweden</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nordic-ecolabel-062-windows-and-exterior-doors</t>
   </si>
   <si>
+    <t>http://www.svanen.se/en/Criteria/Nordic-Ecolabel-criteria/Criteria/?productGroupID=33</t>
+  </si>
+  <si>
     <t>Regulation on Energy Efficiency Requirements for Mass-Produced Systems, Vehicles, and Appliances</t>
   </si>
   <si>
+    <t>This policy applies to mass-produced systems, vehicles, and devices as well as their mass-produced components that consume a considerable amount of energy and are placed on the market or sold in Switzerland.</t>
+  </si>
+  <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>Computers, Servers, Networking Equipment, Stand-by and networked devices, Televisions, Set Top Boxes (STB), Displays, External Power Supply, Vacuum Cleaners, Ovens, Dishwashers, Cooktops or Hobs, Coffee Machines, Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires, 3-Phase Motors, Industrial Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Storage Water Heaters, Building Circulator Pumps, Pumps Other, Power Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>Electricity, Other Solid Fuel</t>
   </si>
   <si>
     <t>See Policy</t>
   </si>
   <si>
     <t>Swiss Federal Office of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/regulation-energy-efficiency-requirements-mass-produced-systems-vehicles-and-appliances</t>
   </si>
   <si>
+    <t>https://www.admin.ch/opc/de/classified-compilation/20162950/index.html</t>
+  </si>
+  <si>
     <t>Schedule 17 - Solid state inverters</t>
   </si>
   <si>
+    <t>This schedule specifies the minimum DC to AC efficiency and labeling instructions for Solid State Inverters run from Storage Batteries of 12 Volts Direct Current source being manufactured, imported or sold in India. The output rating of the Solid State Inverters run from Storage Batteries, covered under this schedule shall be between 250 VA to 2000 VA for continuous output. Note: Inclusion of Solid State Inverters run from Storage Batteries of 24 Volts Direct Current source is under consideration.</t>
+  </si>
+  <si>
     <t>India</t>
   </si>
   <si>
     <t>IS 13314:1992</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/schedule-17-solid-state-inverters</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/Inverter%20Schedule.pdf</t>
+  </si>
+  <si>
     <t>Schedule 18 - Diesel Generator Sets</t>
   </si>
   <si>
+    <t>This schedule specifies the star labeling requirements for various classifications for the application, rating and performance of single/three phase Diesel Generating sets consisting of a Reciprocating Internal Combustion (RIC) engine driven by diesel as fuel, Alternating Current (a.c.) generator, any associated control gear, switchgear and auxiliary equipment. It applies to A. C. generating sets driven by RIC engines for land and marine use being manufactured, imported or sold in India. It excludes generating sets used on aircraft or to propel land vehicles and Locomotives. Diesel Generating (DG) Sets up to 19 kW ratings are covered under pilot energy labeling scheme for single/three phase DG Sets.</t>
+  </si>
+  <si>
     <t>Oil</t>
   </si>
   <si>
     <t>IS 10000, IS 10001, IS 13364, IS 4889:1968</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/schedule-18-diesel-generator-sets</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/DG%20Set%20schedule.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4167 - Uninterruptible Power Supplies</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for uninterruptible power systems (UPS) in standby, interactive and double conversion line, with nominal supply voltage of 120 V to 480 V to deliver regulated voltage of 120 V up to 480 V and a frequency of 60 Hz.</t>
+  </si>
+  <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>NMX-I-163-NYCE / NOM-001-SCFI / IEC 62040-3 / CAN/CSA C813.1-01</t>
   </si>
   <si>
     <t>Fideicomiso para el Ahorro de Energía Eléctrica (FIDE) - Trust for Saving Elect…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4167-uninterruptible-power-supplies</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4167_01.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4176 - Solar Inverters</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for single-phase inverters, pure or modified sine wave, with an input voltage of 12, 24 or 48 VDC and an output voltage from 110 VAC to 240 VAC, 60 HZ, with a power output from 100W to 5kW and for stand alone operation or for connection to a low voltage network.</t>
+  </si>
+  <si>
     <t>NOM-008-SCFI / NMX-J-655/2-ANCE / NMX-J-656/1-ANCE / NMX-J-676-ANCE-2013 / RES/142/2017 / ACUERDO / EN 50530 / IEC 61683 / UL 1741 / AS 4777.2 / CSA 22.2 No. 107.1-M91 / IEEE Std. 1547 / IEEE Std. 1547.1 / IEEE Std. 929 (PV) / EN 50438 / IEC 61727 / AS 4777.3 / IEC 61000-6-1 / IEC 61000-6-3 / CFR 47, FCC Part. 15</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4176-solar-inverters</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/ESP076.pdf</t>
+  </si>
+  <si>
     <t>SI 4665-2 PERFORMANCE OF EXTERNAL POWER SUPPLIES: MINIMUM ENERGY PERFORMANCE STANDARD (MEPS) REQUIREMENTS</t>
   </si>
   <si>
+    <t>Power converters covered under this standard include all single-voltage EPSs with nameplate output power up to 250 watts. Notable exclusions are devices with batteries that attach directly, replacements, and medical devices.</t>
+  </si>
+  <si>
     <t>Israel</t>
   </si>
   <si>
     <t>SI 4665-1</t>
   </si>
   <si>
     <t>Standards Institute of Israel (SII)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/si-4665-2-performance-external-power-supplies-minimum-energy-performance-standard-meps</t>
   </si>
   <si>
+    <t>https://portal.sii.org.il/heb/standardization/teken/?tid=98e117b6-728e-4ade-95e3-47864f20c486</t>
+  </si>
+  <si>
     <t>SRO 604(I)/2019 Import Policy on Solar Equipment</t>
   </si>
   <si>
+    <t>Solar PV panels, inverters, charge controllers, junction boxes, cables and standalone solar products including solar kits, solar water pumps, solar water heaters and solar cookers. No policy link available.</t>
+  </si>
+  <si>
     <t>Pakistan</t>
   </si>
   <si>
     <t>Solar Inverters, Solar Stoves, Solar Water Pumps, Solar Energy Kits</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>National Energy Efficiency and Conservation Authority (NEECA)</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid, Productive Use</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sro-604i2019-import-policy-solar-equipment</t>
   </si>
   <si>
+    <t>https://www.commerce.gov.pk/wp-content/uploads/2019/06/SRO-604.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Doors and windows TGL-70-12</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to finished products of door sets, window sets, and frames made of composite wood, interlocking wood, plastic, metal, mirror, and insulators.</t>
   </si>
   <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>TIS 1288, TIS 1651, TIS 504, TIS 744, TIS 829 (Doors and Windows)
 ,   
                     TIS 1013, TIS 1220, TIS 1568, TIS 1569, TIS 192 (Doors)
 ,   
                     TIS 1043 (Windows)</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-doors-and-windows-tgl-70-12</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-70-12.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Secondary Batteries for Portable Applications TGL-67-12</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to secondary batteries containing alkaline or other non-acid electrolytes for portable use by categorizing secondary batteries into two systems: 1. Nickel systems (covers only nickel-cadmium batteries and nickel-metal hydride batteries), and 2. Lithium systems.</t>
   </si>
   <si>
     <t>TIS 2217 (Secondary batteries)
 ,   
                     TIS 2218 or IEC 61960 (or EN 61960, JIS C 8711) (Lithium)
 ,   
                     IEC 61951-1 (or EN 61951-1) (Nickel-Cadmium)
 ,   
                     IEC 61951-2 (or EN 61951-2) (Nickel-metal hydride)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-secondary-batteries-portable-applications-tgl-67-12</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-67-12.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Uninterruptible Power System TGL-106-15</t>
   </si>
   <si>
+    <t>These criteria shall apply to uninterrupted power system (UPS) products that have electrical energy storage devices in the DC connection.</t>
+  </si>
+  <si>
     <t>TIS 1291 P 3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-uninterruptible-power-system-tgl-106-15</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-106-15.pdf</t>
+  </si>
+  <si>
     <t>TIS 2432-2555 (2012) Plugs and socket-outlets for household and similar purposes: cord extension sets</t>
   </si>
   <si>
+    <t>This standard applies to cord extension sets (rewirable and non-rewirable) with a rated voltage greater than 50 V but not exceeding 440 V and a rated current not exceeding 16 A, intended for household and similar purposes, either indoors or outdoors. This standard does not apply to cord extension sets with means for reeling.</t>
+  </si>
+  <si>
     <t>Electronics, Power Supply and Power Conversion, Power strips</t>
   </si>
   <si>
     <t>April 2022</t>
   </si>
   <si>
     <t>Thai Industrial Standards Institute (TISI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tis-2432-2555-2012-plugs-and-socket-outlets-household-and-similar-purposes-cord-extension</t>
+  </si>
+  <si>
+    <t>https://service.tisi.go.th/fulltext/TIS-2432-2555m_Auto1849.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -1096,2109 +1370,2394 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N47"/>
+  <dimension ref="A1:P47"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="196" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="143" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="196.952" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="970.763" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="891.782" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="371.481" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="51.845" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="143.822" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="275.933" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>1990</v>
       </c>
-      <c r="H2">
+      <c r="I2">
         <v>2016</v>
       </c>
-      <c r="I2" t="s">
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G3" t="s">
+        <v>34</v>
+      </c>
+      <c r="H3">
+        <v>2012</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>35</v>
+      </c>
+      <c r="K3" t="s">
+        <v>36</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>37</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>38</v>
+      </c>
+      <c r="P3" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>40</v>
+      </c>
+      <c r="B4" t="s">
+        <v>41</v>
+      </c>
+      <c r="C4" t="s">
+        <v>42</v>
+      </c>
+      <c r="D4" t="s">
+        <v>43</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>44</v>
+      </c>
+      <c r="G4" t="s">
+        <v>34</v>
+      </c>
+      <c r="H4">
+        <v>2010</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>45</v>
+      </c>
+      <c r="K4" t="s">
+        <v>36</v>
+      </c>
+      <c r="L4" t="s">
+        <v>46</v>
+      </c>
+      <c r="M4" t="s">
+        <v>47</v>
+      </c>
+      <c r="N4" t="s">
+        <v>48</v>
+      </c>
+      <c r="O4" t="s">
+        <v>49</v>
+      </c>
+      <c r="P4" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>51</v>
+      </c>
+      <c r="B5" t="s">
+        <v>52</v>
+      </c>
+      <c r="C5" t="s">
+        <v>53</v>
+      </c>
+      <c r="D5" t="s">
+        <v>54</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...56 lines deleted...]
-      <c r="C4" t="s">
+      <c r="H5">
+        <v>2009</v>
+      </c>
+      <c r="I5">
+        <v>2019</v>
+      </c>
+      <c r="J5" t="s">
+        <v>55</v>
+      </c>
+      <c r="K5" t="s">
         <v>36</v>
       </c>
-      <c r="D4" t="s">
-[...62 lines deleted...]
-      <c r="K5"/>
       <c r="L5"/>
       <c r="M5" t="s">
-        <v>24</v>
+        <v>56</v>
       </c>
       <c r="N5" t="s">
-        <v>47</v>
-[...2 lines deleted...]
-    <row r="6" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>57</v>
+      </c>
+      <c r="P5" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
       <c r="A6" t="s">
-        <v>43</v>
+        <v>51</v>
       </c>
       <c r="B6" t="s">
+        <v>52</v>
+      </c>
+      <c r="C6" t="s">
+        <v>59</v>
+      </c>
+      <c r="D6" t="s">
+        <v>54</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2009</v>
+      </c>
+      <c r="I6">
+        <v>2019</v>
+      </c>
+      <c r="J6" t="s">
+        <v>60</v>
+      </c>
+      <c r="K6" t="s">
+        <v>36</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6"/>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>61</v>
+      </c>
+      <c r="P6" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>63</v>
+      </c>
+      <c r="B7" t="s">
+        <v>64</v>
+      </c>
+      <c r="C7" t="s">
+        <v>42</v>
+      </c>
+      <c r="D7" t="s">
+        <v>65</v>
+      </c>
+      <c r="E7" t="s">
+        <v>66</v>
+      </c>
+      <c r="F7" t="s">
+        <v>67</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2011</v>
+      </c>
+      <c r="I7">
+        <v>2013</v>
+      </c>
+      <c r="J7" t="s">
+        <v>68</v>
+      </c>
+      <c r="K7" t="s">
+        <v>69</v>
+      </c>
+      <c r="L7" t="s">
+        <v>70</v>
+      </c>
+      <c r="M7" t="s">
+        <v>71</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>72</v>
+      </c>
+      <c r="P7" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>74</v>
+      </c>
+      <c r="B8" t="s">
+        <v>75</v>
+      </c>
+      <c r="C8" t="s">
+        <v>42</v>
+      </c>
+      <c r="D8" t="s">
+        <v>33</v>
+      </c>
+      <c r="E8" t="s">
+        <v>66</v>
+      </c>
+      <c r="F8" t="s">
+        <v>67</v>
+      </c>
+      <c r="G8" t="s">
+        <v>34</v>
+      </c>
+      <c r="H8">
+        <v>2020</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>45</v>
+      </c>
+      <c r="K8" t="s">
+        <v>36</v>
+      </c>
+      <c r="L8" t="s">
+        <v>76</v>
+      </c>
+      <c r="M8" t="s">
+        <v>71</v>
+      </c>
+      <c r="N8" t="s">
         <v>48</v>
       </c>
-      <c r="C6" t="s">
+      <c r="O8" t="s">
+        <v>77</v>
+      </c>
+      <c r="P8" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>79</v>
+      </c>
+      <c r="B9" t="s">
+        <v>80</v>
+      </c>
+      <c r="C9" t="s">
+        <v>42</v>
+      </c>
+      <c r="D9" t="s">
+        <v>81</v>
+      </c>
+      <c r="E9" t="s">
+        <v>66</v>
+      </c>
+      <c r="F9" t="s">
+        <v>67</v>
+      </c>
+      <c r="G9" t="s">
+        <v>34</v>
+      </c>
+      <c r="H9">
+        <v>2013</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
         <v>45</v>
       </c>
-      <c r="D6" t="s">
-[...8 lines deleted...]
-      <c r="G6">
+      <c r="K9" t="s">
+        <v>82</v>
+      </c>
+      <c r="L9" t="s">
+        <v>83</v>
+      </c>
+      <c r="M9" t="s">
+        <v>71</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>84</v>
+      </c>
+      <c r="P9" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>86</v>
+      </c>
+      <c r="B10" t="s">
+        <v>87</v>
+      </c>
+      <c r="C10" t="s">
+        <v>42</v>
+      </c>
+      <c r="D10" t="s">
+        <v>88</v>
+      </c>
+      <c r="E10" t="s">
+        <v>66</v>
+      </c>
+      <c r="F10" t="s">
+        <v>67</v>
+      </c>
+      <c r="G10" t="s">
+        <v>34</v>
+      </c>
+      <c r="H10">
         <v>2009</v>
       </c>
-      <c r="H6">
-[...131 lines deleted...]
-      <c r="J9" t="s">
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>89</v>
+      </c>
+      <c r="K10" t="s">
+        <v>36</v>
+      </c>
+      <c r="L10" t="s">
+        <v>90</v>
+      </c>
+      <c r="M10" t="s">
+        <v>71</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>91</v>
+      </c>
+      <c r="P10" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>93</v>
+      </c>
+      <c r="B11" t="s">
+        <v>94</v>
+      </c>
+      <c r="C11" t="s">
+        <v>42</v>
+      </c>
+      <c r="D11" t="s">
+        <v>33</v>
+      </c>
+      <c r="E11" t="s">
         <v>66</v>
       </c>
-      <c r="K9" t="s">
+      <c r="F11" t="s">
         <v>67</v>
       </c>
-      <c r="L9" t="s">
-[...32 lines deleted...]
-      <c r="I10" t="s">
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2005</v>
+      </c>
+      <c r="I11">
+        <v>2014</v>
+      </c>
+      <c r="J11" t="s">
+        <v>89</v>
+      </c>
+      <c r="K11" t="s">
+        <v>36</v>
+      </c>
+      <c r="L11" t="s">
+        <v>95</v>
+      </c>
+      <c r="M11" t="s">
         <v>71</v>
       </c>
-      <c r="J10" t="s">
-[...54 lines deleted...]
-      </c>
       <c r="N11" t="s">
-        <v>76</v>
-[...2 lines deleted...]
-    <row r="12" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>96</v>
+      </c>
+      <c r="P11" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
       <c r="A12" t="s">
-        <v>77</v>
+        <v>98</v>
       </c>
       <c r="B12" t="s">
-        <v>35</v>
+        <v>99</v>
       </c>
       <c r="C12" t="s">
-        <v>45</v>
+        <v>42</v>
       </c>
       <c r="D12" t="s">
         <v>54</v>
       </c>
       <c r="E12" t="s">
-        <v>55</v>
+        <v>66</v>
       </c>
       <c r="F12" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G12">
+        <v>67</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
         <v>2005</v>
       </c>
-      <c r="H12">
+      <c r="I12">
         <v>2014</v>
       </c>
-      <c r="I12" t="s">
+      <c r="J12" t="s">
+        <v>89</v>
+      </c>
+      <c r="K12" t="s">
+        <v>36</v>
+      </c>
+      <c r="L12" t="s">
+        <v>100</v>
+      </c>
+      <c r="M12" t="s">
         <v>71</v>
       </c>
-      <c r="J12" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="N12" t="s">
-        <v>79</v>
-[...2 lines deleted...]
-    <row r="13" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>101</v>
+      </c>
+      <c r="P12" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
       <c r="A13" t="s">
-        <v>80</v>
+        <v>103</v>
       </c>
       <c r="B13" t="s">
-        <v>35</v>
+        <v>104</v>
       </c>
       <c r="C13" t="s">
-        <v>81</v>
+        <v>42</v>
       </c>
       <c r="D13" t="s">
-        <v>54</v>
+        <v>105</v>
       </c>
       <c r="E13" t="s">
-        <v>55</v>
+        <v>66</v>
       </c>
       <c r="F13" t="s">
-        <v>29</v>
-[...1 lines deleted...]
-      <c r="G13">
+        <v>67</v>
+      </c>
+      <c r="G13" t="s">
+        <v>34</v>
+      </c>
+      <c r="H13">
         <v>2021</v>
       </c>
-      <c r="H13"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I13"/>
       <c r="J13" t="s">
-        <v>31</v>
+        <v>68</v>
       </c>
       <c r="K13" t="s">
-        <v>82</v>
+        <v>36</v>
       </c>
       <c r="L13" t="s">
-        <v>83</v>
+        <v>106</v>
       </c>
       <c r="M13" t="s">
-        <v>24</v>
+        <v>107</v>
       </c>
       <c r="N13" t="s">
-        <v>84</v>
-[...2 lines deleted...]
-    <row r="14" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>108</v>
+      </c>
+      <c r="P13" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
       <c r="A14" t="s">
-        <v>85</v>
+        <v>110</v>
       </c>
       <c r="B14" t="s">
-        <v>35</v>
+        <v>111</v>
       </c>
       <c r="C14" t="s">
-        <v>81</v>
+        <v>42</v>
       </c>
       <c r="D14" t="s">
-        <v>54</v>
+        <v>105</v>
       </c>
       <c r="E14" t="s">
-        <v>55</v>
+        <v>66</v>
       </c>
       <c r="F14" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G14">
+        <v>67</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
         <v>2009</v>
       </c>
-      <c r="H14">
+      <c r="I14">
         <v>2021</v>
       </c>
-      <c r="I14" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J14" t="s">
-        <v>31</v>
+        <v>68</v>
       </c>
       <c r="K14" t="s">
-        <v>86</v>
+        <v>36</v>
       </c>
       <c r="L14" t="s">
-        <v>83</v>
+        <v>112</v>
       </c>
       <c r="M14" t="s">
-        <v>24</v>
+        <v>107</v>
       </c>
       <c r="N14" t="s">
-        <v>87</v>
-[...2 lines deleted...]
-    <row r="15" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>113</v>
+      </c>
+      <c r="P14" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
       <c r="A15" t="s">
-        <v>88</v>
+        <v>115</v>
       </c>
       <c r="B15" t="s">
-        <v>35</v>
+        <v>116</v>
       </c>
       <c r="C15" t="s">
-        <v>89</v>
+        <v>42</v>
       </c>
       <c r="D15" t="s">
-        <v>54</v>
+        <v>117</v>
       </c>
       <c r="E15" t="s">
-        <v>55</v>
+        <v>66</v>
       </c>
       <c r="F15" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2010</v>
+        <v>67</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
       </c>
       <c r="H15">
         <v>2010</v>
       </c>
-      <c r="I15" t="s">
+      <c r="I15">
+        <v>2010</v>
+      </c>
+      <c r="J15" t="s">
+        <v>89</v>
+      </c>
+      <c r="K15" t="s">
+        <v>36</v>
+      </c>
+      <c r="L15" t="s">
+        <v>118</v>
+      </c>
+      <c r="M15" t="s">
         <v>71</v>
       </c>
-      <c r="J15" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="N15" t="s">
-        <v>91</v>
-[...2 lines deleted...]
-    <row r="16" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>119</v>
+      </c>
+      <c r="P15" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
       <c r="A16" t="s">
-        <v>92</v>
+        <v>121</v>
       </c>
       <c r="B16" t="s">
-        <v>35</v>
+        <v>122</v>
       </c>
       <c r="C16" t="s">
-        <v>28</v>
+        <v>42</v>
       </c>
       <c r="D16" t="s">
-        <v>54</v>
+        <v>33</v>
       </c>
       <c r="E16" t="s">
-        <v>55</v>
+        <v>66</v>
       </c>
       <c r="F16" t="s">
-        <v>29</v>
-[...1 lines deleted...]
-      <c r="G16">
+        <v>67</v>
+      </c>
+      <c r="G16" t="s">
+        <v>34</v>
+      </c>
+      <c r="H16">
         <v>2015</v>
       </c>
-      <c r="H16"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I16"/>
       <c r="J16" t="s">
-        <v>31</v>
+        <v>45</v>
       </c>
       <c r="K16" t="s">
-        <v>93</v>
+        <v>36</v>
       </c>
       <c r="L16" t="s">
-        <v>59</v>
+        <v>123</v>
       </c>
       <c r="M16" t="s">
-        <v>24</v>
+        <v>71</v>
       </c>
       <c r="N16" t="s">
-        <v>94</v>
-[...2 lines deleted...]
-    <row r="17" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>124</v>
+      </c>
+      <c r="P16" t="s">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
       <c r="A17" t="s">
-        <v>95</v>
+        <v>126</v>
       </c>
       <c r="B17" t="s">
-        <v>35</v>
+        <v>127</v>
       </c>
       <c r="C17" t="s">
-        <v>28</v>
+        <v>42</v>
       </c>
       <c r="D17" t="s">
-        <v>54</v>
+        <v>33</v>
       </c>
       <c r="E17" t="s">
-        <v>55</v>
+        <v>66</v>
       </c>
       <c r="F17" t="s">
-        <v>29</v>
-[...1 lines deleted...]
-      <c r="G17">
+        <v>67</v>
+      </c>
+      <c r="G17" t="s">
+        <v>34</v>
+      </c>
+      <c r="H17">
         <v>2021</v>
       </c>
-      <c r="H17"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I17"/>
       <c r="J17" t="s">
-        <v>31</v>
+        <v>45</v>
       </c>
       <c r="K17" t="s">
-        <v>96</v>
+        <v>36</v>
       </c>
       <c r="L17" t="s">
-        <v>59</v>
+        <v>128</v>
       </c>
       <c r="M17" t="s">
-        <v>24</v>
+        <v>71</v>
       </c>
       <c r="N17" t="s">
-        <v>97</v>
-[...2 lines deleted...]
-    <row r="18" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>129</v>
+      </c>
+      <c r="P17" t="s">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
       <c r="A18" t="s">
-        <v>98</v>
+        <v>131</v>
       </c>
       <c r="B18" t="s">
-        <v>35</v>
+        <v>132</v>
       </c>
       <c r="C18" t="s">
-        <v>45</v>
+        <v>42</v>
       </c>
       <c r="D18" t="s">
         <v>54</v>
       </c>
       <c r="E18" t="s">
-        <v>55</v>
+        <v>66</v>
       </c>
       <c r="F18" t="s">
-        <v>29</v>
-[...1 lines deleted...]
-      <c r="G18">
+        <v>67</v>
+      </c>
+      <c r="G18" t="s">
+        <v>34</v>
+      </c>
+      <c r="H18">
         <v>2018</v>
       </c>
-      <c r="H18"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I18"/>
       <c r="J18" t="s">
-        <v>31</v>
+        <v>45</v>
       </c>
       <c r="K18" t="s">
-        <v>99</v>
+        <v>36</v>
       </c>
       <c r="L18" t="s">
-        <v>59</v>
+        <v>133</v>
       </c>
       <c r="M18" t="s">
-        <v>24</v>
+        <v>71</v>
       </c>
       <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>134</v>
+      </c>
+      <c r="P18" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>136</v>
+      </c>
+      <c r="B19" t="s">
+        <v>137</v>
+      </c>
+      <c r="C19" t="s">
+        <v>138</v>
+      </c>
+      <c r="D19" t="s">
+        <v>117</v>
+      </c>
+      <c r="E19" t="s">
+        <v>66</v>
+      </c>
+      <c r="F19" t="s">
+        <v>67</v>
+      </c>
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
+        <v>2012</v>
+      </c>
+      <c r="I19">
+        <v>2020</v>
+      </c>
+      <c r="J19" t="s">
+        <v>139</v>
+      </c>
+      <c r="K19" t="s">
+        <v>36</v>
+      </c>
+      <c r="L19" t="s">
+        <v>140</v>
+      </c>
+      <c r="M19" t="s">
+        <v>141</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>142</v>
+      </c>
+      <c r="P19" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>144</v>
+      </c>
+      <c r="B20" t="s">
+        <v>145</v>
+      </c>
+      <c r="C20" t="s">
+        <v>146</v>
+      </c>
+      <c r="D20" t="s">
+        <v>147</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>148</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
+        <v>2016</v>
+      </c>
+      <c r="I20">
+        <v>2019</v>
+      </c>
+      <c r="J20" t="s">
+        <v>68</v>
+      </c>
+      <c r="K20" t="s">
+        <v>149</v>
+      </c>
+      <c r="L20"/>
+      <c r="M20" t="s">
+        <v>150</v>
+      </c>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>151</v>
+      </c>
+      <c r="P20" t="s">
+        <v>152</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>153</v>
+      </c>
+      <c r="B21" t="s">
+        <v>154</v>
+      </c>
+      <c r="C21" t="s">
+        <v>18</v>
+      </c>
+      <c r="D21" t="s">
+        <v>155</v>
+      </c>
+      <c r="E21" t="s">
+        <v>66</v>
+      </c>
+      <c r="F21" t="s">
+        <v>67</v>
+      </c>
+      <c r="G21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21">
+        <v>2003</v>
+      </c>
+      <c r="I21">
+        <v>2015</v>
+      </c>
+      <c r="J21" t="s">
+        <v>89</v>
+      </c>
+      <c r="K21" t="s">
+        <v>69</v>
+      </c>
+      <c r="L21" t="s">
+        <v>156</v>
+      </c>
+      <c r="M21" t="s">
+        <v>157</v>
+      </c>
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>158</v>
+      </c>
+      <c r="P21" t="s">
+        <v>159</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>160</v>
+      </c>
+      <c r="B22" t="s">
+        <v>161</v>
+      </c>
+      <c r="C22" t="s">
+        <v>162</v>
+      </c>
+      <c r="D22" t="s">
+        <v>88</v>
+      </c>
+      <c r="E22" t="s">
+        <v>66</v>
+      </c>
+      <c r="F22" t="s">
+        <v>67</v>
+      </c>
+      <c r="G22" t="s">
+        <v>22</v>
+      </c>
+      <c r="H22">
+        <v>2012</v>
+      </c>
+      <c r="I22">
+        <v>2019</v>
+      </c>
+      <c r="J22" t="s">
+        <v>89</v>
+      </c>
+      <c r="K22" t="s">
+        <v>36</v>
+      </c>
+      <c r="L22" t="s">
+        <v>163</v>
+      </c>
+      <c r="M22" t="s">
+        <v>157</v>
+      </c>
+      <c r="N22" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>164</v>
+      </c>
+      <c r="P22" t="s">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>166</v>
+      </c>
+      <c r="B23" t="s">
+        <v>167</v>
+      </c>
+      <c r="C23" t="s">
+        <v>42</v>
+      </c>
+      <c r="D23" t="s">
+        <v>54</v>
+      </c>
+      <c r="E23" t="s">
+        <v>20</v>
+      </c>
+      <c r="F23" t="s">
+        <v>21</v>
+      </c>
+      <c r="G23" t="s">
+        <v>22</v>
+      </c>
+      <c r="H23">
+        <v>2007</v>
+      </c>
+      <c r="I23">
+        <v>2014</v>
+      </c>
+      <c r="J23" t="s">
+        <v>89</v>
+      </c>
+      <c r="K23" t="s">
+        <v>36</v>
+      </c>
+      <c r="L23" t="s">
         <v>100</v>
       </c>
-    </row>
-[...193 lines deleted...]
-      <c r="G23">
+      <c r="M23" t="s">
+        <v>47</v>
+      </c>
+      <c r="N23" t="s">
+        <v>48</v>
+      </c>
+      <c r="O23" t="s">
+        <v>168</v>
+      </c>
+      <c r="P23" t="s">
+        <v>169</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>170</v>
+      </c>
+      <c r="B24" t="s">
+        <v>171</v>
+      </c>
+      <c r="C24" t="s">
+        <v>172</v>
+      </c>
+      <c r="D24" t="s">
+        <v>173</v>
+      </c>
+      <c r="E24" t="s">
+        <v>20</v>
+      </c>
+      <c r="F24" t="s">
+        <v>21</v>
+      </c>
+      <c r="G24" t="s">
+        <v>8</v>
+      </c>
+      <c r="H24">
         <v>2007</v>
       </c>
-      <c r="H23">
-[...43 lines deleted...]
-      <c r="H24">
+      <c r="I24">
         <v>2025</v>
       </c>
-      <c r="I24" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J24" t="s">
-        <v>31</v>
+        <v>174</v>
       </c>
       <c r="K24" t="s">
-        <v>130</v>
+        <v>36</v>
       </c>
       <c r="L24" t="s">
-        <v>131</v>
+        <v>175</v>
       </c>
       <c r="M24" t="s">
-        <v>24</v>
+        <v>176</v>
       </c>
       <c r="N24" t="s">
-        <v>132</v>
-[...2 lines deleted...]
-    <row r="25" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>177</v>
+      </c>
+      <c r="P24" t="s">
+        <v>178</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
       <c r="A25" t="s">
-        <v>133</v>
+        <v>179</v>
       </c>
       <c r="B25" t="s">
-        <v>35</v>
+        <v>180</v>
       </c>
       <c r="C25" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="D25" t="s">
-        <v>17</v>
+        <v>43</v>
       </c>
       <c r="E25" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F25" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2008</v>
+        <v>21</v>
+      </c>
+      <c r="G25" t="s">
+        <v>22</v>
       </c>
       <c r="H25">
         <v>2008</v>
       </c>
-      <c r="I25" t="s">
-        <v>71</v>
+      <c r="I25">
+        <v>2008</v>
       </c>
       <c r="J25" t="s">
-        <v>31</v>
+        <v>89</v>
       </c>
       <c r="K25" t="s">
-        <v>39</v>
+        <v>36</v>
       </c>
       <c r="L25" t="s">
-        <v>40</v>
+        <v>46</v>
       </c>
       <c r="M25" t="s">
-        <v>41</v>
+        <v>47</v>
       </c>
       <c r="N25" t="s">
-        <v>134</v>
-[...2 lines deleted...]
-    <row r="26" spans="1:14">
+        <v>48</v>
+      </c>
+      <c r="O25" t="s">
+        <v>181</v>
+      </c>
+      <c r="P25" t="s">
+        <v>182</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
       <c r="A26" t="s">
-        <v>135</v>
+        <v>183</v>
       </c>
       <c r="B26" t="s">
-        <v>136</v>
+        <v>184</v>
       </c>
       <c r="C26" t="s">
-        <v>45</v>
+        <v>185</v>
       </c>
       <c r="D26" t="s">
-        <v>17</v>
+        <v>54</v>
       </c>
       <c r="E26" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F26" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G26">
+        <v>21</v>
+      </c>
+      <c r="G26" t="s">
+        <v>22</v>
+      </c>
+      <c r="H26">
         <v>2005</v>
       </c>
-      <c r="H26">
+      <c r="I26">
         <v>2014</v>
       </c>
-      <c r="I26" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J26" t="s">
-        <v>31</v>
+        <v>186</v>
       </c>
       <c r="K26" t="s">
-        <v>138</v>
+        <v>36</v>
       </c>
       <c r="L26" t="s">
-        <v>139</v>
+        <v>187</v>
       </c>
       <c r="M26" t="s">
-        <v>24</v>
+        <v>188</v>
       </c>
       <c r="N26" t="s">
-        <v>140</v>
-[...2 lines deleted...]
-    <row r="27" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
+        <v>189</v>
+      </c>
+      <c r="P26" t="s">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
       <c r="A27" t="s">
-        <v>141</v>
+        <v>191</v>
       </c>
       <c r="B27" t="s">
-        <v>142</v>
+        <v>192</v>
       </c>
       <c r="C27" t="s">
-        <v>70</v>
+        <v>193</v>
       </c>
       <c r="D27" t="s">
-        <v>54</v>
+        <v>88</v>
       </c>
       <c r="E27" t="s">
-        <v>55</v>
+        <v>66</v>
       </c>
       <c r="F27" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2015</v>
+        <v>67</v>
+      </c>
+      <c r="G27" t="s">
+        <v>22</v>
       </c>
       <c r="H27">
         <v>2015</v>
       </c>
-      <c r="I27" t="s">
-        <v>143</v>
+      <c r="I27">
+        <v>2015</v>
       </c>
       <c r="J27" t="s">
-        <v>31</v>
+        <v>194</v>
       </c>
       <c r="K27" t="s">
-        <v>141</v>
+        <v>36</v>
       </c>
       <c r="L27" t="s">
-        <v>144</v>
+        <v>191</v>
       </c>
       <c r="M27" t="s">
-        <v>24</v>
+        <v>195</v>
       </c>
       <c r="N27" t="s">
-        <v>145</v>
-[...2 lines deleted...]
-    <row r="28" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O27" t="s">
+        <v>196</v>
+      </c>
+      <c r="P27" t="s">
+        <v>197</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
       <c r="A28" t="s">
-        <v>146</v>
+        <v>198</v>
       </c>
       <c r="B28" t="s">
-        <v>147</v>
+        <v>199</v>
       </c>
       <c r="C28" t="s">
-        <v>70</v>
+        <v>200</v>
       </c>
       <c r="D28" t="s">
+        <v>88</v>
+      </c>
+      <c r="E28" t="s">
+        <v>66</v>
+      </c>
+      <c r="F28" t="s">
+        <v>67</v>
+      </c>
+      <c r="G28" t="s">
+        <v>22</v>
+      </c>
+      <c r="H28">
+        <v>1996</v>
+      </c>
+      <c r="I28">
+        <v>2010</v>
+      </c>
+      <c r="J28" t="s">
+        <v>201</v>
+      </c>
+      <c r="K28" t="s">
+        <v>36</v>
+      </c>
+      <c r="L28"/>
+      <c r="M28" t="s">
+        <v>202</v>
+      </c>
+      <c r="N28" t="s">
+        <v>27</v>
+      </c>
+      <c r="O28" t="s">
+        <v>203</v>
+      </c>
+      <c r="P28" t="s">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>205</v>
+      </c>
+      <c r="B29" t="s">
+        <v>206</v>
+      </c>
+      <c r="C29" t="s">
+        <v>207</v>
+      </c>
+      <c r="D29" t="s">
         <v>54</v>
       </c>
-      <c r="E28" t="s">
-[...11 lines deleted...]
-      <c r="I28" t="s">
+      <c r="E29" t="s">
+        <v>20</v>
+      </c>
+      <c r="F29" t="s">
+        <v>21</v>
+      </c>
+      <c r="G29" t="s">
+        <v>22</v>
+      </c>
+      <c r="H29">
+        <v>2013</v>
+      </c>
+      <c r="I29">
+        <v>2014</v>
+      </c>
+      <c r="J29" t="s">
+        <v>89</v>
+      </c>
+      <c r="K29" t="s">
+        <v>36</v>
+      </c>
+      <c r="L29" t="s">
+        <v>208</v>
+      </c>
+      <c r="M29" t="s">
+        <v>209</v>
+      </c>
+      <c r="N29" t="s">
+        <v>27</v>
+      </c>
+      <c r="O29" t="s">
+        <v>210</v>
+      </c>
+      <c r="P29" t="s">
+        <v>211</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>212</v>
+      </c>
+      <c r="B30" t="s">
+        <v>213</v>
+      </c>
+      <c r="C30" t="s">
+        <v>214</v>
+      </c>
+      <c r="D30" t="s">
+        <v>215</v>
+      </c>
+      <c r="E30" t="s">
+        <v>20</v>
+      </c>
+      <c r="F30" t="s">
+        <v>21</v>
+      </c>
+      <c r="G30" t="s">
+        <v>34</v>
+      </c>
+      <c r="H30">
+        <v>2022</v>
+      </c>
+      <c r="I30"/>
+      <c r="J30" t="s">
+        <v>216</v>
+      </c>
+      <c r="K30" t="s">
+        <v>36</v>
+      </c>
+      <c r="L30"/>
+      <c r="M30" t="s">
+        <v>217</v>
+      </c>
+      <c r="N30" t="s">
+        <v>27</v>
+      </c>
+      <c r="O30" t="s">
+        <v>218</v>
+      </c>
+      <c r="P30" t="s">
+        <v>219</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>220</v>
+      </c>
+      <c r="B31" t="s">
+        <v>221</v>
+      </c>
+      <c r="C31" t="s">
+        <v>214</v>
+      </c>
+      <c r="D31" t="s">
+        <v>81</v>
+      </c>
+      <c r="E31" t="s">
+        <v>66</v>
+      </c>
+      <c r="F31" t="s">
+        <v>21</v>
+      </c>
+      <c r="G31" t="s">
+        <v>34</v>
+      </c>
+      <c r="H31">
+        <v>2022</v>
+      </c>
+      <c r="I31"/>
+      <c r="J31" t="s">
+        <v>216</v>
+      </c>
+      <c r="K31" t="s">
+        <v>222</v>
+      </c>
+      <c r="L31"/>
+      <c r="M31" t="s">
+        <v>217</v>
+      </c>
+      <c r="N31" t="s">
+        <v>223</v>
+      </c>
+      <c r="O31" t="s">
+        <v>224</v>
+      </c>
+      <c r="P31" t="s">
+        <v>219</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>225</v>
+      </c>
+      <c r="B32" t="s">
+        <v>226</v>
+      </c>
+      <c r="C32" t="s">
+        <v>200</v>
+      </c>
+      <c r="D32" t="s">
+        <v>215</v>
+      </c>
+      <c r="E32" t="s">
+        <v>20</v>
+      </c>
+      <c r="F32" t="s">
+        <v>21</v>
+      </c>
+      <c r="G32" t="s">
+        <v>34</v>
+      </c>
+      <c r="H32">
+        <v>2012</v>
+      </c>
+      <c r="I32"/>
+      <c r="J32" t="s">
+        <v>201</v>
+      </c>
+      <c r="K32" t="s">
+        <v>36</v>
+      </c>
+      <c r="L32"/>
+      <c r="M32" t="s">
+        <v>202</v>
+      </c>
+      <c r="N32" t="s">
+        <v>27</v>
+      </c>
+      <c r="O32" t="s">
+        <v>227</v>
+      </c>
+      <c r="P32" t="s">
+        <v>228</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>229</v>
+      </c>
+      <c r="B33" t="s">
+        <v>230</v>
+      </c>
+      <c r="C33" t="s">
+        <v>200</v>
+      </c>
+      <c r="D33" t="s">
+        <v>54</v>
+      </c>
+      <c r="E33" t="s">
+        <v>20</v>
+      </c>
+      <c r="F33" t="s">
+        <v>21</v>
+      </c>
+      <c r="G33" t="s">
+        <v>34</v>
+      </c>
+      <c r="H33">
+        <v>2009</v>
+      </c>
+      <c r="I33"/>
+      <c r="J33" t="s">
+        <v>201</v>
+      </c>
+      <c r="K33" t="s">
+        <v>36</v>
+      </c>
+      <c r="L33"/>
+      <c r="M33" t="s">
+        <v>202</v>
+      </c>
+      <c r="N33" t="s">
+        <v>27</v>
+      </c>
+      <c r="O33" t="s">
+        <v>231</v>
+      </c>
+      <c r="P33" t="s">
+        <v>228</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>232</v>
+      </c>
+      <c r="B34" t="s">
+        <v>233</v>
+      </c>
+      <c r="C34" t="s">
+        <v>234</v>
+      </c>
+      <c r="D34" t="s">
+        <v>54</v>
+      </c>
+      <c r="E34" t="s">
+        <v>20</v>
+      </c>
+      <c r="F34" t="s">
+        <v>21</v>
+      </c>
+      <c r="G34" t="s">
+        <v>22</v>
+      </c>
+      <c r="H34">
+        <v>2005</v>
+      </c>
+      <c r="I34">
+        <v>2011</v>
+      </c>
+      <c r="J34" t="s">
+        <v>194</v>
+      </c>
+      <c r="K34" t="s">
+        <v>36</v>
+      </c>
+      <c r="L34" t="s">
+        <v>235</v>
+      </c>
+      <c r="M34" t="s">
+        <v>236</v>
+      </c>
+      <c r="N34" t="s">
+        <v>27</v>
+      </c>
+      <c r="O34" t="s">
+        <v>237</v>
+      </c>
+      <c r="P34" t="s">
+        <v>238</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>239</v>
+      </c>
+      <c r="B35" t="s">
+        <v>240</v>
+      </c>
+      <c r="C35" t="s">
+        <v>241</v>
+      </c>
+      <c r="D35" t="s">
+        <v>54</v>
+      </c>
+      <c r="E35" t="s">
+        <v>20</v>
+      </c>
+      <c r="F35" t="s">
+        <v>21</v>
+      </c>
+      <c r="G35" t="s">
+        <v>242</v>
+      </c>
+      <c r="H35">
+        <v>2017</v>
+      </c>
+      <c r="I35"/>
+      <c r="J35" t="s">
+        <v>243</v>
+      </c>
+      <c r="K35" t="s">
+        <v>36</v>
+      </c>
+      <c r="L35" t="s">
+        <v>244</v>
+      </c>
+      <c r="M35" t="s">
+        <v>245</v>
+      </c>
+      <c r="N35" t="s">
+        <v>27</v>
+      </c>
+      <c r="O35" t="s">
+        <v>246</v>
+      </c>
+      <c r="P35" t="s">
+        <v>247</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>248</v>
+      </c>
+      <c r="B36" t="s">
+        <v>249</v>
+      </c>
+      <c r="C36" t="s">
+        <v>250</v>
+      </c>
+      <c r="D36" t="s">
+        <v>251</v>
+      </c>
+      <c r="E36" t="s">
+        <v>66</v>
+      </c>
+      <c r="F36" t="s">
+        <v>67</v>
+      </c>
+      <c r="G36" t="s">
+        <v>34</v>
+      </c>
+      <c r="H36">
+        <v>2014</v>
+      </c>
+      <c r="I36"/>
+      <c r="J36" t="s">
+        <v>252</v>
+      </c>
+      <c r="K36" t="s">
+        <v>69</v>
+      </c>
+      <c r="L36" t="s">
+        <v>253</v>
+      </c>
+      <c r="M36" t="s">
+        <v>254</v>
+      </c>
+      <c r="N36" t="s">
+        <v>27</v>
+      </c>
+      <c r="O36" t="s">
+        <v>255</v>
+      </c>
+      <c r="P36" t="s">
+        <v>256</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
+      <c r="A37" t="s">
+        <v>257</v>
+      </c>
+      <c r="B37" t="s">
+        <v>258</v>
+      </c>
+      <c r="C37" t="s">
+        <v>259</v>
+      </c>
+      <c r="D37" t="s">
+        <v>260</v>
+      </c>
+      <c r="E37" t="s">
+        <v>20</v>
+      </c>
+      <c r="F37" t="s">
         <v>148</v>
       </c>
-      <c r="J28" t="s">
-[...32 lines deleted...]
-      <c r="G29">
+      <c r="G37" t="s">
+        <v>22</v>
+      </c>
+      <c r="H37">
+        <v>2017</v>
+      </c>
+      <c r="I37">
+        <v>2021</v>
+      </c>
+      <c r="J37" t="s">
+        <v>261</v>
+      </c>
+      <c r="K37" t="s">
+        <v>262</v>
+      </c>
+      <c r="L37" t="s">
+        <v>263</v>
+      </c>
+      <c r="M37" t="s">
+        <v>264</v>
+      </c>
+      <c r="N37" t="s">
+        <v>48</v>
+      </c>
+      <c r="O37" t="s">
+        <v>265</v>
+      </c>
+      <c r="P37" t="s">
+        <v>266</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
+      <c r="A38" t="s">
+        <v>267</v>
+      </c>
+      <c r="B38" t="s">
+        <v>268</v>
+      </c>
+      <c r="C38" t="s">
+        <v>269</v>
+      </c>
+      <c r="D38" t="s">
+        <v>81</v>
+      </c>
+      <c r="E38" t="s">
+        <v>66</v>
+      </c>
+      <c r="F38" t="s">
+        <v>148</v>
+      </c>
+      <c r="G38" t="s">
+        <v>34</v>
+      </c>
+      <c r="H38">
         <v>2013</v>
       </c>
-      <c r="H29">
-[...378 lines deleted...]
-      </c>
+      <c r="I38"/>
       <c r="J38" t="s">
-        <v>31</v>
+        <v>68</v>
       </c>
       <c r="K38" t="s">
-        <v>198</v>
+        <v>36</v>
       </c>
       <c r="L38" t="s">
-        <v>199</v>
+        <v>270</v>
       </c>
       <c r="M38" t="s">
-        <v>164</v>
+        <v>271</v>
       </c>
       <c r="N38" t="s">
-        <v>200</v>
-[...2 lines deleted...]
-    <row r="39" spans="1:14">
+        <v>223</v>
+      </c>
+      <c r="O38" t="s">
+        <v>272</v>
+      </c>
+      <c r="P38" t="s">
+        <v>273</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
       <c r="A39" t="s">
-        <v>201</v>
+        <v>274</v>
       </c>
       <c r="B39" t="s">
-        <v>197</v>
+        <v>275</v>
       </c>
       <c r="C39" t="s">
-        <v>45</v>
+        <v>269</v>
       </c>
       <c r="D39" t="s">
         <v>54</v>
       </c>
       <c r="E39" t="s">
-        <v>110</v>
+        <v>66</v>
       </c>
       <c r="F39" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G39">
+        <v>148</v>
+      </c>
+      <c r="G39" t="s">
+        <v>22</v>
+      </c>
+      <c r="H39">
         <v>2014</v>
       </c>
-      <c r="H39">
+      <c r="I39">
         <v>2016</v>
       </c>
-      <c r="I39" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J39" t="s">
-        <v>202</v>
+        <v>68</v>
       </c>
       <c r="K39" t="s">
-        <v>203</v>
+        <v>276</v>
       </c>
       <c r="L39" t="s">
-        <v>199</v>
+        <v>277</v>
       </c>
       <c r="M39" t="s">
-        <v>24</v>
+        <v>271</v>
       </c>
       <c r="N39" t="s">
-        <v>204</v>
-[...2 lines deleted...]
-    <row r="40" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O39" t="s">
+        <v>278</v>
+      </c>
+      <c r="P39" t="s">
+        <v>279</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16">
       <c r="A40" t="s">
-        <v>205</v>
+        <v>280</v>
       </c>
       <c r="B40" t="s">
-        <v>176</v>
+        <v>281</v>
       </c>
       <c r="C40" t="s">
-        <v>70</v>
+        <v>241</v>
       </c>
       <c r="D40" t="s">
+        <v>88</v>
+      </c>
+      <c r="E40" t="s">
+        <v>66</v>
+      </c>
+      <c r="F40" t="s">
+        <v>67</v>
+      </c>
+      <c r="G40" t="s">
+        <v>22</v>
+      </c>
+      <c r="H40">
+        <v>2010</v>
+      </c>
+      <c r="I40">
+        <v>2012</v>
+      </c>
+      <c r="J40" t="s">
+        <v>282</v>
+      </c>
+      <c r="K40" t="s">
+        <v>36</v>
+      </c>
+      <c r="L40" t="s">
+        <v>283</v>
+      </c>
+      <c r="M40" t="s">
+        <v>284</v>
+      </c>
+      <c r="N40" t="s">
+        <v>27</v>
+      </c>
+      <c r="O40" t="s">
+        <v>285</v>
+      </c>
+      <c r="P40" t="s">
+        <v>286</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16">
+      <c r="A41" t="s">
+        <v>287</v>
+      </c>
+      <c r="B41" t="s">
+        <v>288</v>
+      </c>
+      <c r="C41" t="s">
+        <v>241</v>
+      </c>
+      <c r="D41" t="s">
+        <v>81</v>
+      </c>
+      <c r="E41" t="s">
+        <v>66</v>
+      </c>
+      <c r="F41" t="s">
+        <v>67</v>
+      </c>
+      <c r="G41" t="s">
+        <v>22</v>
+      </c>
+      <c r="H41">
+        <v>2011</v>
+      </c>
+      <c r="I41">
+        <v>2022</v>
+      </c>
+      <c r="J41" t="s">
+        <v>282</v>
+      </c>
+      <c r="K41" t="s">
+        <v>222</v>
+      </c>
+      <c r="L41" t="s">
+        <v>289</v>
+      </c>
+      <c r="M41" t="s">
+        <v>284</v>
+      </c>
+      <c r="N41" t="s">
+        <v>223</v>
+      </c>
+      <c r="O41" t="s">
+        <v>290</v>
+      </c>
+      <c r="P41" t="s">
+        <v>291</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16">
+      <c r="A42" t="s">
+        <v>292</v>
+      </c>
+      <c r="B42" t="s">
+        <v>293</v>
+      </c>
+      <c r="C42" t="s">
+        <v>294</v>
+      </c>
+      <c r="D42" t="s">
         <v>54</v>
       </c>
-      <c r="E40" t="s">
-[...8 lines deleted...]
-      <c r="H40">
+      <c r="E42" t="s">
+        <v>20</v>
+      </c>
+      <c r="F42" t="s">
+        <v>148</v>
+      </c>
+      <c r="G42" t="s">
+        <v>22</v>
+      </c>
+      <c r="H42">
+        <v>2007</v>
+      </c>
+      <c r="I42">
+        <v>2011</v>
+      </c>
+      <c r="J42" t="s">
+        <v>68</v>
+      </c>
+      <c r="K42" t="s">
+        <v>36</v>
+      </c>
+      <c r="L42" t="s">
+        <v>295</v>
+      </c>
+      <c r="M42" t="s">
+        <v>296</v>
+      </c>
+      <c r="N42" t="s">
+        <v>27</v>
+      </c>
+      <c r="O42" t="s">
+        <v>297</v>
+      </c>
+      <c r="P42" t="s">
+        <v>298</v>
+      </c>
+    </row>
+    <row r="43" spans="1:16">
+      <c r="A43" t="s">
+        <v>299</v>
+      </c>
+      <c r="B43" t="s">
+        <v>300</v>
+      </c>
+      <c r="C43" t="s">
+        <v>301</v>
+      </c>
+      <c r="D43" t="s">
+        <v>302</v>
+      </c>
+      <c r="E43" t="s">
+        <v>20</v>
+      </c>
+      <c r="F43" t="s">
+        <v>21</v>
+      </c>
+      <c r="G43" t="s">
+        <v>34</v>
+      </c>
+      <c r="H43">
+        <v>2019</v>
+      </c>
+      <c r="I43"/>
+      <c r="J43" t="s">
+        <v>303</v>
+      </c>
+      <c r="K43" t="s">
+        <v>82</v>
+      </c>
+      <c r="L43"/>
+      <c r="M43" t="s">
+        <v>304</v>
+      </c>
+      <c r="N43" t="s">
+        <v>305</v>
+      </c>
+      <c r="O43" t="s">
+        <v>306</v>
+      </c>
+      <c r="P43" t="s">
+        <v>307</v>
+      </c>
+    </row>
+    <row r="44" spans="1:16">
+      <c r="A44" t="s">
+        <v>308</v>
+      </c>
+      <c r="B44" t="s">
+        <v>309</v>
+      </c>
+      <c r="C44" t="s">
+        <v>310</v>
+      </c>
+      <c r="D44" t="s">
+        <v>251</v>
+      </c>
+      <c r="E44" t="s">
+        <v>66</v>
+      </c>
+      <c r="F44" t="s">
+        <v>67</v>
+      </c>
+      <c r="G44" t="s">
+        <v>34</v>
+      </c>
+      <c r="H44">
         <v>2012</v>
       </c>
-      <c r="I40" t="s">
-[...171 lines deleted...]
-      </c>
+      <c r="I44"/>
       <c r="J44" t="s">
-        <v>57</v>
+        <v>311</v>
       </c>
       <c r="K44" t="s">
-        <v>228</v>
+        <v>69</v>
       </c>
       <c r="L44" t="s">
-        <v>229</v>
+        <v>312</v>
       </c>
       <c r="M44" t="s">
-        <v>24</v>
+        <v>313</v>
       </c>
       <c r="N44" t="s">
-        <v>230</v>
-[...2 lines deleted...]
-    <row r="45" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O44" t="s">
+        <v>314</v>
+      </c>
+      <c r="P44" t="s">
+        <v>315</v>
+      </c>
+    </row>
+    <row r="45" spans="1:16">
       <c r="A45" t="s">
-        <v>231</v>
+        <v>316</v>
       </c>
       <c r="B45" t="s">
-        <v>226</v>
+        <v>317</v>
       </c>
       <c r="C45" t="s">
-        <v>45</v>
+        <v>310</v>
       </c>
       <c r="D45" t="s">
         <v>54</v>
       </c>
       <c r="E45" t="s">
-        <v>55</v>
+        <v>66</v>
       </c>
       <c r="F45" t="s">
-        <v>29</v>
-[...1 lines deleted...]
-      <c r="G45">
+        <v>67</v>
+      </c>
+      <c r="G45" t="s">
+        <v>34</v>
+      </c>
+      <c r="H45">
         <v>2012</v>
       </c>
-      <c r="H45"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I45"/>
       <c r="J45" t="s">
-        <v>31</v>
+        <v>311</v>
       </c>
       <c r="K45" t="s">
-        <v>232</v>
+        <v>36</v>
       </c>
       <c r="L45" t="s">
-        <v>229</v>
+        <v>318</v>
       </c>
       <c r="M45" t="s">
-        <v>24</v>
+        <v>313</v>
       </c>
       <c r="N45" t="s">
-        <v>233</v>
-[...2 lines deleted...]
-    <row r="46" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O45" t="s">
+        <v>319</v>
+      </c>
+      <c r="P45" t="s">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="46" spans="1:16">
       <c r="A46" t="s">
-        <v>234</v>
+        <v>321</v>
       </c>
       <c r="B46" t="s">
-        <v>226</v>
+        <v>322</v>
       </c>
       <c r="C46" t="s">
-        <v>70</v>
+        <v>310</v>
       </c>
       <c r="D46" t="s">
-        <v>54</v>
+        <v>88</v>
       </c>
       <c r="E46" t="s">
-        <v>55</v>
+        <v>66</v>
       </c>
       <c r="F46" t="s">
-        <v>29</v>
-[...1 lines deleted...]
-      <c r="G46">
+        <v>67</v>
+      </c>
+      <c r="G46" t="s">
+        <v>34</v>
+      </c>
+      <c r="H46">
         <v>2015</v>
       </c>
-      <c r="H46"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I46"/>
       <c r="J46" t="s">
-        <v>31</v>
+        <v>311</v>
       </c>
       <c r="K46" t="s">
-        <v>235</v>
+        <v>36</v>
       </c>
       <c r="L46" t="s">
-        <v>229</v>
+        <v>323</v>
       </c>
       <c r="M46" t="s">
-        <v>24</v>
+        <v>313</v>
       </c>
       <c r="N46" t="s">
-        <v>236</v>
-[...2 lines deleted...]
-    <row r="47" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O46" t="s">
+        <v>324</v>
+      </c>
+      <c r="P46" t="s">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="47" spans="1:16">
       <c r="A47" t="s">
-        <v>237</v>
+        <v>326</v>
       </c>
       <c r="B47" t="s">
-        <v>226</v>
+        <v>327</v>
       </c>
       <c r="C47" t="s">
-        <v>238</v>
+        <v>310</v>
       </c>
       <c r="D47" t="s">
-        <v>54</v>
+        <v>328</v>
       </c>
       <c r="E47" t="s">
-        <v>18</v>
+        <v>66</v>
       </c>
       <c r="F47" t="s">
-        <v>29</v>
-[...1 lines deleted...]
-      <c r="G47">
+        <v>21</v>
+      </c>
+      <c r="G47" t="s">
+        <v>34</v>
+      </c>
+      <c r="H47">
         <v>2012</v>
       </c>
-      <c r="H47"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I47"/>
       <c r="J47" t="s">
-        <v>31</v>
-[...4 lines deleted...]
-      </c>
+        <v>329</v>
+      </c>
+      <c r="K47" t="s">
+        <v>36</v>
+      </c>
+      <c r="L47"/>
       <c r="M47" t="s">
-        <v>24</v>
+        <v>330</v>
       </c>
       <c r="N47" t="s">
-        <v>241</v>
+        <v>27</v>
+      </c>
+      <c r="O47" t="s">
+        <v>331</v>
+      </c>
+      <c r="P47" t="s">
+        <v>332</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>