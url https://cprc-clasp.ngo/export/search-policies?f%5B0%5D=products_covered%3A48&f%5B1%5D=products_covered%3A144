--- v1 (2025-11-27)
+++ v2 (2026-03-06)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="333">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="344">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -173,78 +173,112 @@
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>GB 14048.1 GB 14048.4</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-alternative-current-contactor</t>
   </si>
   <si>
     <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/5%E9%99%84%E4%BB%B620_%E4%BA%A4%E6%B5%81%E6%8E%A5%E8%A7%A6%E5%99%A8%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2019/1782 of 1 October 2019 laying down ecodesign requirements for external power supplies</t>
   </si>
   <si>
     <t>This Regulation establishes ecodesign requirements related to electric power consumption in no-load condition and average active efficiency of external power supplies.  Exclusions: this Regulation shall not apply to:   a. voltage converters;   b. uninterruptible power supplies;   c. battery chargers;     d. halogen lighting converters;   e. external power supplies for medical devices;   f. external power supplies placed on the market no later than 30 June 2015 as a service part or spare part for an identical external power supply which was placed on the market not later than one year after this Regulation has come into force; under the condition that the service part or spare part; or its packaging; clearly indicates the primary load products for which the spare part or service part is intended to be used with.</t>
   </si>
   <si>
+    <t>United Kingdom</t>
+  </si>
+  <si>
+    <t>External Power Supply</t>
+  </si>
+  <si>
+    <t>October 2023</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20191782-1-october-2019-laying-down-ecodesign-requirements-0</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.uk/eur/2019/1782/contents</t>
+  </si>
+  <si>
     <t>European Union</t>
   </si>
   <si>
-    <t>External Power Supply</t>
+    <t>Entered into force, Revised, To Be Superseded</t>
   </si>
   <si>
     <t>September 2023</t>
   </si>
   <si>
     <t>European Commission - DG Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20191782-1-october-2019-laying-down-ecodesign-requirements</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=uriserv%3AOJ.L_.2019.272.01.0095.01.ENG&amp;toc=OJ%3AL%3A2019%3A272%3ATOC</t>
   </si>
   <si>
-    <t>United Kingdom</t>
-[...8 lines deleted...]
-    <t>https://www.legislation.gov.uk/eur/2019/1782/contents</t>
+    <t>Commission Regulation (EU) 2025/2052 of 13 October 2025  laying down ecodesign requirements for external power supplies, wireless chargers, wireless charging pads, battery chargers for portable batteries of general use and USB Type-C cables</t>
+  </si>
+  <si>
+    <t>Laying down ecodesign requirements for external power supplies, wireless chargers, wireless charging pads, battery chargers for portable batteries of general use and USB Type-C cables.
+This policy applies from the 14th December 2028, repealing Commission Regulation (EU) 2019/1782.</t>
+  </si>
+  <si>
+    <t>Europe, European Union</t>
+  </si>
+  <si>
+    <t>Battery Chargers, External Power Supply</t>
+  </si>
+  <si>
+    <t>Published, New</t>
+  </si>
+  <si>
+    <t>December 2025</t>
+  </si>
+  <si>
+    <t>87 FR 51221</t>
+  </si>
+  <si>
+    <t>European Commission</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20252052-13-october-2025-laying-down-ecodesign-requirements</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32025R2052&amp;qid=1763999035842</t>
   </si>
   <si>
     <t>CQC31-030421-2010. Energy Conservation Certification Rules - Doors and Windows</t>
   </si>
   <si>
     <t>This policy contains energy conservation certification rules for doors and windows. It applies to doors and windows with a thermal insulation function.</t>
   </si>
   <si>
     <t>Doors</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Other</t>
   </si>
   <si>
     <t>CQC 3118-2011</t>
   </si>
@@ -520,81 +554,81 @@
   <si>
     <t>ENERGY STAR Program Requirements for Uninterruptible Power Supplies (UPSs) Version 2.0</t>
   </si>
   <si>
     <t>Products that meet the definition of an Uninterruptible Power Supply (UPS) as specified in the policy document, including Static and Rotary UPSs and Ac-output UPSs and Dc-output UPSs/Rectifiers, are eligible for ENERGY STAR certification, with the exception of products listed in Section 2.2. Eligible products include:</t>
   </si>
   <si>
     <t>Canada, United States of America*</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Uninterruptible Power Supplies Rev. Dec-2017; 10 CFR 430, Section 4, Subpart B, Appendix Y</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-uninterruptible-power-supplies-upss-version-20</t>
   </si>
   <si>
     <t>https://www.energystar.gov/products/data_center_equipment/uninterruptible_power_supplies/partners</t>
   </si>
   <si>
     <t>GB 20943-2013 Minimum allowable values of energy efficiency and evaluating values of energy conservation for single voltage external AC-DC and AC-AC power supplies</t>
   </si>
   <si>
     <t>Applies to external power supplies which convert AC current with 220V and 50Hz to single voltage DC -no higher than 36V- or single voltage AC -no higher than 36V- current.It applies to products with rated output power no larger than 250W. Does NOT apply to DC-DC transformer.</t>
   </si>
   <si>
+    <t>Revised, To Be Superseded</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/gb-20943-2013-minimum-allowable-values-energy-efficiency-and-evaluating-values-energy</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E686D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 20943-2025  Minimum Allowable Values of Energy Efficiency and Energy Efficiency Grades for AC-DC and AC-AC Power Supplies</t>
   </si>
   <si>
     <t>This revised policy substantially expands its regulatory scope through the inclusion of additional product categories and extended power capacity ranges, while integrating embedded power supplies into its framework for the first time. Aligned with the European Union’s latest minimum energy efficiency requirements of power supplies, GB 20943-2025 introduces a globally pioneering specification for Grade 1 no-load power consumption, establishing a stringent threshold of 0.05W to 0.075W.</t>
   </si>
   <si>
-    <t>Asia and Pacific, China</t>
-[...1 lines deleted...]
-  <si>
     <t>Power Supply and Power Conversion</t>
   </si>
   <si>
     <t>February 2025</t>
   </si>
   <si>
     <t>GB 20943-2025</t>
   </si>
   <si>
     <t>The Standardization Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-20943-2025-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-ac</t>
   </si>
   <si>
-    <t>https://openstd.samr.gov.cn/bzgk/std/newGbInfo?hcno=8105E9E58B8B8BDB5DF9D96119B1C60A</t>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=2D9BC7B2DA386BF6E06397BE0A0A4ED1</t>
   </si>
   <si>
     <t>GB 21518-2008 Minimum allowable values of energy efficiency and energy efficiency grades for AC contactors</t>
   </si>
   <si>
     <t>Applies to those AC contactors with rated frequency of 50Hz; rated voltage no higher than 1140V; and rated current between 9A-630A. Does NOT apply to AC contactors with external power saving device or semi-conductor type -solid type contactor</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-21518-2008-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-ac</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D773ECD3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>Greenhouse and Energy Minimum Standards (External Power Supplies) Determination 2014</t>
   </si>
   <si>
     <t>Products covered include external power supply units with a nominal 230 V a.c. supply input and a single output at extra low voltage (ELV), either a.c. or d.c. and a maximum output of 250 W or 250 VA (see the standard for further details on products covered).</t>
   </si>
   <si>
     <t>Australia</t>
   </si>
   <si>
     <t>July 2025</t>
   </si>
@@ -1370,65 +1404,65 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P47"/>
+  <dimension ref="A1:P48"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="196.952" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="284.216" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="970.763" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="39.99" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="891.782" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="54.13" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="371.481" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="51.845" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="143.822" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="275.933" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -1625,2103 +1659,2151 @@
       <c r="D5" t="s">
         <v>54</v>
       </c>
       <c r="E5" t="s">
         <v>20</v>
       </c>
       <c r="F5" t="s">
         <v>21</v>
       </c>
       <c r="G5" t="s">
         <v>22</v>
       </c>
       <c r="H5">
         <v>2009</v>
       </c>
       <c r="I5">
         <v>2019</v>
       </c>
       <c r="J5" t="s">
         <v>55</v>
       </c>
       <c r="K5" t="s">
         <v>36</v>
       </c>
       <c r="L5"/>
-      <c r="M5" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="M5"/>
       <c r="N5" t="s">
         <v>27</v>
       </c>
       <c r="O5" t="s">
+        <v>56</v>
+      </c>
+      <c r="P5" t="s">
         <v>57</v>
-      </c>
-[...1 lines deleted...]
-        <v>58</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
         <v>51</v>
       </c>
       <c r="B6" t="s">
         <v>52</v>
       </c>
       <c r="C6" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="D6" t="s">
         <v>54</v>
       </c>
       <c r="E6" t="s">
         <v>20</v>
       </c>
       <c r="F6" t="s">
         <v>21</v>
       </c>
       <c r="G6" t="s">
-        <v>22</v>
+        <v>59</v>
       </c>
       <c r="H6">
         <v>2009</v>
       </c>
       <c r="I6">
         <v>2019</v>
       </c>
       <c r="J6" t="s">
         <v>60</v>
       </c>
       <c r="K6" t="s">
         <v>36</v>
       </c>
       <c r="L6"/>
-      <c r="M6"/>
+      <c r="M6" t="s">
+        <v>61</v>
+      </c>
       <c r="N6" t="s">
         <v>27</v>
       </c>
       <c r="O6" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="P6" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="B7" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="C7" t="s">
-        <v>42</v>
+        <v>66</v>
       </c>
       <c r="D7" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="E7" t="s">
-        <v>66</v>
+        <v>20</v>
       </c>
       <c r="F7" t="s">
-        <v>67</v>
+        <v>21</v>
       </c>
       <c r="G7" t="s">
-        <v>22</v>
+        <v>68</v>
       </c>
       <c r="H7">
-        <v>2011</v>
-[...3 lines deleted...]
-      </c>
+        <v>2025</v>
+      </c>
+      <c r="I7"/>
       <c r="J7" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="K7" t="s">
-        <v>69</v>
+        <v>36</v>
       </c>
       <c r="L7" t="s">
         <v>70</v>
       </c>
       <c r="M7" t="s">
         <v>71</v>
       </c>
       <c r="N7" t="s">
         <v>27</v>
       </c>
       <c r="O7" t="s">
         <v>72</v>
       </c>
       <c r="P7" t="s">
         <v>73</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
         <v>74</v>
       </c>
       <c r="B8" t="s">
         <v>75</v>
       </c>
       <c r="C8" t="s">
         <v>42</v>
       </c>
       <c r="D8" t="s">
-        <v>33</v>
+        <v>76</v>
       </c>
       <c r="E8" t="s">
-        <v>66</v>
+        <v>77</v>
       </c>
       <c r="F8" t="s">
-        <v>67</v>
+        <v>78</v>
       </c>
       <c r="G8" t="s">
-        <v>34</v>
+        <v>22</v>
       </c>
       <c r="H8">
-        <v>2020</v>
-[...1 lines deleted...]
-      <c r="I8"/>
+        <v>2011</v>
+      </c>
+      <c r="I8">
+        <v>2013</v>
+      </c>
       <c r="J8" t="s">
-        <v>45</v>
+        <v>79</v>
       </c>
       <c r="K8" t="s">
-        <v>36</v>
+        <v>80</v>
       </c>
       <c r="L8" t="s">
-        <v>76</v>
+        <v>81</v>
       </c>
       <c r="M8" t="s">
-        <v>71</v>
+        <v>82</v>
       </c>
       <c r="N8" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="O8" t="s">
-        <v>77</v>
+        <v>83</v>
       </c>
       <c r="P8" t="s">
-        <v>78</v>
+        <v>84</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
-        <v>79</v>
+        <v>85</v>
       </c>
       <c r="B9" t="s">
-        <v>80</v>
+        <v>86</v>
       </c>
       <c r="C9" t="s">
         <v>42</v>
       </c>
       <c r="D9" t="s">
-        <v>81</v>
+        <v>33</v>
       </c>
       <c r="E9" t="s">
-        <v>66</v>
+        <v>77</v>
       </c>
       <c r="F9" t="s">
-        <v>67</v>
+        <v>78</v>
       </c>
       <c r="G9" t="s">
         <v>34</v>
       </c>
       <c r="H9">
-        <v>2013</v>
+        <v>2020</v>
       </c>
       <c r="I9"/>
       <c r="J9" t="s">
         <v>45</v>
       </c>
       <c r="K9" t="s">
+        <v>36</v>
+      </c>
+      <c r="L9" t="s">
+        <v>87</v>
+      </c>
+      <c r="M9" t="s">
         <v>82</v>
       </c>
-      <c r="L9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="N9" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="O9" t="s">
-        <v>84</v>
+        <v>88</v>
       </c>
       <c r="P9" t="s">
-        <v>85</v>
+        <v>89</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
-        <v>86</v>
+        <v>90</v>
       </c>
       <c r="B10" t="s">
-        <v>87</v>
+        <v>91</v>
       </c>
       <c r="C10" t="s">
         <v>42</v>
       </c>
       <c r="D10" t="s">
-        <v>88</v>
+        <v>92</v>
       </c>
       <c r="E10" t="s">
-        <v>66</v>
+        <v>77</v>
       </c>
       <c r="F10" t="s">
-        <v>67</v>
+        <v>78</v>
       </c>
       <c r="G10" t="s">
         <v>34</v>
       </c>
       <c r="H10">
-        <v>2009</v>
+        <v>2013</v>
       </c>
       <c r="I10"/>
       <c r="J10" t="s">
-        <v>89</v>
+        <v>45</v>
       </c>
       <c r="K10" t="s">
-        <v>36</v>
+        <v>93</v>
       </c>
       <c r="L10" t="s">
-        <v>90</v>
+        <v>94</v>
       </c>
       <c r="M10" t="s">
-        <v>71</v>
+        <v>82</v>
       </c>
       <c r="N10" t="s">
         <v>27</v>
       </c>
       <c r="O10" t="s">
-        <v>91</v>
+        <v>95</v>
       </c>
       <c r="P10" t="s">
-        <v>92</v>
+        <v>96</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
-        <v>93</v>
+        <v>97</v>
       </c>
       <c r="B11" t="s">
-        <v>94</v>
+        <v>98</v>
       </c>
       <c r="C11" t="s">
         <v>42</v>
       </c>
       <c r="D11" t="s">
-        <v>33</v>
+        <v>99</v>
       </c>
       <c r="E11" t="s">
-        <v>66</v>
+        <v>77</v>
       </c>
       <c r="F11" t="s">
-        <v>67</v>
+        <v>78</v>
       </c>
       <c r="G11" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="H11">
-        <v>2005</v>
-[...3 lines deleted...]
-      </c>
+        <v>2009</v>
+      </c>
+      <c r="I11"/>
       <c r="J11" t="s">
-        <v>89</v>
+        <v>100</v>
       </c>
       <c r="K11" t="s">
         <v>36</v>
       </c>
       <c r="L11" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="M11" t="s">
-        <v>71</v>
+        <v>82</v>
       </c>
       <c r="N11" t="s">
         <v>27</v>
       </c>
       <c r="O11" t="s">
-        <v>96</v>
+        <v>102</v>
       </c>
       <c r="P11" t="s">
-        <v>97</v>
+        <v>103</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
-        <v>98</v>
+        <v>104</v>
       </c>
       <c r="B12" t="s">
-        <v>99</v>
+        <v>105</v>
       </c>
       <c r="C12" t="s">
         <v>42</v>
       </c>
       <c r="D12" t="s">
-        <v>54</v>
+        <v>33</v>
       </c>
       <c r="E12" t="s">
-        <v>66</v>
+        <v>77</v>
       </c>
       <c r="F12" t="s">
-        <v>67</v>
+        <v>78</v>
       </c>
       <c r="G12" t="s">
         <v>22</v>
       </c>
       <c r="H12">
         <v>2005</v>
       </c>
       <c r="I12">
         <v>2014</v>
       </c>
       <c r="J12" t="s">
-        <v>89</v>
+        <v>100</v>
       </c>
       <c r="K12" t="s">
         <v>36</v>
       </c>
       <c r="L12" t="s">
-        <v>100</v>
+        <v>106</v>
       </c>
       <c r="M12" t="s">
-        <v>71</v>
+        <v>82</v>
       </c>
       <c r="N12" t="s">
         <v>27</v>
       </c>
       <c r="O12" t="s">
-        <v>101</v>
+        <v>107</v>
       </c>
       <c r="P12" t="s">
-        <v>102</v>
+        <v>108</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
-        <v>103</v>
+        <v>109</v>
       </c>
       <c r="B13" t="s">
-        <v>104</v>
+        <v>110</v>
       </c>
       <c r="C13" t="s">
         <v>42</v>
       </c>
       <c r="D13" t="s">
-        <v>105</v>
+        <v>54</v>
       </c>
       <c r="E13" t="s">
-        <v>66</v>
+        <v>77</v>
       </c>
       <c r="F13" t="s">
-        <v>67</v>
+        <v>78</v>
       </c>
       <c r="G13" t="s">
-        <v>34</v>
+        <v>22</v>
       </c>
       <c r="H13">
-        <v>2021</v>
-[...1 lines deleted...]
-      <c r="I13"/>
+        <v>2005</v>
+      </c>
+      <c r="I13">
+        <v>2014</v>
+      </c>
       <c r="J13" t="s">
-        <v>68</v>
+        <v>100</v>
       </c>
       <c r="K13" t="s">
         <v>36</v>
       </c>
       <c r="L13" t="s">
-        <v>106</v>
+        <v>111</v>
       </c>
       <c r="M13" t="s">
-        <v>107</v>
+        <v>82</v>
       </c>
       <c r="N13" t="s">
         <v>27</v>
       </c>
       <c r="O13" t="s">
-        <v>108</v>
+        <v>112</v>
       </c>
       <c r="P13" t="s">
-        <v>109</v>
+        <v>113</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
-        <v>110</v>
+        <v>114</v>
       </c>
       <c r="B14" t="s">
-        <v>111</v>
+        <v>115</v>
       </c>
       <c r="C14" t="s">
         <v>42</v>
       </c>
       <c r="D14" t="s">
-        <v>105</v>
+        <v>116</v>
       </c>
       <c r="E14" t="s">
-        <v>66</v>
+        <v>77</v>
       </c>
       <c r="F14" t="s">
-        <v>67</v>
+        <v>78</v>
       </c>
       <c r="G14" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="H14">
-        <v>2009</v>
-[...1 lines deleted...]
-      <c r="I14">
         <v>2021</v>
       </c>
+      <c r="I14"/>
       <c r="J14" t="s">
-        <v>68</v>
+        <v>79</v>
       </c>
       <c r="K14" t="s">
         <v>36</v>
       </c>
       <c r="L14" t="s">
-        <v>112</v>
+        <v>117</v>
       </c>
       <c r="M14" t="s">
-        <v>107</v>
+        <v>118</v>
       </c>
       <c r="N14" t="s">
         <v>27</v>
       </c>
       <c r="O14" t="s">
-        <v>113</v>
+        <v>119</v>
       </c>
       <c r="P14" t="s">
-        <v>114</v>
+        <v>120</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
-        <v>115</v>
+        <v>121</v>
       </c>
       <c r="B15" t="s">
-        <v>116</v>
+        <v>122</v>
       </c>
       <c r="C15" t="s">
         <v>42</v>
       </c>
       <c r="D15" t="s">
-        <v>117</v>
+        <v>116</v>
       </c>
       <c r="E15" t="s">
-        <v>66</v>
+        <v>77</v>
       </c>
       <c r="F15" t="s">
-        <v>67</v>
+        <v>78</v>
       </c>
       <c r="G15" t="s">
         <v>22</v>
       </c>
       <c r="H15">
-        <v>2010</v>
+        <v>2009</v>
       </c>
       <c r="I15">
-        <v>2010</v>
+        <v>2021</v>
       </c>
       <c r="J15" t="s">
-        <v>89</v>
+        <v>79</v>
       </c>
       <c r="K15" t="s">
         <v>36</v>
       </c>
       <c r="L15" t="s">
+        <v>123</v>
+      </c>
+      <c r="M15" t="s">
         <v>118</v>
-      </c>
-[...1 lines deleted...]
-        <v>71</v>
       </c>
       <c r="N15" t="s">
         <v>27</v>
       </c>
       <c r="O15" t="s">
-        <v>119</v>
+        <v>124</v>
       </c>
       <c r="P15" t="s">
-        <v>120</v>
+        <v>125</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
-        <v>121</v>
+        <v>126</v>
       </c>
       <c r="B16" t="s">
-        <v>122</v>
+        <v>127</v>
       </c>
       <c r="C16" t="s">
         <v>42</v>
       </c>
       <c r="D16" t="s">
-        <v>33</v>
+        <v>128</v>
       </c>
       <c r="E16" t="s">
-        <v>66</v>
+        <v>77</v>
       </c>
       <c r="F16" t="s">
-        <v>67</v>
+        <v>78</v>
       </c>
       <c r="G16" t="s">
-        <v>34</v>
+        <v>22</v>
       </c>
       <c r="H16">
-        <v>2015</v>
-[...1 lines deleted...]
-      <c r="I16"/>
+        <v>2010</v>
+      </c>
+      <c r="I16">
+        <v>2010</v>
+      </c>
       <c r="J16" t="s">
-        <v>45</v>
+        <v>100</v>
       </c>
       <c r="K16" t="s">
         <v>36</v>
       </c>
       <c r="L16" t="s">
-        <v>123</v>
+        <v>129</v>
       </c>
       <c r="M16" t="s">
-        <v>71</v>
+        <v>82</v>
       </c>
       <c r="N16" t="s">
         <v>27</v>
       </c>
       <c r="O16" t="s">
-        <v>124</v>
+        <v>130</v>
       </c>
       <c r="P16" t="s">
-        <v>125</v>
+        <v>131</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
-        <v>126</v>
+        <v>132</v>
       </c>
       <c r="B17" t="s">
-        <v>127</v>
+        <v>133</v>
       </c>
       <c r="C17" t="s">
         <v>42</v>
       </c>
       <c r="D17" t="s">
         <v>33</v>
       </c>
       <c r="E17" t="s">
-        <v>66</v>
+        <v>77</v>
       </c>
       <c r="F17" t="s">
-        <v>67</v>
+        <v>78</v>
       </c>
       <c r="G17" t="s">
         <v>34</v>
       </c>
       <c r="H17">
-        <v>2021</v>
+        <v>2015</v>
       </c>
       <c r="I17"/>
       <c r="J17" t="s">
         <v>45</v>
       </c>
       <c r="K17" t="s">
         <v>36</v>
       </c>
       <c r="L17" t="s">
-        <v>128</v>
+        <v>134</v>
       </c>
       <c r="M17" t="s">
-        <v>71</v>
+        <v>82</v>
       </c>
       <c r="N17" t="s">
         <v>27</v>
       </c>
       <c r="O17" t="s">
-        <v>129</v>
+        <v>135</v>
       </c>
       <c r="P17" t="s">
-        <v>130</v>
+        <v>136</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
-        <v>131</v>
+        <v>137</v>
       </c>
       <c r="B18" t="s">
-        <v>132</v>
+        <v>138</v>
       </c>
       <c r="C18" t="s">
         <v>42</v>
       </c>
       <c r="D18" t="s">
-        <v>54</v>
+        <v>33</v>
       </c>
       <c r="E18" t="s">
-        <v>66</v>
+        <v>77</v>
       </c>
       <c r="F18" t="s">
-        <v>67</v>
+        <v>78</v>
       </c>
       <c r="G18" t="s">
         <v>34</v>
       </c>
       <c r="H18">
-        <v>2018</v>
+        <v>2021</v>
       </c>
       <c r="I18"/>
       <c r="J18" t="s">
         <v>45</v>
       </c>
       <c r="K18" t="s">
         <v>36</v>
       </c>
       <c r="L18" t="s">
-        <v>133</v>
+        <v>139</v>
       </c>
       <c r="M18" t="s">
-        <v>71</v>
+        <v>82</v>
       </c>
       <c r="N18" t="s">
         <v>27</v>
       </c>
       <c r="O18" t="s">
-        <v>134</v>
+        <v>140</v>
       </c>
       <c r="P18" t="s">
-        <v>135</v>
+        <v>141</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
-        <v>136</v>
+        <v>142</v>
       </c>
       <c r="B19" t="s">
-        <v>137</v>
+        <v>143</v>
       </c>
       <c r="C19" t="s">
-        <v>138</v>
+        <v>42</v>
       </c>
       <c r="D19" t="s">
-        <v>117</v>
+        <v>54</v>
       </c>
       <c r="E19" t="s">
-        <v>66</v>
+        <v>77</v>
       </c>
       <c r="F19" t="s">
-        <v>67</v>
+        <v>78</v>
       </c>
       <c r="G19" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="H19">
-        <v>2012</v>
-[...3 lines deleted...]
-      </c>
+        <v>2018</v>
+      </c>
+      <c r="I19"/>
       <c r="J19" t="s">
-        <v>139</v>
+        <v>45</v>
       </c>
       <c r="K19" t="s">
         <v>36</v>
       </c>
       <c r="L19" t="s">
-        <v>140</v>
+        <v>144</v>
       </c>
       <c r="M19" t="s">
-        <v>141</v>
+        <v>82</v>
       </c>
       <c r="N19" t="s">
         <v>27</v>
       </c>
       <c r="O19" t="s">
-        <v>142</v>
+        <v>145</v>
       </c>
       <c r="P19" t="s">
-        <v>143</v>
+        <v>146</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
-        <v>144</v>
+        <v>147</v>
       </c>
       <c r="B20" t="s">
-        <v>145</v>
+        <v>148</v>
       </c>
       <c r="C20" t="s">
-        <v>146</v>
+        <v>149</v>
       </c>
       <c r="D20" t="s">
-        <v>147</v>
+        <v>128</v>
       </c>
       <c r="E20" t="s">
-        <v>20</v>
+        <v>77</v>
       </c>
       <c r="F20" t="s">
-        <v>148</v>
+        <v>78</v>
       </c>
       <c r="G20" t="s">
         <v>22</v>
       </c>
       <c r="H20">
-        <v>2016</v>
+        <v>2012</v>
       </c>
       <c r="I20">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="J20" t="s">
-        <v>68</v>
+        <v>150</v>
       </c>
       <c r="K20" t="s">
-        <v>149</v>
-[...1 lines deleted...]
-      <c r="L20"/>
+        <v>36</v>
+      </c>
+      <c r="L20" t="s">
+        <v>151</v>
+      </c>
       <c r="M20" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="N20" t="s">
         <v>27</v>
       </c>
       <c r="O20" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
       <c r="P20" t="s">
-        <v>152</v>
+        <v>154</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="B21" t="s">
-        <v>154</v>
+        <v>156</v>
       </c>
       <c r="C21" t="s">
-        <v>18</v>
+        <v>157</v>
       </c>
       <c r="D21" t="s">
-        <v>155</v>
+        <v>158</v>
       </c>
       <c r="E21" t="s">
-        <v>66</v>
+        <v>20</v>
       </c>
       <c r="F21" t="s">
-        <v>67</v>
+        <v>159</v>
       </c>
       <c r="G21" t="s">
         <v>22</v>
       </c>
       <c r="H21">
-        <v>2003</v>
+        <v>2016</v>
       </c>
       <c r="I21">
-        <v>2015</v>
+        <v>2019</v>
       </c>
       <c r="J21" t="s">
-        <v>89</v>
+        <v>79</v>
       </c>
       <c r="K21" t="s">
-        <v>69</v>
-[...3 lines deleted...]
-      </c>
+        <v>160</v>
+      </c>
+      <c r="L21"/>
       <c r="M21" t="s">
-        <v>157</v>
+        <v>161</v>
       </c>
       <c r="N21" t="s">
         <v>27</v>
       </c>
       <c r="O21" t="s">
-        <v>158</v>
+        <v>162</v>
       </c>
       <c r="P21" t="s">
-        <v>159</v>
+        <v>163</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
-        <v>160</v>
+        <v>164</v>
       </c>
       <c r="B22" t="s">
-        <v>161</v>
+        <v>165</v>
       </c>
       <c r="C22" t="s">
-        <v>162</v>
+        <v>18</v>
       </c>
       <c r="D22" t="s">
-        <v>88</v>
+        <v>166</v>
       </c>
       <c r="E22" t="s">
-        <v>66</v>
+        <v>77</v>
       </c>
       <c r="F22" t="s">
-        <v>67</v>
+        <v>78</v>
       </c>
       <c r="G22" t="s">
         <v>22</v>
       </c>
       <c r="H22">
-        <v>2012</v>
+        <v>2003</v>
       </c>
       <c r="I22">
-        <v>2019</v>
+        <v>2015</v>
       </c>
       <c r="J22" t="s">
-        <v>89</v>
+        <v>100</v>
       </c>
       <c r="K22" t="s">
-        <v>36</v>
+        <v>80</v>
       </c>
       <c r="L22" t="s">
-        <v>163</v>
+        <v>167</v>
       </c>
       <c r="M22" t="s">
-        <v>157</v>
+        <v>168</v>
       </c>
       <c r="N22" t="s">
         <v>27</v>
       </c>
       <c r="O22" t="s">
-        <v>164</v>
+        <v>169</v>
       </c>
       <c r="P22" t="s">
-        <v>165</v>
+        <v>170</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
-        <v>166</v>
+        <v>171</v>
       </c>
       <c r="B23" t="s">
-        <v>167</v>
+        <v>172</v>
       </c>
       <c r="C23" t="s">
-        <v>42</v>
+        <v>173</v>
       </c>
       <c r="D23" t="s">
-        <v>54</v>
+        <v>99</v>
       </c>
       <c r="E23" t="s">
-        <v>20</v>
+        <v>77</v>
       </c>
       <c r="F23" t="s">
-        <v>21</v>
+        <v>78</v>
       </c>
       <c r="G23" t="s">
         <v>22</v>
       </c>
       <c r="H23">
-        <v>2007</v>
+        <v>2012</v>
       </c>
       <c r="I23">
-        <v>2014</v>
+        <v>2019</v>
       </c>
       <c r="J23" t="s">
-        <v>89</v>
+        <v>100</v>
       </c>
       <c r="K23" t="s">
         <v>36</v>
       </c>
       <c r="L23" t="s">
-        <v>100</v>
+        <v>174</v>
       </c>
       <c r="M23" t="s">
-        <v>47</v>
+        <v>168</v>
       </c>
       <c r="N23" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="O23" t="s">
-        <v>168</v>
+        <v>175</v>
       </c>
       <c r="P23" t="s">
-        <v>169</v>
+        <v>176</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" t="s">
-        <v>170</v>
+        <v>177</v>
       </c>
       <c r="B24" t="s">
-        <v>171</v>
+        <v>178</v>
       </c>
       <c r="C24" t="s">
-        <v>172</v>
+        <v>42</v>
       </c>
       <c r="D24" t="s">
-        <v>173</v>
+        <v>54</v>
       </c>
       <c r="E24" t="s">
         <v>20</v>
       </c>
       <c r="F24" t="s">
         <v>21</v>
       </c>
       <c r="G24" t="s">
-        <v>8</v>
+        <v>179</v>
       </c>
       <c r="H24">
         <v>2007</v>
       </c>
       <c r="I24">
-        <v>2025</v>
+        <v>2013</v>
       </c>
       <c r="J24" t="s">
-        <v>174</v>
+        <v>100</v>
       </c>
       <c r="K24" t="s">
         <v>36</v>
       </c>
       <c r="L24" t="s">
-        <v>175</v>
+        <v>111</v>
       </c>
       <c r="M24" t="s">
-        <v>176</v>
+        <v>47</v>
       </c>
       <c r="N24" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="O24" t="s">
-        <v>177</v>
+        <v>180</v>
       </c>
       <c r="P24" t="s">
-        <v>178</v>
+        <v>181</v>
       </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" t="s">
-        <v>179</v>
+        <v>182</v>
       </c>
       <c r="B25" t="s">
-        <v>180</v>
+        <v>183</v>
       </c>
       <c r="C25" t="s">
         <v>42</v>
       </c>
       <c r="D25" t="s">
-        <v>43</v>
+        <v>184</v>
       </c>
       <c r="E25" t="s">
         <v>20</v>
       </c>
       <c r="F25" t="s">
         <v>21</v>
       </c>
       <c r="G25" t="s">
-        <v>22</v>
+        <v>8</v>
       </c>
       <c r="H25">
-        <v>2008</v>
+        <v>2007</v>
       </c>
       <c r="I25">
-        <v>2008</v>
+        <v>2025</v>
       </c>
       <c r="J25" t="s">
-        <v>89</v>
+        <v>185</v>
       </c>
       <c r="K25" t="s">
         <v>36</v>
       </c>
       <c r="L25" t="s">
-        <v>46</v>
+        <v>186</v>
       </c>
       <c r="M25" t="s">
-        <v>47</v>
+        <v>187</v>
       </c>
       <c r="N25" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="O25" t="s">
-        <v>181</v>
+        <v>188</v>
       </c>
       <c r="P25" t="s">
-        <v>182</v>
+        <v>189</v>
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" t="s">
-        <v>183</v>
+        <v>190</v>
       </c>
       <c r="B26" t="s">
-        <v>184</v>
+        <v>191</v>
       </c>
       <c r="C26" t="s">
-        <v>185</v>
+        <v>42</v>
       </c>
       <c r="D26" t="s">
-        <v>54</v>
+        <v>43</v>
       </c>
       <c r="E26" t="s">
         <v>20</v>
       </c>
       <c r="F26" t="s">
         <v>21</v>
       </c>
       <c r="G26" t="s">
         <v>22</v>
       </c>
       <c r="H26">
-        <v>2005</v>
+        <v>2008</v>
       </c>
       <c r="I26">
-        <v>2014</v>
+        <v>2008</v>
       </c>
       <c r="J26" t="s">
-        <v>186</v>
+        <v>100</v>
       </c>
       <c r="K26" t="s">
         <v>36</v>
       </c>
       <c r="L26" t="s">
-        <v>187</v>
+        <v>46</v>
       </c>
       <c r="M26" t="s">
-        <v>188</v>
+        <v>47</v>
       </c>
       <c r="N26" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="O26" t="s">
-        <v>189</v>
+        <v>192</v>
       </c>
       <c r="P26" t="s">
-        <v>190</v>
+        <v>193</v>
       </c>
     </row>
     <row r="27" spans="1:16">
       <c r="A27" t="s">
-        <v>191</v>
+        <v>194</v>
       </c>
       <c r="B27" t="s">
-        <v>192</v>
+        <v>195</v>
       </c>
       <c r="C27" t="s">
-        <v>193</v>
+        <v>196</v>
       </c>
       <c r="D27" t="s">
-        <v>88</v>
+        <v>54</v>
       </c>
       <c r="E27" t="s">
-        <v>66</v>
+        <v>20</v>
       </c>
       <c r="F27" t="s">
-        <v>67</v>
+        <v>21</v>
       </c>
       <c r="G27" t="s">
         <v>22</v>
       </c>
       <c r="H27">
-        <v>2015</v>
+        <v>2005</v>
       </c>
       <c r="I27">
-        <v>2015</v>
+        <v>2014</v>
       </c>
       <c r="J27" t="s">
-        <v>194</v>
+        <v>197</v>
       </c>
       <c r="K27" t="s">
         <v>36</v>
       </c>
       <c r="L27" t="s">
-        <v>191</v>
+        <v>198</v>
       </c>
       <c r="M27" t="s">
-        <v>195</v>
+        <v>199</v>
       </c>
       <c r="N27" t="s">
         <v>27</v>
       </c>
       <c r="O27" t="s">
-        <v>196</v>
+        <v>200</v>
       </c>
       <c r="P27" t="s">
-        <v>197</v>
+        <v>201</v>
       </c>
     </row>
     <row r="28" spans="1:16">
       <c r="A28" t="s">
-        <v>198</v>
+        <v>202</v>
       </c>
       <c r="B28" t="s">
-        <v>199</v>
+        <v>203</v>
       </c>
       <c r="C28" t="s">
-        <v>200</v>
+        <v>204</v>
       </c>
       <c r="D28" t="s">
-        <v>88</v>
+        <v>99</v>
       </c>
       <c r="E28" t="s">
-        <v>66</v>
+        <v>77</v>
       </c>
       <c r="F28" t="s">
-        <v>67</v>
+        <v>78</v>
       </c>
       <c r="G28" t="s">
         <v>22</v>
       </c>
       <c r="H28">
-        <v>1996</v>
+        <v>2015</v>
       </c>
       <c r="I28">
-        <v>2010</v>
+        <v>2015</v>
       </c>
       <c r="J28" t="s">
-        <v>201</v>
+        <v>205</v>
       </c>
       <c r="K28" t="s">
         <v>36</v>
       </c>
-      <c r="L28"/>
+      <c r="L28" t="s">
+        <v>202</v>
+      </c>
       <c r="M28" t="s">
-        <v>202</v>
+        <v>206</v>
       </c>
       <c r="N28" t="s">
         <v>27</v>
       </c>
       <c r="O28" t="s">
-        <v>203</v>
+        <v>207</v>
       </c>
       <c r="P28" t="s">
-        <v>204</v>
+        <v>208</v>
       </c>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" t="s">
-        <v>205</v>
+        <v>209</v>
       </c>
       <c r="B29" t="s">
-        <v>206</v>
+        <v>210</v>
       </c>
       <c r="C29" t="s">
-        <v>207</v>
+        <v>211</v>
       </c>
       <c r="D29" t="s">
-        <v>54</v>
+        <v>99</v>
       </c>
       <c r="E29" t="s">
-        <v>20</v>
+        <v>77</v>
       </c>
       <c r="F29" t="s">
-        <v>21</v>
+        <v>78</v>
       </c>
       <c r="G29" t="s">
         <v>22</v>
       </c>
       <c r="H29">
-        <v>2013</v>
+        <v>1996</v>
       </c>
       <c r="I29">
-        <v>2014</v>
+        <v>2010</v>
       </c>
       <c r="J29" t="s">
-        <v>89</v>
+        <v>212</v>
       </c>
       <c r="K29" t="s">
         <v>36</v>
       </c>
-      <c r="L29" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L29"/>
       <c r="M29" t="s">
-        <v>209</v>
+        <v>213</v>
       </c>
       <c r="N29" t="s">
         <v>27</v>
       </c>
       <c r="O29" t="s">
-        <v>210</v>
+        <v>214</v>
       </c>
       <c r="P29" t="s">
-        <v>211</v>
+        <v>215</v>
       </c>
     </row>
     <row r="30" spans="1:16">
       <c r="A30" t="s">
-        <v>212</v>
+        <v>216</v>
       </c>
       <c r="B30" t="s">
-        <v>213</v>
+        <v>217</v>
       </c>
       <c r="C30" t="s">
-        <v>214</v>
+        <v>218</v>
       </c>
       <c r="D30" t="s">
-        <v>215</v>
+        <v>54</v>
       </c>
       <c r="E30" t="s">
         <v>20</v>
       </c>
       <c r="F30" t="s">
         <v>21</v>
       </c>
       <c r="G30" t="s">
-        <v>34</v>
+        <v>22</v>
       </c>
       <c r="H30">
-        <v>2022</v>
-[...1 lines deleted...]
-      <c r="I30"/>
+        <v>2013</v>
+      </c>
+      <c r="I30">
+        <v>2014</v>
+      </c>
       <c r="J30" t="s">
-        <v>216</v>
+        <v>100</v>
       </c>
       <c r="K30" t="s">
         <v>36</v>
       </c>
-      <c r="L30"/>
+      <c r="L30" t="s">
+        <v>219</v>
+      </c>
       <c r="M30" t="s">
-        <v>217</v>
+        <v>220</v>
       </c>
       <c r="N30" t="s">
         <v>27</v>
       </c>
       <c r="O30" t="s">
-        <v>218</v>
+        <v>221</v>
       </c>
       <c r="P30" t="s">
-        <v>219</v>
+        <v>222</v>
       </c>
     </row>
     <row r="31" spans="1:16">
       <c r="A31" t="s">
-        <v>220</v>
+        <v>223</v>
       </c>
       <c r="B31" t="s">
-        <v>221</v>
+        <v>224</v>
       </c>
       <c r="C31" t="s">
-        <v>214</v>
+        <v>225</v>
       </c>
       <c r="D31" t="s">
-        <v>81</v>
+        <v>226</v>
       </c>
       <c r="E31" t="s">
-        <v>66</v>
+        <v>20</v>
       </c>
       <c r="F31" t="s">
         <v>21</v>
       </c>
       <c r="G31" t="s">
         <v>34</v>
       </c>
       <c r="H31">
         <v>2022</v>
       </c>
       <c r="I31"/>
       <c r="J31" t="s">
-        <v>216</v>
+        <v>227</v>
       </c>
       <c r="K31" t="s">
-        <v>222</v>
+        <v>36</v>
       </c>
       <c r="L31"/>
       <c r="M31" t="s">
-        <v>217</v>
+        <v>228</v>
       </c>
       <c r="N31" t="s">
-        <v>223</v>
+        <v>27</v>
       </c>
       <c r="O31" t="s">
-        <v>224</v>
+        <v>229</v>
       </c>
       <c r="P31" t="s">
-        <v>219</v>
+        <v>230</v>
       </c>
     </row>
     <row r="32" spans="1:16">
       <c r="A32" t="s">
+        <v>231</v>
+      </c>
+      <c r="B32" t="s">
+        <v>232</v>
+      </c>
+      <c r="C32" t="s">
         <v>225</v>
       </c>
-      <c r="B32" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D32" t="s">
-        <v>215</v>
+        <v>92</v>
       </c>
       <c r="E32" t="s">
-        <v>20</v>
+        <v>77</v>
       </c>
       <c r="F32" t="s">
         <v>21</v>
       </c>
       <c r="G32" t="s">
         <v>34</v>
       </c>
       <c r="H32">
-        <v>2012</v>
+        <v>2022</v>
       </c>
       <c r="I32"/>
       <c r="J32" t="s">
-        <v>201</v>
+        <v>227</v>
       </c>
       <c r="K32" t="s">
-        <v>36</v>
+        <v>233</v>
       </c>
       <c r="L32"/>
       <c r="M32" t="s">
-        <v>202</v>
+        <v>228</v>
       </c>
       <c r="N32" t="s">
-        <v>27</v>
+        <v>234</v>
       </c>
       <c r="O32" t="s">
-        <v>227</v>
+        <v>235</v>
       </c>
       <c r="P32" t="s">
-        <v>228</v>
+        <v>230</v>
       </c>
     </row>
     <row r="33" spans="1:16">
       <c r="A33" t="s">
-        <v>229</v>
+        <v>236</v>
       </c>
       <c r="B33" t="s">
-        <v>230</v>
+        <v>237</v>
       </c>
       <c r="C33" t="s">
-        <v>200</v>
+        <v>211</v>
       </c>
       <c r="D33" t="s">
-        <v>54</v>
+        <v>226</v>
       </c>
       <c r="E33" t="s">
         <v>20</v>
       </c>
       <c r="F33" t="s">
         <v>21</v>
       </c>
       <c r="G33" t="s">
         <v>34</v>
       </c>
       <c r="H33">
-        <v>2009</v>
+        <v>2012</v>
       </c>
       <c r="I33"/>
       <c r="J33" t="s">
-        <v>201</v>
+        <v>212</v>
       </c>
       <c r="K33" t="s">
         <v>36</v>
       </c>
       <c r="L33"/>
       <c r="M33" t="s">
-        <v>202</v>
+        <v>213</v>
       </c>
       <c r="N33" t="s">
         <v>27</v>
       </c>
       <c r="O33" t="s">
-        <v>231</v>
+        <v>238</v>
       </c>
       <c r="P33" t="s">
-        <v>228</v>
+        <v>239</v>
       </c>
     </row>
     <row r="34" spans="1:16">
       <c r="A34" t="s">
-        <v>232</v>
+        <v>240</v>
       </c>
       <c r="B34" t="s">
-        <v>233</v>
+        <v>241</v>
       </c>
       <c r="C34" t="s">
-        <v>234</v>
+        <v>211</v>
       </c>
       <c r="D34" t="s">
         <v>54</v>
       </c>
       <c r="E34" t="s">
         <v>20</v>
       </c>
       <c r="F34" t="s">
         <v>21</v>
       </c>
       <c r="G34" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="H34">
-        <v>2005</v>
-[...3 lines deleted...]
-      </c>
+        <v>2009</v>
+      </c>
+      <c r="I34"/>
       <c r="J34" t="s">
-        <v>194</v>
+        <v>212</v>
       </c>
       <c r="K34" t="s">
         <v>36</v>
       </c>
-      <c r="L34" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L34"/>
       <c r="M34" t="s">
-        <v>236</v>
+        <v>213</v>
       </c>
       <c r="N34" t="s">
         <v>27</v>
       </c>
       <c r="O34" t="s">
-        <v>237</v>
+        <v>242</v>
       </c>
       <c r="P34" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
     </row>
     <row r="35" spans="1:16">
       <c r="A35" t="s">
-        <v>239</v>
+        <v>243</v>
       </c>
       <c r="B35" t="s">
-        <v>240</v>
+        <v>244</v>
       </c>
       <c r="C35" t="s">
-        <v>241</v>
+        <v>245</v>
       </c>
       <c r="D35" t="s">
         <v>54</v>
       </c>
       <c r="E35" t="s">
         <v>20</v>
       </c>
       <c r="F35" t="s">
         <v>21</v>
       </c>
       <c r="G35" t="s">
-        <v>242</v>
+        <v>22</v>
       </c>
       <c r="H35">
-        <v>2017</v>
-[...1 lines deleted...]
-      <c r="I35"/>
+        <v>2005</v>
+      </c>
+      <c r="I35">
+        <v>2011</v>
+      </c>
       <c r="J35" t="s">
-        <v>243</v>
+        <v>205</v>
       </c>
       <c r="K35" t="s">
         <v>36</v>
       </c>
       <c r="L35" t="s">
-        <v>244</v>
+        <v>246</v>
       </c>
       <c r="M35" t="s">
-        <v>245</v>
+        <v>247</v>
       </c>
       <c r="N35" t="s">
         <v>27</v>
       </c>
       <c r="O35" t="s">
-        <v>246</v>
+        <v>248</v>
       </c>
       <c r="P35" t="s">
-        <v>247</v>
+        <v>249</v>
       </c>
     </row>
     <row r="36" spans="1:16">
       <c r="A36" t="s">
-        <v>248</v>
+        <v>250</v>
       </c>
       <c r="B36" t="s">
-        <v>249</v>
+        <v>251</v>
       </c>
       <c r="C36" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="D36" t="s">
-        <v>251</v>
+        <v>54</v>
       </c>
       <c r="E36" t="s">
-        <v>66</v>
+        <v>20</v>
       </c>
       <c r="F36" t="s">
-        <v>67</v>
+        <v>21</v>
       </c>
       <c r="G36" t="s">
-        <v>34</v>
+        <v>253</v>
       </c>
       <c r="H36">
-        <v>2014</v>
+        <v>2017</v>
       </c>
       <c r="I36"/>
       <c r="J36" t="s">
-        <v>252</v>
+        <v>254</v>
       </c>
       <c r="K36" t="s">
-        <v>69</v>
+        <v>36</v>
       </c>
       <c r="L36" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="M36" t="s">
-        <v>254</v>
+        <v>256</v>
       </c>
       <c r="N36" t="s">
         <v>27</v>
       </c>
       <c r="O36" t="s">
-        <v>255</v>
+        <v>257</v>
       </c>
       <c r="P36" t="s">
-        <v>256</v>
+        <v>258</v>
       </c>
     </row>
     <row r="37" spans="1:16">
       <c r="A37" t="s">
-        <v>257</v>
+        <v>259</v>
       </c>
       <c r="B37" t="s">
-        <v>258</v>
+        <v>260</v>
       </c>
       <c r="C37" t="s">
-        <v>259</v>
+        <v>261</v>
       </c>
       <c r="D37" t="s">
-        <v>260</v>
+        <v>262</v>
       </c>
       <c r="E37" t="s">
-        <v>20</v>
+        <v>77</v>
       </c>
       <c r="F37" t="s">
-        <v>148</v>
+        <v>78</v>
       </c>
       <c r="G37" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="H37">
-        <v>2017</v>
-[...3 lines deleted...]
-      </c>
+        <v>2014</v>
+      </c>
+      <c r="I37"/>
       <c r="J37" t="s">
-        <v>261</v>
+        <v>263</v>
       </c>
       <c r="K37" t="s">
-        <v>262</v>
+        <v>80</v>
       </c>
       <c r="L37" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="M37" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="N37" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="O37" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="P37" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
     </row>
     <row r="38" spans="1:16">
       <c r="A38" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="B38" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="C38" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="D38" t="s">
-        <v>81</v>
+        <v>271</v>
       </c>
       <c r="E38" t="s">
-        <v>66</v>
+        <v>20</v>
       </c>
       <c r="F38" t="s">
-        <v>148</v>
+        <v>159</v>
       </c>
       <c r="G38" t="s">
-        <v>34</v>
+        <v>22</v>
       </c>
       <c r="H38">
-        <v>2013</v>
-[...1 lines deleted...]
-      <c r="I38"/>
+        <v>2017</v>
+      </c>
+      <c r="I38">
+        <v>2021</v>
+      </c>
       <c r="J38" t="s">
-        <v>68</v>
+        <v>272</v>
       </c>
       <c r="K38" t="s">
-        <v>36</v>
+        <v>273</v>
       </c>
       <c r="L38" t="s">
-        <v>270</v>
+        <v>274</v>
       </c>
       <c r="M38" t="s">
-        <v>271</v>
+        <v>275</v>
       </c>
       <c r="N38" t="s">
-        <v>223</v>
+        <v>48</v>
       </c>
       <c r="O38" t="s">
-        <v>272</v>
+        <v>276</v>
       </c>
       <c r="P38" t="s">
-        <v>273</v>
+        <v>277</v>
       </c>
     </row>
     <row r="39" spans="1:16">
       <c r="A39" t="s">
-        <v>274</v>
+        <v>278</v>
       </c>
       <c r="B39" t="s">
-        <v>275</v>
+        <v>279</v>
       </c>
       <c r="C39" t="s">
-        <v>269</v>
+        <v>280</v>
       </c>
       <c r="D39" t="s">
-        <v>54</v>
+        <v>92</v>
       </c>
       <c r="E39" t="s">
-        <v>66</v>
+        <v>77</v>
       </c>
       <c r="F39" t="s">
-        <v>148</v>
+        <v>159</v>
       </c>
       <c r="G39" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="H39">
-        <v>2014</v>
-[...3 lines deleted...]
-      </c>
+        <v>2013</v>
+      </c>
+      <c r="I39"/>
       <c r="J39" t="s">
-        <v>68</v>
+        <v>79</v>
       </c>
       <c r="K39" t="s">
-        <v>276</v>
+        <v>36</v>
       </c>
       <c r="L39" t="s">
-        <v>277</v>
+        <v>281</v>
       </c>
       <c r="M39" t="s">
-        <v>271</v>
+        <v>282</v>
       </c>
       <c r="N39" t="s">
-        <v>27</v>
+        <v>234</v>
       </c>
       <c r="O39" t="s">
-        <v>278</v>
+        <v>283</v>
       </c>
       <c r="P39" t="s">
-        <v>279</v>
+        <v>284</v>
       </c>
     </row>
     <row r="40" spans="1:16">
       <c r="A40" t="s">
+        <v>285</v>
+      </c>
+      <c r="B40" t="s">
+        <v>286</v>
+      </c>
+      <c r="C40" t="s">
         <v>280</v>
       </c>
-      <c r="B40" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D40" t="s">
-        <v>88</v>
+        <v>54</v>
       </c>
       <c r="E40" t="s">
-        <v>66</v>
+        <v>77</v>
       </c>
       <c r="F40" t="s">
-        <v>67</v>
+        <v>159</v>
       </c>
       <c r="G40" t="s">
         <v>22</v>
       </c>
       <c r="H40">
-        <v>2010</v>
+        <v>2014</v>
       </c>
       <c r="I40">
-        <v>2012</v>
+        <v>2016</v>
       </c>
       <c r="J40" t="s">
+        <v>79</v>
+      </c>
+      <c r="K40" t="s">
+        <v>287</v>
+      </c>
+      <c r="L40" t="s">
+        <v>288</v>
+      </c>
+      <c r="M40" t="s">
         <v>282</v>
-      </c>
-[...7 lines deleted...]
-        <v>284</v>
       </c>
       <c r="N40" t="s">
         <v>27</v>
       </c>
       <c r="O40" t="s">
-        <v>285</v>
+        <v>289</v>
       </c>
       <c r="P40" t="s">
-        <v>286</v>
+        <v>290</v>
       </c>
     </row>
     <row r="41" spans="1:16">
       <c r="A41" t="s">
-        <v>287</v>
+        <v>291</v>
       </c>
       <c r="B41" t="s">
-        <v>288</v>
+        <v>292</v>
       </c>
       <c r="C41" t="s">
-        <v>241</v>
+        <v>252</v>
       </c>
       <c r="D41" t="s">
-        <v>81</v>
+        <v>99</v>
       </c>
       <c r="E41" t="s">
-        <v>66</v>
+        <v>77</v>
       </c>
       <c r="F41" t="s">
-        <v>67</v>
+        <v>78</v>
       </c>
       <c r="G41" t="s">
         <v>22</v>
       </c>
       <c r="H41">
-        <v>2011</v>
+        <v>2010</v>
       </c>
       <c r="I41">
-        <v>2022</v>
+        <v>2012</v>
       </c>
       <c r="J41" t="s">
-        <v>282</v>
+        <v>293</v>
       </c>
       <c r="K41" t="s">
-        <v>222</v>
+        <v>36</v>
       </c>
       <c r="L41" t="s">
-        <v>289</v>
+        <v>294</v>
       </c>
       <c r="M41" t="s">
-        <v>284</v>
+        <v>295</v>
       </c>
       <c r="N41" t="s">
-        <v>223</v>
+        <v>27</v>
       </c>
       <c r="O41" t="s">
-        <v>290</v>
+        <v>296</v>
       </c>
       <c r="P41" t="s">
-        <v>291</v>
+        <v>297</v>
       </c>
     </row>
     <row r="42" spans="1:16">
       <c r="A42" t="s">
-        <v>292</v>
+        <v>298</v>
       </c>
       <c r="B42" t="s">
-        <v>293</v>
+        <v>299</v>
       </c>
       <c r="C42" t="s">
-        <v>294</v>
+        <v>252</v>
       </c>
       <c r="D42" t="s">
-        <v>54</v>
+        <v>92</v>
       </c>
       <c r="E42" t="s">
-        <v>20</v>
+        <v>77</v>
       </c>
       <c r="F42" t="s">
-        <v>148</v>
+        <v>78</v>
       </c>
       <c r="G42" t="s">
         <v>22</v>
       </c>
       <c r="H42">
-        <v>2007</v>
+        <v>2011</v>
       </c>
       <c r="I42">
-        <v>2011</v>
+        <v>2022</v>
       </c>
       <c r="J42" t="s">
-        <v>68</v>
+        <v>293</v>
       </c>
       <c r="K42" t="s">
-        <v>36</v>
+        <v>233</v>
       </c>
       <c r="L42" t="s">
+        <v>300</v>
+      </c>
+      <c r="M42" t="s">
         <v>295</v>
       </c>
-      <c r="M42" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N42" t="s">
-        <v>27</v>
+        <v>234</v>
       </c>
       <c r="O42" t="s">
-        <v>297</v>
+        <v>301</v>
       </c>
       <c r="P42" t="s">
-        <v>298</v>
+        <v>302</v>
       </c>
     </row>
     <row r="43" spans="1:16">
       <c r="A43" t="s">
-        <v>299</v>
+        <v>303</v>
       </c>
       <c r="B43" t="s">
-        <v>300</v>
+        <v>304</v>
       </c>
       <c r="C43" t="s">
-        <v>301</v>
+        <v>305</v>
       </c>
       <c r="D43" t="s">
-        <v>302</v>
+        <v>54</v>
       </c>
       <c r="E43" t="s">
         <v>20</v>
       </c>
       <c r="F43" t="s">
-        <v>21</v>
+        <v>159</v>
       </c>
       <c r="G43" t="s">
-        <v>34</v>
+        <v>22</v>
       </c>
       <c r="H43">
-        <v>2019</v>
-[...1 lines deleted...]
-      <c r="I43"/>
+        <v>2007</v>
+      </c>
+      <c r="I43">
+        <v>2011</v>
+      </c>
       <c r="J43" t="s">
-        <v>303</v>
+        <v>79</v>
       </c>
       <c r="K43" t="s">
-        <v>82</v>
-[...1 lines deleted...]
-      <c r="L43"/>
+        <v>36</v>
+      </c>
+      <c r="L43" t="s">
+        <v>306</v>
+      </c>
       <c r="M43" t="s">
-        <v>304</v>
+        <v>307</v>
       </c>
       <c r="N43" t="s">
-        <v>305</v>
+        <v>27</v>
       </c>
       <c r="O43" t="s">
-        <v>306</v>
+        <v>308</v>
       </c>
       <c r="P43" t="s">
-        <v>307</v>
+        <v>309</v>
       </c>
     </row>
     <row r="44" spans="1:16">
       <c r="A44" t="s">
-        <v>308</v>
+        <v>310</v>
       </c>
       <c r="B44" t="s">
-        <v>309</v>
+        <v>311</v>
       </c>
       <c r="C44" t="s">
-        <v>310</v>
+        <v>312</v>
       </c>
       <c r="D44" t="s">
-        <v>251</v>
+        <v>313</v>
       </c>
       <c r="E44" t="s">
-        <v>66</v>
+        <v>20</v>
       </c>
       <c r="F44" t="s">
-        <v>67</v>
+        <v>21</v>
       </c>
       <c r="G44" t="s">
         <v>34</v>
       </c>
       <c r="H44">
-        <v>2012</v>
+        <v>2019</v>
       </c>
       <c r="I44"/>
       <c r="J44" t="s">
-        <v>311</v>
+        <v>314</v>
       </c>
       <c r="K44" t="s">
-        <v>69</v>
-[...3 lines deleted...]
-      </c>
+        <v>93</v>
+      </c>
+      <c r="L44"/>
       <c r="M44" t="s">
-        <v>313</v>
+        <v>315</v>
       </c>
       <c r="N44" t="s">
-        <v>27</v>
+        <v>316</v>
       </c>
       <c r="O44" t="s">
-        <v>314</v>
+        <v>317</v>
       </c>
       <c r="P44" t="s">
-        <v>315</v>
+        <v>318</v>
       </c>
     </row>
     <row r="45" spans="1:16">
       <c r="A45" t="s">
-        <v>316</v>
+        <v>319</v>
       </c>
       <c r="B45" t="s">
-        <v>317</v>
+        <v>320</v>
       </c>
       <c r="C45" t="s">
-        <v>310</v>
+        <v>321</v>
       </c>
       <c r="D45" t="s">
-        <v>54</v>
+        <v>262</v>
       </c>
       <c r="E45" t="s">
-        <v>66</v>
+        <v>77</v>
       </c>
       <c r="F45" t="s">
-        <v>67</v>
+        <v>78</v>
       </c>
       <c r="G45" t="s">
         <v>34</v>
       </c>
       <c r="H45">
         <v>2012</v>
       </c>
       <c r="I45"/>
       <c r="J45" t="s">
-        <v>311</v>
+        <v>322</v>
       </c>
       <c r="K45" t="s">
-        <v>36</v>
+        <v>80</v>
       </c>
       <c r="L45" t="s">
-        <v>318</v>
+        <v>323</v>
       </c>
       <c r="M45" t="s">
-        <v>313</v>
+        <v>324</v>
       </c>
       <c r="N45" t="s">
         <v>27</v>
       </c>
       <c r="O45" t="s">
-        <v>319</v>
+        <v>325</v>
       </c>
       <c r="P45" t="s">
-        <v>320</v>
+        <v>326</v>
       </c>
     </row>
     <row r="46" spans="1:16">
       <c r="A46" t="s">
+        <v>327</v>
+      </c>
+      <c r="B46" t="s">
+        <v>328</v>
+      </c>
+      <c r="C46" t="s">
         <v>321</v>
       </c>
-      <c r="B46" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D46" t="s">
-        <v>88</v>
+        <v>54</v>
       </c>
       <c r="E46" t="s">
-        <v>66</v>
+        <v>77</v>
       </c>
       <c r="F46" t="s">
-        <v>67</v>
+        <v>78</v>
       </c>
       <c r="G46" t="s">
         <v>34</v>
       </c>
       <c r="H46">
-        <v>2015</v>
+        <v>2012</v>
       </c>
       <c r="I46"/>
       <c r="J46" t="s">
-        <v>311</v>
+        <v>322</v>
       </c>
       <c r="K46" t="s">
         <v>36</v>
       </c>
       <c r="L46" t="s">
-        <v>323</v>
+        <v>329</v>
       </c>
       <c r="M46" t="s">
-        <v>313</v>
+        <v>324</v>
       </c>
       <c r="N46" t="s">
         <v>27</v>
       </c>
       <c r="O46" t="s">
-        <v>324</v>
+        <v>330</v>
       </c>
       <c r="P46" t="s">
-        <v>325</v>
+        <v>331</v>
       </c>
     </row>
     <row r="47" spans="1:16">
       <c r="A47" t="s">
-        <v>326</v>
+        <v>332</v>
       </c>
       <c r="B47" t="s">
-        <v>327</v>
+        <v>333</v>
       </c>
       <c r="C47" t="s">
-        <v>310</v>
+        <v>321</v>
       </c>
       <c r="D47" t="s">
-        <v>328</v>
+        <v>99</v>
       </c>
       <c r="E47" t="s">
-        <v>66</v>
+        <v>77</v>
       </c>
       <c r="F47" t="s">
-        <v>21</v>
+        <v>78</v>
       </c>
       <c r="G47" t="s">
         <v>34</v>
       </c>
       <c r="H47">
-        <v>2012</v>
+        <v>2015</v>
       </c>
       <c r="I47"/>
       <c r="J47" t="s">
-        <v>329</v>
+        <v>322</v>
       </c>
       <c r="K47" t="s">
         <v>36</v>
       </c>
-      <c r="L47"/>
+      <c r="L47" t="s">
+        <v>334</v>
+      </c>
       <c r="M47" t="s">
-        <v>330</v>
+        <v>324</v>
       </c>
       <c r="N47" t="s">
         <v>27</v>
       </c>
       <c r="O47" t="s">
-        <v>331</v>
+        <v>335</v>
       </c>
       <c r="P47" t="s">
-        <v>332</v>
+        <v>336</v>
+      </c>
+    </row>
+    <row r="48" spans="1:16">
+      <c r="A48" t="s">
+        <v>337</v>
+      </c>
+      <c r="B48" t="s">
+        <v>338</v>
+      </c>
+      <c r="C48" t="s">
+        <v>321</v>
+      </c>
+      <c r="D48" t="s">
+        <v>339</v>
+      </c>
+      <c r="E48" t="s">
+        <v>77</v>
+      </c>
+      <c r="F48" t="s">
+        <v>21</v>
+      </c>
+      <c r="G48" t="s">
+        <v>34</v>
+      </c>
+      <c r="H48">
+        <v>2012</v>
+      </c>
+      <c r="I48"/>
+      <c r="J48" t="s">
+        <v>340</v>
+      </c>
+      <c r="K48" t="s">
+        <v>36</v>
+      </c>
+      <c r="L48"/>
+      <c r="M48" t="s">
+        <v>341</v>
+      </c>
+      <c r="N48" t="s">
+        <v>27</v>
+      </c>
+      <c r="O48" t="s">
+        <v>342</v>
+      </c>
+      <c r="P48" t="s">
+        <v>343</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">