--- v0 (2025-11-29)
+++ v1 (2026-03-06)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="326">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="327">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -209,63 +209,64 @@
   <si>
     <t>https://www.legislation.gov.uk/eur/2019/1782/contents</t>
   </si>
   <si>
     <t>European Union</t>
   </si>
   <si>
     <t>Entered into force, Revised, To Be Superseded</t>
   </si>
   <si>
     <t>September 2023</t>
   </si>
   <si>
     <t>European Commission - DG Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20191782-1-october-2019-laying-down-ecodesign-requirements</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=uriserv%3AOJ.L_.2019.272.01.0095.01.ENG&amp;toc=OJ%3AL%3A2019%3A272%3ATOC</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2025/2052 of 13 October 2025  laying down ecodesign requirements for external power supplies, wireless chargers, wireless charging pads, battery chargers for portable batteries of general use and USB Type-C cables</t>
   </si>
   <si>
-    <t>Laying down ecodesign requirements for external power supplies, wireless chargers, wireless charging pads, battery chargers for portable batteries of general use and USB Type-C cables.</t>
+    <t>Laying down ecodesign requirements for external power supplies, wireless chargers, wireless charging pads, battery chargers for portable batteries of general use and USB Type-C cables.
+This policy applies from the 14th December 2028, repealing Commission Regulation (EU) 2019/1782.</t>
   </si>
   <si>
     <t>Europe, European Union</t>
   </si>
   <si>
     <t>Battery Chargers, External Power Supply</t>
   </si>
   <si>
-    <t>Published, Revised</t>
-[...2 lines deleted...]
-    <t>November 2025</t>
+    <t>Published, New</t>
+  </si>
+  <si>
+    <t>December 2025</t>
   </si>
   <si>
     <t>87 FR 51221</t>
   </si>
   <si>
     <t>European Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20252052-13-october-2025-laying-down-ecodesign-requirements</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32025R2052&amp;qid=1763999035842</t>
   </si>
   <si>
     <t>CQC31-442412-2020. Energy Conservation Certification Rules for Electric Welding Machines</t>
   </si>
   <si>
     <t>Apply to electric welding machines</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
@@ -514,81 +515,81 @@
   <si>
     <t>Products that meet the definition of an Uninterruptible Power Supply (UPS) as specified in the policy document, including Static and Rotary UPSs and Ac-output UPSs and Dc-output UPSs/Rectifiers, are eligible for ENERGY STAR certification, with the exception of products listed in Section 2.2. Eligible products include:</t>
   </si>
   <si>
     <t>Canada, United States of America*</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Uninterruptible Power Supplies Rev. Dec-2017; 10 CFR 430, Section 4, Subpart B, Appendix Y</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-uninterruptible-power-supplies-upss-version-20</t>
   </si>
   <si>
     <t>https://www.energystar.gov/products/data_center_equipment/uninterruptible_power_supplies/partners</t>
   </si>
   <si>
     <t>GB 20943-2013 Minimum allowable values of energy efficiency and evaluating values of energy conservation for single voltage external AC-DC and AC-AC power supplies</t>
   </si>
   <si>
     <t>Applies to external power supplies which convert AC current with 220V and 50Hz to single voltage DC -no higher than 36V- or single voltage AC -no higher than 36V- current.It applies to products with rated output power no larger than 250W. Does NOT apply to DC-DC transformer.</t>
   </si>
   <si>
+    <t>Revised, To Be Superseded</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/gb-20943-2013-minimum-allowable-values-energy-efficiency-and-evaluating-values-energy</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E686D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 20943-2025  Minimum Allowable Values of Energy Efficiency and Energy Efficiency Grades for AC-DC and AC-AC Power Supplies</t>
   </si>
   <si>
     <t>This revised policy substantially expands its regulatory scope through the inclusion of additional product categories and extended power capacity ranges, while integrating embedded power supplies into its framework for the first time. Aligned with the European Union’s latest minimum energy efficiency requirements of power supplies, GB 20943-2025 introduces a globally pioneering specification for Grade 1 no-load power consumption, establishing a stringent threshold of 0.05W to 0.075W.</t>
   </si>
   <si>
-    <t>Asia and Pacific, China</t>
-[...1 lines deleted...]
-  <si>
     <t>Power Supply and Power Conversion</t>
   </si>
   <si>
     <t>February 2025</t>
   </si>
   <si>
     <t>GB 20943-2025</t>
   </si>
   <si>
     <t>The Standardization Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-20943-2025-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-ac</t>
   </si>
   <si>
-    <t>https://openstd.samr.gov.cn/bzgk/std/newGbInfo?hcno=8105E9E58B8B8BDB5DF9D96119B1C60A</t>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=2D9BC7B2DA386BF6E06397BE0A0A4ED1</t>
   </si>
   <si>
     <t>GB 21518-2008 Minimum allowable values of energy efficiency and energy efficiency grades for AC contactors</t>
   </si>
   <si>
     <t>Applies to those AC contactors with rated frequency of 50Hz; rated voltage no higher than 1140V; and rated current between 9A-630A. Does NOT apply to AC contactors with external power saving device or semi-conductor type -solid type contactor</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-21518-2008-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-ac</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D773ECD3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>Greenhouse and Energy Minimum Standards (External Power Supplies) Determination 2014</t>
   </si>
   <si>
     <t>Products covered include external power supply units with a nominal 230 V a.c. supply input and a single output at extra low voltage (ELV), either a.c. or d.c. and a maximum output of 250 W or 250 VA (see the standard for further details on products covered).</t>
   </si>
   <si>
     <t>Australia</t>
   </si>
   <si>
     <t>July 2025</t>
   </si>
@@ -716,50 +717,53 @@
     <t>https://cprc-clasp.ngo/policies/meps-adapter-charger</t>
   </si>
   <si>
     <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_2.asp</t>
   </si>
   <si>
     <t>MEPS for Adapter Charger</t>
   </si>
   <si>
     <t>For using with mobile phone, notebook, speaker for computer, LCD monitor,printer, PDA, camcorder, digital camera, audio, DVD player, MP3, PMP,portable CD player, set-top box, wire-wireless phone, modem, all AC-DC orAC-AC external power supply shall be included.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-adapter-charger-0</t>
   </si>
   <si>
     <t>MEPS for General Lighting</t>
   </si>
   <si>
     <t>This policy sets minimum energy performance requirements for the following products: incandescent lamps (25-200W), Compact fluorescent lamps with integrated ballast (CFLi) (up to 60W),  LED lamps with an Edison screw or a bayonet lamp cap (up to 60W), Compact fluorescent lamps without integrated ballast (CFLni), T8 Linear, double-capped, fluorescent lamps (LFL)[0.5 - 1.5]m, and LED lamps designed as a direct replacement for CFLni and T8 LFL without requiring any internal modification of the luminaires.</t>
   </si>
   <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Lighting, Lamps, Tubular Lamps, Non-Directional lamps, HD lamps and retrofits</t>
+  </si>
+  <si>
+    <t>Revised, Superseded</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>CIE3 84:1989 and IEC 60064, Measurement of luminous flux
 ,   
                     CIE 84:1989 and IEC 60064 or IEC 60357, Measurement of luminous flux
 ,   
                     IEC 60969:2001, Performance tests
 ,   
                     IEC 60901:2001, Performance tests
 ,   
                     IEC 60081:2002, Performance tests
 ,   
                     IEC 62612:2013, Performance tests
 ,   
                     IEC 62612:2013, Performance tests</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-general-lighting</t>
   </si>
@@ -1694,55 +1698,53 @@
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
         <v>64</v>
       </c>
       <c r="B7" t="s">
         <v>65</v>
       </c>
       <c r="C7" t="s">
         <v>66</v>
       </c>
       <c r="D7" t="s">
         <v>67</v>
       </c>
       <c r="E7" t="s">
         <v>20</v>
       </c>
       <c r="F7" t="s">
         <v>21</v>
       </c>
       <c r="G7" t="s">
         <v>68</v>
       </c>
       <c r="H7">
-        <v>2009</v>
-[...3 lines deleted...]
-      </c>
+        <v>2025</v>
+      </c>
+      <c r="I7"/>
       <c r="J7" t="s">
         <v>69</v>
       </c>
       <c r="K7" t="s">
         <v>36</v>
       </c>
       <c r="L7" t="s">
         <v>70</v>
       </c>
       <c r="M7" t="s">
         <v>71</v>
       </c>
       <c r="N7" t="s">
         <v>27</v>
       </c>
       <c r="O7" t="s">
         <v>72</v>
       </c>
       <c r="P7" t="s">
         <v>73</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
         <v>74</v>
@@ -2425,89 +2427,89 @@
       </c>
       <c r="P21" t="s">
         <v>163</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
         <v>164</v>
       </c>
       <c r="B22" t="s">
         <v>165</v>
       </c>
       <c r="C22" t="s">
         <v>42</v>
       </c>
       <c r="D22" t="s">
         <v>54</v>
       </c>
       <c r="E22" t="s">
         <v>20</v>
       </c>
       <c r="F22" t="s">
         <v>21</v>
       </c>
       <c r="G22" t="s">
-        <v>22</v>
+        <v>166</v>
       </c>
       <c r="H22">
         <v>2007</v>
       </c>
       <c r="I22">
-        <v>2014</v>
+        <v>2013</v>
       </c>
       <c r="J22" t="s">
         <v>92</v>
       </c>
       <c r="K22" t="s">
         <v>36</v>
       </c>
       <c r="L22" t="s">
         <v>103</v>
       </c>
       <c r="M22" t="s">
         <v>47</v>
       </c>
       <c r="N22" t="s">
         <v>48</v>
       </c>
       <c r="O22" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="P22" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="B23" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="C23" t="s">
-        <v>170</v>
+        <v>42</v>
       </c>
       <c r="D23" t="s">
         <v>171</v>
       </c>
       <c r="E23" t="s">
         <v>20</v>
       </c>
       <c r="F23" t="s">
         <v>21</v>
       </c>
       <c r="G23" t="s">
         <v>8</v>
       </c>
       <c r="H23">
         <v>2007</v>
       </c>
       <c r="I23">
         <v>2025</v>
       </c>
       <c r="J23" t="s">
         <v>172</v>
       </c>
       <c r="K23" t="s">
         <v>36</v>
       </c>
@@ -2957,662 +2959,662 @@
       </c>
       <c r="P32" t="s">
         <v>226</v>
       </c>
     </row>
     <row r="33" spans="1:16">
       <c r="A33" t="s">
         <v>230</v>
       </c>
       <c r="B33" t="s">
         <v>231</v>
       </c>
       <c r="C33" t="s">
         <v>232</v>
       </c>
       <c r="D33" t="s">
         <v>233</v>
       </c>
       <c r="E33" t="s">
         <v>20</v>
       </c>
       <c r="F33" t="s">
         <v>21</v>
       </c>
       <c r="G33" t="s">
-        <v>8</v>
+        <v>234</v>
       </c>
       <c r="H33">
         <v>2015</v>
       </c>
       <c r="I33">
         <v>2019</v>
       </c>
       <c r="J33" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="K33" t="s">
         <v>36</v>
       </c>
       <c r="L33" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="M33" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="N33" t="s">
         <v>27</v>
       </c>
       <c r="O33" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="P33" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
     </row>
     <row r="34" spans="1:16">
       <c r="A34" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="B34" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="C34" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="D34" t="s">
         <v>54</v>
       </c>
       <c r="E34" t="s">
         <v>20</v>
       </c>
       <c r="F34" t="s">
         <v>21</v>
       </c>
       <c r="G34" t="s">
         <v>22</v>
       </c>
       <c r="H34">
         <v>2005</v>
       </c>
       <c r="I34">
         <v>2011</v>
       </c>
       <c r="J34" t="s">
         <v>192</v>
       </c>
       <c r="K34" t="s">
         <v>36</v>
       </c>
       <c r="L34" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="M34" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="N34" t="s">
         <v>27</v>
       </c>
       <c r="O34" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="P34" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
     </row>
     <row r="35" spans="1:16">
       <c r="A35" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="B35" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="C35" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="D35" t="s">
         <v>54</v>
       </c>
       <c r="E35" t="s">
         <v>20</v>
       </c>
       <c r="F35" t="s">
         <v>21</v>
       </c>
       <c r="G35" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="H35">
         <v>2017</v>
       </c>
       <c r="I35"/>
       <c r="J35" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="K35" t="s">
         <v>36</v>
       </c>
       <c r="L35" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="M35" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="N35" t="s">
         <v>27</v>
       </c>
       <c r="O35" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="P35" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
     </row>
     <row r="36" spans="1:16">
       <c r="A36" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="B36" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="C36" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="D36" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="E36" t="s">
         <v>20</v>
       </c>
       <c r="F36" t="s">
         <v>152</v>
       </c>
       <c r="G36" t="s">
         <v>22</v>
       </c>
       <c r="H36">
         <v>2017</v>
       </c>
       <c r="I36">
         <v>2021</v>
       </c>
       <c r="J36" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="K36" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="L36" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="M36" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="N36" t="s">
         <v>48</v>
       </c>
       <c r="O36" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="P36" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
     </row>
     <row r="37" spans="1:16">
       <c r="A37" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="B37" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="C37" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="D37" t="s">
         <v>84</v>
       </c>
       <c r="E37" t="s">
         <v>76</v>
       </c>
       <c r="F37" t="s">
         <v>152</v>
       </c>
       <c r="G37" t="s">
         <v>34</v>
       </c>
       <c r="H37">
         <v>2013</v>
       </c>
       <c r="I37"/>
       <c r="J37" t="s">
         <v>109</v>
       </c>
       <c r="K37" t="s">
         <v>36</v>
       </c>
       <c r="L37" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="M37" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="N37" t="s">
         <v>221</v>
       </c>
       <c r="O37" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="P37" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
     </row>
     <row r="38" spans="1:16">
       <c r="A38" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="B38" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="C38" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="D38" t="s">
         <v>54</v>
       </c>
       <c r="E38" t="s">
         <v>76</v>
       </c>
       <c r="F38" t="s">
         <v>152</v>
       </c>
       <c r="G38" t="s">
         <v>22</v>
       </c>
       <c r="H38">
         <v>2014</v>
       </c>
       <c r="I38">
         <v>2016</v>
       </c>
       <c r="J38" t="s">
         <v>109</v>
       </c>
       <c r="K38" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="L38" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="M38" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="N38" t="s">
         <v>27</v>
       </c>
       <c r="O38" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="P38" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
     </row>
     <row r="39" spans="1:16">
       <c r="A39" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="B39" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="C39" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="D39" t="s">
         <v>91</v>
       </c>
       <c r="E39" t="s">
         <v>76</v>
       </c>
       <c r="F39" t="s">
         <v>77</v>
       </c>
       <c r="G39" t="s">
         <v>22</v>
       </c>
       <c r="H39">
         <v>2010</v>
       </c>
       <c r="I39">
         <v>2012</v>
       </c>
       <c r="J39" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="K39" t="s">
         <v>36</v>
       </c>
       <c r="L39" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="M39" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="N39" t="s">
         <v>27</v>
       </c>
       <c r="O39" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="P39" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
     </row>
     <row r="40" spans="1:16">
       <c r="A40" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="B40" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="C40" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="D40" t="s">
         <v>84</v>
       </c>
       <c r="E40" t="s">
         <v>76</v>
       </c>
       <c r="F40" t="s">
         <v>77</v>
       </c>
       <c r="G40" t="s">
         <v>22</v>
       </c>
       <c r="H40">
         <v>2011</v>
       </c>
       <c r="I40">
         <v>2022</v>
       </c>
       <c r="J40" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="K40" t="s">
         <v>220</v>
       </c>
       <c r="L40" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="M40" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="N40" t="s">
         <v>221</v>
       </c>
       <c r="O40" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="P40" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
     </row>
     <row r="41" spans="1:16">
       <c r="A41" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="B41" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="C41" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="D41" t="s">
         <v>54</v>
       </c>
       <c r="E41" t="s">
         <v>20</v>
       </c>
       <c r="F41" t="s">
         <v>152</v>
       </c>
       <c r="G41" t="s">
         <v>22</v>
       </c>
       <c r="H41">
         <v>2007</v>
       </c>
       <c r="I41">
         <v>2011</v>
       </c>
       <c r="J41" t="s">
         <v>109</v>
       </c>
       <c r="K41" t="s">
         <v>36</v>
       </c>
       <c r="L41" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="M41" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="N41" t="s">
         <v>27</v>
       </c>
       <c r="O41" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="P41" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
     </row>
     <row r="42" spans="1:16">
       <c r="A42" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="B42" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="C42" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="D42" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="E42" t="s">
         <v>20</v>
       </c>
       <c r="F42" t="s">
         <v>21</v>
       </c>
       <c r="G42" t="s">
         <v>34</v>
       </c>
       <c r="H42">
         <v>2019</v>
       </c>
       <c r="I42"/>
       <c r="J42" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="K42" t="s">
         <v>85</v>
       </c>
       <c r="L42"/>
       <c r="M42" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="N42" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="O42" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="P42" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
     </row>
     <row r="43" spans="1:16">
       <c r="A43" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="B43" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="C43" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="D43" t="s">
         <v>54</v>
       </c>
       <c r="E43" t="s">
         <v>76</v>
       </c>
       <c r="F43" t="s">
         <v>77</v>
       </c>
       <c r="G43" t="s">
         <v>34</v>
       </c>
       <c r="H43">
         <v>2012</v>
       </c>
       <c r="I43"/>
       <c r="J43" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="K43" t="s">
         <v>36</v>
       </c>
       <c r="L43" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="M43" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="N43" t="s">
         <v>27</v>
       </c>
       <c r="O43" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="P43" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
     </row>
     <row r="44" spans="1:16">
       <c r="A44" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
       <c r="B44" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="C44" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="D44" t="s">
         <v>91</v>
       </c>
       <c r="E44" t="s">
         <v>76</v>
       </c>
       <c r="F44" t="s">
         <v>77</v>
       </c>
       <c r="G44" t="s">
         <v>34</v>
       </c>
       <c r="H44">
         <v>2015</v>
       </c>
       <c r="I44"/>
       <c r="J44" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="K44" t="s">
         <v>36</v>
       </c>
       <c r="L44" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="M44" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="N44" t="s">
         <v>27</v>
       </c>
       <c r="O44" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="P44" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
     </row>
     <row r="45" spans="1:16">
       <c r="A45" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
       <c r="B45" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="C45" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="D45" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="E45" t="s">
         <v>76</v>
       </c>
       <c r="F45" t="s">
         <v>21</v>
       </c>
       <c r="G45" t="s">
         <v>34</v>
       </c>
       <c r="H45">
         <v>2012</v>
       </c>
       <c r="I45"/>
       <c r="J45" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
       <c r="K45" t="s">
         <v>36</v>
       </c>
       <c r="L45"/>
       <c r="M45" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="N45" t="s">
         <v>27</v>
       </c>
       <c r="O45" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="P45" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">