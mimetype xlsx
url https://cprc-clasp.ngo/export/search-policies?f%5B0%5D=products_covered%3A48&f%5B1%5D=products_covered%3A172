--- v0 (2025-11-27)
+++ v1 (2026-03-06)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="473">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="485">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -131,962 +131,999 @@
   <si>
     <t>Commercial warm air furnace means a warm air furnace that is industrial equipment and that has a capacity -rated maximum input- of 225000 Btu per hour or more.  A warm air furnace is defined as a self-contained oil-fired or gas-fired furnace designed to supply heated air through ducts to spaces that require it and includes combination warm air furnace or electric air conditioning units but does not include unit heaters and duct furnaces.</t>
   </si>
   <si>
     <t>Washing Machines, Streetlighting, Air Compressors, 3-Phase Motors, 1-Phase Motors, Heat Pumps, Boilers and Furnaces, Portable ACs, Packaged Terminals, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Building Circulator Pumps, Pump Systems, Pool Pumps, Power Transformers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>10 CFR 431 and product-specific Subparts</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/10-cfr-431-energy-efficiency-program-certain-commercial-and-industrial-equipment</t>
   </si>
   <si>
     <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-431</t>
   </si>
   <si>
-    <t>16 CFR Part 305 - Energy And Water Use Labeling For Consumer Products Under The Energy Policy And Conservation Act (Lighting Facts Label)</t>
-[...880 lines deleted...]
-    <t>MEPS for indoor LED lamps</t>
+    <t>135.K/EK.07/DJE/2022 MEPS for indoor LED lamps</t>
   </si>
   <si>
     <t>This policy is applicable to self-ballasted LED lamps of types E40, E27, and E26 with a rated power of up to 60 W and a rated voltage of &gt; 50 V AC up to 250 V AC. It stipulates a minimum luminous efficacy of 80 lumens per watt, in line with the 2023 ASEAN harmonization target. The regulations consist of five tiers or star levels, with efficiency increasing with the number of stars.
 One star - 80-90 lm/W
 Two star - &gt;98-108 lm/W
 Three star - &gt;108-119 lm/W
 Four star - &gt;119 - 135 lm/W
 Five star - &gt; 135 lm/W
 The policy also applies to self-ballasted LED tubes. It specifies a minimum luminous efficacy of 100 lumens per watt, and LED luminaires (street lighting, high bay, floodlight, etc) where the minimum luminous efficacy is set at 120 lumens per watt. The five tier star levels are not applicable for these products.</t>
   </si>
   <si>
     <t>Indonesia</t>
   </si>
   <si>
     <t>Streetlighting, Tubular Lamps, Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
+    <t>Comparative Label, Minimum Performance Standard</t>
+  </si>
+  <si>
     <t>July 2024</t>
   </si>
   <si>
     <t>SNI IEC 62612:2016</t>
   </si>
   <si>
     <t>Ministry of Energy and Mineral Resources</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/meps-indoor-led-lamps</t>
+    <t>https://cprc-clasp.ngo/policies/135kek07dje2022-meps-indoor-led-lamps</t>
   </si>
   <si>
     <t>https://united4efficiency.org/wp-content/uploads/2022/09/Ministerial-Decree-LED-MEPS-Indonesia_ENG.pdf</t>
+  </si>
+  <si>
+    <t>16 CFR Part 305 - Energy And Water Use Labeling For Consumer Products Under The Energy Policy And Conservation Act (Lighting Facts Label)</t>
+  </si>
+  <si>
+    <t>This policy covers tubular lamps, non-directional lamps, directional lamps, and indoor luminaires.</t>
+  </si>
+  <si>
+    <t>Streetlighting, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires</t>
+  </si>
+  <si>
+    <t>Comparative Label</t>
+  </si>
+  <si>
+    <t>October 2018</t>
+  </si>
+  <si>
+    <t>16 CFR Part 305 - Energy Labeling Rule - 305.15 Labeling for lighting products</t>
+  </si>
+  <si>
+    <t>Federal Trade Commission</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/16-cfr-part-305-energy-and-water-use-labeling-consumer-products-under-energy-policy-and-0</t>
+  </si>
+  <si>
+    <t>https://www.ecfr.gov/cgi-bin/retrieveECFR?gp=11&amp;SID=73761cc1f845bec3a3d4dd94a2c5fb2f&amp;ty=HTML&amp;h=L&amp;n=16y1.0.1.3.29&amp;r=PART#se16.1.305_11</t>
+  </si>
+  <si>
+    <t>BDS 563:1965 Electrical performance of power transformers</t>
+  </si>
+  <si>
+    <t>Covers power transformers</t>
+  </si>
+  <si>
+    <t>Bangladesh</t>
+  </si>
+  <si>
+    <t>Internal Power Supply</t>
+  </si>
+  <si>
+    <t>Entered into force, New</t>
+  </si>
+  <si>
+    <t>Bangladesh Standards and Testing Institute</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/bds-5631965-electrical-performance-power-transformers</t>
+  </si>
+  <si>
+    <t>https://bsti.portal.gov.bd/sites/default/files/files/bsti.portal.gov.bd/page/c82bd863_c051_46ce_af11_eb5bec479d5b/BSTI%20Standards%20Catalogue-2018%20(1).pdf</t>
+  </si>
+  <si>
+    <t>CEL - Alternative Current Contactor</t>
+  </si>
+  <si>
+    <t>This policy covers alternative current contractors.</t>
+  </si>
+  <si>
+    <t>China</t>
+  </si>
+  <si>
+    <t>Contactors</t>
+  </si>
+  <si>
+    <t>May 2021</t>
+  </si>
+  <si>
+    <t>GB 14048.1 GB 14048.4</t>
+  </si>
+  <si>
+    <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/cel-alternative-current-contactor</t>
+  </si>
+  <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/5%E9%99%84%E4%BB%B620_%E4%BA%A4%E6%B5%81%E6%8E%A5%E8%A7%A6%E5%99%A8%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
+    <t>CEL - High Pressure Sodium Lamps</t>
+  </si>
+  <si>
+    <t>Applies to ordinary high-pressure sodium vapor lamps with transparent glass cover for outdoor lighting service and rated power 50W; 70W; 100W; 150W; 250W; 400W; and 1000W with matching ballasts and ignitors; and can be started and operate normally with 92-106 percent of rated voltage.</t>
+  </si>
+  <si>
+    <t>Streetlighting</t>
+  </si>
+  <si>
+    <t>GB 19573-2004 GB/T 13434 GB/T 13259</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/cel-high-pressure-sodium-lamps</t>
+  </si>
+  <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/%E9%99%84%E4%BB%B66_%E9%AB%98%E5%8E%8B%E9%92%A0%E7%81%AF%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
+    <t>CEL- LED Luminaires for Road and Tunnel Lighting</t>
+  </si>
+  <si>
+    <t>This policy covers LED luminaires for road and tunnel lighting.</t>
+  </si>
+  <si>
+    <t>GB/T 24826; GB/T 31897.201</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/cel-led-luminaires-road-and-tunnel-lighting</t>
+  </si>
+  <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2020/04/%E9%81%93%E8%B7%AF%E5%92%8C%E9%9A%A7%E9%81%93%E7%85%A7%E6%98%8</t>
+  </si>
+  <si>
+    <t>Commission Regulation (EU) 2019/1782 of 1 October 2019 laying down ecodesign requirements for external power supplies</t>
+  </si>
+  <si>
+    <t>This Regulation establishes ecodesign requirements related to electric power consumption in no-load condition and average active efficiency of external power supplies.  Exclusions: this Regulation shall not apply to:   a. voltage converters;   b. uninterruptible power supplies;   c. battery chargers;     d. halogen lighting converters;   e. external power supplies for medical devices;   f. external power supplies placed on the market no later than 30 June 2015 as a service part or spare part for an identical external power supply which was placed on the market not later than one year after this Regulation has come into force; under the condition that the service part or spare part; or its packaging; clearly indicates the primary load products for which the spare part or service part is intended to be used with.</t>
+  </si>
+  <si>
+    <t>United Kingdom</t>
+  </si>
+  <si>
+    <t>External Power Supply</t>
+  </si>
+  <si>
+    <t>October 2023</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20191782-1-october-2019-laying-down-ecodesign-requirements-0</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.uk/eur/2019/1782/contents</t>
+  </si>
+  <si>
+    <t>European Union</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised, To Be Superseded</t>
+  </si>
+  <si>
+    <t>September 2023</t>
+  </si>
+  <si>
+    <t>European Commission - DG Energy</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20191782-1-october-2019-laying-down-ecodesign-requirements</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=uriserv%3AOJ.L_.2019.272.01.0095.01.ENG&amp;toc=OJ%3AL%3A2019%3A272%3ATOC</t>
+  </si>
+  <si>
+    <t>Commission Regulation (EU) 2025/2052 of 13 October 2025  laying down ecodesign requirements for external power supplies, wireless chargers, wireless charging pads, battery chargers for portable batteries of general use and USB Type-C cables</t>
+  </si>
+  <si>
+    <t>Laying down ecodesign requirements for external power supplies, wireless chargers, wireless charging pads, battery chargers for portable batteries of general use and USB Type-C cables.
+This policy applies from the 14th December 2028, repealing Commission Regulation (EU) 2019/1782.</t>
+  </si>
+  <si>
+    <t>Europe, European Union</t>
+  </si>
+  <si>
+    <t>Battery Chargers, External Power Supply</t>
+  </si>
+  <si>
+    <t>Published, New</t>
+  </si>
+  <si>
+    <t>December 2025</t>
+  </si>
+  <si>
+    <t>87 FR 51221</t>
+  </si>
+  <si>
+    <t>European Commission</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20252052-13-october-2025-laying-down-ecodesign-requirements</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32025R2052&amp;qid=1763999035842</t>
+  </si>
+  <si>
+    <t>CQC31-442412-2020. Energy Conservation Certification Rules for Electric Welding Machines</t>
+  </si>
+  <si>
+    <t>Apply to electric welding machines</t>
+  </si>
+  <si>
+    <t>Voluntary</t>
+  </si>
+  <si>
+    <t>Endorsement Label</t>
+  </si>
+  <si>
+    <t>GB 28736-2019</t>
+  </si>
+  <si>
+    <t>China Quality Certification Center (CQC)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/cqc31-442412-2020-energy-conservation-certification-rules-electric-welding-machines</t>
+  </si>
+  <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-05-13/497379.shtml</t>
+  </si>
+  <si>
+    <t>CQC31-448314-2013. Energy Conservation Certification Rules for Solar Collectors</t>
+  </si>
+  <si>
+    <t>Apply to solar collectors</t>
+  </si>
+  <si>
+    <t>Solar Inverters</t>
+  </si>
+  <si>
+    <t>Solar</t>
+  </si>
+  <si>
+    <t>CQC3188-2012</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/cqc31-448314-2013-energy-conservation-certification-rules-solar-collectors</t>
+  </si>
+  <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/509581.shtml</t>
+  </si>
+  <si>
+    <t>CQC31-461234-2009. CQC Mark Certification - Uninterruptible Power Supplies (UPS)</t>
+  </si>
+  <si>
+    <t>This policy applies to uninterruptible power supplies.</t>
+  </si>
+  <si>
+    <t>Uninterruptable Power Supply</t>
+  </si>
+  <si>
+    <t>June 2021</t>
+  </si>
+  <si>
+    <t>CQC 3108-2011</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/cqc31-461234-2009-cqc-mark-certification-uninterruptible-power-supplies-ups</t>
+  </si>
+  <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-04-26/492771.shtml</t>
+  </si>
+  <si>
+    <t>CQC31-461235-2014. CQC Mark Certification - Switch power supply of computers</t>
+  </si>
+  <si>
+    <t>Applies to products as the internal switch of computers which working under normal grid voltage including ordinary desktop computers; high level desktop computers; working station, etc.</t>
+  </si>
+  <si>
+    <t>CQC 3112-2014</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/cqc31-461235-2014-cqc-mark-certification-switch-power-supply-computers</t>
+  </si>
+  <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-04-26/492782.shtml</t>
+  </si>
+  <si>
+    <t>CQC31-461236-2014. CQC Marking Certification: single voltage external AC-DC and AC-AC power supplies</t>
+  </si>
+  <si>
+    <t>Applies to power supplies operating under under 220V and 50Hz;  which transfer AC grid's voltage to a fixed and single way low voltage DC current; no more than 36V; or low voltage AC; no more than 36V; and rated output power is no larger than 250W.</t>
+  </si>
+  <si>
+    <t>GB 20943-2013</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/cqc31-461236-2014-cqc-marking-certification-single-voltage-external-ac-dc-and-ac-ac-power</t>
+  </si>
+  <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492783.shtml</t>
+  </si>
+  <si>
+    <t>CQC31-461289-2021 Energy Conservation Certification Rules for Low-Voltage Reactive Power Compensation Assemblies</t>
+  </si>
+  <si>
+    <t>This policy contains Energy Conservation Certification Rules for low-voltage reactive power compensation assemblies. It applies to low-voltage reactive power compensation assemblies with a rated AC voltage not exceeding 1000 V (or 1140 V) and a frequency not exceeding 1000 Hz</t>
+  </si>
+  <si>
+    <t>Electronics, Power Supply and Power Conversion</t>
+  </si>
+  <si>
+    <t>October 2022</t>
+  </si>
+  <si>
+    <t>GB/T 15576-2020
+,   
+                    CQC3179-2021</t>
+  </si>
+  <si>
+    <t>China Quality Certification Centre</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/cqc31-461289-2021-energy-conservation-certification-rules-low-voltage-reactive-power</t>
+  </si>
+  <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2021-12-17/558553.shtml</t>
+  </si>
+  <si>
+    <t>CQC31-462121-2021. Energy Conservation Certification Rules for Step-down Power Saving Devices</t>
+  </si>
+  <si>
+    <t>This policy contains Energy Conservation Certification rules for step-down power-saving devices. It applies to low voltage distribution savers with a rated voltage lower than 1000 V, rated frequency of 50 Hz, and rated capacity no more than 2500 kVA.</t>
+  </si>
+  <si>
+    <t>CQC 3103-2009</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/cqc31-462121-2021-energy-conservation-certification-rules-step-down-power-saving-devices</t>
+  </si>
+  <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2021-05-26/492772.shtml</t>
+  </si>
+  <si>
+    <t>CQC31-462191-2010. CQC Mark Certification - Socket-outlets and adaptors</t>
+  </si>
+  <si>
+    <t>Applies to products that are used indoor or outdoor; household or similar type; working under AC current; rated voltage higher than 50V and lower than 250V; rated current 10A and 16A; with or without earth contactor; with conservative stand-by power function.</t>
+  </si>
+  <si>
+    <t>Power strips</t>
+  </si>
+  <si>
+    <t>CQC 3121-2009</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/cqc31-462191-2010-cqc-mark-certification-socket-outlets-and-adaptors</t>
+  </si>
+  <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492763.shtml</t>
+  </si>
+  <si>
+    <t>CQC31-462213-2015. Energy Conservation Certification Rules for Closed Insulated Busways</t>
+  </si>
+  <si>
+    <t>Apply to closed insulated busways</t>
+  </si>
+  <si>
+    <t>CQC3131-2015</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/cqc31-462213-2015-energy-conservation-certification-rules-closed-insulated-busways</t>
+  </si>
+  <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492856.shtml</t>
+  </si>
+  <si>
+    <t>CQC31-462227-2021. Energy Conservation Certification Rules for Low-Voltage Switchgear Assemblies</t>
+  </si>
+  <si>
+    <t>Apply to low-voltage switchgear assemblies</t>
+  </si>
+  <si>
+    <t>CQC3177-2021</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/cqc31-462227-2021-energy-conservation-certification-rules-low-voltage-switchgear</t>
+  </si>
+  <si>
+    <t>https://www.cqc.com.cn/dynamic/contentcore/resource/download?ID=39718</t>
+  </si>
+  <si>
+    <t>CQC31-464245-2018. Energy Conservation Certification Rules for Electric Vehicle Off-Board Charger</t>
+  </si>
+  <si>
+    <t>Apply to electric vehicle off-board charger</t>
+  </si>
+  <si>
+    <t>CQC 3170-2018</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/cqc31-464245-2018-energy-conservation-certification-rules-electric-vehicle-board-charger</t>
+  </si>
+  <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-04-26/554396.shtml</t>
+  </si>
+  <si>
+    <t>CQC31-465134-2009. CQC Mark Certification - High Pressure Sodium Lamp</t>
+  </si>
+  <si>
+    <t>Applies to High-pressure sodium lamps with transparent glass cover for outdoor lighting service, and power ranges from 50W-1000W with matching ballasts and ignitors and can be started and operate normally with 92-106 percent of rated voltage.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/cqc31-465134-2009-cqc-mark-certification-high-pressure-sodium-lamp</t>
+  </si>
+  <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2021-04-22/492722.shtml</t>
+  </si>
+  <si>
+    <t>CQC31-465391-2018 Energy Conservation Certification Rules for Luminaries System for Road Lighting</t>
+  </si>
+  <si>
+    <t>Applies to Powers Luminaries System for Road Lighting which use Fluorescent lamps and high intensity gas discharge lamps as lighting source</t>
+  </si>
+  <si>
+    <t>CQC 3105-2018</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/cqc31-465391-2018-energy-conservation-certification-rules-luminaries-system-road-lighting</t>
+  </si>
+  <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2018-02-05/492775.shtml</t>
+  </si>
+  <si>
+    <t>CQC31-465392-2016. Energy Conservation Certification Rules for LED Lighting Products for Street Lighting &amp; Tunnel Lighting</t>
+  </si>
+  <si>
+    <t>Applies to LED Lighting Products for Street Lighting and Tunnel Lighting operating under conditions of AC 220V and 50Hz</t>
+  </si>
+  <si>
+    <t>CQC 3127-2016</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/cqc31-465392-2016-energy-conservation-certification-rules-led-lighting-products-street</t>
+  </si>
+  <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492713.shtml</t>
+  </si>
+  <si>
+    <t>CQC31-465397-2019. Energy Conservation Certification Rules for LED Luminaires for Road and Tunnel Lighting</t>
+  </si>
+  <si>
+    <t>Apply to LED luminaires for road and tunnel lighting</t>
+  </si>
+  <si>
+    <t>GB 37478-2019</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/cqc31-465397-2019-energy-conservation-certification-rules-led-luminaires-road-and-tunnel</t>
+  </si>
+  <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-08-08/555385.shtml</t>
+  </si>
+  <si>
+    <t>Decision 13/2008 Technical requirements for energy-efficient street lights</t>
+  </si>
+  <si>
+    <t>This document specifies the technical requirements and labeling instructions for energy-efficient street lights.</t>
+  </si>
+  <si>
+    <t>Vietnam*</t>
+  </si>
+  <si>
+    <t>August 2019</t>
+  </si>
+  <si>
+    <t>Ministry of Industry and Trade (MOIT)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/decision-132008-technical-requirements-energy-efficient-street-lights</t>
+  </si>
+  <si>
+    <t>http://thuvienphapluat.vn/van-ban/Linh-vuc-khac/Quyet-dinh-13-2008-QD-BCT-quy-dinh-ve-yeu-cau-ky-thuat-choa-den-chieu-sang-duong-pho-tiet-kiem-nang-luong-67650.aspx</t>
+  </si>
+  <si>
+    <t>Decision No. 14/2023/QD-TTg: Lists of Low-Efficiency Equipment Subject to Elimination and Low-Efficiency Generating Sets Banned from Development and Application Roadmaps</t>
+  </si>
+  <si>
+    <t>This Decision regulates the list of products that have mandatory Minimum Energy Performance Standards (MEPS) that must be met before being imported to Vietnam. Devices such as LED lamps, infrared hobs, induction hobs, refrigerators, refrigerator-freezers and freezers, storage water heaters, non-ducted air conditioners, television sets, notebook computers, desktop computers, LED road and street lighting luminaries, and industrial boilers should comply with the most recent standards beginning April 1, 2025. The Decision comes into force on July 15, 2023, and Decision No. 24/2018/QD-TTg will expire at such time.</t>
+  </si>
+  <si>
+    <t>Computers, Imaging Equipment, Televisions, Displays, Induction Cookstoves or Hobs, Rice Cookers, Electric Kettles, Cooktops or Hobs, Washing Machines, Indoor Luminaires, Streetlighting, Tubular Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, Ceiling Fans, Portable Fans, Room ACs - Stationary ACs, Storage Water Heaters, Distribution Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
+  </si>
+  <si>
+    <t>Comparative Label, Endorsement Label</t>
+  </si>
+  <si>
+    <t>January 2024</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/decision-no-142023qd-ttg-lists-low-efficiency-equipment-subject-elimination-and-low</t>
+  </si>
+  <si>
+    <t>https://vanban.chinhphu.vn/?pageid=27160&amp;docid=207954</t>
+  </si>
+  <si>
+    <t>Der Blaue Engel - Auto-Off Power Strips and Socket Adapters (DE-UZ 134)</t>
+  </si>
+  <si>
+    <t>These Basic Criteria apply to auto-off power strips or socket adapters (with and without surge protector).</t>
+  </si>
+  <si>
+    <t>Germany</t>
+  </si>
+  <si>
+    <t>November 2020</t>
+  </si>
+  <si>
+    <t>DIN EN ISO/IEC 17025; DIN EN 62301</t>
+  </si>
+  <si>
+    <t>Umweltbundesamt -Federal Environment Agency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/der-blaue-engel-auto-power-strips-and-socket-adapters-de-uz-134</t>
+  </si>
+  <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20134-201407-en%20Criteria-2020-01-07.pdf</t>
+  </si>
+  <si>
+    <t>Energy Conservation Labeling Program Requirements for Exit Lights and Emergency Direction Lights</t>
+  </si>
+  <si>
+    <t>Exit lights and emergency direction lights - The applicable products shall meet the requirements by NATIONAL FIRE AGENCY MINISTRY OF THE INTERIOR and its future amendments</t>
+  </si>
+  <si>
+    <t>Taiwan of China</t>
+  </si>
+  <si>
+    <t>August 2018</t>
+  </si>
+  <si>
+    <t>Energy Conservation Labeling Program Requirements</t>
+  </si>
+  <si>
+    <t>Bureau of Energy, Ministry of Economic Affairs</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/energy-conservation-labeling-program-requirements-exit-lights-and-emergency-direction</t>
+  </si>
+  <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=24%20</t>
+  </si>
+  <si>
+    <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Street Lights</t>
+  </si>
+  <si>
+    <t>Street lights - The product shall meet the definitions of street lights as defined in CNS 9118 Street Lights or CNS 15233 LED Street Lights.</t>
+  </si>
+  <si>
+    <t>CNS 9118 Street Lights or CNS 15233 LED Street Lights</t>
+  </si>
+  <si>
+    <t>Greenmark Labelling Program</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-street-lights</t>
+  </si>
+  <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=35</t>
+  </si>
+  <si>
+    <t>Energy Efficiency Regulations, 2016 (SOR/2016-311)</t>
+  </si>
+  <si>
+    <t>This policy is divided into 14 divisions: 1) household appliances, 2) air conditioners, condensing units, and chillers, 3) heat pumps, 4) furnaces, fireplaces, unit heaters, and recovery ventilators, 5) boilers, 6) water heaters, 7) lamps and lamp ballasts, 8) lighting fixtures, 9) electronic products, 10) commercial refrigeration, 11) dry-type transformers, 12) motors, 13) commercial pre-rinse spray valves, and 14) pumps.</t>
+  </si>
+  <si>
+    <t>Canada</t>
+  </si>
+  <si>
+    <t>Audio-Visual, Televisions, Displays, Battery Chargers, External Power Supply, Dehumidifiers, Ovens, Microwaves, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washer and Dryers, Washing Machines, Indoor Luminaires, Specialty Luminaires, Specialty Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Ventilation, Ceiling Fans, Space Heating, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Portable ACs, Packaged Terminals, Chillers - Cooler Towers, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Pump Systems, Power Transformers, Distribution Transformers, Wine Chillers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
+  </si>
+  <si>
+    <t>Electricity, Gas, Oil</t>
+  </si>
+  <si>
+    <t>Natural Resources Canada Office of Energy Efficiency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/energy-efficiency-regulations-2016-sor2016-311</t>
+  </si>
+  <si>
+    <t>https://laws-lois.justice.gc.ca/eng/regulations/SOR-2016-311/index.html</t>
+  </si>
+  <si>
+    <t>ENERGY STAR Program Requirements for Uninterruptible Power Supplies (UPSs) Version 2.0</t>
+  </si>
+  <si>
+    <t>Products that meet the definition of an Uninterruptible Power Supply (UPS) as specified in the policy document, including Static and Rotary UPSs and Ac-output UPSs and Dc-output UPSs/Rectifiers, are eligible for ENERGY STAR certification, with the exception of products listed in Section 2.2. Eligible products include:</t>
+  </si>
+  <si>
+    <t>Canada, United States of America*</t>
+  </si>
+  <si>
+    <t>ENERGY STAR Test Method for Uninterruptible Power Supplies Rev. Dec-2017; 10 CFR 430, Section 4, Subpart B, Appendix Y</t>
+  </si>
+  <si>
+    <t>ENERGY STAR</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-uninterruptible-power-supplies-upss-version-20</t>
+  </si>
+  <si>
+    <t>https://www.energystar.gov/products/data_center_equipment/uninterruptible_power_supplies/partners</t>
+  </si>
+  <si>
+    <t>GB 19573-2004 Limited values of energy efficiency and rating criteria for high-pressure sodium vapour lamps</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/gb-19573-2004-limited-values-energy-efficiency-and-rating-criteria-high-pressure-sodium</t>
+  </si>
+  <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7C5F2D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
+    <t>GB 20943-2013 Minimum allowable values of energy efficiency and evaluating values of energy conservation for single voltage external AC-DC and AC-AC power supplies</t>
+  </si>
+  <si>
+    <t>Applies to external power supplies which convert AC current with 220V and 50Hz to single voltage DC -no higher than 36V- or single voltage AC -no higher than 36V- current.It applies to products with rated output power no larger than 250W. Does NOT apply to DC-DC transformer.</t>
+  </si>
+  <si>
+    <t>Revised, To Be Superseded</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/gb-20943-2013-minimum-allowable-values-energy-efficiency-and-evaluating-values-energy</t>
+  </si>
+  <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E686D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
+    <t>GB 20943-2025  Minimum Allowable Values of Energy Efficiency and Energy Efficiency Grades for AC-DC and AC-AC Power Supplies</t>
+  </si>
+  <si>
+    <t>This revised policy substantially expands its regulatory scope through the inclusion of additional product categories and extended power capacity ranges, while integrating embedded power supplies into its framework for the first time. Aligned with the European Union’s latest minimum energy efficiency requirements of power supplies, GB 20943-2025 introduces a globally pioneering specification for Grade 1 no-load power consumption, establishing a stringent threshold of 0.05W to 0.075W.</t>
+  </si>
+  <si>
+    <t>Power Supply and Power Conversion</t>
+  </si>
+  <si>
+    <t>February 2025</t>
+  </si>
+  <si>
+    <t>GB 20943-2025</t>
+  </si>
+  <si>
+    <t>The Standardization Administration of China (SAC)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/gb-20943-2025-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-ac</t>
+  </si>
+  <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=2D9BC7B2DA386BF6E06397BE0A0A4ED1</t>
+  </si>
+  <si>
+    <t>GB 21518-2008 Minimum allowable values of energy efficiency and energy efficiency grades for AC contactors</t>
+  </si>
+  <si>
+    <t>Applies to those AC contactors with rated frequency of 50Hz; rated voltage no higher than 1140V; and rated current between 9A-630A. Does NOT apply to AC contactors with external power saving device or semi-conductor type -solid type contactor</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/gb-21518-2008-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-ac</t>
+  </si>
+  <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D773ECD3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
+    <t>GB 37478-2019 Minimum allowable values of energy efficiency and energy efficiency grades of LED luminaires for road and tunnel lighting</t>
+  </si>
+  <si>
+    <t>Entered into force, New, To Be Superseded</t>
+  </si>
+  <si>
+    <t>The Standardisation Administration of China (SAC)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/gb-37478-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-led</t>
+  </si>
+  <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=86000D0C5CBB0E10E05397BE0A0A5BBB</t>
+  </si>
+  <si>
+    <t>GB 37478-2025 Minimum Allowable Values of Energy Efficiency and Energy Efficiency Grades of LED Luminaires for Road and Tunnel Lighting</t>
+  </si>
+  <si>
+    <t>This revised MEPS raises the minimum energy efficiency requirements by about 25% for LED road and tunnel lighting luminaires, setting a benchmark of 130 lm/W for LED road lighting luminaires with Correlated Color Temperature (CCT) between 3500K to 5000K, and 150 lm/W for LED road lighting luminaires with CCT over 5000K. The minimum energy efficiency requirements for LED tunnel lighting luminaires are 10 lm/W lower than the requirements for LED road lighting luminaires. The standard scope is expanded from AC products to AC and DC LED Road and tunnel lighting luminaires.</t>
+  </si>
+  <si>
+    <t>June 2025</t>
+  </si>
+  <si>
+    <t>GB/T39018</t>
+  </si>
+  <si>
+    <t>The Standardization Administration of China</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/gb-37478-2025-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-led</t>
+  </si>
+  <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=36A29D07E29FD444E06397BE0A0ACC4C</t>
+  </si>
+  <si>
+    <t>Greenhouse and Energy Minimum Standards (External Power Supplies) Determination 2014</t>
+  </si>
+  <si>
+    <t>Products covered include external power supply units with a nominal 230 V a.c. supply input and a single output at extra low voltage (ELV), either a.c. or d.c. and a maximum output of 250 W or 250 VA (see the standard for further details on products covered).</t>
+  </si>
+  <si>
+    <t>Australia</t>
+  </si>
+  <si>
+    <t>July 2025</t>
+  </si>
+  <si>
+    <t>AS/NZS 4665.1:2005 AS/NZS 4665.2:2005 AS/NZS 4665</t>
+  </si>
+  <si>
+    <t>Department of Climate Change and Energy Efficiency (DCCEE)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/greenhouse-and-energy-minimum-standards-external-power-supplies-determination-2014</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.au/Series/F2014L01580</t>
+  </si>
+  <si>
+    <t>Greenmark N107 - Exit Signs and Emergency Directional Lights</t>
+  </si>
+  <si>
+    <t>This standard is applicable to the exit signs and emergency directional lights which meet the definition of CNS 10207. The product shall be disassemble.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/greenmark-n107-exit-signs-and-emergency-directional-lights</t>
+  </si>
+  <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/107/361d4ceb-4e59-4a66-bec0-ac69176e48b4.pdf</t>
+  </si>
+  <si>
+    <t>Greenmark N141 - Uninterruptible Power Supply Systems</t>
+  </si>
+  <si>
+    <t>This standard is applicable to the uninterruptible power supply systems as defined in CNS 14843-1 and CNS 14843-2.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/greenmark-n141-uninterruptible-power-supply-systems</t>
+  </si>
+  <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/141/0e5d3b89-12e8-40de-b8d2-5ee476cb445d.pdf</t>
+  </si>
+  <si>
+    <t>High-efficiency Appliances Certification Program</t>
+  </si>
+  <si>
+    <t>LED traffic lights, LED leading lights, LED guard lighting equipment, LED street lights, LED flood lighting equipment, LED tunnel luminaires, LED module for channel letter signs</t>
+  </si>
+  <si>
+    <t>Republic of Korea</t>
+  </si>
+  <si>
+    <t>November 2019</t>
+  </si>
+  <si>
+    <t>Korea Energy Management Corporation (KEMCO)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/high-efficiency-appliances-certification-program-6</t>
+  </si>
+  <si>
+    <t>http://www.energy.or.kr/renew_eng/energy/appliances/certification.aspx</t>
+  </si>
+  <si>
+    <t>High-efficiency Appliances Certification Program for Streetlighting</t>
+  </si>
+  <si>
+    <t>January 2020</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/high-efficiency-appliances-certification-program-streetlighting</t>
+  </si>
+  <si>
+    <t>https://eep.energy.or.kr/download/Korean%20Energy%20Efficiency%20Policies%20(2015).pdf</t>
+  </si>
+  <si>
+    <t>High-efficiency Appliances Certification Program for Uniterruptible Power System</t>
+  </si>
+  <si>
+    <t>Uniterruptible power system: controlling its function according to the amount of loads</t>
+  </si>
+  <si>
+    <t>January 2016</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/high-efficiency-appliances-certification-program-uniterruptible-power-system</t>
+  </si>
+  <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100101.asp</t>
+  </si>
+  <si>
+    <t>INTE E18-1: 2020</t>
+  </si>
+  <si>
+    <t>This establishes the luminous efficacy specifications for luminaires with light-emitting diodes -LEDs- intended for roads and outdoor areas.</t>
+  </si>
+  <si>
+    <t>Costa Rica</t>
+  </si>
+  <si>
+    <t>Institute of Technical Standards of Costa Rica</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/inte-e18-1-2020</t>
+  </si>
+  <si>
+    <t>https://www.inteco.org/shop/product/inte-e18-1-2016-eficiencia-energetica-luminarias-de-diodos-emisores-de-luz-led-destinadas-a-alumbrado-publico-requisitos-1191?search=INTE+28</t>
+  </si>
+  <si>
+    <t>This establishes the luminous efficacy specifications for luminaires with light-emitting diodes (LED), intended for roads and outdoor areas</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/inte-e18-1-2020-0</t>
+  </si>
+  <si>
+    <t>https://www.inteco.org/en_US/shop/product/inte-e18-1-2016-eficiencia-energetica-luminarias-de-diodos-emisores-de-luz-led-destinadas-a-alumbrado-publico-requisitos-1191?variant=7414</t>
+  </si>
+  <si>
+    <t>INTE E18-2 2016</t>
+  </si>
+  <si>
+    <t>This standard establishes the minimum content of the energy efficiency label; of the light emitting diode -LED- luminaires for public lighting. This standard applies to luminaires with LED lighting components; which are sold and installed in the national territory to illuminate outdoor areas that have one or more of the following characteristics: roads; parks; or parking lots.</t>
+  </si>
+  <si>
+    <t>September 2018</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/inte-e18-2-2016</t>
+  </si>
+  <si>
+    <t>https://www.inteco.org/shop/product/inte-e18-2-2016-eficiencia-energetica-luminarias-de-diodos-emisores-de-luz-led-para-alumbrado-publico-etiquetado-872?search=INTE+E18</t>
+  </si>
+  <si>
+    <t>JS 2111:2013 Technical Regulation on eco-design requirements for no-load condition electric power consumption and average active efficiency of external power supplies</t>
+  </si>
+  <si>
+    <t>This policy establishes ecodesign requirements related to electric power consumption in no-load condition and average active efficiency of external power supplies.</t>
+  </si>
+  <si>
+    <t>Jordan</t>
+  </si>
+  <si>
+    <t>JS 2092</t>
+  </si>
+  <si>
+    <t>National Energy Research Centre (NERC)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/js-21112013-technical-regulation-eco-design-requirements-no-load-condition-electric-power</t>
+  </si>
+  <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5471</t>
+  </si>
+  <si>
+    <t>LI 2452 Renewable Energy (Standards and Labelling) (Renewable Energy Batteries) Regulations, 2022</t>
+  </si>
+  <si>
+    <t>These regulations apply to a renewable energy battery manufactured in the country or imported into the country for display, sale, or use, irrespective of size, method of charge or energy system design of the renewable energy battery.</t>
+  </si>
+  <si>
+    <t>Ghana</t>
+  </si>
+  <si>
+    <t>Battery Chargers</t>
+  </si>
+  <si>
+    <t>March 2023</t>
+  </si>
+  <si>
+    <t>Ghana Energy Commission</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/li-2452-renewable-energy-standards-and-labelling-renewable-energy-batteries-regulations</t>
+  </si>
+  <si>
+    <t>https://www.energycom.gov.gh/regulation/regulation-and-codes</t>
+  </si>
+  <si>
+    <t>LI 2453 Energy Commission (Energy Efficiency Standards and Labelling) (Public Lighting) Regulations, 2022</t>
+  </si>
+  <si>
+    <t>These regulations apply to a lamp or luminaire manufactured in the country or imported into the country for the purpose of public lighting services, for display, sale or use in the country. These regulations do not apply to a lamp or luminaire other than an electric mains-operated lamp or luminaire.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/li-2453-energy-commission-energy-efficiency-standards-and-labelling-public-lighting</t>
+  </si>
+  <si>
+    <t>LI 2461 Renewable Energy (Standards and Labelling) (Inverters) Regulations, 2022</t>
+  </si>
+  <si>
+    <t>These regulations apply to an inverter intended for use in a stand-alone energy system or utility-interactive energy system where the output of the inverter is a stable alternating current of constant frequency; and a single-phase inverter or 3-phase inverter intended for use in a stand alone energy system or utility interactive energy system intended to be operated in parallel with an electric power system to supply power to common loads manufactured in the country or imported into the country for display, sale or use.</t>
+  </si>
+  <si>
+    <t>Electricity, Solar</t>
+  </si>
+  <si>
+    <t>Energy Efficiency, Off-Grid</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/li-2461-renewable-energy-standards-and-labelling-inverters-regulations-2022</t>
+  </si>
+  <si>
+    <t>MEPS for Adapter - Charger</t>
+  </si>
+  <si>
+    <t>An adapter under 150W, nameplate output power; and a charger of input 20 W with Li-Ion Battery as a single voltage external power supply</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/meps-adapter-charger</t>
+  </si>
+  <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_2.asp</t>
+  </si>
+  <si>
+    <t>MEPS for Adapter Charger</t>
+  </si>
+  <si>
+    <t>For using with mobile phone, notebook, speaker for computer, LCD monitor,printer, PDA, camcorder, digital camera, audio, DVD player, MP3, PMP,portable CD player, set-top box, wire-wireless phone, modem, all AC-DC orAC-AC external power supply shall be included.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/meps-adapter-charger-0</t>
   </si>
   <si>
     <t>Minimum Performance of external power supplies</t>
   </si>
   <si>
     <t>MEPS covers: Mains powered; dc and ac adaptors|power-packs with a single output of up to 250 W or VA  used to power or recharge separate low voltage electronic products; like laptops cellphones etc. They are often sold packaged with the product it will be used with - for examplel; a laptop computer normally comes with a power adaptor.</t>
   </si>
   <si>
     <t>New Zealand</t>
   </si>
   <si>
     <t>AS/NZS 4665.1:2005</t>
   </si>
   <si>
     <t>Energy Efficiency and Conservation Authority (EECA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-performance-external-power-supplies</t>
   </si>
   <si>
     <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/external-power-supplies-factsheet.pdf</t>
   </si>
   <si>
     <t>NOM-029-ENER-2017, Energy efficiency of external power supplies</t>
   </si>
@@ -1794,65 +1831,65 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P74"/>
+  <dimension ref="A1:P75"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="200.38" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="284.216" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="970.763" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="39.99" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="891.782" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="54.13" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="371.481" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="51.845" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="143.822" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="275.933" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -1978,3468 +2015,3514 @@
       </c>
       <c r="L3" t="s">
         <v>35</v>
       </c>
       <c r="M3" t="s">
         <v>26</v>
       </c>
       <c r="N3" t="s">
         <v>36</v>
       </c>
       <c r="O3" t="s">
         <v>37</v>
       </c>
       <c r="P3" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
         <v>39</v>
       </c>
       <c r="B4" t="s">
         <v>40</v>
       </c>
       <c r="C4" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="D4" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="G4" t="s">
         <v>22</v>
       </c>
       <c r="H4">
-        <v>1980</v>
-[...3 lines deleted...]
-      </c>
+        <v>2022</v>
+      </c>
+      <c r="I4"/>
       <c r="J4" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="K4" t="s">
         <v>34</v>
       </c>
       <c r="L4" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="M4" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="N4" t="s">
         <v>27</v>
       </c>
       <c r="O4" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="P4" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="B5" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="C5" t="s">
-        <v>50</v>
+        <v>18</v>
       </c>
       <c r="D5" t="s">
         <v>51</v>
       </c>
       <c r="E5" t="s">
         <v>20</v>
       </c>
       <c r="F5" t="s">
-        <v>21</v>
+        <v>52</v>
       </c>
       <c r="G5" t="s">
-        <v>52</v>
+        <v>22</v>
       </c>
       <c r="H5">
-        <v>2012</v>
-[...1 lines deleted...]
-      <c r="I5"/>
+        <v>1980</v>
+      </c>
+      <c r="I5">
+        <v>2019</v>
+      </c>
       <c r="J5" t="s">
-        <v>33</v>
+        <v>53</v>
       </c>
       <c r="K5" t="s">
         <v>34</v>
       </c>
-      <c r="L5"/>
+      <c r="L5" t="s">
+        <v>54</v>
+      </c>
       <c r="M5" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="N5" t="s">
         <v>27</v>
       </c>
       <c r="O5" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="P5" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="B6" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
       <c r="C6" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="D6" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="E6" t="s">
         <v>20</v>
       </c>
       <c r="F6" t="s">
-        <v>42</v>
+        <v>21</v>
       </c>
       <c r="G6" t="s">
-        <v>52</v>
+        <v>62</v>
       </c>
       <c r="H6">
-        <v>2010</v>
+        <v>2012</v>
       </c>
       <c r="I6"/>
       <c r="J6" t="s">
-        <v>60</v>
+        <v>33</v>
       </c>
       <c r="K6" t="s">
         <v>34</v>
       </c>
-      <c r="L6" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L6"/>
       <c r="M6" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="N6" t="s">
-        <v>36</v>
+        <v>27</v>
       </c>
       <c r="O6" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="P6" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="B7" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C7" t="s">
-        <v>58</v>
+        <v>68</v>
       </c>
       <c r="D7" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="E7" t="s">
         <v>20</v>
       </c>
       <c r="F7" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="G7" t="s">
-        <v>52</v>
+        <v>62</v>
       </c>
       <c r="H7">
-        <v>2008</v>
+        <v>2010</v>
       </c>
       <c r="I7"/>
       <c r="J7" t="s">
-        <v>60</v>
+        <v>70</v>
       </c>
       <c r="K7" t="s">
         <v>34</v>
       </c>
       <c r="L7" t="s">
-        <v>68</v>
+        <v>71</v>
       </c>
       <c r="M7" t="s">
-        <v>62</v>
+        <v>72</v>
       </c>
       <c r="N7" t="s">
-        <v>27</v>
+        <v>36</v>
       </c>
       <c r="O7" t="s">
-        <v>69</v>
+        <v>73</v>
       </c>
       <c r="P7" t="s">
-        <v>70</v>
+        <v>74</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
-        <v>71</v>
+        <v>75</v>
       </c>
       <c r="B8" t="s">
-        <v>72</v>
+        <v>76</v>
       </c>
       <c r="C8" t="s">
-        <v>58</v>
+        <v>68</v>
       </c>
       <c r="D8" t="s">
-        <v>67</v>
+        <v>77</v>
       </c>
       <c r="E8" t="s">
         <v>20</v>
       </c>
       <c r="F8" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="G8" t="s">
-        <v>52</v>
+        <v>62</v>
       </c>
       <c r="H8">
-        <v>2020</v>
+        <v>2008</v>
       </c>
       <c r="I8"/>
       <c r="J8" t="s">
-        <v>60</v>
+        <v>70</v>
       </c>
       <c r="K8" t="s">
         <v>34</v>
       </c>
       <c r="L8" t="s">
-        <v>73</v>
+        <v>78</v>
       </c>
       <c r="M8" t="s">
-        <v>62</v>
+        <v>72</v>
       </c>
       <c r="N8" t="s">
         <v>27</v>
       </c>
       <c r="O8" t="s">
-        <v>74</v>
+        <v>79</v>
       </c>
       <c r="P8" t="s">
-        <v>75</v>
+        <v>80</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
-        <v>76</v>
+        <v>81</v>
       </c>
       <c r="B9" t="s">
+        <v>82</v>
+      </c>
+      <c r="C9" t="s">
+        <v>68</v>
+      </c>
+      <c r="D9" t="s">
         <v>77</v>
-      </c>
-[...4 lines deleted...]
-        <v>79</v>
       </c>
       <c r="E9" t="s">
         <v>20</v>
       </c>
       <c r="F9" t="s">
-        <v>21</v>
+        <v>52</v>
       </c>
       <c r="G9" t="s">
-        <v>22</v>
+        <v>62</v>
       </c>
       <c r="H9">
-        <v>2009</v>
-[...3 lines deleted...]
-      </c>
+        <v>2020</v>
+      </c>
+      <c r="I9"/>
       <c r="J9" t="s">
-        <v>80</v>
+        <v>70</v>
       </c>
       <c r="K9" t="s">
         <v>34</v>
       </c>
-      <c r="L9"/>
+      <c r="L9" t="s">
+        <v>83</v>
+      </c>
       <c r="M9" t="s">
-        <v>81</v>
+        <v>72</v>
       </c>
       <c r="N9" t="s">
         <v>27</v>
       </c>
       <c r="O9" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="P9" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
-        <v>76</v>
+        <v>86</v>
       </c>
       <c r="B10" t="s">
-        <v>77</v>
+        <v>87</v>
       </c>
       <c r="C10" t="s">
-        <v>84</v>
+        <v>88</v>
       </c>
       <c r="D10" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E10" t="s">
         <v>20</v>
       </c>
       <c r="F10" t="s">
         <v>21</v>
       </c>
       <c r="G10" t="s">
         <v>22</v>
       </c>
       <c r="H10">
         <v>2009</v>
       </c>
       <c r="I10">
         <v>2019</v>
       </c>
       <c r="J10" t="s">
-        <v>85</v>
+        <v>90</v>
       </c>
       <c r="K10" t="s">
         <v>34</v>
       </c>
       <c r="L10"/>
       <c r="M10"/>
       <c r="N10" t="s">
         <v>27</v>
       </c>
       <c r="O10" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
       <c r="P10" t="s">
-        <v>87</v>
+        <v>92</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
-        <v>88</v>
+        <v>86</v>
       </c>
       <c r="B11" t="s">
+        <v>87</v>
+      </c>
+      <c r="C11" t="s">
+        <v>93</v>
+      </c>
+      <c r="D11" t="s">
         <v>89</v>
       </c>
-      <c r="C11" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E11" t="s">
-        <v>90</v>
+        <v>20</v>
       </c>
       <c r="F11" t="s">
-        <v>91</v>
+        <v>21</v>
       </c>
       <c r="G11" t="s">
-        <v>52</v>
+        <v>94</v>
       </c>
       <c r="H11">
-        <v>2020</v>
-[...1 lines deleted...]
-      <c r="I11"/>
+        <v>2009</v>
+      </c>
+      <c r="I11">
+        <v>2019</v>
+      </c>
       <c r="J11" t="s">
-        <v>60</v>
+        <v>95</v>
       </c>
       <c r="K11" t="s">
         <v>34</v>
       </c>
-      <c r="L11" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L11"/>
       <c r="M11" t="s">
-        <v>93</v>
+        <v>96</v>
       </c>
       <c r="N11" t="s">
-        <v>36</v>
+        <v>27</v>
       </c>
       <c r="O11" t="s">
-        <v>94</v>
+        <v>97</v>
       </c>
       <c r="P11" t="s">
-        <v>95</v>
+        <v>98</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
-        <v>96</v>
+        <v>99</v>
       </c>
       <c r="B12" t="s">
-        <v>97</v>
+        <v>100</v>
       </c>
       <c r="C12" t="s">
-        <v>58</v>
+        <v>101</v>
       </c>
       <c r="D12" t="s">
-        <v>98</v>
+        <v>102</v>
       </c>
       <c r="E12" t="s">
-        <v>90</v>
+        <v>20</v>
       </c>
       <c r="F12" t="s">
-        <v>91</v>
+        <v>21</v>
       </c>
       <c r="G12" t="s">
-        <v>52</v>
+        <v>103</v>
       </c>
       <c r="H12">
-        <v>2013</v>
+        <v>2025</v>
       </c>
       <c r="I12"/>
       <c r="J12" t="s">
-        <v>60</v>
+        <v>104</v>
       </c>
       <c r="K12" t="s">
-        <v>99</v>
+        <v>34</v>
       </c>
       <c r="L12" t="s">
-        <v>100</v>
+        <v>105</v>
       </c>
       <c r="M12" t="s">
-        <v>93</v>
+        <v>106</v>
       </c>
       <c r="N12" t="s">
         <v>27</v>
       </c>
       <c r="O12" t="s">
-        <v>101</v>
+        <v>107</v>
       </c>
       <c r="P12" t="s">
-        <v>102</v>
+        <v>108</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
-        <v>103</v>
+        <v>109</v>
       </c>
       <c r="B13" t="s">
-        <v>104</v>
+        <v>110</v>
       </c>
       <c r="C13" t="s">
-        <v>58</v>
+        <v>68</v>
       </c>
       <c r="D13" t="s">
-        <v>105</v>
+        <v>61</v>
       </c>
       <c r="E13" t="s">
-        <v>90</v>
+        <v>111</v>
       </c>
       <c r="F13" t="s">
-        <v>91</v>
+        <v>112</v>
       </c>
       <c r="G13" t="s">
-        <v>52</v>
+        <v>62</v>
       </c>
       <c r="H13">
-        <v>2009</v>
+        <v>2020</v>
       </c>
       <c r="I13"/>
       <c r="J13" t="s">
-        <v>106</v>
+        <v>70</v>
       </c>
       <c r="K13" t="s">
         <v>34</v>
       </c>
       <c r="L13" t="s">
-        <v>107</v>
+        <v>113</v>
       </c>
       <c r="M13" t="s">
-        <v>93</v>
+        <v>114</v>
       </c>
       <c r="N13" t="s">
-        <v>27</v>
+        <v>36</v>
       </c>
       <c r="O13" t="s">
-        <v>108</v>
+        <v>115</v>
       </c>
       <c r="P13" t="s">
-        <v>109</v>
+        <v>116</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
-        <v>110</v>
+        <v>117</v>
       </c>
       <c r="B14" t="s">
+        <v>118</v>
+      </c>
+      <c r="C14" t="s">
+        <v>68</v>
+      </c>
+      <c r="D14" t="s">
+        <v>119</v>
+      </c>
+      <c r="E14" t="s">
         <v>111</v>
       </c>
-      <c r="C14" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F14" t="s">
-        <v>91</v>
+        <v>112</v>
       </c>
       <c r="G14" t="s">
-        <v>22</v>
+        <v>62</v>
       </c>
       <c r="H14">
-        <v>2005</v>
-[...3 lines deleted...]
-      </c>
+        <v>2013</v>
+      </c>
+      <c r="I14"/>
       <c r="J14" t="s">
-        <v>106</v>
+        <v>70</v>
       </c>
       <c r="K14" t="s">
-        <v>34</v>
+        <v>120</v>
       </c>
       <c r="L14" t="s">
-        <v>112</v>
+        <v>121</v>
       </c>
       <c r="M14" t="s">
-        <v>93</v>
+        <v>114</v>
       </c>
       <c r="N14" t="s">
         <v>27</v>
       </c>
       <c r="O14" t="s">
-        <v>113</v>
+        <v>122</v>
       </c>
       <c r="P14" t="s">
-        <v>114</v>
+        <v>123</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
-        <v>115</v>
+        <v>124</v>
       </c>
       <c r="B15" t="s">
-        <v>116</v>
+        <v>125</v>
       </c>
       <c r="C15" t="s">
-        <v>58</v>
+        <v>68</v>
       </c>
       <c r="D15" t="s">
-        <v>79</v>
+        <v>126</v>
       </c>
       <c r="E15" t="s">
-        <v>90</v>
+        <v>111</v>
       </c>
       <c r="F15" t="s">
-        <v>91</v>
+        <v>112</v>
       </c>
       <c r="G15" t="s">
-        <v>22</v>
+        <v>62</v>
       </c>
       <c r="H15">
-        <v>2005</v>
-[...3 lines deleted...]
-      </c>
+        <v>2009</v>
+      </c>
+      <c r="I15"/>
       <c r="J15" t="s">
-        <v>106</v>
+        <v>127</v>
       </c>
       <c r="K15" t="s">
         <v>34</v>
       </c>
       <c r="L15" t="s">
-        <v>117</v>
+        <v>128</v>
       </c>
       <c r="M15" t="s">
-        <v>93</v>
+        <v>114</v>
       </c>
       <c r="N15" t="s">
         <v>27</v>
       </c>
       <c r="O15" t="s">
-        <v>118</v>
+        <v>129</v>
       </c>
       <c r="P15" t="s">
-        <v>119</v>
+        <v>130</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
-        <v>120</v>
+        <v>131</v>
       </c>
       <c r="B16" t="s">
-        <v>121</v>
+        <v>132</v>
       </c>
       <c r="C16" t="s">
-        <v>58</v>
+        <v>68</v>
       </c>
       <c r="D16" t="s">
-        <v>122</v>
+        <v>61</v>
       </c>
       <c r="E16" t="s">
-        <v>90</v>
+        <v>111</v>
       </c>
       <c r="F16" t="s">
-        <v>91</v>
+        <v>112</v>
       </c>
       <c r="G16" t="s">
-        <v>52</v>
+        <v>22</v>
       </c>
       <c r="H16">
-        <v>2021</v>
-[...1 lines deleted...]
-      <c r="I16"/>
+        <v>2005</v>
+      </c>
+      <c r="I16">
+        <v>2014</v>
+      </c>
       <c r="J16" t="s">
-        <v>123</v>
+        <v>127</v>
       </c>
       <c r="K16" t="s">
         <v>34</v>
       </c>
       <c r="L16" t="s">
-        <v>124</v>
+        <v>133</v>
       </c>
       <c r="M16" t="s">
-        <v>125</v>
+        <v>114</v>
       </c>
       <c r="N16" t="s">
         <v>27</v>
       </c>
       <c r="O16" t="s">
-        <v>126</v>
+        <v>134</v>
       </c>
       <c r="P16" t="s">
-        <v>127</v>
+        <v>135</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
-        <v>128</v>
+        <v>136</v>
       </c>
       <c r="B17" t="s">
-        <v>129</v>
+        <v>137</v>
       </c>
       <c r="C17" t="s">
-        <v>58</v>
+        <v>68</v>
       </c>
       <c r="D17" t="s">
-        <v>122</v>
+        <v>89</v>
       </c>
       <c r="E17" t="s">
-        <v>90</v>
+        <v>111</v>
       </c>
       <c r="F17" t="s">
-        <v>91</v>
+        <v>112</v>
       </c>
       <c r="G17" t="s">
         <v>22</v>
       </c>
       <c r="H17">
-        <v>2009</v>
+        <v>2005</v>
       </c>
       <c r="I17">
-        <v>2021</v>
+        <v>2014</v>
       </c>
       <c r="J17" t="s">
-        <v>123</v>
+        <v>127</v>
       </c>
       <c r="K17" t="s">
         <v>34</v>
       </c>
       <c r="L17" t="s">
-        <v>130</v>
+        <v>138</v>
       </c>
       <c r="M17" t="s">
-        <v>125</v>
+        <v>114</v>
       </c>
       <c r="N17" t="s">
         <v>27</v>
       </c>
       <c r="O17" t="s">
-        <v>131</v>
+        <v>139</v>
       </c>
       <c r="P17" t="s">
-        <v>132</v>
+        <v>140</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
-        <v>133</v>
+        <v>141</v>
       </c>
       <c r="B18" t="s">
-        <v>134</v>
+        <v>142</v>
       </c>
       <c r="C18" t="s">
-        <v>58</v>
+        <v>68</v>
       </c>
       <c r="D18" t="s">
-        <v>135</v>
+        <v>143</v>
       </c>
       <c r="E18" t="s">
-        <v>90</v>
+        <v>111</v>
       </c>
       <c r="F18" t="s">
-        <v>91</v>
+        <v>112</v>
       </c>
       <c r="G18" t="s">
-        <v>22</v>
+        <v>62</v>
       </c>
       <c r="H18">
-        <v>2010</v>
-[...3 lines deleted...]
-      </c>
+        <v>2021</v>
+      </c>
+      <c r="I18"/>
       <c r="J18" t="s">
-        <v>106</v>
+        <v>144</v>
       </c>
       <c r="K18" t="s">
         <v>34</v>
       </c>
       <c r="L18" t="s">
-        <v>136</v>
+        <v>145</v>
       </c>
       <c r="M18" t="s">
-        <v>93</v>
+        <v>146</v>
       </c>
       <c r="N18" t="s">
         <v>27</v>
       </c>
       <c r="O18" t="s">
-        <v>137</v>
+        <v>147</v>
       </c>
       <c r="P18" t="s">
-        <v>138</v>
+        <v>148</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
-        <v>139</v>
+        <v>149</v>
       </c>
       <c r="B19" t="s">
-        <v>140</v>
+        <v>150</v>
       </c>
       <c r="C19" t="s">
-        <v>58</v>
+        <v>68</v>
       </c>
       <c r="D19" t="s">
-        <v>51</v>
+        <v>143</v>
       </c>
       <c r="E19" t="s">
-        <v>90</v>
+        <v>111</v>
       </c>
       <c r="F19" t="s">
-        <v>91</v>
+        <v>112</v>
       </c>
       <c r="G19" t="s">
-        <v>52</v>
+        <v>22</v>
       </c>
       <c r="H19">
-        <v>2015</v>
-[...1 lines deleted...]
-      <c r="I19"/>
+        <v>2009</v>
+      </c>
+      <c r="I19">
+        <v>2021</v>
+      </c>
       <c r="J19" t="s">
-        <v>60</v>
+        <v>144</v>
       </c>
       <c r="K19" t="s">
         <v>34</v>
       </c>
       <c r="L19" t="s">
-        <v>141</v>
+        <v>151</v>
       </c>
       <c r="M19" t="s">
-        <v>93</v>
+        <v>146</v>
       </c>
       <c r="N19" t="s">
         <v>27</v>
       </c>
       <c r="O19" t="s">
-        <v>142</v>
+        <v>152</v>
       </c>
       <c r="P19" t="s">
-        <v>143</v>
+        <v>153</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
-        <v>144</v>
+        <v>154</v>
       </c>
       <c r="B20" t="s">
-        <v>145</v>
+        <v>155</v>
       </c>
       <c r="C20" t="s">
-        <v>58</v>
+        <v>68</v>
       </c>
       <c r="D20" t="s">
-        <v>51</v>
+        <v>156</v>
       </c>
       <c r="E20" t="s">
-        <v>90</v>
+        <v>111</v>
       </c>
       <c r="F20" t="s">
-        <v>91</v>
+        <v>112</v>
       </c>
       <c r="G20" t="s">
-        <v>52</v>
+        <v>22</v>
       </c>
       <c r="H20">
-        <v>2021</v>
-[...1 lines deleted...]
-      <c r="I20"/>
+        <v>2010</v>
+      </c>
+      <c r="I20">
+        <v>2010</v>
+      </c>
       <c r="J20" t="s">
-        <v>60</v>
+        <v>127</v>
       </c>
       <c r="K20" t="s">
         <v>34</v>
       </c>
       <c r="L20" t="s">
-        <v>146</v>
+        <v>157</v>
       </c>
       <c r="M20" t="s">
-        <v>93</v>
+        <v>114</v>
       </c>
       <c r="N20" t="s">
         <v>27</v>
       </c>
       <c r="O20" t="s">
-        <v>147</v>
+        <v>158</v>
       </c>
       <c r="P20" t="s">
-        <v>148</v>
+        <v>159</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
-        <v>149</v>
+        <v>160</v>
       </c>
       <c r="B21" t="s">
-        <v>150</v>
+        <v>161</v>
       </c>
       <c r="C21" t="s">
-        <v>58</v>
+        <v>68</v>
       </c>
       <c r="D21" t="s">
-        <v>79</v>
+        <v>61</v>
       </c>
       <c r="E21" t="s">
-        <v>90</v>
+        <v>111</v>
       </c>
       <c r="F21" t="s">
-        <v>91</v>
+        <v>112</v>
       </c>
       <c r="G21" t="s">
-        <v>52</v>
+        <v>62</v>
       </c>
       <c r="H21">
-        <v>2018</v>
+        <v>2015</v>
       </c>
       <c r="I21"/>
       <c r="J21" t="s">
-        <v>60</v>
+        <v>70</v>
       </c>
       <c r="K21" t="s">
         <v>34</v>
       </c>
       <c r="L21" t="s">
-        <v>151</v>
+        <v>162</v>
       </c>
       <c r="M21" t="s">
-        <v>93</v>
+        <v>114</v>
       </c>
       <c r="N21" t="s">
         <v>27</v>
       </c>
       <c r="O21" t="s">
-        <v>152</v>
+        <v>163</v>
       </c>
       <c r="P21" t="s">
-        <v>153</v>
+        <v>164</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
-        <v>154</v>
+        <v>165</v>
       </c>
       <c r="B22" t="s">
-        <v>155</v>
+        <v>166</v>
       </c>
       <c r="C22" t="s">
-        <v>58</v>
+        <v>68</v>
       </c>
       <c r="D22" t="s">
-        <v>67</v>
+        <v>61</v>
       </c>
       <c r="E22" t="s">
-        <v>90</v>
+        <v>111</v>
       </c>
       <c r="F22" t="s">
-        <v>91</v>
+        <v>112</v>
       </c>
       <c r="G22" t="s">
-        <v>52</v>
+        <v>62</v>
       </c>
       <c r="H22">
-        <v>2009</v>
+        <v>2021</v>
       </c>
       <c r="I22"/>
       <c r="J22" t="s">
-        <v>106</v>
+        <v>70</v>
       </c>
       <c r="K22" t="s">
         <v>34</v>
       </c>
       <c r="L22" t="s">
-        <v>68</v>
+        <v>167</v>
       </c>
       <c r="M22" t="s">
-        <v>93</v>
+        <v>114</v>
       </c>
       <c r="N22" t="s">
         <v>27</v>
       </c>
       <c r="O22" t="s">
-        <v>156</v>
+        <v>168</v>
       </c>
       <c r="P22" t="s">
-        <v>157</v>
+        <v>169</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
-        <v>158</v>
+        <v>170</v>
       </c>
       <c r="B23" t="s">
-        <v>159</v>
+        <v>171</v>
       </c>
       <c r="C23" t="s">
-        <v>58</v>
+        <v>68</v>
       </c>
       <c r="D23" t="s">
-        <v>67</v>
+        <v>89</v>
       </c>
       <c r="E23" t="s">
-        <v>90</v>
+        <v>111</v>
       </c>
       <c r="F23" t="s">
-        <v>91</v>
+        <v>112</v>
       </c>
       <c r="G23" t="s">
-        <v>22</v>
+        <v>62</v>
       </c>
       <c r="H23">
-        <v>2014</v>
-[...1 lines deleted...]
-      <c r="I23">
         <v>2018</v>
       </c>
+      <c r="I23"/>
       <c r="J23" t="s">
-        <v>106</v>
+        <v>70</v>
       </c>
       <c r="K23" t="s">
         <v>34</v>
       </c>
       <c r="L23" t="s">
-        <v>160</v>
+        <v>172</v>
       </c>
       <c r="M23" t="s">
-        <v>93</v>
+        <v>114</v>
       </c>
       <c r="N23" t="s">
         <v>27</v>
       </c>
       <c r="O23" t="s">
-        <v>161</v>
+        <v>173</v>
       </c>
       <c r="P23" t="s">
-        <v>162</v>
+        <v>174</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" t="s">
-        <v>163</v>
+        <v>175</v>
       </c>
       <c r="B24" t="s">
-        <v>164</v>
+        <v>176</v>
       </c>
       <c r="C24" t="s">
-        <v>58</v>
+        <v>68</v>
       </c>
       <c r="D24" t="s">
-        <v>67</v>
+        <v>77</v>
       </c>
       <c r="E24" t="s">
-        <v>90</v>
+        <v>111</v>
       </c>
       <c r="F24" t="s">
-        <v>91</v>
+        <v>112</v>
       </c>
       <c r="G24" t="s">
-        <v>52</v>
+        <v>62</v>
       </c>
       <c r="H24">
-        <v>2014</v>
-[...3 lines deleted...]
-      </c>
+        <v>2009</v>
+      </c>
+      <c r="I24"/>
       <c r="J24" t="s">
-        <v>60</v>
+        <v>127</v>
       </c>
       <c r="K24" t="s">
         <v>34</v>
       </c>
       <c r="L24" t="s">
-        <v>165</v>
+        <v>78</v>
       </c>
       <c r="M24" t="s">
-        <v>93</v>
+        <v>114</v>
       </c>
       <c r="N24" t="s">
         <v>27</v>
       </c>
       <c r="O24" t="s">
-        <v>166</v>
+        <v>177</v>
       </c>
       <c r="P24" t="s">
-        <v>167</v>
+        <v>178</v>
       </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" t="s">
-        <v>168</v>
+        <v>179</v>
       </c>
       <c r="B25" t="s">
-        <v>169</v>
+        <v>180</v>
       </c>
       <c r="C25" t="s">
-        <v>58</v>
+        <v>68</v>
       </c>
       <c r="D25" t="s">
-        <v>67</v>
+        <v>77</v>
       </c>
       <c r="E25" t="s">
-        <v>90</v>
+        <v>111</v>
       </c>
       <c r="F25" t="s">
-        <v>91</v>
+        <v>112</v>
       </c>
       <c r="G25" t="s">
-        <v>52</v>
+        <v>22</v>
       </c>
       <c r="H25">
-        <v>2019</v>
-[...1 lines deleted...]
-      <c r="I25"/>
+        <v>2014</v>
+      </c>
+      <c r="I25">
+        <v>2018</v>
+      </c>
       <c r="J25" t="s">
-        <v>60</v>
+        <v>127</v>
       </c>
       <c r="K25" t="s">
         <v>34</v>
       </c>
       <c r="L25" t="s">
-        <v>170</v>
+        <v>181</v>
       </c>
       <c r="M25" t="s">
-        <v>93</v>
+        <v>114</v>
       </c>
       <c r="N25" t="s">
         <v>27</v>
       </c>
       <c r="O25" t="s">
-        <v>171</v>
+        <v>182</v>
       </c>
       <c r="P25" t="s">
-        <v>172</v>
+        <v>183</v>
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" t="s">
-        <v>173</v>
+        <v>184</v>
       </c>
       <c r="B26" t="s">
-        <v>174</v>
+        <v>185</v>
       </c>
       <c r="C26" t="s">
-        <v>175</v>
+        <v>68</v>
       </c>
       <c r="D26" t="s">
-        <v>67</v>
+        <v>77</v>
       </c>
       <c r="E26" t="s">
-        <v>20</v>
+        <v>111</v>
       </c>
       <c r="F26" t="s">
-        <v>21</v>
+        <v>112</v>
       </c>
       <c r="G26" t="s">
-        <v>52</v>
+        <v>62</v>
       </c>
       <c r="H26">
-        <v>2008</v>
-[...1 lines deleted...]
-      <c r="I26"/>
+        <v>2014</v>
+      </c>
+      <c r="I26">
+        <v>2017</v>
+      </c>
       <c r="J26" t="s">
-        <v>176</v>
+        <v>70</v>
       </c>
       <c r="K26" t="s">
         <v>34</v>
       </c>
-      <c r="L26"/>
+      <c r="L26" t="s">
+        <v>186</v>
+      </c>
       <c r="M26" t="s">
-        <v>177</v>
+        <v>114</v>
       </c>
       <c r="N26" t="s">
         <v>27</v>
       </c>
       <c r="O26" t="s">
-        <v>178</v>
+        <v>187</v>
       </c>
       <c r="P26" t="s">
-        <v>179</v>
+        <v>188</v>
       </c>
     </row>
     <row r="27" spans="1:16">
       <c r="A27" t="s">
-        <v>180</v>
+        <v>189</v>
       </c>
       <c r="B27" t="s">
-        <v>181</v>
+        <v>190</v>
       </c>
       <c r="C27" t="s">
-        <v>175</v>
+        <v>68</v>
       </c>
       <c r="D27" t="s">
-        <v>182</v>
+        <v>77</v>
       </c>
       <c r="E27" t="s">
-        <v>20</v>
+        <v>111</v>
       </c>
       <c r="F27" t="s">
-        <v>183</v>
+        <v>112</v>
       </c>
       <c r="G27" t="s">
-        <v>22</v>
+        <v>62</v>
       </c>
       <c r="H27">
-        <v>2011</v>
-[...3 lines deleted...]
-      </c>
+        <v>2019</v>
+      </c>
+      <c r="I27"/>
       <c r="J27" t="s">
-        <v>184</v>
+        <v>70</v>
       </c>
       <c r="K27" t="s">
         <v>34</v>
       </c>
-      <c r="L27"/>
+      <c r="L27" t="s">
+        <v>191</v>
+      </c>
       <c r="M27" t="s">
-        <v>177</v>
+        <v>114</v>
       </c>
       <c r="N27" t="s">
         <v>27</v>
       </c>
       <c r="O27" t="s">
-        <v>185</v>
+        <v>192</v>
       </c>
       <c r="P27" t="s">
-        <v>186</v>
+        <v>193</v>
       </c>
     </row>
     <row r="28" spans="1:16">
       <c r="A28" t="s">
-        <v>187</v>
+        <v>194</v>
       </c>
       <c r="B28" t="s">
-        <v>188</v>
+        <v>195</v>
       </c>
       <c r="C28" t="s">
-        <v>189</v>
+        <v>196</v>
       </c>
       <c r="D28" t="s">
-        <v>135</v>
+        <v>77</v>
       </c>
       <c r="E28" t="s">
-        <v>90</v>
+        <v>20</v>
       </c>
       <c r="F28" t="s">
-        <v>91</v>
+        <v>21</v>
       </c>
       <c r="G28" t="s">
-        <v>22</v>
+        <v>62</v>
       </c>
       <c r="H28">
-        <v>2012</v>
-[...3 lines deleted...]
-      </c>
+        <v>2008</v>
+      </c>
+      <c r="I28"/>
       <c r="J28" t="s">
-        <v>190</v>
+        <v>197</v>
       </c>
       <c r="K28" t="s">
         <v>34</v>
       </c>
-      <c r="L28" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L28"/>
       <c r="M28" t="s">
-        <v>192</v>
+        <v>198</v>
       </c>
       <c r="N28" t="s">
         <v>27</v>
       </c>
       <c r="O28" t="s">
-        <v>193</v>
+        <v>199</v>
       </c>
       <c r="P28" t="s">
-        <v>194</v>
+        <v>200</v>
       </c>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" t="s">
-        <v>195</v>
+        <v>201</v>
       </c>
       <c r="B29" t="s">
+        <v>202</v>
+      </c>
+      <c r="C29" t="s">
         <v>196</v>
       </c>
-      <c r="C29" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D29" t="s">
-        <v>67</v>
+        <v>203</v>
       </c>
       <c r="E29" t="s">
-        <v>90</v>
+        <v>20</v>
       </c>
       <c r="F29" t="s">
-        <v>91</v>
+        <v>204</v>
       </c>
       <c r="G29" t="s">
-        <v>52</v>
+        <v>22</v>
       </c>
       <c r="H29">
-        <v>2013</v>
-[...1 lines deleted...]
-      <c r="I29"/>
+        <v>2011</v>
+      </c>
+      <c r="I29">
+        <v>2023</v>
+      </c>
       <c r="J29" t="s">
+        <v>205</v>
+      </c>
+      <c r="K29" t="s">
+        <v>34</v>
+      </c>
+      <c r="L29"/>
+      <c r="M29" t="s">
         <v>198</v>
       </c>
-      <c r="K29" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="N29" t="s">
         <v>27</v>
       </c>
       <c r="O29" t="s">
-        <v>201</v>
+        <v>206</v>
       </c>
       <c r="P29" t="s">
-        <v>202</v>
+        <v>207</v>
       </c>
     </row>
     <row r="30" spans="1:16">
       <c r="A30" t="s">
-        <v>203</v>
+        <v>208</v>
       </c>
       <c r="B30" t="s">
-        <v>204</v>
+        <v>209</v>
       </c>
       <c r="C30" t="s">
-        <v>197</v>
+        <v>210</v>
       </c>
       <c r="D30" t="s">
-        <v>67</v>
+        <v>156</v>
       </c>
       <c r="E30" t="s">
-        <v>90</v>
+        <v>111</v>
       </c>
       <c r="F30" t="s">
-        <v>91</v>
+        <v>112</v>
       </c>
       <c r="G30" t="s">
         <v>22</v>
       </c>
       <c r="H30">
         <v>2012</v>
       </c>
       <c r="I30">
-        <v>2012</v>
+        <v>2020</v>
       </c>
       <c r="J30" t="s">
-        <v>198</v>
+        <v>211</v>
       </c>
       <c r="K30" t="s">
         <v>34</v>
       </c>
       <c r="L30" t="s">
-        <v>205</v>
+        <v>212</v>
       </c>
       <c r="M30" t="s">
-        <v>206</v>
+        <v>213</v>
       </c>
       <c r="N30" t="s">
         <v>27</v>
       </c>
       <c r="O30" t="s">
-        <v>207</v>
+        <v>214</v>
       </c>
       <c r="P30" t="s">
-        <v>208</v>
+        <v>215</v>
       </c>
     </row>
     <row r="31" spans="1:16">
       <c r="A31" t="s">
-        <v>209</v>
+        <v>216</v>
       </c>
       <c r="B31" t="s">
-        <v>210</v>
+        <v>217</v>
       </c>
       <c r="C31" t="s">
-        <v>211</v>
+        <v>218</v>
       </c>
       <c r="D31" t="s">
-        <v>212</v>
+        <v>77</v>
       </c>
       <c r="E31" t="s">
-        <v>20</v>
+        <v>111</v>
       </c>
       <c r="F31" t="s">
-        <v>213</v>
+        <v>112</v>
       </c>
       <c r="G31" t="s">
-        <v>22</v>
+        <v>62</v>
       </c>
       <c r="H31">
-        <v>2016</v>
-[...3 lines deleted...]
-      </c>
+        <v>2013</v>
+      </c>
+      <c r="I31"/>
       <c r="J31" t="s">
-        <v>123</v>
+        <v>219</v>
       </c>
       <c r="K31" t="s">
-        <v>214</v>
-[...1 lines deleted...]
-      <c r="L31"/>
+        <v>34</v>
+      </c>
+      <c r="L31" t="s">
+        <v>220</v>
+      </c>
       <c r="M31" t="s">
-        <v>215</v>
+        <v>221</v>
       </c>
       <c r="N31" t="s">
         <v>27</v>
       </c>
       <c r="O31" t="s">
-        <v>216</v>
+        <v>222</v>
       </c>
       <c r="P31" t="s">
-        <v>217</v>
+        <v>223</v>
       </c>
     </row>
     <row r="32" spans="1:16">
       <c r="A32" t="s">
+        <v>224</v>
+      </c>
+      <c r="B32" t="s">
+        <v>225</v>
+      </c>
+      <c r="C32" t="s">
         <v>218</v>
       </c>
-      <c r="B32" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D32" t="s">
-        <v>105</v>
+        <v>77</v>
       </c>
       <c r="E32" t="s">
-        <v>90</v>
+        <v>111</v>
       </c>
       <c r="F32" t="s">
-        <v>91</v>
+        <v>112</v>
       </c>
       <c r="G32" t="s">
         <v>22</v>
       </c>
       <c r="H32">
         <v>2012</v>
       </c>
       <c r="I32">
-        <v>2019</v>
+        <v>2012</v>
       </c>
       <c r="J32" t="s">
-        <v>106</v>
+        <v>219</v>
       </c>
       <c r="K32" t="s">
         <v>34</v>
       </c>
       <c r="L32" t="s">
-        <v>221</v>
+        <v>226</v>
       </c>
       <c r="M32" t="s">
-        <v>222</v>
+        <v>227</v>
       </c>
       <c r="N32" t="s">
         <v>27</v>
       </c>
       <c r="O32" t="s">
-        <v>223</v>
+        <v>228</v>
       </c>
       <c r="P32" t="s">
-        <v>224</v>
+        <v>229</v>
       </c>
     </row>
     <row r="33" spans="1:16">
       <c r="A33" t="s">
-        <v>225</v>
+        <v>230</v>
       </c>
       <c r="B33" t="s">
-        <v>155</v>
+        <v>231</v>
       </c>
       <c r="C33" t="s">
-        <v>58</v>
+        <v>232</v>
       </c>
       <c r="D33" t="s">
-        <v>67</v>
+        <v>233</v>
       </c>
       <c r="E33" t="s">
         <v>20</v>
       </c>
       <c r="F33" t="s">
-        <v>21</v>
+        <v>43</v>
       </c>
       <c r="G33" t="s">
         <v>22</v>
       </c>
       <c r="H33">
-        <v>2005</v>
+        <v>2016</v>
       </c>
       <c r="I33">
-        <v>2005</v>
+        <v>2019</v>
       </c>
       <c r="J33" t="s">
-        <v>106</v>
+        <v>144</v>
       </c>
       <c r="K33" t="s">
-        <v>34</v>
-[...3 lines deleted...]
-      </c>
+        <v>234</v>
+      </c>
+      <c r="L33"/>
       <c r="M33" t="s">
-        <v>62</v>
+        <v>235</v>
       </c>
       <c r="N33" t="s">
         <v>27</v>
       </c>
       <c r="O33" t="s">
-        <v>226</v>
+        <v>236</v>
       </c>
       <c r="P33" t="s">
-        <v>227</v>
+        <v>237</v>
       </c>
     </row>
     <row r="34" spans="1:16">
       <c r="A34" t="s">
-        <v>228</v>
+        <v>238</v>
       </c>
       <c r="B34" t="s">
-        <v>229</v>
+        <v>239</v>
       </c>
       <c r="C34" t="s">
-        <v>58</v>
+        <v>240</v>
       </c>
       <c r="D34" t="s">
-        <v>79</v>
+        <v>126</v>
       </c>
       <c r="E34" t="s">
-        <v>20</v>
+        <v>111</v>
       </c>
       <c r="F34" t="s">
-        <v>21</v>
+        <v>112</v>
       </c>
       <c r="G34" t="s">
         <v>22</v>
       </c>
       <c r="H34">
-        <v>2007</v>
+        <v>2012</v>
       </c>
       <c r="I34">
-        <v>2014</v>
+        <v>2019</v>
       </c>
       <c r="J34" t="s">
-        <v>106</v>
+        <v>127</v>
       </c>
       <c r="K34" t="s">
         <v>34</v>
       </c>
       <c r="L34" t="s">
-        <v>117</v>
+        <v>241</v>
       </c>
       <c r="M34" t="s">
-        <v>62</v>
+        <v>242</v>
       </c>
       <c r="N34" t="s">
-        <v>36</v>
+        <v>27</v>
       </c>
       <c r="O34" t="s">
-        <v>230</v>
+        <v>243</v>
       </c>
       <c r="P34" t="s">
-        <v>231</v>
+        <v>244</v>
       </c>
     </row>
     <row r="35" spans="1:16">
       <c r="A35" t="s">
-        <v>232</v>
+        <v>245</v>
       </c>
       <c r="B35" t="s">
-        <v>233</v>
+        <v>176</v>
       </c>
       <c r="C35" t="s">
-        <v>234</v>
+        <v>68</v>
       </c>
       <c r="D35" t="s">
-        <v>235</v>
+        <v>77</v>
       </c>
       <c r="E35" t="s">
         <v>20</v>
       </c>
       <c r="F35" t="s">
         <v>21</v>
       </c>
       <c r="G35" t="s">
-        <v>8</v>
+        <v>22</v>
       </c>
       <c r="H35">
-        <v>2007</v>
+        <v>2005</v>
       </c>
       <c r="I35">
-        <v>2025</v>
+        <v>2005</v>
       </c>
       <c r="J35" t="s">
-        <v>236</v>
+        <v>127</v>
       </c>
       <c r="K35" t="s">
         <v>34</v>
       </c>
       <c r="L35" t="s">
-        <v>237</v>
+        <v>78</v>
       </c>
       <c r="M35" t="s">
-        <v>238</v>
+        <v>72</v>
       </c>
       <c r="N35" t="s">
         <v>27</v>
       </c>
       <c r="O35" t="s">
-        <v>239</v>
+        <v>246</v>
       </c>
       <c r="P35" t="s">
-        <v>240</v>
+        <v>247</v>
       </c>
     </row>
     <row r="36" spans="1:16">
       <c r="A36" t="s">
-        <v>241</v>
+        <v>248</v>
       </c>
       <c r="B36" t="s">
-        <v>242</v>
+        <v>249</v>
       </c>
       <c r="C36" t="s">
-        <v>58</v>
+        <v>68</v>
       </c>
       <c r="D36" t="s">
-        <v>59</v>
+        <v>89</v>
       </c>
       <c r="E36" t="s">
         <v>20</v>
       </c>
       <c r="F36" t="s">
         <v>21</v>
       </c>
       <c r="G36" t="s">
-        <v>22</v>
+        <v>250</v>
       </c>
       <c r="H36">
-        <v>2008</v>
+        <v>2007</v>
       </c>
       <c r="I36">
-        <v>2008</v>
+        <v>2013</v>
       </c>
       <c r="J36" t="s">
-        <v>106</v>
+        <v>127</v>
       </c>
       <c r="K36" t="s">
         <v>34</v>
       </c>
       <c r="L36" t="s">
-        <v>61</v>
+        <v>138</v>
       </c>
       <c r="M36" t="s">
-        <v>62</v>
+        <v>72</v>
       </c>
       <c r="N36" t="s">
         <v>36</v>
       </c>
       <c r="O36" t="s">
-        <v>243</v>
+        <v>251</v>
       </c>
       <c r="P36" t="s">
-        <v>244</v>
+        <v>252</v>
       </c>
     </row>
     <row r="37" spans="1:16">
       <c r="A37" t="s">
-        <v>245</v>
+        <v>253</v>
       </c>
       <c r="B37" t="s">
-        <v>72</v>
+        <v>254</v>
       </c>
       <c r="C37" t="s">
-        <v>58</v>
+        <v>68</v>
       </c>
       <c r="D37" t="s">
-        <v>67</v>
+        <v>255</v>
       </c>
       <c r="E37" t="s">
         <v>20</v>
       </c>
       <c r="F37" t="s">
         <v>21</v>
       </c>
       <c r="G37" t="s">
-        <v>52</v>
+        <v>8</v>
       </c>
       <c r="H37">
-        <v>2020</v>
-[...1 lines deleted...]
-      <c r="I37"/>
+        <v>2007</v>
+      </c>
+      <c r="I37">
+        <v>2025</v>
+      </c>
       <c r="J37" t="s">
-        <v>60</v>
+        <v>256</v>
       </c>
       <c r="K37" t="s">
         <v>34</v>
       </c>
       <c r="L37" t="s">
-        <v>73</v>
+        <v>257</v>
       </c>
       <c r="M37" t="s">
-        <v>246</v>
+        <v>258</v>
       </c>
       <c r="N37" t="s">
         <v>27</v>
       </c>
       <c r="O37" t="s">
-        <v>247</v>
+        <v>259</v>
       </c>
       <c r="P37" t="s">
-        <v>248</v>
+        <v>260</v>
       </c>
     </row>
     <row r="38" spans="1:16">
       <c r="A38" t="s">
-        <v>249</v>
+        <v>261</v>
       </c>
       <c r="B38" t="s">
-        <v>250</v>
+        <v>262</v>
       </c>
       <c r="C38" t="s">
-        <v>58</v>
+        <v>68</v>
       </c>
       <c r="D38" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="E38" t="s">
         <v>20</v>
       </c>
       <c r="F38" t="s">
         <v>21</v>
       </c>
       <c r="G38" t="s">
-        <v>8</v>
+        <v>22</v>
       </c>
       <c r="H38">
-        <v>1989</v>
+        <v>2008</v>
       </c>
       <c r="I38">
-        <v>2025</v>
+        <v>2008</v>
       </c>
       <c r="J38" t="s">
-        <v>251</v>
+        <v>127</v>
       </c>
       <c r="K38" t="s">
         <v>34</v>
       </c>
       <c r="L38" t="s">
-        <v>252</v>
+        <v>71</v>
       </c>
       <c r="M38" t="s">
-        <v>253</v>
+        <v>72</v>
       </c>
       <c r="N38" t="s">
-        <v>27</v>
+        <v>36</v>
       </c>
       <c r="O38" t="s">
-        <v>254</v>
+        <v>263</v>
       </c>
       <c r="P38" t="s">
-        <v>255</v>
+        <v>264</v>
       </c>
     </row>
     <row r="39" spans="1:16">
       <c r="A39" t="s">
-        <v>256</v>
+        <v>265</v>
       </c>
       <c r="B39" t="s">
-        <v>257</v>
+        <v>82</v>
       </c>
       <c r="C39" t="s">
-        <v>258</v>
+        <v>68</v>
       </c>
       <c r="D39" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="E39" t="s">
         <v>20</v>
       </c>
       <c r="F39" t="s">
         <v>21</v>
       </c>
       <c r="G39" t="s">
-        <v>22</v>
+        <v>266</v>
       </c>
       <c r="H39">
-        <v>2005</v>
-[...3 lines deleted...]
-      </c>
+        <v>2020</v>
+      </c>
+      <c r="I39"/>
       <c r="J39" t="s">
-        <v>259</v>
+        <v>70</v>
       </c>
       <c r="K39" t="s">
         <v>34</v>
       </c>
       <c r="L39" t="s">
-        <v>260</v>
+        <v>83</v>
       </c>
       <c r="M39" t="s">
-        <v>261</v>
+        <v>267</v>
       </c>
       <c r="N39" t="s">
         <v>27</v>
       </c>
       <c r="O39" t="s">
-        <v>262</v>
+        <v>268</v>
       </c>
       <c r="P39" t="s">
-        <v>263</v>
+        <v>269</v>
       </c>
     </row>
     <row r="40" spans="1:16">
       <c r="A40" t="s">
-        <v>264</v>
+        <v>270</v>
       </c>
       <c r="B40" t="s">
-        <v>265</v>
+        <v>271</v>
       </c>
       <c r="C40" t="s">
-        <v>197</v>
+        <v>68</v>
       </c>
       <c r="D40" t="s">
-        <v>67</v>
+        <v>77</v>
       </c>
       <c r="E40" t="s">
-        <v>90</v>
+        <v>20</v>
       </c>
       <c r="F40" t="s">
-        <v>91</v>
+        <v>21</v>
       </c>
       <c r="G40" t="s">
-        <v>52</v>
+        <v>8</v>
       </c>
       <c r="H40">
-        <v>2013</v>
-[...1 lines deleted...]
-      <c r="I40"/>
+        <v>1989</v>
+      </c>
+      <c r="I40">
+        <v>2025</v>
+      </c>
       <c r="J40" t="s">
-        <v>198</v>
+        <v>272</v>
       </c>
       <c r="K40" t="s">
         <v>34</v>
       </c>
-      <c r="L40"/>
+      <c r="L40" t="s">
+        <v>273</v>
+      </c>
       <c r="M40" t="s">
-        <v>206</v>
+        <v>274</v>
       </c>
       <c r="N40" t="s">
         <v>27</v>
       </c>
       <c r="O40" t="s">
-        <v>266</v>
+        <v>275</v>
       </c>
       <c r="P40" t="s">
-        <v>267</v>
+        <v>276</v>
       </c>
     </row>
     <row r="41" spans="1:16">
       <c r="A41" t="s">
-        <v>268</v>
+        <v>277</v>
       </c>
       <c r="B41" t="s">
-        <v>269</v>
+        <v>278</v>
       </c>
       <c r="C41" t="s">
-        <v>197</v>
+        <v>279</v>
       </c>
       <c r="D41" t="s">
-        <v>105</v>
+        <v>89</v>
       </c>
       <c r="E41" t="s">
-        <v>90</v>
+        <v>20</v>
       </c>
       <c r="F41" t="s">
-        <v>91</v>
+        <v>21</v>
       </c>
       <c r="G41" t="s">
         <v>22</v>
       </c>
       <c r="H41">
-        <v>2015</v>
+        <v>2005</v>
       </c>
       <c r="I41">
-        <v>2015</v>
+        <v>2014</v>
       </c>
       <c r="J41" t="s">
-        <v>198</v>
+        <v>280</v>
       </c>
       <c r="K41" t="s">
         <v>34</v>
       </c>
       <c r="L41" t="s">
-        <v>268</v>
+        <v>281</v>
       </c>
       <c r="M41" t="s">
-        <v>206</v>
+        <v>282</v>
       </c>
       <c r="N41" t="s">
         <v>27</v>
       </c>
       <c r="O41" t="s">
-        <v>270</v>
+        <v>283</v>
       </c>
       <c r="P41" t="s">
-        <v>271</v>
+        <v>284</v>
       </c>
     </row>
     <row r="42" spans="1:16">
       <c r="A42" t="s">
-        <v>272</v>
+        <v>285</v>
       </c>
       <c r="B42" t="s">
-        <v>273</v>
+        <v>286</v>
       </c>
       <c r="C42" t="s">
-        <v>274</v>
+        <v>218</v>
       </c>
       <c r="D42" t="s">
-        <v>67</v>
+        <v>77</v>
       </c>
       <c r="E42" t="s">
-        <v>90</v>
+        <v>111</v>
       </c>
       <c r="F42" t="s">
-        <v>91</v>
+        <v>112</v>
       </c>
       <c r="G42" t="s">
-        <v>22</v>
+        <v>62</v>
       </c>
       <c r="H42">
-        <v>2012</v>
-[...3 lines deleted...]
-      </c>
+        <v>2013</v>
+      </c>
+      <c r="I42"/>
       <c r="J42" t="s">
-        <v>275</v>
+        <v>219</v>
       </c>
       <c r="K42" t="s">
         <v>34</v>
       </c>
       <c r="L42"/>
       <c r="M42" t="s">
-        <v>276</v>
+        <v>227</v>
       </c>
       <c r="N42" t="s">
         <v>27</v>
       </c>
       <c r="O42" t="s">
-        <v>277</v>
+        <v>287</v>
       </c>
       <c r="P42" t="s">
-        <v>278</v>
+        <v>288</v>
       </c>
     </row>
     <row r="43" spans="1:16">
       <c r="A43" t="s">
-        <v>279</v>
+        <v>289</v>
       </c>
       <c r="B43" t="s">
-        <v>67</v>
+        <v>290</v>
       </c>
       <c r="C43" t="s">
-        <v>274</v>
+        <v>218</v>
       </c>
       <c r="D43" t="s">
-        <v>67</v>
+        <v>126</v>
       </c>
       <c r="E43" t="s">
-        <v>90</v>
+        <v>111</v>
       </c>
       <c r="F43" t="s">
-        <v>91</v>
+        <v>112</v>
       </c>
       <c r="G43" t="s">
         <v>22</v>
       </c>
       <c r="H43">
-        <v>1996</v>
+        <v>2015</v>
       </c>
       <c r="I43">
-        <v>2010</v>
+        <v>2015</v>
       </c>
       <c r="J43" t="s">
-        <v>280</v>
+        <v>219</v>
       </c>
       <c r="K43" t="s">
         <v>34</v>
       </c>
-      <c r="L43"/>
+      <c r="L43" t="s">
+        <v>289</v>
+      </c>
       <c r="M43" t="s">
-        <v>276</v>
+        <v>227</v>
       </c>
       <c r="N43" t="s">
         <v>27</v>
       </c>
       <c r="O43" t="s">
-        <v>281</v>
+        <v>291</v>
       </c>
       <c r="P43" t="s">
-        <v>282</v>
+        <v>292</v>
       </c>
     </row>
     <row r="44" spans="1:16">
       <c r="A44" t="s">
-        <v>283</v>
+        <v>293</v>
       </c>
       <c r="B44" t="s">
-        <v>284</v>
+        <v>294</v>
       </c>
       <c r="C44" t="s">
-        <v>274</v>
+        <v>295</v>
       </c>
       <c r="D44" t="s">
-        <v>105</v>
+        <v>77</v>
       </c>
       <c r="E44" t="s">
-        <v>90</v>
+        <v>111</v>
       </c>
       <c r="F44" t="s">
-        <v>91</v>
+        <v>112</v>
       </c>
       <c r="G44" t="s">
         <v>22</v>
       </c>
       <c r="H44">
-        <v>1996</v>
+        <v>2012</v>
       </c>
       <c r="I44">
-        <v>2010</v>
+        <v>2012</v>
       </c>
       <c r="J44" t="s">
-        <v>285</v>
+        <v>296</v>
       </c>
       <c r="K44" t="s">
         <v>34</v>
       </c>
       <c r="L44"/>
       <c r="M44" t="s">
-        <v>276</v>
+        <v>297</v>
       </c>
       <c r="N44" t="s">
         <v>27</v>
       </c>
       <c r="O44" t="s">
-        <v>286</v>
+        <v>298</v>
       </c>
       <c r="P44" t="s">
-        <v>287</v>
+        <v>299</v>
       </c>
     </row>
     <row r="45" spans="1:16">
       <c r="A45" t="s">
-        <v>288</v>
+        <v>300</v>
       </c>
       <c r="B45" t="s">
-        <v>289</v>
+        <v>77</v>
       </c>
       <c r="C45" t="s">
-        <v>290</v>
+        <v>295</v>
       </c>
       <c r="D45" t="s">
-        <v>67</v>
+        <v>77</v>
       </c>
       <c r="E45" t="s">
-        <v>20</v>
+        <v>111</v>
       </c>
       <c r="F45" t="s">
-        <v>21</v>
+        <v>112</v>
       </c>
       <c r="G45" t="s">
         <v>22</v>
       </c>
       <c r="H45">
-        <v>2016</v>
+        <v>1996</v>
       </c>
       <c r="I45">
-        <v>2020</v>
+        <v>2010</v>
       </c>
       <c r="J45" t="s">
-        <v>190</v>
+        <v>301</v>
       </c>
       <c r="K45" t="s">
         <v>34</v>
       </c>
       <c r="L45"/>
       <c r="M45" t="s">
-        <v>291</v>
+        <v>297</v>
       </c>
       <c r="N45" t="s">
         <v>27</v>
       </c>
       <c r="O45" t="s">
-        <v>292</v>
+        <v>302</v>
       </c>
       <c r="P45" t="s">
-        <v>293</v>
+        <v>303</v>
       </c>
     </row>
     <row r="46" spans="1:16">
       <c r="A46" t="s">
-        <v>288</v>
+        <v>304</v>
       </c>
       <c r="B46" t="s">
-        <v>294</v>
+        <v>305</v>
       </c>
       <c r="C46" t="s">
-        <v>290</v>
+        <v>295</v>
       </c>
       <c r="D46" t="s">
-        <v>67</v>
+        <v>126</v>
       </c>
       <c r="E46" t="s">
-        <v>20</v>
+        <v>111</v>
       </c>
       <c r="F46" t="s">
-        <v>21</v>
+        <v>112</v>
       </c>
       <c r="G46" t="s">
         <v>22</v>
       </c>
       <c r="H46">
-        <v>2016</v>
+        <v>1996</v>
       </c>
       <c r="I46">
-        <v>2020</v>
+        <v>2010</v>
       </c>
       <c r="J46" t="s">
-        <v>190</v>
+        <v>306</v>
       </c>
       <c r="K46" t="s">
         <v>34</v>
       </c>
       <c r="L46"/>
       <c r="M46" t="s">
-        <v>291</v>
+        <v>297</v>
       </c>
       <c r="N46" t="s">
         <v>27</v>
       </c>
       <c r="O46" t="s">
-        <v>295</v>
+        <v>307</v>
       </c>
       <c r="P46" t="s">
-        <v>296</v>
+        <v>308</v>
       </c>
     </row>
     <row r="47" spans="1:16">
       <c r="A47" t="s">
-        <v>297</v>
+        <v>309</v>
       </c>
       <c r="B47" t="s">
-        <v>298</v>
+        <v>310</v>
       </c>
       <c r="C47" t="s">
-        <v>290</v>
+        <v>311</v>
       </c>
       <c r="D47" t="s">
-        <v>67</v>
+        <v>77</v>
       </c>
       <c r="E47" t="s">
         <v>20</v>
       </c>
       <c r="F47" t="s">
-        <v>42</v>
+        <v>21</v>
       </c>
       <c r="G47" t="s">
-        <v>52</v>
+        <v>22</v>
       </c>
       <c r="H47">
         <v>2016</v>
       </c>
-      <c r="I47"/>
+      <c r="I47">
+        <v>2020</v>
+      </c>
       <c r="J47" t="s">
-        <v>299</v>
+        <v>211</v>
       </c>
       <c r="K47" t="s">
         <v>34</v>
       </c>
       <c r="L47"/>
       <c r="M47" t="s">
-        <v>291</v>
+        <v>312</v>
       </c>
       <c r="N47" t="s">
         <v>27</v>
       </c>
       <c r="O47" t="s">
-        <v>300</v>
+        <v>313</v>
       </c>
       <c r="P47" t="s">
-        <v>301</v>
+        <v>314</v>
       </c>
     </row>
     <row r="48" spans="1:16">
       <c r="A48" t="s">
-        <v>302</v>
+        <v>309</v>
       </c>
       <c r="B48" t="s">
-        <v>303</v>
+        <v>315</v>
       </c>
       <c r="C48" t="s">
-        <v>304</v>
+        <v>311</v>
       </c>
       <c r="D48" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="E48" t="s">
         <v>20</v>
       </c>
       <c r="F48" t="s">
         <v>21</v>
       </c>
       <c r="G48" t="s">
         <v>22</v>
       </c>
       <c r="H48">
-        <v>2013</v>
+        <v>2016</v>
       </c>
       <c r="I48">
-        <v>2014</v>
+        <v>2020</v>
       </c>
       <c r="J48" t="s">
-        <v>106</v>
+        <v>211</v>
       </c>
       <c r="K48" t="s">
         <v>34</v>
       </c>
-      <c r="L48" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L48"/>
       <c r="M48" t="s">
-        <v>306</v>
+        <v>312</v>
       </c>
       <c r="N48" t="s">
         <v>27</v>
       </c>
       <c r="O48" t="s">
-        <v>307</v>
+        <v>316</v>
       </c>
       <c r="P48" t="s">
-        <v>308</v>
+        <v>317</v>
       </c>
     </row>
     <row r="49" spans="1:16">
       <c r="A49" t="s">
-        <v>309</v>
+        <v>318</v>
       </c>
       <c r="B49" t="s">
-        <v>310</v>
+        <v>319</v>
       </c>
       <c r="C49" t="s">
         <v>311</v>
       </c>
       <c r="D49" t="s">
-        <v>312</v>
+        <v>77</v>
       </c>
       <c r="E49" t="s">
         <v>20</v>
       </c>
       <c r="F49" t="s">
-        <v>21</v>
+        <v>52</v>
       </c>
       <c r="G49" t="s">
-        <v>52</v>
+        <v>62</v>
       </c>
       <c r="H49">
-        <v>2022</v>
+        <v>2016</v>
       </c>
       <c r="I49"/>
       <c r="J49" t="s">
-        <v>313</v>
+        <v>320</v>
       </c>
       <c r="K49" t="s">
         <v>34</v>
       </c>
       <c r="L49"/>
       <c r="M49" t="s">
-        <v>314</v>
+        <v>312</v>
       </c>
       <c r="N49" t="s">
         <v>27</v>
       </c>
       <c r="O49" t="s">
-        <v>315</v>
+        <v>321</v>
       </c>
       <c r="P49" t="s">
-        <v>316</v>
+        <v>322</v>
       </c>
     </row>
     <row r="50" spans="1:16">
       <c r="A50" t="s">
-        <v>317</v>
+        <v>323</v>
       </c>
       <c r="B50" t="s">
-        <v>318</v>
+        <v>324</v>
       </c>
       <c r="C50" t="s">
-        <v>311</v>
+        <v>325</v>
       </c>
       <c r="D50" t="s">
-        <v>67</v>
+        <v>89</v>
       </c>
       <c r="E50" t="s">
         <v>20</v>
       </c>
       <c r="F50" t="s">
         <v>21</v>
       </c>
       <c r="G50" t="s">
-        <v>52</v>
+        <v>22</v>
       </c>
       <c r="H50">
-        <v>2022</v>
-[...1 lines deleted...]
-      <c r="I50"/>
+        <v>2013</v>
+      </c>
+      <c r="I50">
+        <v>2014</v>
+      </c>
       <c r="J50" t="s">
-        <v>313</v>
+        <v>127</v>
       </c>
       <c r="K50" t="s">
         <v>34</v>
       </c>
-      <c r="L50"/>
+      <c r="L50" t="s">
+        <v>326</v>
+      </c>
       <c r="M50" t="s">
-        <v>314</v>
+        <v>327</v>
       </c>
       <c r="N50" t="s">
         <v>27</v>
       </c>
       <c r="O50" t="s">
-        <v>319</v>
+        <v>328</v>
       </c>
       <c r="P50" t="s">
-        <v>316</v>
+        <v>329</v>
       </c>
     </row>
     <row r="51" spans="1:16">
       <c r="A51" t="s">
-        <v>320</v>
+        <v>330</v>
       </c>
       <c r="B51" t="s">
-        <v>321</v>
+        <v>331</v>
       </c>
       <c r="C51" t="s">
-        <v>311</v>
+        <v>332</v>
       </c>
       <c r="D51" t="s">
-        <v>98</v>
+        <v>333</v>
       </c>
       <c r="E51" t="s">
-        <v>90</v>
+        <v>20</v>
       </c>
       <c r="F51" t="s">
         <v>21</v>
       </c>
       <c r="G51" t="s">
-        <v>52</v>
+        <v>62</v>
       </c>
       <c r="H51">
         <v>2022</v>
       </c>
       <c r="I51"/>
       <c r="J51" t="s">
-        <v>313</v>
+        <v>334</v>
       </c>
       <c r="K51" t="s">
-        <v>322</v>
+        <v>34</v>
       </c>
       <c r="L51"/>
       <c r="M51" t="s">
-        <v>314</v>
+        <v>335</v>
       </c>
       <c r="N51" t="s">
-        <v>323</v>
+        <v>27</v>
       </c>
       <c r="O51" t="s">
-        <v>324</v>
+        <v>336</v>
       </c>
       <c r="P51" t="s">
-        <v>316</v>
+        <v>337</v>
       </c>
     </row>
     <row r="52" spans="1:16">
       <c r="A52" t="s">
-        <v>325</v>
+        <v>338</v>
       </c>
       <c r="B52" t="s">
-        <v>326</v>
+        <v>339</v>
       </c>
       <c r="C52" t="s">
-        <v>274</v>
+        <v>332</v>
       </c>
       <c r="D52" t="s">
-        <v>312</v>
+        <v>77</v>
       </c>
       <c r="E52" t="s">
         <v>20</v>
       </c>
       <c r="F52" t="s">
         <v>21</v>
       </c>
       <c r="G52" t="s">
-        <v>52</v>
+        <v>62</v>
       </c>
       <c r="H52">
-        <v>2012</v>
+        <v>2022</v>
       </c>
       <c r="I52"/>
       <c r="J52" t="s">
-        <v>285</v>
+        <v>334</v>
       </c>
       <c r="K52" t="s">
         <v>34</v>
       </c>
       <c r="L52"/>
       <c r="M52" t="s">
-        <v>276</v>
+        <v>335</v>
       </c>
       <c r="N52" t="s">
         <v>27</v>
       </c>
       <c r="O52" t="s">
-        <v>327</v>
+        <v>340</v>
       </c>
       <c r="P52" t="s">
-        <v>328</v>
+        <v>337</v>
       </c>
     </row>
     <row r="53" spans="1:16">
       <c r="A53" t="s">
-        <v>329</v>
+        <v>341</v>
       </c>
       <c r="B53" t="s">
-        <v>330</v>
+        <v>342</v>
       </c>
       <c r="C53" t="s">
-        <v>274</v>
+        <v>332</v>
       </c>
       <c r="D53" t="s">
-        <v>79</v>
+        <v>119</v>
       </c>
       <c r="E53" t="s">
-        <v>20</v>
+        <v>111</v>
       </c>
       <c r="F53" t="s">
         <v>21</v>
       </c>
       <c r="G53" t="s">
-        <v>52</v>
+        <v>62</v>
       </c>
       <c r="H53">
-        <v>2009</v>
+        <v>2022</v>
       </c>
       <c r="I53"/>
       <c r="J53" t="s">
-        <v>285</v>
+        <v>334</v>
       </c>
       <c r="K53" t="s">
-        <v>34</v>
+        <v>343</v>
       </c>
       <c r="L53"/>
       <c r="M53" t="s">
-        <v>276</v>
+        <v>335</v>
       </c>
       <c r="N53" t="s">
-        <v>27</v>
+        <v>344</v>
       </c>
       <c r="O53" t="s">
-        <v>331</v>
+        <v>345</v>
       </c>
       <c r="P53" t="s">
-        <v>328</v>
+        <v>337</v>
       </c>
     </row>
     <row r="54" spans="1:16">
       <c r="A54" t="s">
-        <v>332</v>
+        <v>346</v>
       </c>
       <c r="B54" t="s">
+        <v>347</v>
+      </c>
+      <c r="C54" t="s">
+        <v>295</v>
+      </c>
+      <c r="D54" t="s">
         <v>333</v>
-      </c>
-[...4 lines deleted...]
-        <v>335</v>
       </c>
       <c r="E54" t="s">
         <v>20</v>
       </c>
       <c r="F54" t="s">
-        <v>213</v>
+        <v>21</v>
       </c>
       <c r="G54" t="s">
-        <v>22</v>
+        <v>62</v>
       </c>
       <c r="H54">
-        <v>2022</v>
-[...3 lines deleted...]
-      </c>
+        <v>2012</v>
+      </c>
+      <c r="I54"/>
       <c r="J54" t="s">
-        <v>336</v>
+        <v>306</v>
       </c>
       <c r="K54" t="s">
         <v>34</v>
       </c>
-      <c r="L54" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L54"/>
       <c r="M54" t="s">
-        <v>338</v>
+        <v>297</v>
       </c>
       <c r="N54" t="s">
         <v>27</v>
       </c>
       <c r="O54" t="s">
-        <v>339</v>
+        <v>348</v>
       </c>
       <c r="P54" t="s">
-        <v>340</v>
+        <v>349</v>
       </c>
     </row>
     <row r="55" spans="1:16">
       <c r="A55" t="s">
-        <v>341</v>
+        <v>350</v>
       </c>
       <c r="B55" t="s">
-        <v>342</v>
+        <v>351</v>
       </c>
       <c r="C55" t="s">
-        <v>343</v>
+        <v>295</v>
       </c>
       <c r="D55" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E55" t="s">
         <v>20</v>
       </c>
       <c r="F55" t="s">
         <v>21</v>
       </c>
       <c r="G55" t="s">
-        <v>22</v>
+        <v>62</v>
       </c>
       <c r="H55">
-        <v>2005</v>
-[...3 lines deleted...]
-      </c>
+        <v>2009</v>
+      </c>
+      <c r="I55"/>
       <c r="J55" t="s">
-        <v>198</v>
+        <v>306</v>
       </c>
       <c r="K55" t="s">
         <v>34</v>
       </c>
-      <c r="L55" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L55"/>
       <c r="M55" t="s">
-        <v>345</v>
+        <v>297</v>
       </c>
       <c r="N55" t="s">
         <v>27</v>
       </c>
       <c r="O55" t="s">
-        <v>346</v>
+        <v>352</v>
       </c>
       <c r="P55" t="s">
-        <v>347</v>
+        <v>349</v>
       </c>
     </row>
     <row r="56" spans="1:16">
       <c r="A56" t="s">
-        <v>348</v>
+        <v>353</v>
       </c>
       <c r="B56" t="s">
-        <v>349</v>
+        <v>354</v>
       </c>
       <c r="C56" t="s">
-        <v>350</v>
+        <v>355</v>
       </c>
       <c r="D56" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E56" t="s">
         <v>20</v>
       </c>
       <c r="F56" t="s">
         <v>21</v>
       </c>
       <c r="G56" t="s">
-        <v>351</v>
+        <v>22</v>
       </c>
       <c r="H56">
-        <v>2017</v>
-[...1 lines deleted...]
-      <c r="I56"/>
+        <v>2005</v>
+      </c>
+      <c r="I56">
+        <v>2011</v>
+      </c>
       <c r="J56" t="s">
-        <v>352</v>
+        <v>219</v>
       </c>
       <c r="K56" t="s">
         <v>34</v>
       </c>
       <c r="L56" t="s">
-        <v>353</v>
+        <v>356</v>
       </c>
       <c r="M56" t="s">
-        <v>354</v>
+        <v>357</v>
       </c>
       <c r="N56" t="s">
         <v>27</v>
       </c>
       <c r="O56" t="s">
-        <v>355</v>
+        <v>358</v>
       </c>
       <c r="P56" t="s">
-        <v>356</v>
+        <v>359</v>
       </c>
     </row>
     <row r="57" spans="1:16">
       <c r="A57" t="s">
-        <v>357</v>
+        <v>360</v>
       </c>
       <c r="B57" t="s">
-        <v>358</v>
+        <v>361</v>
       </c>
       <c r="C57" t="s">
-        <v>350</v>
+        <v>362</v>
       </c>
       <c r="D57" t="s">
-        <v>67</v>
+        <v>89</v>
       </c>
       <c r="E57" t="s">
         <v>20</v>
       </c>
       <c r="F57" t="s">
         <v>21</v>
       </c>
       <c r="G57" t="s">
-        <v>52</v>
+        <v>363</v>
       </c>
       <c r="H57">
-        <v>2021</v>
+        <v>2017</v>
       </c>
       <c r="I57"/>
       <c r="J57" t="s">
-        <v>359</v>
+        <v>364</v>
       </c>
       <c r="K57" t="s">
         <v>34</v>
       </c>
       <c r="L57" t="s">
-        <v>360</v>
+        <v>365</v>
       </c>
       <c r="M57" t="s">
-        <v>354</v>
+        <v>366</v>
       </c>
       <c r="N57" t="s">
         <v>27</v>
       </c>
       <c r="O57" t="s">
-        <v>361</v>
+        <v>367</v>
       </c>
       <c r="P57" t="s">
-        <v>362</v>
+        <v>368</v>
       </c>
     </row>
     <row r="58" spans="1:16">
       <c r="A58" t="s">
-        <v>363</v>
+        <v>369</v>
       </c>
       <c r="B58" t="s">
-        <v>364</v>
+        <v>370</v>
       </c>
       <c r="C58" t="s">
-        <v>365</v>
+        <v>362</v>
       </c>
       <c r="D58" t="s">
-        <v>67</v>
+        <v>77</v>
       </c>
       <c r="E58" t="s">
-        <v>90</v>
+        <v>20</v>
       </c>
       <c r="F58" t="s">
-        <v>91</v>
+        <v>21</v>
       </c>
       <c r="G58" t="s">
-        <v>52</v>
+        <v>62</v>
       </c>
       <c r="H58">
-        <v>2018</v>
+        <v>2021</v>
       </c>
       <c r="I58"/>
       <c r="J58" t="s">
+        <v>371</v>
+      </c>
+      <c r="K58" t="s">
+        <v>34</v>
+      </c>
+      <c r="L58" t="s">
+        <v>372</v>
+      </c>
+      <c r="M58" t="s">
         <v>366</v>
       </c>
-      <c r="K58" t="s">
-[...5 lines deleted...]
-      </c>
       <c r="N58" t="s">
         <v>27</v>
       </c>
       <c r="O58" t="s">
-        <v>368</v>
+        <v>373</v>
       </c>
       <c r="P58" t="s">
-        <v>369</v>
+        <v>374</v>
       </c>
     </row>
     <row r="59" spans="1:16">
       <c r="A59" t="s">
-        <v>370</v>
+        <v>375</v>
       </c>
       <c r="B59" t="s">
-        <v>371</v>
+        <v>376</v>
       </c>
       <c r="C59" t="s">
-        <v>372</v>
+        <v>377</v>
       </c>
       <c r="D59" t="s">
-        <v>67</v>
+        <v>77</v>
       </c>
       <c r="E59" t="s">
-        <v>20</v>
+        <v>111</v>
       </c>
       <c r="F59" t="s">
-        <v>42</v>
+        <v>112</v>
       </c>
       <c r="G59" t="s">
-        <v>52</v>
+        <v>62</v>
       </c>
       <c r="H59">
-        <v>2014</v>
+        <v>2018</v>
       </c>
       <c r="I59"/>
       <c r="J59" t="s">
-        <v>285</v>
+        <v>378</v>
       </c>
       <c r="K59" t="s">
         <v>34</v>
       </c>
       <c r="L59"/>
       <c r="M59" t="s">
-        <v>373</v>
+        <v>379</v>
       </c>
       <c r="N59" t="s">
         <v>27</v>
       </c>
       <c r="O59" t="s">
-        <v>374</v>
+        <v>380</v>
       </c>
       <c r="P59" t="s">
-        <v>375</v>
+        <v>381</v>
       </c>
     </row>
     <row r="60" spans="1:16">
       <c r="A60" t="s">
-        <v>376</v>
+        <v>382</v>
       </c>
       <c r="B60" t="s">
-        <v>377</v>
+        <v>383</v>
       </c>
       <c r="C60" t="s">
-        <v>378</v>
+        <v>384</v>
       </c>
       <c r="D60" t="s">
-        <v>379</v>
+        <v>77</v>
       </c>
       <c r="E60" t="s">
         <v>20</v>
       </c>
       <c r="F60" t="s">
-        <v>213</v>
+        <v>52</v>
       </c>
       <c r="G60" t="s">
-        <v>22</v>
+        <v>62</v>
       </c>
       <c r="H60">
-        <v>2017</v>
-[...3 lines deleted...]
-      </c>
+        <v>2014</v>
+      </c>
+      <c r="I60"/>
       <c r="J60" t="s">
-        <v>380</v>
+        <v>306</v>
       </c>
       <c r="K60" t="s">
-        <v>381</v>
-[...3 lines deleted...]
-      </c>
+        <v>34</v>
+      </c>
+      <c r="L60"/>
       <c r="M60" t="s">
-        <v>383</v>
+        <v>385</v>
       </c>
       <c r="N60" t="s">
-        <v>36</v>
+        <v>27</v>
       </c>
       <c r="O60" t="s">
-        <v>384</v>
+        <v>386</v>
       </c>
       <c r="P60" t="s">
-        <v>385</v>
+        <v>387</v>
       </c>
     </row>
     <row r="61" spans="1:16">
       <c r="A61" t="s">
-        <v>386</v>
+        <v>388</v>
       </c>
       <c r="B61" t="s">
-        <v>387</v>
+        <v>389</v>
       </c>
       <c r="C61" t="s">
-        <v>388</v>
+        <v>390</v>
       </c>
       <c r="D61" t="s">
-        <v>98</v>
+        <v>391</v>
       </c>
       <c r="E61" t="s">
-        <v>90</v>
+        <v>20</v>
       </c>
       <c r="F61" t="s">
-        <v>213</v>
+        <v>43</v>
       </c>
       <c r="G61" t="s">
-        <v>52</v>
+        <v>22</v>
       </c>
       <c r="H61">
-        <v>2013</v>
-[...1 lines deleted...]
-      <c r="I61"/>
+        <v>2017</v>
+      </c>
+      <c r="I61">
+        <v>2021</v>
+      </c>
       <c r="J61" t="s">
-        <v>123</v>
+        <v>392</v>
       </c>
       <c r="K61" t="s">
-        <v>34</v>
+        <v>393</v>
       </c>
       <c r="L61" t="s">
-        <v>389</v>
+        <v>394</v>
       </c>
       <c r="M61" t="s">
-        <v>390</v>
+        <v>395</v>
       </c>
       <c r="N61" t="s">
-        <v>323</v>
+        <v>36</v>
       </c>
       <c r="O61" t="s">
-        <v>391</v>
+        <v>396</v>
       </c>
       <c r="P61" t="s">
-        <v>392</v>
+        <v>397</v>
       </c>
     </row>
     <row r="62" spans="1:16">
       <c r="A62" t="s">
-        <v>393</v>
+        <v>398</v>
       </c>
       <c r="B62" t="s">
-        <v>394</v>
+        <v>399</v>
       </c>
       <c r="C62" t="s">
-        <v>388</v>
+        <v>400</v>
       </c>
       <c r="D62" t="s">
-        <v>79</v>
+        <v>119</v>
       </c>
       <c r="E62" t="s">
-        <v>90</v>
+        <v>111</v>
       </c>
       <c r="F62" t="s">
-        <v>213</v>
+        <v>43</v>
       </c>
       <c r="G62" t="s">
-        <v>22</v>
+        <v>62</v>
       </c>
       <c r="H62">
-        <v>2014</v>
-[...3 lines deleted...]
-      </c>
+        <v>2013</v>
+      </c>
+      <c r="I62"/>
       <c r="J62" t="s">
-        <v>123</v>
+        <v>144</v>
       </c>
       <c r="K62" t="s">
-        <v>395</v>
+        <v>34</v>
       </c>
       <c r="L62" t="s">
-        <v>396</v>
+        <v>401</v>
       </c>
       <c r="M62" t="s">
-        <v>390</v>
+        <v>402</v>
       </c>
       <c r="N62" t="s">
-        <v>27</v>
+        <v>344</v>
       </c>
       <c r="O62" t="s">
-        <v>397</v>
+        <v>403</v>
       </c>
       <c r="P62" t="s">
-        <v>398</v>
+        <v>404</v>
       </c>
     </row>
     <row r="63" spans="1:16">
       <c r="A63" t="s">
-        <v>399</v>
+        <v>405</v>
       </c>
       <c r="B63" t="s">
+        <v>406</v>
+      </c>
+      <c r="C63" t="s">
         <v>400</v>
       </c>
-      <c r="C63" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D63" t="s">
-        <v>67</v>
+        <v>89</v>
       </c>
       <c r="E63" t="s">
-        <v>90</v>
+        <v>111</v>
       </c>
       <c r="F63" t="s">
-        <v>91</v>
+        <v>43</v>
       </c>
       <c r="G63" t="s">
         <v>22</v>
       </c>
       <c r="H63">
-        <v>2013</v>
+        <v>2014</v>
       </c>
       <c r="I63">
-        <v>2014</v>
+        <v>2016</v>
       </c>
       <c r="J63" t="s">
-        <v>285</v>
+        <v>144</v>
       </c>
       <c r="K63" t="s">
-        <v>34</v>
+        <v>407</v>
       </c>
       <c r="L63" t="s">
-        <v>401</v>
+        <v>408</v>
       </c>
       <c r="M63" t="s">
         <v>402</v>
       </c>
       <c r="N63" t="s">
         <v>27</v>
       </c>
       <c r="O63" t="s">
-        <v>403</v>
+        <v>409</v>
       </c>
       <c r="P63" t="s">
-        <v>404</v>
+        <v>410</v>
       </c>
     </row>
     <row r="64" spans="1:16">
       <c r="A64" t="s">
-        <v>405</v>
+        <v>411</v>
       </c>
       <c r="B64" t="s">
-        <v>406</v>
+        <v>412</v>
       </c>
       <c r="C64" t="s">
-        <v>350</v>
+        <v>362</v>
       </c>
       <c r="D64" t="s">
-        <v>105</v>
+        <v>77</v>
       </c>
       <c r="E64" t="s">
-        <v>90</v>
+        <v>111</v>
       </c>
       <c r="F64" t="s">
-        <v>91</v>
+        <v>112</v>
       </c>
       <c r="G64" t="s">
         <v>22</v>
       </c>
       <c r="H64">
-        <v>2010</v>
+        <v>2013</v>
       </c>
       <c r="I64">
-        <v>2012</v>
+        <v>2014</v>
       </c>
       <c r="J64" t="s">
-        <v>366</v>
+        <v>306</v>
       </c>
       <c r="K64" t="s">
         <v>34</v>
       </c>
       <c r="L64" t="s">
-        <v>407</v>
+        <v>413</v>
       </c>
       <c r="M64" t="s">
-        <v>408</v>
+        <v>414</v>
       </c>
       <c r="N64" t="s">
         <v>27</v>
       </c>
       <c r="O64" t="s">
-        <v>409</v>
+        <v>415</v>
       </c>
       <c r="P64" t="s">
-        <v>410</v>
+        <v>416</v>
       </c>
     </row>
     <row r="65" spans="1:16">
       <c r="A65" t="s">
-        <v>411</v>
+        <v>417</v>
       </c>
       <c r="B65" t="s">
-        <v>412</v>
+        <v>418</v>
       </c>
       <c r="C65" t="s">
-        <v>350</v>
+        <v>362</v>
       </c>
       <c r="D65" t="s">
-        <v>98</v>
+        <v>126</v>
       </c>
       <c r="E65" t="s">
-        <v>90</v>
+        <v>111</v>
       </c>
       <c r="F65" t="s">
-        <v>91</v>
+        <v>112</v>
       </c>
       <c r="G65" t="s">
         <v>22</v>
       </c>
       <c r="H65">
-        <v>2011</v>
+        <v>2010</v>
       </c>
       <c r="I65">
-        <v>2022</v>
+        <v>2012</v>
       </c>
       <c r="J65" t="s">
-        <v>366</v>
+        <v>378</v>
       </c>
       <c r="K65" t="s">
-        <v>322</v>
+        <v>34</v>
       </c>
       <c r="L65" t="s">
-        <v>413</v>
+        <v>419</v>
       </c>
       <c r="M65" t="s">
-        <v>408</v>
+        <v>420</v>
       </c>
       <c r="N65" t="s">
-        <v>323</v>
+        <v>27</v>
       </c>
       <c r="O65" t="s">
-        <v>414</v>
+        <v>421</v>
       </c>
       <c r="P65" t="s">
-        <v>415</v>
+        <v>422</v>
       </c>
     </row>
     <row r="66" spans="1:16">
       <c r="A66" t="s">
-        <v>416</v>
+        <v>423</v>
       </c>
       <c r="B66" t="s">
-        <v>417</v>
+        <v>424</v>
       </c>
       <c r="C66" t="s">
-        <v>350</v>
+        <v>362</v>
       </c>
       <c r="D66" t="s">
-        <v>67</v>
+        <v>119</v>
       </c>
       <c r="E66" t="s">
-        <v>90</v>
+        <v>111</v>
       </c>
       <c r="F66" t="s">
-        <v>91</v>
+        <v>112</v>
       </c>
       <c r="G66" t="s">
-        <v>52</v>
+        <v>22</v>
       </c>
       <c r="H66">
-        <v>2013</v>
-[...1 lines deleted...]
-      <c r="I66"/>
+        <v>2011</v>
+      </c>
+      <c r="I66">
+        <v>2022</v>
+      </c>
       <c r="J66" t="s">
-        <v>285</v>
+        <v>378</v>
       </c>
       <c r="K66" t="s">
-        <v>34</v>
+        <v>343</v>
       </c>
       <c r="L66" t="s">
-        <v>418</v>
+        <v>425</v>
       </c>
       <c r="M66" t="s">
-        <v>402</v>
+        <v>420</v>
       </c>
       <c r="N66" t="s">
-        <v>27</v>
+        <v>344</v>
       </c>
       <c r="O66" t="s">
-        <v>419</v>
-[...1 lines deleted...]
-      <c r="P66"/>
+        <v>426</v>
+      </c>
+      <c r="P66" t="s">
+        <v>427</v>
+      </c>
     </row>
     <row r="67" spans="1:16">
       <c r="A67" t="s">
-        <v>420</v>
+        <v>428</v>
       </c>
       <c r="B67" t="s">
-        <v>421</v>
+        <v>429</v>
       </c>
       <c r="C67" t="s">
-        <v>422</v>
+        <v>362</v>
       </c>
       <c r="D67" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="E67" t="s">
-        <v>20</v>
+        <v>111</v>
       </c>
       <c r="F67" t="s">
-        <v>213</v>
+        <v>112</v>
       </c>
       <c r="G67" t="s">
-        <v>22</v>
+        <v>62</v>
       </c>
       <c r="H67">
-        <v>2007</v>
-[...3 lines deleted...]
-      </c>
+        <v>2013</v>
+      </c>
+      <c r="I67"/>
       <c r="J67" t="s">
-        <v>123</v>
+        <v>306</v>
       </c>
       <c r="K67" t="s">
         <v>34</v>
       </c>
       <c r="L67" t="s">
-        <v>423</v>
+        <v>430</v>
       </c>
       <c r="M67" t="s">
-        <v>424</v>
+        <v>414</v>
       </c>
       <c r="N67" t="s">
         <v>27</v>
       </c>
       <c r="O67" t="s">
-        <v>425</v>
-[...3 lines deleted...]
-      </c>
+        <v>431</v>
+      </c>
+      <c r="P67"/>
     </row>
     <row r="68" spans="1:16">
       <c r="A68" t="s">
-        <v>427</v>
+        <v>432</v>
       </c>
       <c r="B68" t="s">
-        <v>428</v>
+        <v>433</v>
       </c>
       <c r="C68" t="s">
-        <v>429</v>
+        <v>434</v>
       </c>
       <c r="D68" t="s">
-        <v>430</v>
+        <v>89</v>
       </c>
       <c r="E68" t="s">
-        <v>90</v>
+        <v>20</v>
       </c>
       <c r="F68" t="s">
-        <v>91</v>
+        <v>43</v>
       </c>
       <c r="G68" t="s">
         <v>22</v>
       </c>
       <c r="H68">
-        <v>2012</v>
+        <v>2007</v>
       </c>
       <c r="I68">
-        <v>2017</v>
+        <v>2011</v>
       </c>
       <c r="J68" t="s">
-        <v>190</v>
+        <v>144</v>
       </c>
       <c r="K68" t="s">
         <v>34</v>
       </c>
-      <c r="L68"/>
+      <c r="L68" t="s">
+        <v>435</v>
+      </c>
       <c r="M68" t="s">
-        <v>431</v>
+        <v>436</v>
       </c>
       <c r="N68" t="s">
         <v>27</v>
       </c>
       <c r="O68" t="s">
-        <v>432</v>
+        <v>437</v>
       </c>
       <c r="P68" t="s">
-        <v>433</v>
+        <v>438</v>
       </c>
     </row>
     <row r="69" spans="1:16">
       <c r="A69" t="s">
-        <v>434</v>
+        <v>439</v>
       </c>
       <c r="B69" t="s">
-        <v>435</v>
+        <v>440</v>
       </c>
       <c r="C69" t="s">
-        <v>436</v>
+        <v>441</v>
       </c>
       <c r="D69" t="s">
-        <v>437</v>
+        <v>442</v>
       </c>
       <c r="E69" t="s">
-        <v>20</v>
+        <v>111</v>
       </c>
       <c r="F69" t="s">
-        <v>21</v>
+        <v>112</v>
       </c>
       <c r="G69" t="s">
-        <v>52</v>
+        <v>22</v>
       </c>
       <c r="H69">
-        <v>2019</v>
-[...1 lines deleted...]
-      <c r="I69"/>
+        <v>2012</v>
+      </c>
+      <c r="I69">
+        <v>2017</v>
+      </c>
       <c r="J69" t="s">
-        <v>438</v>
+        <v>211</v>
       </c>
       <c r="K69" t="s">
-        <v>99</v>
+        <v>34</v>
       </c>
       <c r="L69"/>
       <c r="M69" t="s">
-        <v>439</v>
+        <v>443</v>
       </c>
       <c r="N69" t="s">
-        <v>440</v>
+        <v>27</v>
       </c>
       <c r="O69" t="s">
-        <v>441</v>
+        <v>444</v>
       </c>
       <c r="P69" t="s">
-        <v>442</v>
+        <v>445</v>
       </c>
     </row>
     <row r="70" spans="1:16">
       <c r="A70" t="s">
-        <v>443</v>
+        <v>446</v>
       </c>
       <c r="B70" t="s">
-        <v>444</v>
+        <v>447</v>
       </c>
       <c r="C70" t="s">
-        <v>350</v>
+        <v>448</v>
       </c>
       <c r="D70" t="s">
-        <v>67</v>
+        <v>449</v>
       </c>
       <c r="E70" t="s">
         <v>20</v>
       </c>
       <c r="F70" t="s">
         <v>21</v>
       </c>
       <c r="G70" t="s">
-        <v>52</v>
+        <v>62</v>
       </c>
       <c r="H70">
-        <v>2012</v>
+        <v>2019</v>
       </c>
       <c r="I70"/>
       <c r="J70" t="s">
-        <v>366</v>
+        <v>450</v>
       </c>
       <c r="K70" t="s">
-        <v>34</v>
-[...3 lines deleted...]
-      </c>
+        <v>120</v>
+      </c>
+      <c r="L70"/>
       <c r="M70" t="s">
-        <v>354</v>
+        <v>451</v>
       </c>
       <c r="N70" t="s">
-        <v>27</v>
+        <v>452</v>
       </c>
       <c r="O70" t="s">
-        <v>446</v>
+        <v>453</v>
       </c>
       <c r="P70" t="s">
-        <v>447</v>
+        <v>454</v>
       </c>
     </row>
     <row r="71" spans="1:16">
       <c r="A71" t="s">
-        <v>448</v>
+        <v>455</v>
       </c>
       <c r="B71" t="s">
-        <v>449</v>
+        <v>456</v>
       </c>
       <c r="C71" t="s">
-        <v>175</v>
+        <v>362</v>
       </c>
       <c r="D71" t="s">
-        <v>67</v>
+        <v>77</v>
       </c>
       <c r="E71" t="s">
         <v>20</v>
       </c>
       <c r="F71" t="s">
         <v>21</v>
       </c>
       <c r="G71" t="s">
-        <v>52</v>
+        <v>62</v>
       </c>
       <c r="H71">
-        <v>2019</v>
+        <v>2012</v>
       </c>
       <c r="I71"/>
       <c r="J71" t="s">
-        <v>450</v>
+        <v>378</v>
       </c>
       <c r="K71" t="s">
         <v>34</v>
       </c>
-      <c r="L71"/>
+      <c r="L71" t="s">
+        <v>457</v>
+      </c>
       <c r="M71" t="s">
-        <v>177</v>
+        <v>366</v>
       </c>
       <c r="N71" t="s">
         <v>27</v>
       </c>
       <c r="O71" t="s">
-        <v>451</v>
+        <v>458</v>
       </c>
       <c r="P71" t="s">
-        <v>452</v>
+        <v>459</v>
       </c>
     </row>
     <row r="72" spans="1:16">
       <c r="A72" t="s">
-        <v>453</v>
+        <v>460</v>
       </c>
       <c r="B72" t="s">
-        <v>454</v>
+        <v>461</v>
       </c>
       <c r="C72" t="s">
-        <v>455</v>
+        <v>196</v>
       </c>
       <c r="D72" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="E72" t="s">
-        <v>90</v>
+        <v>20</v>
       </c>
       <c r="F72" t="s">
-        <v>91</v>
+        <v>21</v>
       </c>
       <c r="G72" t="s">
-        <v>52</v>
+        <v>62</v>
       </c>
       <c r="H72">
-        <v>2012</v>
+        <v>2019</v>
       </c>
       <c r="I72"/>
       <c r="J72" t="s">
-        <v>456</v>
+        <v>462</v>
       </c>
       <c r="K72" t="s">
         <v>34</v>
       </c>
-      <c r="L72" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L72"/>
       <c r="M72" t="s">
-        <v>458</v>
+        <v>198</v>
       </c>
       <c r="N72" t="s">
         <v>27</v>
       </c>
       <c r="O72" t="s">
-        <v>459</v>
+        <v>463</v>
       </c>
       <c r="P72" t="s">
-        <v>460</v>
+        <v>464</v>
       </c>
     </row>
     <row r="73" spans="1:16">
       <c r="A73" t="s">
-        <v>461</v>
+        <v>465</v>
       </c>
       <c r="B73" t="s">
-        <v>462</v>
+        <v>466</v>
       </c>
       <c r="C73" t="s">
-        <v>455</v>
+        <v>467</v>
       </c>
       <c r="D73" t="s">
-        <v>105</v>
+        <v>89</v>
       </c>
       <c r="E73" t="s">
-        <v>90</v>
+        <v>111</v>
       </c>
       <c r="F73" t="s">
-        <v>91</v>
+        <v>112</v>
       </c>
       <c r="G73" t="s">
-        <v>52</v>
+        <v>62</v>
       </c>
       <c r="H73">
-        <v>2015</v>
+        <v>2012</v>
       </c>
       <c r="I73"/>
       <c r="J73" t="s">
-        <v>456</v>
+        <v>468</v>
       </c>
       <c r="K73" t="s">
         <v>34</v>
       </c>
       <c r="L73" t="s">
-        <v>463</v>
+        <v>469</v>
       </c>
       <c r="M73" t="s">
-        <v>458</v>
+        <v>470</v>
       </c>
       <c r="N73" t="s">
         <v>27</v>
       </c>
       <c r="O73" t="s">
-        <v>464</v>
+        <v>471</v>
       </c>
       <c r="P73" t="s">
-        <v>465</v>
+        <v>472</v>
       </c>
     </row>
     <row r="74" spans="1:16">
       <c r="A74" t="s">
-        <v>466</v>
+        <v>473</v>
       </c>
       <c r="B74" t="s">
+        <v>474</v>
+      </c>
+      <c r="C74" t="s">
         <v>467</v>
       </c>
-      <c r="C74" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D74" t="s">
-        <v>468</v>
+        <v>126</v>
       </c>
       <c r="E74" t="s">
-        <v>90</v>
+        <v>111</v>
       </c>
       <c r="F74" t="s">
-        <v>21</v>
+        <v>112</v>
       </c>
       <c r="G74" t="s">
-        <v>52</v>
+        <v>62</v>
       </c>
       <c r="H74">
-        <v>2012</v>
+        <v>2015</v>
       </c>
       <c r="I74"/>
       <c r="J74" t="s">
-        <v>469</v>
+        <v>468</v>
       </c>
       <c r="K74" t="s">
         <v>34</v>
       </c>
-      <c r="L74"/>
+      <c r="L74" t="s">
+        <v>475</v>
+      </c>
       <c r="M74" t="s">
         <v>470</v>
       </c>
       <c r="N74" t="s">
         <v>27</v>
       </c>
       <c r="O74" t="s">
-        <v>471</v>
+        <v>476</v>
       </c>
       <c r="P74" t="s">
-        <v>472</v>
+        <v>477</v>
+      </c>
+    </row>
+    <row r="75" spans="1:16">
+      <c r="A75" t="s">
+        <v>478</v>
+      </c>
+      <c r="B75" t="s">
+        <v>479</v>
+      </c>
+      <c r="C75" t="s">
+        <v>467</v>
+      </c>
+      <c r="D75" t="s">
+        <v>480</v>
+      </c>
+      <c r="E75" t="s">
+        <v>111</v>
+      </c>
+      <c r="F75" t="s">
+        <v>21</v>
+      </c>
+      <c r="G75" t="s">
+        <v>62</v>
+      </c>
+      <c r="H75">
+        <v>2012</v>
+      </c>
+      <c r="I75"/>
+      <c r="J75" t="s">
+        <v>481</v>
+      </c>
+      <c r="K75" t="s">
+        <v>34</v>
+      </c>
+      <c r="L75"/>
+      <c r="M75" t="s">
+        <v>482</v>
+      </c>
+      <c r="N75" t="s">
+        <v>27</v>
+      </c>
+      <c r="O75" t="s">
+        <v>483</v>
+      </c>
+      <c r="P75" t="s">
+        <v>484</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">