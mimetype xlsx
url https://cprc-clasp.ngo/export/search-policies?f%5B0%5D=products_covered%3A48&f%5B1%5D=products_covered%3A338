--- v0 (2025-11-26)
+++ v1 (2026-03-07)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="414">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="425">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -200,91 +200,125 @@
   <si>
     <t>Washer and Dryers, Washing Machines</t>
   </si>
   <si>
     <t>October 2023</t>
   </si>
   <si>
     <t>Electricity, Water</t>
   </si>
   <si>
     <t>Energy Efficiency, Water Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20192014-11-march-2019</t>
   </si>
   <si>
     <t>https://www.legislation.gov.uk/eur/2019/2014/contents</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2019/1782 of 1 October 2019 laying down ecodesign requirements for external power supplies</t>
   </si>
   <si>
     <t>This Regulation establishes ecodesign requirements related to electric power consumption in no-load condition and average active efficiency of external power supplies.  Exclusions: this Regulation shall not apply to:   a. voltage converters;   b. uninterruptible power supplies;   c. battery chargers;     d. halogen lighting converters;   e. external power supplies for medical devices;   f. external power supplies placed on the market no later than 30 June 2015 as a service part or spare part for an identical external power supply which was placed on the market not later than one year after this Regulation has come into force; under the condition that the service part or spare part; or its packaging; clearly indicates the primary load products for which the spare part or service part is intended to be used with.</t>
   </si>
   <si>
+    <t>External Power Supply</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20191782-1-october-2019-laying-down-ecodesign-requirements-0</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.uk/eur/2019/1782/contents</t>
+  </si>
+  <si>
     <t>European Union</t>
   </si>
   <si>
-    <t>External Power Supply</t>
+    <t>Entered into force, Revised, To Be Superseded</t>
   </si>
   <si>
     <t>September 2023</t>
   </si>
   <si>
     <t>European Commission - DG Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20191782-1-october-2019-laying-down-ecodesign-requirements</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=uriserv%3AOJ.L_.2019.272.01.0095.01.ENG&amp;toc=OJ%3AL%3A2019%3A272%3ATOC</t>
-  </si>
-[...4 lines deleted...]
-    <t>https://www.legislation.gov.uk/eur/2019/1782/contents</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2019/2023 of 1 October 2019 laying down ecodesign requirements for household washing machines and household washer-dryers pursuant to Directive 2009/125/EC of the European Parliament and of the Council, amending C</t>
   </si>
   <si>
     <t>This Regulation establishes eco-design requirements for the placing on the market of electric mains-operated household washing machines and electric mains-operated household washing machines that can also be powered by batteries; including those sold for non-household use. This Regulation shall not apply to household combined washer-driers. 
 This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2026.</t>
   </si>
   <si>
     <t>EN 60456</t>
   </si>
   <si>
     <t>European Commission - DG Enterprise----European Commission - DG Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20192023-1-october-2019-laying-down-ecodesign-requirements</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2023-20210501</t>
+  </si>
+  <si>
+    <t>Commission Regulation (EU) 2025/2052 of 13 October 2025  laying down ecodesign requirements for external power supplies, wireless chargers, wireless charging pads, battery chargers for portable batteries of general use and USB Type-C cables</t>
+  </si>
+  <si>
+    <t>Laying down ecodesign requirements for external power supplies, wireless chargers, wireless charging pads, battery chargers for portable batteries of general use and USB Type-C cables.
+This policy applies from the 14th December 2028, repealing Commission Regulation (EU) 2019/1782.</t>
+  </si>
+  <si>
+    <t>Europe, European Union</t>
+  </si>
+  <si>
+    <t>Battery Chargers, External Power Supply</t>
+  </si>
+  <si>
+    <t>Published, New</t>
+  </si>
+  <si>
+    <t>December 2025</t>
+  </si>
+  <si>
+    <t>87 FR 51221</t>
+  </si>
+  <si>
+    <t>European Commission</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20252052-13-october-2025-laying-down-ecodesign-requirements</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32025R2052&amp;qid=1763999035842</t>
   </si>
   <si>
     <t>CQC31-442412-2020. Energy Conservation Certification Rules for Electric Welding Machines</t>
   </si>
   <si>
     <t>Apply to electric welding machines</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>GB 28736-2019</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-442412-2020-energy-conservation-certification-rules-electric-welding-machines</t>
   </si>
   <si>
     <t>https://www.cqc.com.cn/www/chinese/c/2020-05-13/497379.shtml</t>
   </si>
@@ -566,355 +600,355 @@
   <si>
     <t>Products that meet the definition of an Uninterruptible Power Supply (UPS) as specified in the policy document, including Static and Rotary UPSs and Ac-output UPSs and Dc-output UPSs/Rectifiers, are eligible for ENERGY STAR certification, with the exception of products listed in Section 2.2. Eligible products include:</t>
   </si>
   <si>
     <t>Canada, United States of America*</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Uninterruptible Power Supplies Rev. Dec-2017; 10 CFR 430, Section 4, Subpart B, Appendix Y</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-uninterruptible-power-supplies-upss-version-20</t>
   </si>
   <si>
     <t>https://www.energystar.gov/products/data_center_equipment/uninterruptible_power_supplies/partners</t>
   </si>
   <si>
     <t>GB 20943-2013 Minimum allowable values of energy efficiency and evaluating values of energy conservation for single voltage external AC-DC and AC-AC power supplies</t>
   </si>
   <si>
     <t>Applies to external power supplies which convert AC current with 220V and 50Hz to single voltage DC -no higher than 36V- or single voltage AC -no higher than 36V- current.It applies to products with rated output power no larger than 250W. Does NOT apply to DC-DC transformer.</t>
   </si>
   <si>
+    <t>Revised, To Be Superseded</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/gb-20943-2013-minimum-allowable-values-energy-efficiency-and-evaluating-values-energy</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E686D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 20943-2025  Minimum Allowable Values of Energy Efficiency and Energy Efficiency Grades for AC-DC and AC-AC Power Supplies</t>
   </si>
   <si>
     <t>This revised policy substantially expands its regulatory scope through the inclusion of additional product categories and extended power capacity ranges, while integrating embedded power supplies into its framework for the first time. Aligned with the European Union’s latest minimum energy efficiency requirements of power supplies, GB 20943-2025 introduces a globally pioneering specification for Grade 1 no-load power consumption, establishing a stringent threshold of 0.05W to 0.075W.</t>
   </si>
   <si>
-    <t>Asia and Pacific, China</t>
-[...1 lines deleted...]
-  <si>
     <t>Power Supply and Power Conversion</t>
   </si>
   <si>
     <t>February 2025</t>
   </si>
   <si>
     <t>GB 20943-2025</t>
   </si>
   <si>
     <t>The Standardization Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-20943-2025-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-ac</t>
   </si>
   <si>
-    <t>https://openstd.samr.gov.cn/bzgk/std/newGbInfo?hcno=8105E9E58B8B8BDB5DF9D96119B1C60A</t>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=2D9BC7B2DA386BF6E06397BE0A0A4ED1</t>
   </si>
   <si>
     <t>GB 21518-2008 Minimum allowable values of energy efficiency and energy efficiency grades for AC contactors</t>
   </si>
   <si>
     <t>Applies to those AC contactors with rated frequency of 50Hz; rated voltage no higher than 1140V; and rated current between 9A-630A. Does NOT apply to AC contactors with external power saving device or semi-conductor type -solid type contactor</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-21518-2008-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-ac</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D773ECD3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB/T 23118-2024 Household and Similar Tumble Dryer and Washer-Dryer</t>
   </si>
   <si>
     <t>This standard applies to tumble dryers and washer-dryer machines with a rated drying capacity greater than 1kg, designed for non-professional users in households and similar environments. Standard Specifications:
 - Drying Performance
 - Energy Consumption
 - Water Usage
 - Program Time
 - Drying Uniformity
 - Condensation Efficiency
 - Noise Level
 - Off/Standby Power
 - Fluffiness Performance
 - Wrinkle Removal Performance
 - Washing Performance for Washer-Dryer Combo Machines
 - Washing-Drying Performance
 - Grading for Indicators: Energy Consumption, Water Usage, Noise, and Other Relevant Factors</t>
   </si>
   <si>
     <t>Clothes Dryers, Washer and Dryers</t>
   </si>
   <si>
     <t>Quality Standard</t>
   </si>
   <si>
+    <t>January 2025</t>
+  </si>
+  <si>
+    <t>SAMR, SAC</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/gbt-23118-2024-household-and-similar-tumble-dryer-and-washer-dryer</t>
+  </si>
+  <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=234D7936AA97E194E06397BE0A0AA0A9</t>
+  </si>
+  <si>
+    <t>Greenhouse and Energy Minimum Standards (External Power Supplies) Determination 2014</t>
+  </si>
+  <si>
+    <t>Products covered include external power supply units with a nominal 230 V a.c. supply input and a single output at extra low voltage (ELV), either a.c. or d.c. and a maximum output of 250 W or 250 VA (see the standard for further details on products covered).</t>
+  </si>
+  <si>
+    <t>Australia</t>
+  </si>
+  <si>
+    <t>July 2025</t>
+  </si>
+  <si>
+    <t>AS/NZS 4665.1:2005 AS/NZS 4665.2:2005 AS/NZS 4665</t>
+  </si>
+  <si>
+    <t>Department of Climate Change and Energy Efficiency (DCCEE)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/greenhouse-and-energy-minimum-standards-external-power-supplies-determination-2014</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.au/Series/F2014L01580</t>
+  </si>
+  <si>
+    <t>Greenmark N141 - Uninterruptible Power Supply Systems</t>
+  </si>
+  <si>
+    <t>This standard is applicable to the uninterruptible power supply systems as defined in CNS 14843-1 and CNS 14843-2.</t>
+  </si>
+  <si>
+    <t>Taiwan of China</t>
+  </si>
+  <si>
+    <t>August 2018</t>
+  </si>
+  <si>
+    <t>Greenmark Labelling Program</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/greenmark-n141-uninterruptible-power-supply-systems</t>
+  </si>
+  <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/141/0e5d3b89-12e8-40de-b8d2-5ee476cb445d.pdf</t>
+  </si>
+  <si>
+    <t>High-efficiency Appliances Certification Program for Uniterruptible Power System</t>
+  </si>
+  <si>
+    <t>Uniterruptible power system: controlling its function according to the amount of loads</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/high-efficiency-appliances-certification-program-uniterruptible-power-system</t>
+  </si>
+  <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100101.asp</t>
+  </si>
+  <si>
+    <t>JS 2097:2013 Energy labeling of household combined washer-driers</t>
+  </si>
+  <si>
+    <t>This policy covers electric mains operated household combined washer-driers. Appliances that can also use other energy sources are excluded.</t>
+  </si>
+  <si>
+    <t>Jordan</t>
+  </si>
+  <si>
+    <t>JS 2096</t>
+  </si>
+  <si>
+    <t>National Energy Research Centre (NERC)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/js-20972013-energy-labeling-household-combined-washer-driers</t>
+  </si>
+  <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5458</t>
+  </si>
+  <si>
+    <t>JS 2111:2013 Technical Regulation on eco-design requirements for no-load condition electric power consumption and average active efficiency of external power supplies</t>
+  </si>
+  <si>
+    <t>This policy establishes ecodesign requirements related to electric power consumption in no-load condition and average active efficiency of external power supplies.</t>
+  </si>
+  <si>
+    <t>JS 2092</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/js-21112013-technical-regulation-eco-design-requirements-no-load-condition-electric-power</t>
+  </si>
+  <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5471</t>
+  </si>
+  <si>
+    <t>JS 60456:2012 Clothes washing machines for household use - Methods for measuring the performance (EN 60456:2001 + AC:2011)</t>
+  </si>
+  <si>
+    <t>This policy specifies methods for measuring the performance of clothes washing machines for household use, with or without heating devices utilising cold and/or hot water supply. It also deals with appliances for water extraction by centrifugal force (spin extractors) and is applicable to appliances for both washing and drying textiles (washer-dryers).</t>
+  </si>
+  <si>
+    <t>JS 2103</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/js-604562012-clothes-washing-machines-household-use-methods-measuring-performance-en</t>
+  </si>
+  <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5305</t>
+  </si>
+  <si>
+    <t>LI 2452 Renewable Energy (Standards and Labelling) (Renewable Energy Batteries) Regulations, 2022</t>
+  </si>
+  <si>
+    <t>These regulations apply to a renewable energy battery manufactured in the country or imported into the country for display, sale, or use, irrespective of size, method of charge or energy system design of the renewable energy battery.</t>
+  </si>
+  <si>
+    <t>Ghana</t>
+  </si>
+  <si>
+    <t>Battery Chargers</t>
+  </si>
+  <si>
+    <t>March 2023</t>
+  </si>
+  <si>
+    <t>Ghana Energy Commission</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/li-2452-renewable-energy-standards-and-labelling-renewable-energy-batteries-regulations</t>
+  </si>
+  <si>
+    <t>https://www.energycom.gov.gh/regulation/regulation-and-codes</t>
+  </si>
+  <si>
+    <t>LI 2461 Renewable Energy (Standards and Labelling) (Inverters) Regulations, 2022</t>
+  </si>
+  <si>
+    <t>These regulations apply to an inverter intended for use in a stand-alone energy system or utility-interactive energy system where the output of the inverter is a stable alternating current of constant frequency; and a single-phase inverter or 3-phase inverter intended for use in a stand alone energy system or utility interactive energy system intended to be operated in parallel with an electric power system to supply power to common loads manufactured in the country or imported into the country for display, sale or use.</t>
+  </si>
+  <si>
+    <t>Electricity, Solar</t>
+  </si>
+  <si>
+    <t>Energy Efficiency, Off-Grid</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/li-2461-renewable-energy-standards-and-labelling-inverters-regulations-2022</t>
+  </si>
+  <si>
+    <t>MEPS for Adapter - Charger</t>
+  </si>
+  <si>
+    <t>An adapter under 150W, nameplate output power; and a charger of input 20 W with Li-Ion Battery as a single voltage external power supply</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/meps-adapter-charger</t>
+  </si>
+  <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_2.asp</t>
+  </si>
+  <si>
+    <t>MEPS for Adapter Charger</t>
+  </si>
+  <si>
+    <t>For using with mobile phone, notebook, speaker for computer, LCD monitor,printer, PDA, camcorder, digital camera, audio, DVD player, MP3, PMP,portable CD player, set-top box, wire-wireless phone, modem, all AC-DC orAC-AC external power supply shall be included.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/meps-adapter-charger-0</t>
+  </si>
+  <si>
+    <t>Minimum Performance of external power supplies</t>
+  </si>
+  <si>
+    <t>MEPS covers: Mains powered; dc and ac adaptors|power-packs with a single output of up to 250 W or VA  used to power or recharge separate low voltage electronic products; like laptops cellphones etc. They are often sold packaged with the product it will be used with - for examplel; a laptop computer normally comes with a power adaptor.</t>
+  </si>
+  <si>
+    <t>New Zealand</t>
+  </si>
+  <si>
+    <t>AS/NZS 4665.1:2005</t>
+  </si>
+  <si>
+    <t>Energy Efficiency and Conservation Authority (EECA)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/minimum-performance-external-power-supplies</t>
+  </si>
+  <si>
+    <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/external-power-supplies-factsheet.pdf</t>
+  </si>
+  <si>
+    <t>Ministry of Industry and Trade Decree N 769</t>
+  </si>
+  <si>
+    <t>Electric water heaters accumulative; Household Electric boilers</t>
+  </si>
+  <si>
+    <t>Russia</t>
+  </si>
+  <si>
+    <t>Imaging Equipment, Televisions, Displays, Ovens, Microwaves, Dishwashers, Washer and Dryers, Non-Directional lamps, Elevators, Boilers and Furnaces, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers, Freezers-only</t>
+  </si>
+  <si>
+    <t>GOST 21766-87, GOST 21552-84</t>
+  </si>
+  <si>
+    <t>Ministry of Industry and Trade of the Russian Federation</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/ministry-industry-and-trade-decree-n-769</t>
+  </si>
+  <si>
+    <t>http://www.consultant.ru/document/cons_doc_LAW_109983/c3f92e3c0a2fd053673311fdef9e3ee11b1609f9/</t>
+  </si>
+  <si>
+    <t>NOM-029-ENER-2017, Energy efficiency of external power supplies</t>
+  </si>
+  <si>
+    <t>This standard aims to establish the minimum values ​​of energy efficiency in operation, the maximum limits of electrical power in no-load or empty mode, the test methods for their evaluation and the specifications of the minimum information to be marked on external power supplies (FAE) that are intended to convert the alternating current (AC) line voltage to a single fixed output voltage level in direct current (DC) at a time and with a maximum output power less than or equal to 250.0 W, as well as those that have a switch that allows the user to manually choose between different output voltage levels.</t>
+  </si>
+  <si>
+    <t>Mexico</t>
+  </si>
+  <si>
     <t>New</t>
-  </si>
-[...232 lines deleted...]
-    <t>Mexico</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>NMX-I-281-NYCE-2012</t>
   </si>
   <si>
     <t>Comision Nacional para el Uso Eficiente de la Energia (CONUEE, National Commiss…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nom-029-ener-2017-energy-efficiency-external-power-supplies</t>
   </si>
   <si>
     <t>https://www.dof.gob.mx/nota_detalle_popup.php?codigo=5502802</t>
   </si>
   <si>
     <t>Regulation on Energy Efficiency Requirements for Mass-Produced Systems, Vehicles, and Appliances</t>
   </si>
   <si>
     <t>This policy applies to mass-produced systems, vehicles, and devices as well as their mass-produced components that consume a considerable amount of energy and are placed on the market or sold in Switzerland.</t>
   </si>
   <si>
     <t>Switzerland</t>
   </si>
@@ -1640,65 +1674,65 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P59"/>
+  <dimension ref="A1:P60"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="284.216" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="1419.082" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="42.418" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="891.782" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="83.694" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="54.13" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="371.481" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="51.845" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="275.933" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -1912,2658 +1946,2708 @@
         <v>55</v>
       </c>
       <c r="K5" t="s">
         <v>56</v>
       </c>
       <c r="L5"/>
       <c r="M5"/>
       <c r="N5" t="s">
         <v>57</v>
       </c>
       <c r="O5" t="s">
         <v>58</v>
       </c>
       <c r="P5" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
         <v>60</v>
       </c>
       <c r="B6" t="s">
         <v>61</v>
       </c>
       <c r="C6" t="s">
+        <v>53</v>
+      </c>
+      <c r="D6" t="s">
         <v>62</v>
-      </c>
-[...1 lines deleted...]
-        <v>63</v>
       </c>
       <c r="E6" t="s">
         <v>20</v>
       </c>
       <c r="F6" t="s">
         <v>21</v>
       </c>
       <c r="G6" t="s">
         <v>22</v>
       </c>
       <c r="H6">
         <v>2009</v>
       </c>
       <c r="I6">
         <v>2019</v>
       </c>
       <c r="J6" t="s">
-        <v>64</v>
+        <v>55</v>
       </c>
       <c r="K6" t="s">
         <v>36</v>
       </c>
       <c r="L6"/>
-      <c r="M6" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="M6"/>
       <c r="N6" t="s">
         <v>27</v>
       </c>
       <c r="O6" t="s">
-        <v>66</v>
+        <v>63</v>
       </c>
       <c r="P6" t="s">
-        <v>67</v>
+        <v>64</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
         <v>60</v>
       </c>
       <c r="B7" t="s">
         <v>61</v>
       </c>
       <c r="C7" t="s">
-        <v>53</v>
+        <v>65</v>
       </c>
       <c r="D7" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="E7" t="s">
         <v>20</v>
       </c>
       <c r="F7" t="s">
         <v>21</v>
       </c>
       <c r="G7" t="s">
-        <v>22</v>
+        <v>66</v>
       </c>
       <c r="H7">
         <v>2009</v>
       </c>
       <c r="I7">
         <v>2019</v>
       </c>
       <c r="J7" t="s">
-        <v>55</v>
+        <v>67</v>
       </c>
       <c r="K7" t="s">
         <v>36</v>
       </c>
       <c r="L7"/>
-      <c r="M7"/>
+      <c r="M7" t="s">
+        <v>68</v>
+      </c>
       <c r="N7" t="s">
         <v>27</v>
       </c>
       <c r="O7" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="P7" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="B8" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="C8" t="s">
-        <v>62</v>
+        <v>65</v>
       </c>
       <c r="D8" t="s">
         <v>54</v>
       </c>
       <c r="E8" t="s">
         <v>20</v>
       </c>
       <c r="F8" t="s">
         <v>21</v>
       </c>
       <c r="G8" t="s">
         <v>22</v>
       </c>
       <c r="H8">
         <v>2010</v>
       </c>
       <c r="I8">
         <v>2019</v>
       </c>
       <c r="J8" t="s">
-        <v>64</v>
+        <v>67</v>
       </c>
       <c r="K8" t="s">
         <v>36</v>
       </c>
       <c r="L8" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="M8" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="N8" t="s">
         <v>27</v>
       </c>
       <c r="O8" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="P8" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="B9" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="C9" t="s">
-        <v>42</v>
+        <v>79</v>
       </c>
       <c r="D9" t="s">
-        <v>33</v>
+        <v>80</v>
       </c>
       <c r="E9" t="s">
-        <v>78</v>
+        <v>20</v>
       </c>
       <c r="F9" t="s">
-        <v>79</v>
+        <v>21</v>
       </c>
       <c r="G9" t="s">
-        <v>34</v>
+        <v>81</v>
       </c>
       <c r="H9">
-        <v>2020</v>
+        <v>2025</v>
       </c>
       <c r="I9"/>
       <c r="J9" t="s">
-        <v>45</v>
+        <v>82</v>
       </c>
       <c r="K9" t="s">
         <v>36</v>
       </c>
       <c r="L9" t="s">
-        <v>80</v>
+        <v>83</v>
       </c>
       <c r="M9" t="s">
-        <v>81</v>
+        <v>84</v>
       </c>
       <c r="N9" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="O9" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="P9" t="s">
-        <v>83</v>
+        <v>86</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
-        <v>84</v>
+        <v>87</v>
       </c>
       <c r="B10" t="s">
-        <v>85</v>
+        <v>88</v>
       </c>
       <c r="C10" t="s">
         <v>42</v>
       </c>
       <c r="D10" t="s">
-        <v>86</v>
+        <v>33</v>
       </c>
       <c r="E10" t="s">
-        <v>78</v>
+        <v>89</v>
       </c>
       <c r="F10" t="s">
-        <v>79</v>
+        <v>90</v>
       </c>
       <c r="G10" t="s">
         <v>34</v>
       </c>
       <c r="H10">
-        <v>2013</v>
+        <v>2020</v>
       </c>
       <c r="I10"/>
       <c r="J10" t="s">
         <v>45</v>
       </c>
       <c r="K10" t="s">
-        <v>87</v>
+        <v>36</v>
       </c>
       <c r="L10" t="s">
-        <v>88</v>
+        <v>91</v>
       </c>
       <c r="M10" t="s">
-        <v>81</v>
+        <v>92</v>
       </c>
       <c r="N10" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="O10" t="s">
-        <v>89</v>
+        <v>93</v>
       </c>
       <c r="P10" t="s">
-        <v>90</v>
+        <v>94</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
-        <v>91</v>
+        <v>95</v>
       </c>
       <c r="B11" t="s">
-        <v>92</v>
+        <v>96</v>
       </c>
       <c r="C11" t="s">
         <v>42</v>
       </c>
       <c r="D11" t="s">
-        <v>93</v>
+        <v>97</v>
       </c>
       <c r="E11" t="s">
-        <v>78</v>
+        <v>89</v>
       </c>
       <c r="F11" t="s">
-        <v>79</v>
+        <v>90</v>
       </c>
       <c r="G11" t="s">
         <v>34</v>
       </c>
       <c r="H11">
-        <v>2009</v>
+        <v>2013</v>
       </c>
       <c r="I11"/>
       <c r="J11" t="s">
-        <v>94</v>
+        <v>45</v>
       </c>
       <c r="K11" t="s">
-        <v>36</v>
+        <v>98</v>
       </c>
       <c r="L11" t="s">
-        <v>95</v>
+        <v>99</v>
       </c>
       <c r="M11" t="s">
-        <v>81</v>
+        <v>92</v>
       </c>
       <c r="N11" t="s">
         <v>27</v>
       </c>
       <c r="O11" t="s">
-        <v>96</v>
+        <v>100</v>
       </c>
       <c r="P11" t="s">
-        <v>97</v>
+        <v>101</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
-        <v>98</v>
+        <v>102</v>
       </c>
       <c r="B12" t="s">
-        <v>99</v>
+        <v>103</v>
       </c>
       <c r="C12" t="s">
         <v>42</v>
       </c>
       <c r="D12" t="s">
-        <v>33</v>
+        <v>104</v>
       </c>
       <c r="E12" t="s">
-        <v>78</v>
+        <v>89</v>
       </c>
       <c r="F12" t="s">
-        <v>79</v>
+        <v>90</v>
       </c>
       <c r="G12" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="H12">
-        <v>2005</v>
-[...3 lines deleted...]
-      </c>
+        <v>2009</v>
+      </c>
+      <c r="I12"/>
       <c r="J12" t="s">
-        <v>94</v>
+        <v>105</v>
       </c>
       <c r="K12" t="s">
         <v>36</v>
       </c>
       <c r="L12" t="s">
-        <v>100</v>
+        <v>106</v>
       </c>
       <c r="M12" t="s">
-        <v>81</v>
+        <v>92</v>
       </c>
       <c r="N12" t="s">
         <v>27</v>
       </c>
       <c r="O12" t="s">
-        <v>101</v>
+        <v>107</v>
       </c>
       <c r="P12" t="s">
-        <v>102</v>
+        <v>108</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
-        <v>103</v>
+        <v>109</v>
       </c>
       <c r="B13" t="s">
-        <v>104</v>
+        <v>110</v>
       </c>
       <c r="C13" t="s">
         <v>42</v>
       </c>
       <c r="D13" t="s">
-        <v>63</v>
+        <v>33</v>
       </c>
       <c r="E13" t="s">
-        <v>78</v>
+        <v>89</v>
       </c>
       <c r="F13" t="s">
-        <v>79</v>
+        <v>90</v>
       </c>
       <c r="G13" t="s">
         <v>22</v>
       </c>
       <c r="H13">
         <v>2005</v>
       </c>
       <c r="I13">
         <v>2014</v>
       </c>
       <c r="J13" t="s">
-        <v>94</v>
+        <v>105</v>
       </c>
       <c r="K13" t="s">
         <v>36</v>
       </c>
       <c r="L13" t="s">
-        <v>105</v>
+        <v>111</v>
       </c>
       <c r="M13" t="s">
-        <v>81</v>
+        <v>92</v>
       </c>
       <c r="N13" t="s">
         <v>27</v>
       </c>
       <c r="O13" t="s">
-        <v>106</v>
+        <v>112</v>
       </c>
       <c r="P13" t="s">
-        <v>107</v>
+        <v>113</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
-        <v>108</v>
+        <v>114</v>
       </c>
       <c r="B14" t="s">
-        <v>109</v>
+        <v>115</v>
       </c>
       <c r="C14" t="s">
         <v>42</v>
       </c>
       <c r="D14" t="s">
-        <v>110</v>
+        <v>62</v>
       </c>
       <c r="E14" t="s">
-        <v>78</v>
+        <v>89</v>
       </c>
       <c r="F14" t="s">
-        <v>79</v>
+        <v>90</v>
       </c>
       <c r="G14" t="s">
-        <v>34</v>
+        <v>22</v>
       </c>
       <c r="H14">
-        <v>2021</v>
-[...1 lines deleted...]
-      <c r="I14"/>
+        <v>2005</v>
+      </c>
+      <c r="I14">
+        <v>2014</v>
+      </c>
       <c r="J14" t="s">
-        <v>111</v>
+        <v>105</v>
       </c>
       <c r="K14" t="s">
         <v>36</v>
       </c>
       <c r="L14" t="s">
-        <v>112</v>
+        <v>116</v>
       </c>
       <c r="M14" t="s">
-        <v>113</v>
+        <v>92</v>
       </c>
       <c r="N14" t="s">
         <v>27</v>
       </c>
       <c r="O14" t="s">
-        <v>114</v>
+        <v>117</v>
       </c>
       <c r="P14" t="s">
-        <v>115</v>
+        <v>118</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
-        <v>116</v>
+        <v>119</v>
       </c>
       <c r="B15" t="s">
-        <v>117</v>
+        <v>120</v>
       </c>
       <c r="C15" t="s">
         <v>42</v>
       </c>
       <c r="D15" t="s">
-        <v>110</v>
+        <v>121</v>
       </c>
       <c r="E15" t="s">
-        <v>78</v>
+        <v>89</v>
       </c>
       <c r="F15" t="s">
-        <v>79</v>
+        <v>90</v>
       </c>
       <c r="G15" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="H15">
-        <v>2009</v>
-[...1 lines deleted...]
-      <c r="I15">
         <v>2021</v>
       </c>
+      <c r="I15"/>
       <c r="J15" t="s">
-        <v>111</v>
+        <v>122</v>
       </c>
       <c r="K15" t="s">
         <v>36</v>
       </c>
       <c r="L15" t="s">
-        <v>118</v>
+        <v>123</v>
       </c>
       <c r="M15" t="s">
-        <v>113</v>
+        <v>124</v>
       </c>
       <c r="N15" t="s">
         <v>27</v>
       </c>
       <c r="O15" t="s">
-        <v>119</v>
+        <v>125</v>
       </c>
       <c r="P15" t="s">
-        <v>120</v>
+        <v>126</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
-        <v>121</v>
+        <v>127</v>
       </c>
       <c r="B16" t="s">
-        <v>122</v>
+        <v>128</v>
       </c>
       <c r="C16" t="s">
         <v>42</v>
       </c>
       <c r="D16" t="s">
-        <v>123</v>
+        <v>121</v>
       </c>
       <c r="E16" t="s">
-        <v>78</v>
+        <v>89</v>
       </c>
       <c r="F16" t="s">
-        <v>79</v>
+        <v>90</v>
       </c>
       <c r="G16" t="s">
         <v>22</v>
       </c>
       <c r="H16">
-        <v>2010</v>
+        <v>2009</v>
       </c>
       <c r="I16">
-        <v>2010</v>
+        <v>2021</v>
       </c>
       <c r="J16" t="s">
-        <v>94</v>
+        <v>122</v>
       </c>
       <c r="K16" t="s">
         <v>36</v>
       </c>
       <c r="L16" t="s">
+        <v>129</v>
+      </c>
+      <c r="M16" t="s">
         <v>124</v>
-      </c>
-[...1 lines deleted...]
-        <v>81</v>
       </c>
       <c r="N16" t="s">
         <v>27</v>
       </c>
       <c r="O16" t="s">
-        <v>125</v>
+        <v>130</v>
       </c>
       <c r="P16" t="s">
-        <v>126</v>
+        <v>131</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
-        <v>127</v>
+        <v>132</v>
       </c>
       <c r="B17" t="s">
-        <v>128</v>
+        <v>133</v>
       </c>
       <c r="C17" t="s">
         <v>42</v>
       </c>
       <c r="D17" t="s">
-        <v>33</v>
+        <v>134</v>
       </c>
       <c r="E17" t="s">
-        <v>78</v>
+        <v>89</v>
       </c>
       <c r="F17" t="s">
-        <v>79</v>
+        <v>90</v>
       </c>
       <c r="G17" t="s">
-        <v>34</v>
+        <v>22</v>
       </c>
       <c r="H17">
-        <v>2015</v>
-[...1 lines deleted...]
-      <c r="I17"/>
+        <v>2010</v>
+      </c>
+      <c r="I17">
+        <v>2010</v>
+      </c>
       <c r="J17" t="s">
-        <v>45</v>
+        <v>105</v>
       </c>
       <c r="K17" t="s">
         <v>36</v>
       </c>
       <c r="L17" t="s">
-        <v>129</v>
+        <v>135</v>
       </c>
       <c r="M17" t="s">
-        <v>81</v>
+        <v>92</v>
       </c>
       <c r="N17" t="s">
         <v>27</v>
       </c>
       <c r="O17" t="s">
-        <v>130</v>
+        <v>136</v>
       </c>
       <c r="P17" t="s">
-        <v>131</v>
+        <v>137</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
-        <v>132</v>
+        <v>138</v>
       </c>
       <c r="B18" t="s">
-        <v>133</v>
+        <v>139</v>
       </c>
       <c r="C18" t="s">
         <v>42</v>
       </c>
       <c r="D18" t="s">
         <v>33</v>
       </c>
       <c r="E18" t="s">
-        <v>78</v>
+        <v>89</v>
       </c>
       <c r="F18" t="s">
-        <v>79</v>
+        <v>90</v>
       </c>
       <c r="G18" t="s">
         <v>34</v>
       </c>
       <c r="H18">
-        <v>2021</v>
+        <v>2015</v>
       </c>
       <c r="I18"/>
       <c r="J18" t="s">
         <v>45</v>
       </c>
       <c r="K18" t="s">
         <v>36</v>
       </c>
       <c r="L18" t="s">
-        <v>134</v>
+        <v>140</v>
       </c>
       <c r="M18" t="s">
-        <v>81</v>
+        <v>92</v>
       </c>
       <c r="N18" t="s">
         <v>27</v>
       </c>
       <c r="O18" t="s">
-        <v>135</v>
+        <v>141</v>
       </c>
       <c r="P18" t="s">
-        <v>136</v>
+        <v>142</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
-        <v>137</v>
+        <v>143</v>
       </c>
       <c r="B19" t="s">
-        <v>138</v>
+        <v>144</v>
       </c>
       <c r="C19" t="s">
         <v>42</v>
       </c>
       <c r="D19" t="s">
-        <v>63</v>
+        <v>33</v>
       </c>
       <c r="E19" t="s">
-        <v>78</v>
+        <v>89</v>
       </c>
       <c r="F19" t="s">
-        <v>79</v>
+        <v>90</v>
       </c>
       <c r="G19" t="s">
         <v>34</v>
       </c>
       <c r="H19">
-        <v>2018</v>
+        <v>2021</v>
       </c>
       <c r="I19"/>
       <c r="J19" t="s">
         <v>45</v>
       </c>
       <c r="K19" t="s">
         <v>36</v>
       </c>
       <c r="L19" t="s">
-        <v>139</v>
+        <v>145</v>
       </c>
       <c r="M19" t="s">
-        <v>81</v>
+        <v>92</v>
       </c>
       <c r="N19" t="s">
         <v>27</v>
       </c>
       <c r="O19" t="s">
-        <v>140</v>
+        <v>146</v>
       </c>
       <c r="P19" t="s">
-        <v>141</v>
+        <v>147</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
-        <v>142</v>
+        <v>148</v>
       </c>
       <c r="B20" t="s">
-        <v>143</v>
+        <v>149</v>
       </c>
       <c r="C20" t="s">
-        <v>144</v>
+        <v>42</v>
       </c>
       <c r="D20" t="s">
-        <v>123</v>
+        <v>62</v>
       </c>
       <c r="E20" t="s">
-        <v>78</v>
+        <v>89</v>
       </c>
       <c r="F20" t="s">
-        <v>79</v>
+        <v>90</v>
       </c>
       <c r="G20" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="H20">
-        <v>2012</v>
-[...3 lines deleted...]
-      </c>
+        <v>2018</v>
+      </c>
+      <c r="I20"/>
       <c r="J20" t="s">
-        <v>145</v>
+        <v>45</v>
       </c>
       <c r="K20" t="s">
         <v>36</v>
       </c>
       <c r="L20" t="s">
-        <v>146</v>
+        <v>150</v>
       </c>
       <c r="M20" t="s">
-        <v>147</v>
+        <v>92</v>
       </c>
       <c r="N20" t="s">
         <v>27</v>
       </c>
       <c r="O20" t="s">
-        <v>148</v>
+        <v>151</v>
       </c>
       <c r="P20" t="s">
-        <v>149</v>
+        <v>152</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
       <c r="B21" t="s">
-        <v>151</v>
+        <v>154</v>
       </c>
       <c r="C21" t="s">
-        <v>152</v>
+        <v>155</v>
       </c>
       <c r="D21" t="s">
-        <v>153</v>
+        <v>134</v>
       </c>
       <c r="E21" t="s">
-        <v>20</v>
+        <v>89</v>
       </c>
       <c r="F21" t="s">
-        <v>44</v>
+        <v>90</v>
       </c>
       <c r="G21" t="s">
         <v>22</v>
       </c>
       <c r="H21">
-        <v>2000</v>
+        <v>2012</v>
       </c>
       <c r="I21">
-        <v>2009</v>
+        <v>2020</v>
       </c>
       <c r="J21" t="s">
-        <v>154</v>
+        <v>156</v>
       </c>
       <c r="K21" t="s">
         <v>36</v>
       </c>
       <c r="L21" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
       <c r="M21" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
       <c r="N21" t="s">
         <v>27</v>
       </c>
       <c r="O21" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
       <c r="P21" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
-        <v>159</v>
+        <v>161</v>
       </c>
       <c r="B22" t="s">
-        <v>160</v>
+        <v>162</v>
       </c>
       <c r="C22" t="s">
-        <v>161</v>
+        <v>163</v>
       </c>
       <c r="D22" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
       <c r="E22" t="s">
         <v>20</v>
       </c>
       <c r="F22" t="s">
-        <v>163</v>
+        <v>44</v>
       </c>
       <c r="G22" t="s">
         <v>22</v>
       </c>
       <c r="H22">
-        <v>2016</v>
+        <v>2000</v>
       </c>
       <c r="I22">
-        <v>2019</v>
+        <v>2009</v>
       </c>
       <c r="J22" t="s">
-        <v>111</v>
+        <v>165</v>
       </c>
       <c r="K22" t="s">
-        <v>164</v>
-[...1 lines deleted...]
-      <c r="L22"/>
+        <v>36</v>
+      </c>
+      <c r="L22" t="s">
+        <v>166</v>
+      </c>
       <c r="M22" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="N22" t="s">
         <v>27</v>
       </c>
       <c r="O22" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="P22" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
       <c r="B23" t="s">
-        <v>169</v>
+        <v>171</v>
       </c>
       <c r="C23" t="s">
-        <v>53</v>
+        <v>172</v>
       </c>
       <c r="D23" t="s">
-        <v>153</v>
+        <v>173</v>
       </c>
       <c r="E23" t="s">
-        <v>78</v>
+        <v>20</v>
       </c>
       <c r="F23" t="s">
-        <v>79</v>
+        <v>174</v>
       </c>
       <c r="G23" t="s">
         <v>22</v>
       </c>
       <c r="H23">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="I23">
-        <v>2015</v>
+        <v>2019</v>
       </c>
       <c r="J23" t="s">
-        <v>170</v>
+        <v>122</v>
       </c>
       <c r="K23" t="s">
-        <v>36</v>
-[...3 lines deleted...]
-      </c>
+        <v>175</v>
+      </c>
+      <c r="L23"/>
       <c r="M23" t="s">
-        <v>171</v>
+        <v>176</v>
       </c>
       <c r="N23" t="s">
         <v>27</v>
       </c>
       <c r="O23" t="s">
-        <v>172</v>
+        <v>177</v>
       </c>
       <c r="P23" t="s">
-        <v>173</v>
+        <v>178</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" t="s">
-        <v>174</v>
+        <v>179</v>
       </c>
       <c r="B24" t="s">
-        <v>175</v>
+        <v>180</v>
       </c>
       <c r="C24" t="s">
-        <v>176</v>
+        <v>53</v>
       </c>
       <c r="D24" t="s">
-        <v>93</v>
+        <v>164</v>
       </c>
       <c r="E24" t="s">
-        <v>78</v>
+        <v>89</v>
       </c>
       <c r="F24" t="s">
-        <v>79</v>
+        <v>90</v>
       </c>
       <c r="G24" t="s">
         <v>22</v>
       </c>
       <c r="H24">
-        <v>2012</v>
+        <v>2015</v>
       </c>
       <c r="I24">
-        <v>2019</v>
+        <v>2015</v>
       </c>
       <c r="J24" t="s">
-        <v>94</v>
+        <v>181</v>
       </c>
       <c r="K24" t="s">
         <v>36</v>
       </c>
       <c r="L24" t="s">
-        <v>177</v>
+        <v>25</v>
       </c>
       <c r="M24" t="s">
-        <v>178</v>
+        <v>182</v>
       </c>
       <c r="N24" t="s">
         <v>27</v>
       </c>
       <c r="O24" t="s">
-        <v>179</v>
+        <v>183</v>
       </c>
       <c r="P24" t="s">
-        <v>180</v>
+        <v>184</v>
       </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" t="s">
-        <v>181</v>
+        <v>185</v>
       </c>
       <c r="B25" t="s">
-        <v>182</v>
+        <v>186</v>
       </c>
       <c r="C25" t="s">
-        <v>42</v>
+        <v>187</v>
       </c>
       <c r="D25" t="s">
-        <v>63</v>
+        <v>104</v>
       </c>
       <c r="E25" t="s">
-        <v>20</v>
+        <v>89</v>
       </c>
       <c r="F25" t="s">
-        <v>21</v>
+        <v>90</v>
       </c>
       <c r="G25" t="s">
         <v>22</v>
       </c>
       <c r="H25">
-        <v>2007</v>
+        <v>2012</v>
       </c>
       <c r="I25">
-        <v>2014</v>
+        <v>2019</v>
       </c>
       <c r="J25" t="s">
-        <v>94</v>
+        <v>105</v>
       </c>
       <c r="K25" t="s">
         <v>36</v>
       </c>
       <c r="L25" t="s">
-        <v>105</v>
+        <v>188</v>
       </c>
       <c r="M25" t="s">
-        <v>47</v>
+        <v>189</v>
       </c>
       <c r="N25" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="O25" t="s">
-        <v>183</v>
+        <v>190</v>
       </c>
       <c r="P25" t="s">
-        <v>184</v>
+        <v>191</v>
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" t="s">
-        <v>185</v>
+        <v>192</v>
       </c>
       <c r="B26" t="s">
-        <v>186</v>
+        <v>193</v>
       </c>
       <c r="C26" t="s">
-        <v>187</v>
+        <v>42</v>
       </c>
       <c r="D26" t="s">
-        <v>188</v>
+        <v>62</v>
       </c>
       <c r="E26" t="s">
         <v>20</v>
       </c>
       <c r="F26" t="s">
         <v>21</v>
       </c>
       <c r="G26" t="s">
-        <v>8</v>
+        <v>194</v>
       </c>
       <c r="H26">
         <v>2007</v>
       </c>
       <c r="I26">
-        <v>2025</v>
+        <v>2013</v>
       </c>
       <c r="J26" t="s">
-        <v>189</v>
+        <v>105</v>
       </c>
       <c r="K26" t="s">
         <v>36</v>
       </c>
       <c r="L26" t="s">
-        <v>190</v>
+        <v>116</v>
       </c>
       <c r="M26" t="s">
-        <v>191</v>
+        <v>47</v>
       </c>
       <c r="N26" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="O26" t="s">
-        <v>192</v>
+        <v>195</v>
       </c>
       <c r="P26" t="s">
-        <v>193</v>
+        <v>196</v>
       </c>
     </row>
     <row r="27" spans="1:16">
       <c r="A27" t="s">
-        <v>194</v>
+        <v>197</v>
       </c>
       <c r="B27" t="s">
-        <v>195</v>
+        <v>198</v>
       </c>
       <c r="C27" t="s">
         <v>42</v>
       </c>
       <c r="D27" t="s">
-        <v>43</v>
+        <v>199</v>
       </c>
       <c r="E27" t="s">
         <v>20</v>
       </c>
       <c r="F27" t="s">
         <v>21</v>
       </c>
       <c r="G27" t="s">
-        <v>22</v>
+        <v>8</v>
       </c>
       <c r="H27">
-        <v>2008</v>
+        <v>2007</v>
       </c>
       <c r="I27">
-        <v>2008</v>
+        <v>2025</v>
       </c>
       <c r="J27" t="s">
-        <v>94</v>
+        <v>200</v>
       </c>
       <c r="K27" t="s">
         <v>36</v>
       </c>
       <c r="L27" t="s">
-        <v>46</v>
+        <v>201</v>
       </c>
       <c r="M27" t="s">
-        <v>47</v>
+        <v>202</v>
       </c>
       <c r="N27" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="O27" t="s">
-        <v>196</v>
+        <v>203</v>
       </c>
       <c r="P27" t="s">
-        <v>197</v>
+        <v>204</v>
       </c>
     </row>
     <row r="28" spans="1:16">
       <c r="A28" t="s">
-        <v>198</v>
+        <v>205</v>
       </c>
       <c r="B28" t="s">
-        <v>199</v>
+        <v>206</v>
       </c>
       <c r="C28" t="s">
-        <v>187</v>
+        <v>42</v>
       </c>
       <c r="D28" t="s">
-        <v>200</v>
+        <v>43</v>
       </c>
       <c r="E28" t="s">
-        <v>78</v>
+        <v>20</v>
       </c>
       <c r="F28" t="s">
-        <v>201</v>
+        <v>21</v>
       </c>
       <c r="G28" t="s">
-        <v>202</v>
+        <v>22</v>
       </c>
       <c r="H28">
-        <v>2024</v>
-[...1 lines deleted...]
-      <c r="I28"/>
+        <v>2008</v>
+      </c>
+      <c r="I28">
+        <v>2008</v>
+      </c>
       <c r="J28" t="s">
-        <v>203</v>
+        <v>105</v>
       </c>
       <c r="K28" t="s">
         <v>36</v>
       </c>
-      <c r="L28"/>
+      <c r="L28" t="s">
+        <v>46</v>
+      </c>
       <c r="M28" t="s">
-        <v>204</v>
+        <v>47</v>
       </c>
       <c r="N28" t="s">
-        <v>57</v>
+        <v>48</v>
       </c>
       <c r="O28" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
       <c r="P28" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="B29" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="C29" t="s">
-        <v>209</v>
+        <v>42</v>
       </c>
       <c r="D29" t="s">
-        <v>63</v>
+        <v>211</v>
       </c>
       <c r="E29" t="s">
-        <v>20</v>
+        <v>89</v>
       </c>
       <c r="F29" t="s">
-        <v>21</v>
+        <v>212</v>
       </c>
       <c r="G29" t="s">
-        <v>22</v>
+        <v>8</v>
       </c>
       <c r="H29">
-        <v>2005</v>
+        <v>2008</v>
       </c>
       <c r="I29">
-        <v>2014</v>
+        <v>2024</v>
       </c>
       <c r="J29" t="s">
-        <v>210</v>
+        <v>213</v>
       </c>
       <c r="K29" t="s">
         <v>36</v>
       </c>
-      <c r="L29" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L29"/>
       <c r="M29" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="N29" t="s">
-        <v>27</v>
+        <v>57</v>
       </c>
       <c r="O29" t="s">
-        <v>213</v>
+        <v>215</v>
       </c>
       <c r="P29" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
     </row>
     <row r="30" spans="1:16">
       <c r="A30" t="s">
-        <v>215</v>
+        <v>217</v>
       </c>
       <c r="B30" t="s">
-        <v>216</v>
+        <v>218</v>
       </c>
       <c r="C30" t="s">
-        <v>217</v>
+        <v>219</v>
       </c>
       <c r="D30" t="s">
-        <v>93</v>
+        <v>62</v>
       </c>
       <c r="E30" t="s">
-        <v>78</v>
+        <v>20</v>
       </c>
       <c r="F30" t="s">
-        <v>79</v>
+        <v>21</v>
       </c>
       <c r="G30" t="s">
         <v>22</v>
       </c>
       <c r="H30">
-        <v>2015</v>
+        <v>2005</v>
       </c>
       <c r="I30">
-        <v>2015</v>
+        <v>2014</v>
       </c>
       <c r="J30" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
       <c r="K30" t="s">
         <v>36</v>
       </c>
       <c r="L30" t="s">
-        <v>215</v>
+        <v>221</v>
       </c>
       <c r="M30" t="s">
-        <v>219</v>
+        <v>222</v>
       </c>
       <c r="N30" t="s">
         <v>27</v>
       </c>
       <c r="O30" t="s">
-        <v>220</v>
+        <v>223</v>
       </c>
       <c r="P30" t="s">
-        <v>221</v>
+        <v>224</v>
       </c>
     </row>
     <row r="31" spans="1:16">
       <c r="A31" t="s">
-        <v>222</v>
+        <v>225</v>
       </c>
       <c r="B31" t="s">
-        <v>223</v>
+        <v>226</v>
       </c>
       <c r="C31" t="s">
-        <v>152</v>
+        <v>227</v>
       </c>
       <c r="D31" t="s">
-        <v>93</v>
+        <v>104</v>
       </c>
       <c r="E31" t="s">
-        <v>78</v>
+        <v>89</v>
       </c>
       <c r="F31" t="s">
-        <v>79</v>
+        <v>90</v>
       </c>
       <c r="G31" t="s">
         <v>22</v>
       </c>
       <c r="H31">
-        <v>1996</v>
+        <v>2015</v>
       </c>
       <c r="I31">
-        <v>2010</v>
+        <v>2015</v>
       </c>
       <c r="J31" t="s">
-        <v>154</v>
+        <v>228</v>
       </c>
       <c r="K31" t="s">
         <v>36</v>
       </c>
-      <c r="L31"/>
+      <c r="L31" t="s">
+        <v>225</v>
+      </c>
       <c r="M31" t="s">
-        <v>156</v>
+        <v>229</v>
       </c>
       <c r="N31" t="s">
         <v>27</v>
       </c>
       <c r="O31" t="s">
-        <v>224</v>
+        <v>230</v>
       </c>
       <c r="P31" t="s">
-        <v>225</v>
+        <v>231</v>
       </c>
     </row>
     <row r="32" spans="1:16">
       <c r="A32" t="s">
-        <v>226</v>
+        <v>232</v>
       </c>
       <c r="B32" t="s">
-        <v>227</v>
+        <v>233</v>
       </c>
       <c r="C32" t="s">
-        <v>228</v>
+        <v>163</v>
       </c>
       <c r="D32" t="s">
-        <v>153</v>
+        <v>104</v>
       </c>
       <c r="E32" t="s">
-        <v>20</v>
+        <v>89</v>
       </c>
       <c r="F32" t="s">
-        <v>44</v>
+        <v>90</v>
       </c>
       <c r="G32" t="s">
         <v>22</v>
       </c>
       <c r="H32">
-        <v>2013</v>
+        <v>1996</v>
       </c>
       <c r="I32">
-        <v>2014</v>
+        <v>2010</v>
       </c>
       <c r="J32" t="s">
-        <v>94</v>
+        <v>165</v>
       </c>
       <c r="K32" t="s">
-        <v>56</v>
-[...3 lines deleted...]
-      </c>
+        <v>36</v>
+      </c>
+      <c r="L32"/>
       <c r="M32" t="s">
-        <v>230</v>
+        <v>167</v>
       </c>
       <c r="N32" t="s">
         <v>27</v>
       </c>
       <c r="O32" t="s">
-        <v>231</v>
+        <v>234</v>
       </c>
       <c r="P32" t="s">
-        <v>232</v>
+        <v>235</v>
       </c>
     </row>
     <row r="33" spans="1:16">
       <c r="A33" t="s">
-        <v>233</v>
+        <v>236</v>
       </c>
       <c r="B33" t="s">
-        <v>234</v>
+        <v>237</v>
       </c>
       <c r="C33" t="s">
-        <v>228</v>
+        <v>238</v>
       </c>
       <c r="D33" t="s">
-        <v>63</v>
+        <v>164</v>
       </c>
       <c r="E33" t="s">
         <v>20</v>
       </c>
       <c r="F33" t="s">
-        <v>21</v>
+        <v>44</v>
       </c>
       <c r="G33" t="s">
         <v>22</v>
       </c>
       <c r="H33">
         <v>2013</v>
       </c>
       <c r="I33">
         <v>2014</v>
       </c>
       <c r="J33" t="s">
-        <v>94</v>
+        <v>105</v>
       </c>
       <c r="K33" t="s">
-        <v>36</v>
+        <v>56</v>
       </c>
       <c r="L33" t="s">
-        <v>235</v>
+        <v>239</v>
       </c>
       <c r="M33" t="s">
-        <v>230</v>
+        <v>240</v>
       </c>
       <c r="N33" t="s">
         <v>27</v>
       </c>
       <c r="O33" t="s">
-        <v>236</v>
+        <v>241</v>
       </c>
       <c r="P33" t="s">
-        <v>237</v>
+        <v>242</v>
       </c>
     </row>
     <row r="34" spans="1:16">
       <c r="A34" t="s">
+        <v>243</v>
+      </c>
+      <c r="B34" t="s">
+        <v>244</v>
+      </c>
+      <c r="C34" t="s">
         <v>238</v>
       </c>
-      <c r="B34" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D34" t="s">
-        <v>153</v>
+        <v>62</v>
       </c>
       <c r="E34" t="s">
         <v>20</v>
       </c>
       <c r="F34" t="s">
         <v>21</v>
       </c>
       <c r="G34" t="s">
         <v>22</v>
       </c>
       <c r="H34">
-        <v>2012</v>
+        <v>2013</v>
       </c>
       <c r="I34">
-        <v>2013</v>
+        <v>2014</v>
       </c>
       <c r="J34" t="s">
-        <v>94</v>
+        <v>105</v>
       </c>
       <c r="K34" t="s">
-        <v>56</v>
+        <v>36</v>
       </c>
       <c r="L34" t="s">
+        <v>245</v>
+      </c>
+      <c r="M34" t="s">
         <v>240</v>
-      </c>
-[...1 lines deleted...]
-        <v>230</v>
       </c>
       <c r="N34" t="s">
         <v>27</v>
       </c>
       <c r="O34" t="s">
-        <v>241</v>
+        <v>246</v>
       </c>
       <c r="P34" t="s">
-        <v>242</v>
+        <v>247</v>
       </c>
     </row>
     <row r="35" spans="1:16">
       <c r="A35" t="s">
-        <v>243</v>
+        <v>248</v>
       </c>
       <c r="B35" t="s">
-        <v>244</v>
+        <v>249</v>
       </c>
       <c r="C35" t="s">
-        <v>245</v>
+        <v>238</v>
       </c>
       <c r="D35" t="s">
-        <v>246</v>
+        <v>164</v>
       </c>
       <c r="E35" t="s">
         <v>20</v>
       </c>
       <c r="F35" t="s">
         <v>21</v>
       </c>
       <c r="G35" t="s">
-        <v>34</v>
+        <v>22</v>
       </c>
       <c r="H35">
-        <v>2022</v>
-[...1 lines deleted...]
-      <c r="I35"/>
+        <v>2012</v>
+      </c>
+      <c r="I35">
+        <v>2013</v>
+      </c>
       <c r="J35" t="s">
-        <v>247</v>
+        <v>105</v>
       </c>
       <c r="K35" t="s">
-        <v>36</v>
-[...1 lines deleted...]
-      <c r="L35"/>
+        <v>56</v>
+      </c>
+      <c r="L35" t="s">
+        <v>250</v>
+      </c>
       <c r="M35" t="s">
-        <v>248</v>
+        <v>240</v>
       </c>
       <c r="N35" t="s">
         <v>27</v>
       </c>
       <c r="O35" t="s">
-        <v>249</v>
+        <v>251</v>
       </c>
       <c r="P35" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
     </row>
     <row r="36" spans="1:16">
       <c r="A36" t="s">
-        <v>251</v>
+        <v>253</v>
       </c>
       <c r="B36" t="s">
-        <v>252</v>
+        <v>254</v>
       </c>
       <c r="C36" t="s">
-        <v>245</v>
+        <v>255</v>
       </c>
       <c r="D36" t="s">
-        <v>86</v>
+        <v>256</v>
       </c>
       <c r="E36" t="s">
-        <v>78</v>
+        <v>20</v>
       </c>
       <c r="F36" t="s">
         <v>21</v>
       </c>
       <c r="G36" t="s">
         <v>34</v>
       </c>
       <c r="H36">
         <v>2022</v>
       </c>
       <c r="I36"/>
       <c r="J36" t="s">
-        <v>247</v>
+        <v>257</v>
       </c>
       <c r="K36" t="s">
-        <v>253</v>
+        <v>36</v>
       </c>
       <c r="L36"/>
       <c r="M36" t="s">
-        <v>248</v>
+        <v>258</v>
       </c>
       <c r="N36" t="s">
-        <v>254</v>
+        <v>27</v>
       </c>
       <c r="O36" t="s">
-        <v>255</v>
+        <v>259</v>
       </c>
       <c r="P36" t="s">
-        <v>250</v>
+        <v>260</v>
       </c>
     </row>
     <row r="37" spans="1:16">
       <c r="A37" t="s">
-        <v>256</v>
+        <v>261</v>
       </c>
       <c r="B37" t="s">
-        <v>257</v>
+        <v>262</v>
       </c>
       <c r="C37" t="s">
-        <v>152</v>
+        <v>255</v>
       </c>
       <c r="D37" t="s">
-        <v>246</v>
+        <v>97</v>
       </c>
       <c r="E37" t="s">
-        <v>20</v>
+        <v>89</v>
       </c>
       <c r="F37" t="s">
         <v>21</v>
       </c>
       <c r="G37" t="s">
         <v>34</v>
       </c>
       <c r="H37">
-        <v>2012</v>
+        <v>2022</v>
       </c>
       <c r="I37"/>
       <c r="J37" t="s">
-        <v>154</v>
+        <v>257</v>
       </c>
       <c r="K37" t="s">
-        <v>36</v>
+        <v>263</v>
       </c>
       <c r="L37"/>
       <c r="M37" t="s">
-        <v>156</v>
+        <v>258</v>
       </c>
       <c r="N37" t="s">
-        <v>27</v>
+        <v>264</v>
       </c>
       <c r="O37" t="s">
-        <v>258</v>
+        <v>265</v>
       </c>
       <c r="P37" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
     </row>
     <row r="38" spans="1:16">
       <c r="A38" t="s">
-        <v>260</v>
+        <v>266</v>
       </c>
       <c r="B38" t="s">
-        <v>261</v>
+        <v>267</v>
       </c>
       <c r="C38" t="s">
-        <v>152</v>
+        <v>163</v>
       </c>
       <c r="D38" t="s">
-        <v>63</v>
+        <v>256</v>
       </c>
       <c r="E38" t="s">
         <v>20</v>
       </c>
       <c r="F38" t="s">
         <v>21</v>
       </c>
       <c r="G38" t="s">
         <v>34</v>
       </c>
       <c r="H38">
-        <v>2009</v>
+        <v>2012</v>
       </c>
       <c r="I38"/>
       <c r="J38" t="s">
-        <v>154</v>
+        <v>165</v>
       </c>
       <c r="K38" t="s">
         <v>36</v>
       </c>
       <c r="L38"/>
       <c r="M38" t="s">
-        <v>156</v>
+        <v>167</v>
       </c>
       <c r="N38" t="s">
         <v>27</v>
       </c>
       <c r="O38" t="s">
-        <v>262</v>
+        <v>268</v>
       </c>
       <c r="P38" t="s">
-        <v>259</v>
+        <v>269</v>
       </c>
     </row>
     <row r="39" spans="1:16">
       <c r="A39" t="s">
-        <v>263</v>
+        <v>270</v>
       </c>
       <c r="B39" t="s">
-        <v>264</v>
+        <v>271</v>
       </c>
       <c r="C39" t="s">
-        <v>265</v>
+        <v>163</v>
       </c>
       <c r="D39" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="E39" t="s">
         <v>20</v>
       </c>
       <c r="F39" t="s">
         <v>21</v>
       </c>
       <c r="G39" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="H39">
-        <v>2005</v>
-[...3 lines deleted...]
-      </c>
+        <v>2009</v>
+      </c>
+      <c r="I39"/>
       <c r="J39" t="s">
-        <v>218</v>
+        <v>165</v>
       </c>
       <c r="K39" t="s">
         <v>36</v>
       </c>
-      <c r="L39" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L39"/>
       <c r="M39" t="s">
-        <v>267</v>
+        <v>167</v>
       </c>
       <c r="N39" t="s">
         <v>27</v>
       </c>
       <c r="O39" t="s">
-        <v>268</v>
+        <v>272</v>
       </c>
       <c r="P39" t="s">
         <v>269</v>
       </c>
     </row>
     <row r="40" spans="1:16">
       <c r="A40" t="s">
-        <v>270</v>
+        <v>273</v>
       </c>
       <c r="B40" t="s">
-        <v>271</v>
+        <v>274</v>
       </c>
       <c r="C40" t="s">
-        <v>272</v>
+        <v>275</v>
       </c>
       <c r="D40" t="s">
-        <v>273</v>
+        <v>62</v>
       </c>
       <c r="E40" t="s">
-        <v>78</v>
+        <v>20</v>
       </c>
       <c r="F40" t="s">
-        <v>44</v>
+        <v>21</v>
       </c>
       <c r="G40" t="s">
-        <v>34</v>
+        <v>22</v>
       </c>
       <c r="H40">
-        <v>2012</v>
-[...1 lines deleted...]
-      <c r="I40"/>
+        <v>2005</v>
+      </c>
+      <c r="I40">
+        <v>2011</v>
+      </c>
       <c r="J40" t="s">
-        <v>218</v>
+        <v>228</v>
       </c>
       <c r="K40" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="L40" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="M40" t="s">
-        <v>275</v>
+        <v>277</v>
       </c>
       <c r="N40" t="s">
         <v>27</v>
       </c>
       <c r="O40" t="s">
-        <v>276</v>
+        <v>278</v>
       </c>
       <c r="P40" t="s">
-        <v>277</v>
+        <v>279</v>
       </c>
     </row>
     <row r="41" spans="1:16">
       <c r="A41" t="s">
-        <v>278</v>
+        <v>280</v>
       </c>
       <c r="B41" t="s">
-        <v>279</v>
+        <v>281</v>
       </c>
       <c r="C41" t="s">
-        <v>280</v>
+        <v>282</v>
       </c>
       <c r="D41" t="s">
-        <v>63</v>
+        <v>283</v>
       </c>
       <c r="E41" t="s">
-        <v>20</v>
+        <v>89</v>
       </c>
       <c r="F41" t="s">
-        <v>21</v>
+        <v>44</v>
       </c>
       <c r="G41" t="s">
-        <v>202</v>
+        <v>34</v>
       </c>
       <c r="H41">
-        <v>2017</v>
+        <v>2012</v>
       </c>
       <c r="I41"/>
       <c r="J41" t="s">
-        <v>281</v>
+        <v>228</v>
       </c>
       <c r="K41" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="L41" t="s">
-        <v>282</v>
+        <v>284</v>
       </c>
       <c r="M41" t="s">
-        <v>283</v>
+        <v>285</v>
       </c>
       <c r="N41" t="s">
         <v>27</v>
       </c>
       <c r="O41" t="s">
-        <v>284</v>
+        <v>286</v>
       </c>
       <c r="P41" t="s">
-        <v>285</v>
+        <v>287</v>
       </c>
     </row>
     <row r="42" spans="1:16">
       <c r="A42" t="s">
-        <v>286</v>
+        <v>288</v>
       </c>
       <c r="B42" t="s">
-        <v>287</v>
+        <v>289</v>
       </c>
       <c r="C42" t="s">
-        <v>288</v>
+        <v>290</v>
       </c>
       <c r="D42" t="s">
-        <v>289</v>
+        <v>62</v>
       </c>
       <c r="E42" t="s">
         <v>20</v>
       </c>
       <c r="F42" t="s">
-        <v>163</v>
+        <v>21</v>
       </c>
       <c r="G42" t="s">
-        <v>22</v>
+        <v>291</v>
       </c>
       <c r="H42">
         <v>2017</v>
       </c>
-      <c r="I42">
-[...1 lines deleted...]
-      </c>
+      <c r="I42"/>
       <c r="J42" t="s">
-        <v>290</v>
+        <v>292</v>
       </c>
       <c r="K42" t="s">
-        <v>291</v>
+        <v>36</v>
       </c>
       <c r="L42" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="M42" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="N42" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="O42" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="P42" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
     </row>
     <row r="43" spans="1:16">
       <c r="A43" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="B43" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="C43" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="D43" t="s">
-        <v>200</v>
+        <v>300</v>
       </c>
       <c r="E43" t="s">
         <v>20</v>
       </c>
       <c r="F43" t="s">
-        <v>299</v>
+        <v>174</v>
       </c>
       <c r="G43" t="s">
-        <v>202</v>
+        <v>22</v>
       </c>
       <c r="H43">
-        <v>2024</v>
-[...1 lines deleted...]
-      <c r="I43"/>
+        <v>2017</v>
+      </c>
+      <c r="I43">
+        <v>2021</v>
+      </c>
       <c r="J43" t="s">
-        <v>189</v>
+        <v>301</v>
       </c>
       <c r="K43" t="s">
-        <v>36</v>
+        <v>302</v>
       </c>
       <c r="L43" t="s">
-        <v>300</v>
+        <v>303</v>
       </c>
       <c r="M43" t="s">
-        <v>301</v>
+        <v>304</v>
       </c>
       <c r="N43" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="O43" t="s">
-        <v>302</v>
+        <v>305</v>
       </c>
       <c r="P43" t="s">
-        <v>303</v>
+        <v>306</v>
       </c>
     </row>
     <row r="44" spans="1:16">
       <c r="A44" t="s">
-        <v>304</v>
+        <v>307</v>
       </c>
       <c r="B44" t="s">
-        <v>305</v>
+        <v>308</v>
       </c>
       <c r="C44" t="s">
-        <v>306</v>
+        <v>309</v>
       </c>
       <c r="D44" t="s">
-        <v>307</v>
+        <v>211</v>
       </c>
       <c r="E44" t="s">
-        <v>78</v>
+        <v>20</v>
       </c>
       <c r="F44" t="s">
-        <v>44</v>
+        <v>310</v>
       </c>
       <c r="G44" t="s">
-        <v>34</v>
+        <v>291</v>
       </c>
       <c r="H44">
-        <v>2014</v>
+        <v>2024</v>
       </c>
       <c r="I44"/>
       <c r="J44" t="s">
-        <v>308</v>
+        <v>200</v>
       </c>
       <c r="K44" t="s">
         <v>36</v>
       </c>
-      <c r="L44"/>
+      <c r="L44" t="s">
+        <v>311</v>
+      </c>
       <c r="M44" t="s">
-        <v>309</v>
+        <v>312</v>
       </c>
       <c r="N44" t="s">
         <v>27</v>
       </c>
       <c r="O44" t="s">
-        <v>310</v>
+        <v>313</v>
       </c>
       <c r="P44" t="s">
-        <v>311</v>
+        <v>314</v>
       </c>
     </row>
     <row r="45" spans="1:16">
       <c r="A45" t="s">
-        <v>312</v>
+        <v>315</v>
       </c>
       <c r="B45" t="s">
-        <v>313</v>
+        <v>316</v>
       </c>
       <c r="C45" t="s">
-        <v>314</v>
+        <v>317</v>
       </c>
       <c r="D45" t="s">
-        <v>54</v>
+        <v>318</v>
       </c>
       <c r="E45" t="s">
-        <v>20</v>
+        <v>89</v>
       </c>
       <c r="F45" t="s">
-        <v>163</v>
+        <v>44</v>
       </c>
       <c r="G45" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="H45">
-        <v>2007</v>
-[...3 lines deleted...]
-      </c>
+        <v>2014</v>
+      </c>
+      <c r="I45"/>
       <c r="J45" t="s">
-        <v>315</v>
+        <v>319</v>
       </c>
       <c r="K45" t="s">
         <v>36</v>
       </c>
-      <c r="L45" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L45"/>
       <c r="M45" t="s">
-        <v>317</v>
+        <v>320</v>
       </c>
       <c r="N45" t="s">
         <v>27</v>
       </c>
       <c r="O45" t="s">
-        <v>318</v>
+        <v>321</v>
       </c>
       <c r="P45" t="s">
-        <v>319</v>
+        <v>322</v>
       </c>
     </row>
     <row r="46" spans="1:16">
       <c r="A46" t="s">
-        <v>320</v>
+        <v>323</v>
       </c>
       <c r="B46" t="s">
-        <v>321</v>
+        <v>324</v>
       </c>
       <c r="C46" t="s">
-        <v>322</v>
+        <v>325</v>
       </c>
       <c r="D46" t="s">
-        <v>86</v>
+        <v>54</v>
       </c>
       <c r="E46" t="s">
-        <v>78</v>
+        <v>20</v>
       </c>
       <c r="F46" t="s">
-        <v>163</v>
+        <v>174</v>
       </c>
       <c r="G46" t="s">
-        <v>34</v>
+        <v>22</v>
       </c>
       <c r="H46">
-        <v>2013</v>
-[...1 lines deleted...]
-      <c r="I46"/>
+        <v>2007</v>
+      </c>
+      <c r="I46">
+        <v>2018</v>
+      </c>
       <c r="J46" t="s">
-        <v>111</v>
+        <v>326</v>
       </c>
       <c r="K46" t="s">
         <v>36</v>
       </c>
       <c r="L46" t="s">
-        <v>323</v>
+        <v>327</v>
       </c>
       <c r="M46" t="s">
-        <v>324</v>
+        <v>328</v>
       </c>
       <c r="N46" t="s">
-        <v>254</v>
+        <v>27</v>
       </c>
       <c r="O46" t="s">
-        <v>325</v>
+        <v>329</v>
       </c>
       <c r="P46" t="s">
-        <v>326</v>
+        <v>330</v>
       </c>
     </row>
     <row r="47" spans="1:16">
       <c r="A47" t="s">
-        <v>327</v>
+        <v>331</v>
       </c>
       <c r="B47" t="s">
-        <v>328</v>
+        <v>332</v>
       </c>
       <c r="C47" t="s">
-        <v>322</v>
+        <v>333</v>
       </c>
       <c r="D47" t="s">
-        <v>63</v>
+        <v>97</v>
       </c>
       <c r="E47" t="s">
-        <v>78</v>
+        <v>89</v>
       </c>
       <c r="F47" t="s">
-        <v>163</v>
+        <v>174</v>
       </c>
       <c r="G47" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="H47">
-        <v>2014</v>
-[...3 lines deleted...]
-      </c>
+        <v>2013</v>
+      </c>
+      <c r="I47"/>
       <c r="J47" t="s">
-        <v>111</v>
+        <v>122</v>
       </c>
       <c r="K47" t="s">
-        <v>329</v>
+        <v>36</v>
       </c>
       <c r="L47" t="s">
-        <v>330</v>
+        <v>334</v>
       </c>
       <c r="M47" t="s">
-        <v>324</v>
+        <v>335</v>
       </c>
       <c r="N47" t="s">
-        <v>27</v>
+        <v>264</v>
       </c>
       <c r="O47" t="s">
-        <v>331</v>
+        <v>336</v>
       </c>
       <c r="P47" t="s">
-        <v>332</v>
+        <v>337</v>
       </c>
     </row>
     <row r="48" spans="1:16">
       <c r="A48" t="s">
+        <v>338</v>
+      </c>
+      <c r="B48" t="s">
+        <v>339</v>
+      </c>
+      <c r="C48" t="s">
         <v>333</v>
       </c>
-      <c r="B48" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D48" t="s">
-        <v>93</v>
+        <v>62</v>
       </c>
       <c r="E48" t="s">
-        <v>78</v>
+        <v>89</v>
       </c>
       <c r="F48" t="s">
-        <v>79</v>
+        <v>174</v>
       </c>
       <c r="G48" t="s">
         <v>22</v>
       </c>
       <c r="H48">
-        <v>2010</v>
+        <v>2014</v>
       </c>
       <c r="I48">
-        <v>2012</v>
+        <v>2016</v>
       </c>
       <c r="J48" t="s">
+        <v>122</v>
+      </c>
+      <c r="K48" t="s">
+        <v>340</v>
+      </c>
+      <c r="L48" t="s">
+        <v>341</v>
+      </c>
+      <c r="M48" t="s">
         <v>335</v>
-      </c>
-[...7 lines deleted...]
-        <v>337</v>
       </c>
       <c r="N48" t="s">
         <v>27</v>
       </c>
       <c r="O48" t="s">
-        <v>338</v>
+        <v>342</v>
       </c>
       <c r="P48" t="s">
-        <v>339</v>
+        <v>343</v>
       </c>
     </row>
     <row r="49" spans="1:16">
       <c r="A49" t="s">
-        <v>340</v>
+        <v>344</v>
       </c>
       <c r="B49" t="s">
-        <v>341</v>
+        <v>345</v>
       </c>
       <c r="C49" t="s">
-        <v>280</v>
+        <v>290</v>
       </c>
       <c r="D49" t="s">
-        <v>86</v>
+        <v>104</v>
       </c>
       <c r="E49" t="s">
-        <v>78</v>
+        <v>89</v>
       </c>
       <c r="F49" t="s">
-        <v>79</v>
+        <v>90</v>
       </c>
       <c r="G49" t="s">
         <v>22</v>
       </c>
       <c r="H49">
-        <v>2011</v>
+        <v>2010</v>
       </c>
       <c r="I49">
-        <v>2022</v>
+        <v>2012</v>
       </c>
       <c r="J49" t="s">
-        <v>335</v>
+        <v>346</v>
       </c>
       <c r="K49" t="s">
-        <v>253</v>
+        <v>36</v>
       </c>
       <c r="L49" t="s">
-        <v>342</v>
+        <v>347</v>
       </c>
       <c r="M49" t="s">
-        <v>337</v>
+        <v>348</v>
       </c>
       <c r="N49" t="s">
-        <v>254</v>
+        <v>27</v>
       </c>
       <c r="O49" t="s">
-        <v>343</v>
+        <v>349</v>
       </c>
       <c r="P49" t="s">
-        <v>344</v>
+        <v>350</v>
       </c>
     </row>
     <row r="50" spans="1:16">
       <c r="A50" t="s">
-        <v>345</v>
+        <v>351</v>
       </c>
       <c r="B50" t="s">
-        <v>346</v>
+        <v>352</v>
       </c>
       <c r="C50" t="s">
-        <v>347</v>
+        <v>290</v>
       </c>
       <c r="D50" t="s">
-        <v>63</v>
+        <v>97</v>
       </c>
       <c r="E50" t="s">
-        <v>20</v>
+        <v>89</v>
       </c>
       <c r="F50" t="s">
-        <v>163</v>
+        <v>90</v>
       </c>
       <c r="G50" t="s">
         <v>22</v>
       </c>
       <c r="H50">
-        <v>2007</v>
+        <v>2011</v>
       </c>
       <c r="I50">
-        <v>2011</v>
+        <v>2022</v>
       </c>
       <c r="J50" t="s">
-        <v>111</v>
+        <v>346</v>
       </c>
       <c r="K50" t="s">
-        <v>36</v>
+        <v>263</v>
       </c>
       <c r="L50" t="s">
+        <v>353</v>
+      </c>
+      <c r="M50" t="s">
         <v>348</v>
       </c>
-      <c r="M50" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N50" t="s">
-        <v>27</v>
+        <v>264</v>
       </c>
       <c r="O50" t="s">
-        <v>350</v>
+        <v>354</v>
       </c>
       <c r="P50" t="s">
-        <v>351</v>
+        <v>355</v>
       </c>
     </row>
     <row r="51" spans="1:16">
       <c r="A51" t="s">
-        <v>352</v>
+        <v>356</v>
       </c>
       <c r="B51" t="s">
-        <v>353</v>
+        <v>357</v>
       </c>
       <c r="C51" t="s">
-        <v>354</v>
+        <v>358</v>
       </c>
       <c r="D51" t="s">
-        <v>355</v>
+        <v>62</v>
       </c>
       <c r="E51" t="s">
         <v>20</v>
       </c>
       <c r="F51" t="s">
-        <v>21</v>
+        <v>174</v>
       </c>
       <c r="G51" t="s">
-        <v>34</v>
+        <v>22</v>
       </c>
       <c r="H51">
-        <v>2019</v>
-[...1 lines deleted...]
-      <c r="I51"/>
+        <v>2007</v>
+      </c>
+      <c r="I51">
+        <v>2011</v>
+      </c>
       <c r="J51" t="s">
-        <v>356</v>
+        <v>122</v>
       </c>
       <c r="K51" t="s">
-        <v>87</v>
-[...1 lines deleted...]
-      <c r="L51"/>
+        <v>36</v>
+      </c>
+      <c r="L51" t="s">
+        <v>359</v>
+      </c>
       <c r="M51" t="s">
-        <v>357</v>
+        <v>360</v>
       </c>
       <c r="N51" t="s">
-        <v>358</v>
+        <v>27</v>
       </c>
       <c r="O51" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="P51" t="s">
-        <v>360</v>
+        <v>362</v>
       </c>
     </row>
     <row r="52" spans="1:16">
       <c r="A52" t="s">
-        <v>361</v>
+        <v>363</v>
       </c>
       <c r="B52" t="s">
-        <v>362</v>
+        <v>364</v>
       </c>
       <c r="C52" t="s">
-        <v>363</v>
+        <v>365</v>
       </c>
       <c r="D52" t="s">
-        <v>364</v>
+        <v>366</v>
       </c>
       <c r="E52" t="s">
         <v>20</v>
       </c>
       <c r="F52" t="s">
         <v>21</v>
       </c>
       <c r="G52" t="s">
         <v>34</v>
       </c>
       <c r="H52">
-        <v>2016</v>
+        <v>2019</v>
       </c>
       <c r="I52"/>
       <c r="J52" t="s">
-        <v>111</v>
+        <v>367</v>
       </c>
       <c r="K52" t="s">
-        <v>36</v>
+        <v>98</v>
       </c>
       <c r="L52"/>
       <c r="M52" t="s">
-        <v>365</v>
+        <v>368</v>
       </c>
       <c r="N52" t="s">
-        <v>27</v>
+        <v>369</v>
       </c>
       <c r="O52" t="s">
-        <v>366</v>
+        <v>370</v>
       </c>
       <c r="P52" t="s">
-        <v>367</v>
+        <v>371</v>
       </c>
     </row>
     <row r="53" spans="1:16">
       <c r="A53" t="s">
-        <v>368</v>
+        <v>372</v>
       </c>
       <c r="B53" t="s">
-        <v>369</v>
+        <v>373</v>
       </c>
       <c r="C53" t="s">
-        <v>363</v>
+        <v>374</v>
       </c>
       <c r="D53" t="s">
-        <v>370</v>
+        <v>375</v>
       </c>
       <c r="E53" t="s">
         <v>20</v>
       </c>
       <c r="F53" t="s">
-        <v>44</v>
+        <v>21</v>
       </c>
       <c r="G53" t="s">
         <v>34</v>
       </c>
       <c r="H53">
-        <v>2017</v>
+        <v>2016</v>
       </c>
       <c r="I53"/>
       <c r="J53" t="s">
-        <v>111</v>
+        <v>122</v>
       </c>
       <c r="K53" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="L53"/>
       <c r="M53" t="s">
-        <v>365</v>
+        <v>376</v>
       </c>
       <c r="N53" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="O53" t="s">
-        <v>371</v>
+        <v>377</v>
       </c>
       <c r="P53" t="s">
-        <v>372</v>
+        <v>378</v>
       </c>
     </row>
     <row r="54" spans="1:16">
       <c r="A54" t="s">
-        <v>373</v>
+        <v>379</v>
       </c>
       <c r="B54" t="s">
+        <v>380</v>
+      </c>
+      <c r="C54" t="s">
         <v>374</v>
       </c>
-      <c r="C54" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D54" t="s">
-        <v>63</v>
+        <v>381</v>
       </c>
       <c r="E54" t="s">
-        <v>78</v>
+        <v>20</v>
       </c>
       <c r="F54" t="s">
-        <v>79</v>
+        <v>44</v>
       </c>
       <c r="G54" t="s">
         <v>34</v>
       </c>
       <c r="H54">
-        <v>2012</v>
+        <v>2017</v>
       </c>
       <c r="I54"/>
       <c r="J54" t="s">
+        <v>122</v>
+      </c>
+      <c r="K54" t="s">
+        <v>24</v>
+      </c>
+      <c r="L54"/>
+      <c r="M54" t="s">
         <v>376</v>
       </c>
-      <c r="K54" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="N54" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="O54" t="s">
-        <v>379</v>
+        <v>382</v>
       </c>
       <c r="P54" t="s">
-        <v>380</v>
+        <v>383</v>
       </c>
     </row>
     <row r="55" spans="1:16">
       <c r="A55" t="s">
-        <v>381</v>
+        <v>384</v>
       </c>
       <c r="B55" t="s">
-        <v>382</v>
+        <v>385</v>
       </c>
       <c r="C55" t="s">
-        <v>375</v>
+        <v>386</v>
       </c>
       <c r="D55" t="s">
-        <v>93</v>
+        <v>62</v>
       </c>
       <c r="E55" t="s">
-        <v>78</v>
+        <v>89</v>
       </c>
       <c r="F55" t="s">
-        <v>79</v>
+        <v>90</v>
       </c>
       <c r="G55" t="s">
         <v>34</v>
       </c>
       <c r="H55">
-        <v>2015</v>
+        <v>2012</v>
       </c>
       <c r="I55"/>
       <c r="J55" t="s">
-        <v>376</v>
+        <v>387</v>
       </c>
       <c r="K55" t="s">
         <v>36</v>
       </c>
       <c r="L55" t="s">
-        <v>383</v>
+        <v>388</v>
       </c>
       <c r="M55" t="s">
-        <v>378</v>
+        <v>389</v>
       </c>
       <c r="N55" t="s">
         <v>27</v>
       </c>
       <c r="O55" t="s">
-        <v>384</v>
+        <v>390</v>
       </c>
       <c r="P55" t="s">
-        <v>385</v>
+        <v>391</v>
       </c>
     </row>
     <row r="56" spans="1:16">
       <c r="A56" t="s">
+        <v>392</v>
+      </c>
+      <c r="B56" t="s">
+        <v>393</v>
+      </c>
+      <c r="C56" t="s">
         <v>386</v>
       </c>
-      <c r="B56" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D56" t="s">
-        <v>54</v>
+        <v>104</v>
       </c>
       <c r="E56" t="s">
-        <v>20</v>
+        <v>89</v>
       </c>
       <c r="F56" t="s">
-        <v>21</v>
+        <v>90</v>
       </c>
       <c r="G56" t="s">
         <v>34</v>
       </c>
       <c r="H56">
-        <v>2021</v>
+        <v>2015</v>
       </c>
       <c r="I56"/>
       <c r="J56" t="s">
-        <v>55</v>
+        <v>387</v>
       </c>
       <c r="K56" t="s">
         <v>36</v>
       </c>
-      <c r="L56"/>
-      <c r="M56"/>
+      <c r="L56" t="s">
+        <v>394</v>
+      </c>
+      <c r="M56" t="s">
+        <v>389</v>
+      </c>
       <c r="N56" t="s">
         <v>27</v>
       </c>
       <c r="O56" t="s">
-        <v>388</v>
+        <v>395</v>
       </c>
       <c r="P56" t="s">
-        <v>389</v>
+        <v>396</v>
       </c>
     </row>
     <row r="57" spans="1:16">
       <c r="A57" t="s">
-        <v>390</v>
+        <v>397</v>
       </c>
       <c r="B57" t="s">
-        <v>391</v>
+        <v>398</v>
       </c>
       <c r="C57" t="s">
-        <v>375</v>
+        <v>53</v>
       </c>
       <c r="D57" t="s">
-        <v>392</v>
+        <v>54</v>
       </c>
       <c r="E57" t="s">
-        <v>78</v>
+        <v>20</v>
       </c>
       <c r="F57" t="s">
         <v>21</v>
       </c>
       <c r="G57" t="s">
         <v>34</v>
       </c>
       <c r="H57">
-        <v>2012</v>
+        <v>2021</v>
       </c>
       <c r="I57"/>
       <c r="J57" t="s">
-        <v>393</v>
+        <v>55</v>
       </c>
       <c r="K57" t="s">
         <v>36</v>
       </c>
       <c r="L57"/>
-      <c r="M57" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="M57"/>
       <c r="N57" t="s">
         <v>27</v>
       </c>
       <c r="O57" t="s">
-        <v>395</v>
+        <v>399</v>
       </c>
       <c r="P57" t="s">
-        <v>396</v>
+        <v>400</v>
       </c>
     </row>
     <row r="58" spans="1:16">
       <c r="A58" t="s">
-        <v>397</v>
+        <v>401</v>
       </c>
       <c r="B58" t="s">
-        <v>398</v>
+        <v>402</v>
       </c>
       <c r="C58" t="s">
-        <v>399</v>
+        <v>386</v>
       </c>
       <c r="D58" t="s">
-        <v>400</v>
+        <v>403</v>
       </c>
       <c r="E58" t="s">
-        <v>20</v>
+        <v>89</v>
       </c>
       <c r="F58" t="s">
-        <v>163</v>
+        <v>21</v>
       </c>
       <c r="G58" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="H58">
         <v>2012</v>
       </c>
-      <c r="I58">
-[...1 lines deleted...]
-      </c>
+      <c r="I58"/>
       <c r="J58" t="s">
-        <v>335</v>
+        <v>404</v>
       </c>
       <c r="K58" t="s">
         <v>36</v>
       </c>
-      <c r="L58" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L58"/>
       <c r="M58" t="s">
-        <v>402</v>
+        <v>405</v>
       </c>
       <c r="N58" t="s">
         <v>27</v>
       </c>
       <c r="O58" t="s">
-        <v>403</v>
+        <v>406</v>
       </c>
       <c r="P58" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
     </row>
     <row r="59" spans="1:16">
       <c r="A59" t="s">
-        <v>405</v>
+        <v>408</v>
       </c>
       <c r="B59" t="s">
-        <v>406</v>
+        <v>409</v>
       </c>
       <c r="C59" t="s">
-        <v>209</v>
+        <v>410</v>
       </c>
       <c r="D59" t="s">
-        <v>407</v>
+        <v>411</v>
       </c>
       <c r="E59" t="s">
-        <v>78</v>
+        <v>20</v>
       </c>
       <c r="F59" t="s">
-        <v>44</v>
+        <v>174</v>
       </c>
       <c r="G59" t="s">
         <v>22</v>
       </c>
       <c r="H59">
+        <v>2012</v>
+      </c>
+      <c r="I59">
+        <v>2014</v>
+      </c>
+      <c r="J59" t="s">
+        <v>346</v>
+      </c>
+      <c r="K59" t="s">
+        <v>36</v>
+      </c>
+      <c r="L59" t="s">
+        <v>412</v>
+      </c>
+      <c r="M59" t="s">
+        <v>413</v>
+      </c>
+      <c r="N59" t="s">
+        <v>27</v>
+      </c>
+      <c r="O59" t="s">
+        <v>414</v>
+      </c>
+      <c r="P59" t="s">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="60" spans="1:16">
+      <c r="A60" t="s">
+        <v>416</v>
+      </c>
+      <c r="B60" t="s">
+        <v>417</v>
+      </c>
+      <c r="C60" t="s">
+        <v>219</v>
+      </c>
+      <c r="D60" t="s">
+        <v>418</v>
+      </c>
+      <c r="E60" t="s">
+        <v>89</v>
+      </c>
+      <c r="F60" t="s">
+        <v>44</v>
+      </c>
+      <c r="G60" t="s">
+        <v>22</v>
+      </c>
+      <c r="H60">
         <v>2015</v>
       </c>
-      <c r="I59">
+      <c r="I60">
         <v>2016</v>
       </c>
-      <c r="J59" t="s">
-[...18 lines deleted...]
-        <v>413</v>
+      <c r="J60" t="s">
+        <v>301</v>
+      </c>
+      <c r="K60" t="s">
+        <v>419</v>
+      </c>
+      <c r="L60" t="s">
+        <v>420</v>
+      </c>
+      <c r="M60" t="s">
+        <v>421</v>
+      </c>
+      <c r="N60" t="s">
+        <v>422</v>
+      </c>
+      <c r="O60" t="s">
+        <v>423</v>
+      </c>
+      <c r="P60" t="s">
+        <v>424</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">