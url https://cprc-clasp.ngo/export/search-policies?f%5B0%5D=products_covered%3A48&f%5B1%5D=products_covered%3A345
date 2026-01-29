--- v0 (2025-12-12)
+++ v1 (2026-01-29)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="329">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="331">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -209,63 +209,64 @@
   <si>
     <t>https://www.legislation.gov.uk/eur/2019/1782/contents</t>
   </si>
   <si>
     <t>European Union</t>
   </si>
   <si>
     <t>Entered into force, Revised, To Be Superseded</t>
   </si>
   <si>
     <t>September 2023</t>
   </si>
   <si>
     <t>European Commission - DG Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20191782-1-october-2019-laying-down-ecodesign-requirements</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=uriserv%3AOJ.L_.2019.272.01.0095.01.ENG&amp;toc=OJ%3AL%3A2019%3A272%3ATOC</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2025/2052 of 13 October 2025  laying down ecodesign requirements for external power supplies, wireless chargers, wireless charging pads, battery chargers for portable batteries of general use and USB Type-C cables</t>
   </si>
   <si>
-    <t>Laying down ecodesign requirements for external power supplies, wireless chargers, wireless charging pads, battery chargers for portable batteries of general use and USB Type-C cables.</t>
+    <t>Laying down ecodesign requirements for external power supplies, wireless chargers, wireless charging pads, battery chargers for portable batteries of general use and USB Type-C cables.
+This policy applies from the 14th December 2028, repealing Commission Regulation (EU) 2019/1782.</t>
   </si>
   <si>
     <t>Europe, European Union</t>
   </si>
   <si>
     <t>Battery Chargers, External Power Supply</t>
   </si>
   <si>
-    <t>Published, Revised</t>
-[...2 lines deleted...]
-    <t>November 2025</t>
+    <t>Published, New</t>
+  </si>
+  <si>
+    <t>December 2025</t>
   </si>
   <si>
     <t>87 FR 51221</t>
   </si>
   <si>
     <t>European Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20252052-13-october-2025-laying-down-ecodesign-requirements</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32025R2052&amp;qid=1763999035842</t>
   </si>
   <si>
     <t>CQC31-442412-2020. Energy Conservation Certification Rules for Electric Welding Machines</t>
   </si>
   <si>
     <t>Apply to electric welding machines</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
@@ -532,99 +533,105 @@
   <si>
     <t>https://www.energystar.gov/products/commercial_food_service_equipment/commercial_steam_cookers/partners</t>
   </si>
   <si>
     <t>ENERGY STAR Program Requirements for Uninterruptible Power Supplies (UPSs) Version 2.0</t>
   </si>
   <si>
     <t>Products that meet the definition of an Uninterruptible Power Supply (UPS) as specified in the policy document, including Static and Rotary UPSs and Ac-output UPSs and Dc-output UPSs/Rectifiers, are eligible for ENERGY STAR certification, with the exception of products listed in Section 2.2. Eligible products include:</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Uninterruptible Power Supplies Rev. Dec-2017; 10 CFR 430, Section 4, Subpart B, Appendix Y</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-uninterruptible-power-supplies-upss-version-20</t>
   </si>
   <si>
     <t>https://www.energystar.gov/products/data_center_equipment/uninterruptible_power_supplies/partners</t>
   </si>
   <si>
     <t>GB 20943-2013 Minimum allowable values of energy efficiency and evaluating values of energy conservation for single voltage external AC-DC and AC-AC power supplies</t>
   </si>
   <si>
     <t>Applies to external power supplies which convert AC current with 220V and 50Hz to single voltage DC -no higher than 36V- or single voltage AC -no higher than 36V- current.It applies to products with rated output power no larger than 250W. Does NOT apply to DC-DC transformer.</t>
   </si>
   <si>
+    <t>Revised, To Be Superseded</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/gb-20943-2013-minimum-allowable-values-energy-efficiency-and-evaluating-values-energy</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E686D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 20943-2025  Minimum Allowable Values of Energy Efficiency and Energy Efficiency Grades for AC-DC and AC-AC Power Supplies</t>
   </si>
   <si>
     <t>This revised policy substantially expands its regulatory scope through the inclusion of additional product categories and extended power capacity ranges, while integrating embedded power supplies into its framework for the first time. Aligned with the European Union’s latest minimum energy efficiency requirements of power supplies, GB 20943-2025 introduces a globally pioneering specification for Grade 1 no-load power consumption, establishing a stringent threshold of 0.05W to 0.075W.</t>
   </si>
   <si>
     <t>Power Supply and Power Conversion</t>
   </si>
   <si>
     <t>February 2025</t>
   </si>
   <si>
     <t>GB 20943-2025</t>
   </si>
   <si>
     <t>The Standardization Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-20943-2025-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-ac</t>
   </si>
   <si>
-    <t>https://openstd.samr.gov.cn/bzgk/std/newGbInfo?hcno=8105E9E58B8B8BDB5DF9D96119B1C60A</t>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=2D9BC7B2DA386BF6E06397BE0A0A4ED1</t>
   </si>
   <si>
     <t>GB 21518-2008 Minimum allowable values of energy efficiency and energy efficiency grades for AC contactors</t>
   </si>
   <si>
     <t>Applies to those AC contactors with rated frequency of 50Hz; rated voltage no higher than 1140V; and rated current between 9A-630A. Does NOT apply to AC contactors with external power saving device or semi-conductor type -solid type contactor</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-21518-2008-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-ac</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D773ECD3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB30720—2025 Minimum allowable values of energy efficiency and energy efficiency grades for gas cooking appliances</t>
   </si>
   <si>
     <t>This revised energy efficiency standards and grades apply to household gas stoves and integrated stoves using utility gas with a rated heat load not exceeding 5.23 kW, and commercial cooking stoves with a rated heat load not exceeding 60 kW, large pot stoves with a rated heat load not exceeding 80 kW, and water-jacketed or steam-generating steam cabinets and steam generators with a rated heat load not exceeding 80 kW.</t>
   </si>
   <si>
     <t>Steam Cookers, LPG Stoves, Cooktops or Hobs</t>
+  </si>
+  <si>
+    <t>November 2025</t>
   </si>
   <si>
     <t>The Standardization Administration of China</t>
   </si>
   <si>
     <t>Cookstoves, Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb30720-2025-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-gas</t>
   </si>
   <si>
     <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=301E0388CB71788DE06397BE0A0AE1B4</t>
   </si>
   <si>
     <t>Greenhouse and Energy Minimum Standards (External Power Supplies) Determination 2014</t>
   </si>
   <si>
     <t>Products covered include external power supply units with a nominal 230 V a.c. supply input and a single output at extra low voltage (ELV), either a.c. or d.c. and a maximum output of 250 W or 250 VA (see the standard for further details on products covered).</t>
   </si>
   <si>
     <t>Australia</t>
   </si>
   <si>
     <t>July 2025</t>
   </si>
@@ -1691,55 +1698,53 @@
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
         <v>64</v>
       </c>
       <c r="B7" t="s">
         <v>65</v>
       </c>
       <c r="C7" t="s">
         <v>66</v>
       </c>
       <c r="D7" t="s">
         <v>67</v>
       </c>
       <c r="E7" t="s">
         <v>20</v>
       </c>
       <c r="F7" t="s">
         <v>21</v>
       </c>
       <c r="G7" t="s">
         <v>68</v>
       </c>
       <c r="H7">
-        <v>2009</v>
-[...3 lines deleted...]
-      </c>
+        <v>2025</v>
+      </c>
+      <c r="I7"/>
       <c r="J7" t="s">
         <v>69</v>
       </c>
       <c r="K7" t="s">
         <v>36</v>
       </c>
       <c r="L7" t="s">
         <v>70</v>
       </c>
       <c r="M7" t="s">
         <v>71</v>
       </c>
       <c r="N7" t="s">
         <v>27</v>
       </c>
       <c r="O7" t="s">
         <v>72</v>
       </c>
       <c r="P7" t="s">
         <v>73</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
         <v>74</v>
@@ -2470,1192 +2475,1192 @@
       </c>
       <c r="P22" t="s">
         <v>169</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
         <v>170</v>
       </c>
       <c r="B23" t="s">
         <v>171</v>
       </c>
       <c r="C23" t="s">
         <v>42</v>
       </c>
       <c r="D23" t="s">
         <v>54</v>
       </c>
       <c r="E23" t="s">
         <v>20</v>
       </c>
       <c r="F23" t="s">
         <v>21</v>
       </c>
       <c r="G23" t="s">
-        <v>22</v>
+        <v>172</v>
       </c>
       <c r="H23">
         <v>2007</v>
       </c>
       <c r="I23">
-        <v>2014</v>
+        <v>2013</v>
       </c>
       <c r="J23" t="s">
         <v>92</v>
       </c>
       <c r="K23" t="s">
         <v>36</v>
       </c>
       <c r="L23" t="s">
         <v>103</v>
       </c>
       <c r="M23" t="s">
         <v>47</v>
       </c>
       <c r="N23" t="s">
         <v>48</v>
       </c>
       <c r="O23" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="P23" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="B24" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="C24" t="s">
         <v>42</v>
       </c>
       <c r="D24" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="E24" t="s">
         <v>20</v>
       </c>
       <c r="F24" t="s">
         <v>21</v>
       </c>
       <c r="G24" t="s">
         <v>8</v>
       </c>
       <c r="H24">
         <v>2007</v>
       </c>
       <c r="I24">
         <v>2025</v>
       </c>
       <c r="J24" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="K24" t="s">
         <v>36</v>
       </c>
       <c r="L24" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="M24" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="N24" t="s">
         <v>27</v>
       </c>
       <c r="O24" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="P24" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="B25" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="C25" t="s">
         <v>42</v>
       </c>
       <c r="D25" t="s">
         <v>43</v>
       </c>
       <c r="E25" t="s">
         <v>20</v>
       </c>
       <c r="F25" t="s">
         <v>21</v>
       </c>
       <c r="G25" t="s">
         <v>22</v>
       </c>
       <c r="H25">
         <v>2008</v>
       </c>
       <c r="I25">
         <v>2008</v>
       </c>
       <c r="J25" t="s">
         <v>92</v>
       </c>
       <c r="K25" t="s">
         <v>36</v>
       </c>
       <c r="L25" t="s">
         <v>46</v>
       </c>
       <c r="M25" t="s">
         <v>47</v>
       </c>
       <c r="N25" t="s">
         <v>48</v>
       </c>
       <c r="O25" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="P25" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="B26" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="C26" t="s">
         <v>42</v>
       </c>
       <c r="D26" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="E26" t="s">
         <v>20</v>
       </c>
       <c r="F26" t="s">
         <v>21</v>
       </c>
       <c r="G26" t="s">
         <v>8</v>
       </c>
       <c r="H26">
         <v>2014</v>
       </c>
       <c r="I26">
         <v>2025</v>
       </c>
       <c r="J26" t="s">
-        <v>69</v>
+        <v>190</v>
       </c>
       <c r="K26" t="s">
         <v>36</v>
       </c>
       <c r="L26"/>
       <c r="M26" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
       <c r="N26" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="O26" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
       <c r="P26" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
     </row>
     <row r="27" spans="1:16">
       <c r="A27" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="B27" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="C27" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="D27" t="s">
         <v>54</v>
       </c>
       <c r="E27" t="s">
         <v>20</v>
       </c>
       <c r="F27" t="s">
         <v>21</v>
       </c>
       <c r="G27" t="s">
         <v>22</v>
       </c>
       <c r="H27">
         <v>2005</v>
       </c>
       <c r="I27">
         <v>2014</v>
       </c>
       <c r="J27" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
       <c r="K27" t="s">
         <v>36</v>
       </c>
       <c r="L27" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
       <c r="M27" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="N27" t="s">
         <v>27</v>
       </c>
       <c r="O27" t="s">
-        <v>199</v>
+        <v>201</v>
       </c>
       <c r="P27" t="s">
-        <v>200</v>
+        <v>202</v>
       </c>
     </row>
     <row r="28" spans="1:16">
       <c r="A28" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
       <c r="B28" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="C28" t="s">
-        <v>203</v>
+        <v>205</v>
       </c>
       <c r="D28" t="s">
         <v>91</v>
       </c>
       <c r="E28" t="s">
         <v>76</v>
       </c>
       <c r="F28" t="s">
         <v>77</v>
       </c>
       <c r="G28" t="s">
         <v>22</v>
       </c>
       <c r="H28">
         <v>2015</v>
       </c>
       <c r="I28">
         <v>2015</v>
       </c>
       <c r="J28" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
       <c r="K28" t="s">
         <v>36</v>
       </c>
       <c r="L28" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
       <c r="M28" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
       <c r="N28" t="s">
         <v>27</v>
       </c>
       <c r="O28" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="P28" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="B29" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
       <c r="C29" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="D29" t="s">
         <v>91</v>
       </c>
       <c r="E29" t="s">
         <v>76</v>
       </c>
       <c r="F29" t="s">
         <v>77</v>
       </c>
       <c r="G29" t="s">
         <v>22</v>
       </c>
       <c r="H29">
         <v>1996</v>
       </c>
       <c r="I29">
         <v>2010</v>
       </c>
       <c r="J29" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="K29" t="s">
         <v>36</v>
       </c>
       <c r="L29"/>
       <c r="M29" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="N29" t="s">
         <v>27</v>
       </c>
       <c r="O29" t="s">
-        <v>213</v>
+        <v>215</v>
       </c>
       <c r="P29" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
     </row>
     <row r="30" spans="1:16">
       <c r="A30" t="s">
-        <v>215</v>
+        <v>217</v>
       </c>
       <c r="B30" t="s">
-        <v>216</v>
+        <v>218</v>
       </c>
       <c r="C30" t="s">
-        <v>217</v>
+        <v>219</v>
       </c>
       <c r="D30" t="s">
         <v>54</v>
       </c>
       <c r="E30" t="s">
         <v>20</v>
       </c>
       <c r="F30" t="s">
         <v>21</v>
       </c>
       <c r="G30" t="s">
         <v>22</v>
       </c>
       <c r="H30">
         <v>2013</v>
       </c>
       <c r="I30">
         <v>2014</v>
       </c>
       <c r="J30" t="s">
         <v>92</v>
       </c>
       <c r="K30" t="s">
         <v>36</v>
       </c>
       <c r="L30" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
       <c r="M30" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
       <c r="N30" t="s">
         <v>27</v>
       </c>
       <c r="O30" t="s">
-        <v>220</v>
+        <v>222</v>
       </c>
       <c r="P30" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
     </row>
     <row r="31" spans="1:16">
       <c r="A31" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
       <c r="B31" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
       <c r="C31" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="D31" t="s">
-        <v>225</v>
+        <v>227</v>
       </c>
       <c r="E31" t="s">
         <v>20</v>
       </c>
       <c r="F31" t="s">
         <v>21</v>
       </c>
       <c r="G31" t="s">
         <v>34</v>
       </c>
       <c r="H31">
         <v>2022</v>
       </c>
       <c r="I31"/>
       <c r="J31" t="s">
-        <v>226</v>
+        <v>228</v>
       </c>
       <c r="K31" t="s">
         <v>36</v>
       </c>
       <c r="L31"/>
       <c r="M31" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="N31" t="s">
         <v>27</v>
       </c>
       <c r="O31" t="s">
-        <v>228</v>
+        <v>230</v>
       </c>
       <c r="P31" t="s">
-        <v>229</v>
+        <v>231</v>
       </c>
     </row>
     <row r="32" spans="1:16">
       <c r="A32" t="s">
-        <v>230</v>
+        <v>232</v>
       </c>
       <c r="B32" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="C32" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="D32" t="s">
         <v>84</v>
       </c>
       <c r="E32" t="s">
         <v>76</v>
       </c>
       <c r="F32" t="s">
         <v>21</v>
       </c>
       <c r="G32" t="s">
         <v>34</v>
       </c>
       <c r="H32">
         <v>2022</v>
       </c>
       <c r="I32"/>
       <c r="J32" t="s">
-        <v>226</v>
+        <v>228</v>
       </c>
       <c r="K32" t="s">
-        <v>232</v>
+        <v>234</v>
       </c>
       <c r="L32"/>
       <c r="M32" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="N32" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="O32" t="s">
-        <v>234</v>
+        <v>236</v>
       </c>
       <c r="P32" t="s">
-        <v>229</v>
+        <v>231</v>
       </c>
     </row>
     <row r="33" spans="1:16">
       <c r="A33" t="s">
-        <v>235</v>
+        <v>237</v>
       </c>
       <c r="B33" t="s">
-        <v>236</v>
+        <v>238</v>
       </c>
       <c r="C33" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="D33" t="s">
-        <v>225</v>
+        <v>227</v>
       </c>
       <c r="E33" t="s">
         <v>20</v>
       </c>
       <c r="F33" t="s">
         <v>21</v>
       </c>
       <c r="G33" t="s">
         <v>34</v>
       </c>
       <c r="H33">
         <v>2012</v>
       </c>
       <c r="I33"/>
       <c r="J33" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="K33" t="s">
         <v>36</v>
       </c>
       <c r="L33"/>
       <c r="M33" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="N33" t="s">
         <v>27</v>
       </c>
       <c r="O33" t="s">
-        <v>237</v>
+        <v>239</v>
       </c>
       <c r="P33" t="s">
-        <v>238</v>
+        <v>240</v>
       </c>
     </row>
     <row r="34" spans="1:16">
       <c r="A34" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
       <c r="B34" t="s">
-        <v>240</v>
+        <v>242</v>
       </c>
       <c r="C34" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="D34" t="s">
         <v>54</v>
       </c>
       <c r="E34" t="s">
         <v>20</v>
       </c>
       <c r="F34" t="s">
         <v>21</v>
       </c>
       <c r="G34" t="s">
         <v>34</v>
       </c>
       <c r="H34">
         <v>2009</v>
       </c>
       <c r="I34"/>
       <c r="J34" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="K34" t="s">
         <v>36</v>
       </c>
       <c r="L34"/>
       <c r="M34" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="N34" t="s">
         <v>27</v>
       </c>
       <c r="O34" t="s">
-        <v>241</v>
+        <v>243</v>
       </c>
       <c r="P34" t="s">
-        <v>238</v>
+        <v>240</v>
       </c>
     </row>
     <row r="35" spans="1:16">
       <c r="A35" t="s">
-        <v>242</v>
+        <v>244</v>
       </c>
       <c r="B35" t="s">
-        <v>243</v>
+        <v>245</v>
       </c>
       <c r="C35" t="s">
-        <v>244</v>
+        <v>246</v>
       </c>
       <c r="D35" t="s">
         <v>54</v>
       </c>
       <c r="E35" t="s">
         <v>20</v>
       </c>
       <c r="F35" t="s">
         <v>21</v>
       </c>
       <c r="G35" t="s">
         <v>22</v>
       </c>
       <c r="H35">
         <v>2005</v>
       </c>
       <c r="I35">
         <v>2011</v>
       </c>
       <c r="J35" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
       <c r="K35" t="s">
         <v>36</v>
       </c>
       <c r="L35" t="s">
-        <v>245</v>
+        <v>247</v>
       </c>
       <c r="M35" t="s">
-        <v>246</v>
+        <v>248</v>
       </c>
       <c r="N35" t="s">
         <v>27</v>
       </c>
       <c r="O35" t="s">
-        <v>247</v>
+        <v>249</v>
       </c>
       <c r="P35" t="s">
-        <v>248</v>
+        <v>250</v>
       </c>
     </row>
     <row r="36" spans="1:16">
       <c r="A36" t="s">
-        <v>249</v>
+        <v>251</v>
       </c>
       <c r="B36" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="C36" t="s">
-        <v>251</v>
+        <v>253</v>
       </c>
       <c r="D36" t="s">
         <v>54</v>
       </c>
       <c r="E36" t="s">
         <v>20</v>
       </c>
       <c r="F36" t="s">
         <v>21</v>
       </c>
       <c r="G36" t="s">
-        <v>252</v>
+        <v>254</v>
       </c>
       <c r="H36">
         <v>2017</v>
       </c>
       <c r="I36"/>
       <c r="J36" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="K36" t="s">
         <v>36</v>
       </c>
       <c r="L36" t="s">
-        <v>254</v>
+        <v>256</v>
       </c>
       <c r="M36" t="s">
-        <v>255</v>
+        <v>257</v>
       </c>
       <c r="N36" t="s">
         <v>27</v>
       </c>
       <c r="O36" t="s">
-        <v>256</v>
+        <v>258</v>
       </c>
       <c r="P36" t="s">
-        <v>257</v>
+        <v>259</v>
       </c>
     </row>
     <row r="37" spans="1:16">
       <c r="A37" t="s">
-        <v>258</v>
+        <v>260</v>
       </c>
       <c r="B37" t="s">
-        <v>259</v>
+        <v>261</v>
       </c>
       <c r="C37" t="s">
-        <v>260</v>
+        <v>262</v>
       </c>
       <c r="D37" t="s">
-        <v>261</v>
+        <v>263</v>
       </c>
       <c r="E37" t="s">
         <v>20</v>
       </c>
       <c r="F37" t="s">
         <v>152</v>
       </c>
       <c r="G37" t="s">
         <v>22</v>
       </c>
       <c r="H37">
         <v>2017</v>
       </c>
       <c r="I37">
         <v>2021</v>
       </c>
       <c r="J37" t="s">
-        <v>262</v>
+        <v>264</v>
       </c>
       <c r="K37" t="s">
-        <v>263</v>
+        <v>265</v>
       </c>
       <c r="L37" t="s">
-        <v>264</v>
+        <v>266</v>
       </c>
       <c r="M37" t="s">
-        <v>265</v>
+        <v>267</v>
       </c>
       <c r="N37" t="s">
         <v>48</v>
       </c>
       <c r="O37" t="s">
-        <v>266</v>
+        <v>268</v>
       </c>
       <c r="P37" t="s">
-        <v>267</v>
+        <v>269</v>
       </c>
     </row>
     <row r="38" spans="1:16">
       <c r="A38" t="s">
-        <v>268</v>
+        <v>270</v>
       </c>
       <c r="B38" t="s">
-        <v>269</v>
+        <v>271</v>
       </c>
       <c r="C38" t="s">
-        <v>270</v>
+        <v>272</v>
       </c>
       <c r="D38" t="s">
         <v>84</v>
       </c>
       <c r="E38" t="s">
         <v>76</v>
       </c>
       <c r="F38" t="s">
         <v>152</v>
       </c>
       <c r="G38" t="s">
         <v>34</v>
       </c>
       <c r="H38">
         <v>2013</v>
       </c>
       <c r="I38"/>
       <c r="J38" t="s">
         <v>109</v>
       </c>
       <c r="K38" t="s">
         <v>36</v>
       </c>
       <c r="L38" t="s">
-        <v>271</v>
+        <v>273</v>
       </c>
       <c r="M38" t="s">
-        <v>272</v>
+        <v>274</v>
       </c>
       <c r="N38" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="O38" t="s">
-        <v>273</v>
+        <v>275</v>
       </c>
       <c r="P38" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
     </row>
     <row r="39" spans="1:16">
       <c r="A39" t="s">
-        <v>275</v>
+        <v>277</v>
       </c>
       <c r="B39" t="s">
-        <v>276</v>
+        <v>278</v>
       </c>
       <c r="C39" t="s">
-        <v>270</v>
+        <v>272</v>
       </c>
       <c r="D39" t="s">
         <v>54</v>
       </c>
       <c r="E39" t="s">
         <v>76</v>
       </c>
       <c r="F39" t="s">
         <v>152</v>
       </c>
       <c r="G39" t="s">
         <v>22</v>
       </c>
       <c r="H39">
         <v>2014</v>
       </c>
       <c r="I39">
         <v>2016</v>
       </c>
       <c r="J39" t="s">
         <v>109</v>
       </c>
       <c r="K39" t="s">
-        <v>277</v>
+        <v>279</v>
       </c>
       <c r="L39" t="s">
-        <v>278</v>
+        <v>280</v>
       </c>
       <c r="M39" t="s">
-        <v>272</v>
+        <v>274</v>
       </c>
       <c r="N39" t="s">
         <v>27</v>
       </c>
       <c r="O39" t="s">
-        <v>279</v>
+        <v>281</v>
       </c>
       <c r="P39" t="s">
-        <v>280</v>
+        <v>282</v>
       </c>
     </row>
     <row r="40" spans="1:16">
       <c r="A40" t="s">
-        <v>281</v>
+        <v>283</v>
       </c>
       <c r="B40" t="s">
-        <v>282</v>
+        <v>284</v>
       </c>
       <c r="C40" t="s">
-        <v>251</v>
+        <v>253</v>
       </c>
       <c r="D40" t="s">
         <v>91</v>
       </c>
       <c r="E40" t="s">
         <v>76</v>
       </c>
       <c r="F40" t="s">
         <v>77</v>
       </c>
       <c r="G40" t="s">
         <v>22</v>
       </c>
       <c r="H40">
         <v>2010</v>
       </c>
       <c r="I40">
         <v>2012</v>
       </c>
       <c r="J40" t="s">
-        <v>283</v>
+        <v>285</v>
       </c>
       <c r="K40" t="s">
         <v>36</v>
       </c>
       <c r="L40" t="s">
-        <v>284</v>
+        <v>286</v>
       </c>
       <c r="M40" t="s">
-        <v>285</v>
+        <v>287</v>
       </c>
       <c r="N40" t="s">
         <v>27</v>
       </c>
       <c r="O40" t="s">
-        <v>286</v>
+        <v>288</v>
       </c>
       <c r="P40" t="s">
-        <v>287</v>
+        <v>289</v>
       </c>
     </row>
     <row r="41" spans="1:16">
       <c r="A41" t="s">
-        <v>288</v>
+        <v>290</v>
       </c>
       <c r="B41" t="s">
-        <v>289</v>
+        <v>291</v>
       </c>
       <c r="C41" t="s">
-        <v>251</v>
+        <v>253</v>
       </c>
       <c r="D41" t="s">
         <v>84</v>
       </c>
       <c r="E41" t="s">
         <v>76</v>
       </c>
       <c r="F41" t="s">
         <v>77</v>
       </c>
       <c r="G41" t="s">
         <v>22</v>
       </c>
       <c r="H41">
         <v>2011</v>
       </c>
       <c r="I41">
         <v>2022</v>
       </c>
       <c r="J41" t="s">
-        <v>283</v>
+        <v>285</v>
       </c>
       <c r="K41" t="s">
-        <v>232</v>
+        <v>234</v>
       </c>
       <c r="L41" t="s">
-        <v>290</v>
+        <v>292</v>
       </c>
       <c r="M41" t="s">
-        <v>285</v>
+        <v>287</v>
       </c>
       <c r="N41" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="O41" t="s">
-        <v>291</v>
+        <v>293</v>
       </c>
       <c r="P41" t="s">
-        <v>292</v>
+        <v>294</v>
       </c>
     </row>
     <row r="42" spans="1:16">
       <c r="A42" t="s">
-        <v>293</v>
+        <v>295</v>
       </c>
       <c r="B42" t="s">
-        <v>294</v>
+        <v>296</v>
       </c>
       <c r="C42" t="s">
-        <v>295</v>
+        <v>297</v>
       </c>
       <c r="D42" t="s">
         <v>54</v>
       </c>
       <c r="E42" t="s">
         <v>20</v>
       </c>
       <c r="F42" t="s">
         <v>152</v>
       </c>
       <c r="G42" t="s">
         <v>22</v>
       </c>
       <c r="H42">
         <v>2007</v>
       </c>
       <c r="I42">
         <v>2011</v>
       </c>
       <c r="J42" t="s">
         <v>109</v>
       </c>
       <c r="K42" t="s">
         <v>36</v>
       </c>
       <c r="L42" t="s">
-        <v>296</v>
+        <v>298</v>
       </c>
       <c r="M42" t="s">
-        <v>297</v>
+        <v>299</v>
       </c>
       <c r="N42" t="s">
         <v>27</v>
       </c>
       <c r="O42" t="s">
-        <v>298</v>
+        <v>300</v>
       </c>
       <c r="P42" t="s">
-        <v>299</v>
+        <v>301</v>
       </c>
     </row>
     <row r="43" spans="1:16">
       <c r="A43" t="s">
-        <v>300</v>
+        <v>302</v>
       </c>
       <c r="B43" t="s">
-        <v>301</v>
+        <v>303</v>
       </c>
       <c r="C43" t="s">
-        <v>302</v>
+        <v>304</v>
       </c>
       <c r="D43" t="s">
-        <v>303</v>
+        <v>305</v>
       </c>
       <c r="E43" t="s">
         <v>20</v>
       </c>
       <c r="F43" t="s">
         <v>21</v>
       </c>
       <c r="G43" t="s">
         <v>34</v>
       </c>
       <c r="H43">
         <v>2019</v>
       </c>
       <c r="I43"/>
       <c r="J43" t="s">
-        <v>304</v>
+        <v>306</v>
       </c>
       <c r="K43" t="s">
         <v>85</v>
       </c>
       <c r="L43"/>
       <c r="M43" t="s">
-        <v>305</v>
+        <v>307</v>
       </c>
       <c r="N43" t="s">
-        <v>306</v>
+        <v>308</v>
       </c>
       <c r="O43" t="s">
-        <v>307</v>
+        <v>309</v>
       </c>
       <c r="P43" t="s">
-        <v>308</v>
+        <v>310</v>
       </c>
     </row>
     <row r="44" spans="1:16">
       <c r="A44" t="s">
-        <v>309</v>
+        <v>311</v>
       </c>
       <c r="B44" t="s">
-        <v>310</v>
+        <v>312</v>
       </c>
       <c r="C44" t="s">
-        <v>311</v>
+        <v>313</v>
       </c>
       <c r="D44" t="s">
         <v>54</v>
       </c>
       <c r="E44" t="s">
         <v>76</v>
       </c>
       <c r="F44" t="s">
         <v>77</v>
       </c>
       <c r="G44" t="s">
         <v>34</v>
       </c>
       <c r="H44">
         <v>2012</v>
       </c>
       <c r="I44"/>
       <c r="J44" t="s">
-        <v>312</v>
+        <v>314</v>
       </c>
       <c r="K44" t="s">
         <v>36</v>
       </c>
       <c r="L44" t="s">
-        <v>313</v>
+        <v>315</v>
       </c>
       <c r="M44" t="s">
-        <v>314</v>
+        <v>316</v>
       </c>
       <c r="N44" t="s">
         <v>27</v>
       </c>
       <c r="O44" t="s">
-        <v>315</v>
+        <v>317</v>
       </c>
       <c r="P44" t="s">
-        <v>316</v>
+        <v>318</v>
       </c>
     </row>
     <row r="45" spans="1:16">
       <c r="A45" t="s">
-        <v>317</v>
+        <v>319</v>
       </c>
       <c r="B45" t="s">
-        <v>318</v>
+        <v>320</v>
       </c>
       <c r="C45" t="s">
-        <v>311</v>
+        <v>313</v>
       </c>
       <c r="D45" t="s">
         <v>91</v>
       </c>
       <c r="E45" t="s">
         <v>76</v>
       </c>
       <c r="F45" t="s">
         <v>77</v>
       </c>
       <c r="G45" t="s">
         <v>34</v>
       </c>
       <c r="H45">
         <v>2015</v>
       </c>
       <c r="I45"/>
       <c r="J45" t="s">
-        <v>312</v>
+        <v>314</v>
       </c>
       <c r="K45" t="s">
         <v>36</v>
       </c>
       <c r="L45" t="s">
-        <v>319</v>
+        <v>321</v>
       </c>
       <c r="M45" t="s">
-        <v>314</v>
+        <v>316</v>
       </c>
       <c r="N45" t="s">
         <v>27</v>
       </c>
       <c r="O45" t="s">
-        <v>320</v>
+        <v>322</v>
       </c>
       <c r="P45" t="s">
-        <v>321</v>
+        <v>323</v>
       </c>
     </row>
     <row r="46" spans="1:16">
       <c r="A46" t="s">
-        <v>322</v>
+        <v>324</v>
       </c>
       <c r="B46" t="s">
-        <v>323</v>
+        <v>325</v>
       </c>
       <c r="C46" t="s">
-        <v>311</v>
+        <v>313</v>
       </c>
       <c r="D46" t="s">
-        <v>324</v>
+        <v>326</v>
       </c>
       <c r="E46" t="s">
         <v>76</v>
       </c>
       <c r="F46" t="s">
         <v>21</v>
       </c>
       <c r="G46" t="s">
         <v>34</v>
       </c>
       <c r="H46">
         <v>2012</v>
       </c>
       <c r="I46"/>
       <c r="J46" t="s">
-        <v>325</v>
+        <v>327</v>
       </c>
       <c r="K46" t="s">
         <v>36</v>
       </c>
       <c r="L46"/>
       <c r="M46" t="s">
-        <v>326</v>
+        <v>328</v>
       </c>
       <c r="N46" t="s">
         <v>27</v>
       </c>
       <c r="O46" t="s">
-        <v>327</v>
+        <v>329</v>
       </c>
       <c r="P46" t="s">
-        <v>328</v>
+        <v>330</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">