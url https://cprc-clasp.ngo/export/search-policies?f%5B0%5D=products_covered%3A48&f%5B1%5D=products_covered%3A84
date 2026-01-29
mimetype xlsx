--- v0 (2025-11-29)
+++ v1 (2026-01-29)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="364">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="366">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -209,63 +209,64 @@
   <si>
     <t>https://www.legislation.gov.uk/eur/2019/1782/contents</t>
   </si>
   <si>
     <t>European Union</t>
   </si>
   <si>
     <t>Entered into force, Revised, To Be Superseded</t>
   </si>
   <si>
     <t>September 2023</t>
   </si>
   <si>
     <t>European Commission - DG Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20191782-1-october-2019-laying-down-ecodesign-requirements</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=uriserv%3AOJ.L_.2019.272.01.0095.01.ENG&amp;toc=OJ%3AL%3A2019%3A272%3ATOC</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2025/2052 of 13 October 2025  laying down ecodesign requirements for external power supplies, wireless chargers, wireless charging pads, battery chargers for portable batteries of general use and USB Type-C cables</t>
   </si>
   <si>
-    <t>Laying down ecodesign requirements for external power supplies, wireless chargers, wireless charging pads, battery chargers for portable batteries of general use and USB Type-C cables.</t>
+    <t>Laying down ecodesign requirements for external power supplies, wireless chargers, wireless charging pads, battery chargers for portable batteries of general use and USB Type-C cables.
+This policy applies from the 14th December 2028, repealing Commission Regulation (EU) 2019/1782.</t>
   </si>
   <si>
     <t>Europe, European Union</t>
   </si>
   <si>
     <t>Battery Chargers, External Power Supply</t>
   </si>
   <si>
-    <t>Published, Revised</t>
-[...2 lines deleted...]
-    <t>November 2025</t>
+    <t>Published, New</t>
+  </si>
+  <si>
+    <t>December 2025</t>
   </si>
   <si>
     <t>87 FR 51221</t>
   </si>
   <si>
     <t>European Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20252052-13-october-2025-laying-down-ecodesign-requirements</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32025R2052&amp;qid=1763999035842</t>
   </si>
   <si>
     <t>CQC31-442412-2020. Energy Conservation Certification Rules for Electric Welding Machines</t>
   </si>
   <si>
     <t>Apply to electric welding machines</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
@@ -541,114 +542,120 @@
   <si>
     <t>Products that meet the definition of an Uninterruptible Power Supply (UPS) as specified in the policy document, including Static and Rotary UPSs and Ac-output UPSs and Dc-output UPSs/Rectifiers, are eligible for ENERGY STAR certification, with the exception of products listed in Section 2.2. Eligible products include:</t>
   </si>
   <si>
     <t>Canada, United States of America*</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Uninterruptible Power Supplies Rev. Dec-2017; 10 CFR 430, Section 4, Subpart B, Appendix Y</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-uninterruptible-power-supplies-upss-version-20</t>
   </si>
   <si>
     <t>https://www.energystar.gov/products/data_center_equipment/uninterruptible_power_supplies/partners</t>
   </si>
   <si>
     <t>GB 20943-2013 Minimum allowable values of energy efficiency and evaluating values of energy conservation for single voltage external AC-DC and AC-AC power supplies</t>
   </si>
   <si>
     <t>Applies to external power supplies which convert AC current with 220V and 50Hz to single voltage DC -no higher than 36V- or single voltage AC -no higher than 36V- current.It applies to products with rated output power no larger than 250W. Does NOT apply to DC-DC transformer.</t>
   </si>
   <si>
+    <t>Revised, To Be Superseded</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/gb-20943-2013-minimum-allowable-values-energy-efficiency-and-evaluating-values-energy</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E686D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 20943-2025  Minimum Allowable Values of Energy Efficiency and Energy Efficiency Grades for AC-DC and AC-AC Power Supplies</t>
   </si>
   <si>
     <t>This revised policy substantially expands its regulatory scope through the inclusion of additional product categories and extended power capacity ranges, while integrating embedded power supplies into its framework for the first time. Aligned with the European Union’s latest minimum energy efficiency requirements of power supplies, GB 20943-2025 introduces a globally pioneering specification for Grade 1 no-load power consumption, establishing a stringent threshold of 0.05W to 0.075W.</t>
   </si>
   <si>
-    <t>Asia and Pacific, China</t>
-[...1 lines deleted...]
-  <si>
     <t>Power Supply and Power Conversion</t>
   </si>
   <si>
     <t>February 2025</t>
   </si>
   <si>
     <t>GB 20943-2025</t>
   </si>
   <si>
     <t>The Standardization Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-20943-2025-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-ac</t>
   </si>
   <si>
-    <t>https://openstd.samr.gov.cn/bzgk/std/newGbInfo?hcno=8105E9E58B8B8BDB5DF9D96119B1C60A</t>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=2D9BC7B2DA386BF6E06397BE0A0A4ED1</t>
   </si>
   <si>
     <t>GB 21456-2014 Minimum allowable values of the energy efficiency and energy efficiency grades for household induction cookers</t>
   </si>
   <si>
     <t>Applies to induction cookers with one or more heating units with each unit's rated power ranges from 700W to 3500W. Does NOT apply to commercial induction cookers, power frequency induction cookers and concave cooker.</t>
   </si>
   <si>
     <t>Induction Cookstoves or Hobs</t>
   </si>
   <si>
     <t>Superseded</t>
+  </si>
+  <si>
+    <t>November 2025</t>
   </si>
   <si>
     <t>GB 4706.29-2008 GB 4706.22-2008 GB 21456-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-21456-2014-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E9F5D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 21456-2024 Minimum allowable values of the energy efficiency and energy efficiency grades for household and similar kitchen appliances</t>
   </si>
   <si>
     <t>The standard revises MEPS and energy efficiency grades for household and similar kitchen appliances including:
 a) Electric rice cookers heated by electric heating elements or electromagnetic induction, with a rated power not exceeding 2200 W;
 b) Electric pressure cookers with automatic pressure control, heated by electric heating elements or electromagnetic induction, with a rated power not exceeding 2200 W, a rated capacity not exceeding 10 L, and a rated cooking pressure of 40 kPa to 140 kPa (gauge pressure);
 c) Electric stewpots and stew cups with a rated power not exceeding 2200 W;
 d) Electric kettles designed solely for boiling water to the boiling point, without an automatic water-filling function, from which water is poured by holding the handle and tilting the body of the kettle;
 e) Induction cookers with one or more heating units, each unit having a rated power of 700 W to 3500 W;
 f) Microwave ovens, including combination microwave ovens, with a maximum rated input power of 2500 W or below, operating in the 2450 MHz ISM frequency band, which heat items and food in the cavity using electromagnetic energy as well as resistive electric heating elements.</t>
+  </si>
+  <si>
+    <t>Asia and Pacific, China</t>
   </si>
   <si>
     <t>Induction Cookstoves or Hobs, Rice Cookers, Microwaves, Electric Kettles</t>
   </si>
   <si>
     <t>GB/T4706.1
 ,   
                     GB/T4706.14
 ,   
                     GB/T4706.19
 ,   
                     GB/T4706.21
 ,   
                     GB4706.29
 ,   
                     GB/T18800—2017
 ,   
                     GB/T22089
 ,   
                     GB/T35758
 ,   
                     QB/T4408</t>
   </si>
   <si>
     <t>The Standardization Administration of China</t>
@@ -1818,55 +1825,53 @@
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
         <v>64</v>
       </c>
       <c r="B7" t="s">
         <v>65</v>
       </c>
       <c r="C7" t="s">
         <v>66</v>
       </c>
       <c r="D7" t="s">
         <v>67</v>
       </c>
       <c r="E7" t="s">
         <v>20</v>
       </c>
       <c r="F7" t="s">
         <v>21</v>
       </c>
       <c r="G7" t="s">
         <v>68</v>
       </c>
       <c r="H7">
-        <v>2009</v>
-[...3 lines deleted...]
-      </c>
+        <v>2025</v>
+      </c>
+      <c r="I7"/>
       <c r="J7" t="s">
         <v>69</v>
       </c>
       <c r="K7" t="s">
         <v>36</v>
       </c>
       <c r="L7" t="s">
         <v>70</v>
       </c>
       <c r="M7" t="s">
         <v>71</v>
       </c>
       <c r="N7" t="s">
         <v>27</v>
       </c>
       <c r="O7" t="s">
         <v>72</v>
       </c>
       <c r="P7" t="s">
         <v>73</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
         <v>74</v>
@@ -2597,89 +2602,89 @@
       </c>
       <c r="P22" t="s">
         <v>172</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
         <v>173</v>
       </c>
       <c r="B23" t="s">
         <v>174</v>
       </c>
       <c r="C23" t="s">
         <v>42</v>
       </c>
       <c r="D23" t="s">
         <v>54</v>
       </c>
       <c r="E23" t="s">
         <v>20</v>
       </c>
       <c r="F23" t="s">
         <v>21</v>
       </c>
       <c r="G23" t="s">
-        <v>22</v>
+        <v>175</v>
       </c>
       <c r="H23">
         <v>2007</v>
       </c>
       <c r="I23">
-        <v>2014</v>
+        <v>2013</v>
       </c>
       <c r="J23" t="s">
         <v>92</v>
       </c>
       <c r="K23" t="s">
         <v>36</v>
       </c>
       <c r="L23" t="s">
         <v>103</v>
       </c>
       <c r="M23" t="s">
         <v>47</v>
       </c>
       <c r="N23" t="s">
         <v>48</v>
       </c>
       <c r="O23" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="P23" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="B24" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="C24" t="s">
-        <v>179</v>
+        <v>42</v>
       </c>
       <c r="D24" t="s">
         <v>180</v>
       </c>
       <c r="E24" t="s">
         <v>20</v>
       </c>
       <c r="F24" t="s">
         <v>21</v>
       </c>
       <c r="G24" t="s">
         <v>8</v>
       </c>
       <c r="H24">
         <v>2007</v>
       </c>
       <c r="I24">
         <v>2025</v>
       </c>
       <c r="J24" t="s">
         <v>181</v>
       </c>
       <c r="K24" t="s">
         <v>36</v>
       </c>
@@ -2706,1327 +2711,1327 @@
       <c r="B25" t="s">
         <v>187</v>
       </c>
       <c r="C25" t="s">
         <v>42</v>
       </c>
       <c r="D25" t="s">
         <v>188</v>
       </c>
       <c r="E25" t="s">
         <v>20</v>
       </c>
       <c r="F25" t="s">
         <v>21</v>
       </c>
       <c r="G25" t="s">
         <v>189</v>
       </c>
       <c r="H25">
         <v>2008</v>
       </c>
       <c r="I25">
         <v>2014</v>
       </c>
       <c r="J25" t="s">
-        <v>69</v>
+        <v>190</v>
       </c>
       <c r="K25" t="s">
         <v>36</v>
       </c>
       <c r="L25" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="M25" t="s">
         <v>47</v>
       </c>
       <c r="N25" t="s">
         <v>27</v>
       </c>
       <c r="O25" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="P25" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="B26" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="C26" t="s">
-        <v>179</v>
+        <v>196</v>
       </c>
       <c r="D26" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="E26" t="s">
         <v>20</v>
       </c>
       <c r="F26" t="s">
         <v>21</v>
       </c>
       <c r="G26" t="s">
         <v>22</v>
       </c>
       <c r="H26">
         <v>2008</v>
       </c>
       <c r="I26">
         <v>2024</v>
       </c>
       <c r="J26" t="s">
-        <v>69</v>
+        <v>190</v>
       </c>
       <c r="K26" t="s">
         <v>36</v>
       </c>
       <c r="L26" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
       <c r="M26" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
       <c r="N26" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="O26" t="s">
-        <v>199</v>
+        <v>201</v>
       </c>
       <c r="P26" t="s">
-        <v>200</v>
+        <v>202</v>
       </c>
     </row>
     <row r="27" spans="1:16">
       <c r="A27" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
       <c r="B27" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="C27" t="s">
         <v>42</v>
       </c>
       <c r="D27" t="s">
         <v>43</v>
       </c>
       <c r="E27" t="s">
         <v>20</v>
       </c>
       <c r="F27" t="s">
         <v>21</v>
       </c>
       <c r="G27" t="s">
         <v>22</v>
       </c>
       <c r="H27">
         <v>2008</v>
       </c>
       <c r="I27">
         <v>2008</v>
       </c>
       <c r="J27" t="s">
         <v>92</v>
       </c>
       <c r="K27" t="s">
         <v>36</v>
       </c>
       <c r="L27" t="s">
         <v>46</v>
       </c>
       <c r="M27" t="s">
         <v>47</v>
       </c>
       <c r="N27" t="s">
         <v>48</v>
       </c>
       <c r="O27" t="s">
-        <v>203</v>
+        <v>205</v>
       </c>
       <c r="P27" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
     </row>
     <row r="28" spans="1:16">
       <c r="A28" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
       <c r="B28" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="C28" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="D28" t="s">
         <v>54</v>
       </c>
       <c r="E28" t="s">
         <v>20</v>
       </c>
       <c r="F28" t="s">
         <v>21</v>
       </c>
       <c r="G28" t="s">
         <v>22</v>
       </c>
       <c r="H28">
         <v>2005</v>
       </c>
       <c r="I28">
         <v>2014</v>
       </c>
       <c r="J28" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="K28" t="s">
         <v>36</v>
       </c>
       <c r="L28" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
       <c r="M28" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="N28" t="s">
         <v>27</v>
       </c>
       <c r="O28" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="P28" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" t="s">
-        <v>213</v>
+        <v>215</v>
       </c>
       <c r="B29" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
       <c r="C29" t="s">
-        <v>215</v>
+        <v>217</v>
       </c>
       <c r="D29" t="s">
         <v>91</v>
       </c>
       <c r="E29" t="s">
         <v>76</v>
       </c>
       <c r="F29" t="s">
         <v>77</v>
       </c>
       <c r="G29" t="s">
         <v>22</v>
       </c>
       <c r="H29">
         <v>2015</v>
       </c>
       <c r="I29">
         <v>2015</v>
       </c>
       <c r="J29" t="s">
-        <v>216</v>
+        <v>218</v>
       </c>
       <c r="K29" t="s">
         <v>36</v>
       </c>
       <c r="L29" t="s">
-        <v>213</v>
+        <v>215</v>
       </c>
       <c r="M29" t="s">
-        <v>217</v>
+        <v>219</v>
       </c>
       <c r="N29" t="s">
         <v>27</v>
       </c>
       <c r="O29" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
       <c r="P29" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
     </row>
     <row r="30" spans="1:16">
       <c r="A30" t="s">
-        <v>220</v>
+        <v>222</v>
       </c>
       <c r="B30" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
       <c r="C30" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
       <c r="D30" t="s">
         <v>91</v>
       </c>
       <c r="E30" t="s">
         <v>76</v>
       </c>
       <c r="F30" t="s">
         <v>77</v>
       </c>
       <c r="G30" t="s">
         <v>22</v>
       </c>
       <c r="H30">
         <v>1996</v>
       </c>
       <c r="I30">
         <v>2010</v>
       </c>
       <c r="J30" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
       <c r="K30" t="s">
         <v>36</v>
       </c>
       <c r="L30"/>
       <c r="M30" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="N30" t="s">
         <v>27</v>
       </c>
       <c r="O30" t="s">
-        <v>225</v>
+        <v>227</v>
       </c>
       <c r="P30" t="s">
-        <v>226</v>
+        <v>228</v>
       </c>
     </row>
     <row r="31" spans="1:16">
       <c r="A31" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="B31" t="s">
-        <v>228</v>
+        <v>230</v>
       </c>
       <c r="C31" t="s">
-        <v>229</v>
+        <v>231</v>
       </c>
       <c r="D31" t="s">
         <v>54</v>
       </c>
       <c r="E31" t="s">
         <v>20</v>
       </c>
       <c r="F31" t="s">
         <v>21</v>
       </c>
       <c r="G31" t="s">
         <v>22</v>
       </c>
       <c r="H31">
         <v>2013</v>
       </c>
       <c r="I31">
         <v>2014</v>
       </c>
       <c r="J31" t="s">
         <v>92</v>
       </c>
       <c r="K31" t="s">
         <v>36</v>
       </c>
       <c r="L31" t="s">
-        <v>230</v>
+        <v>232</v>
       </c>
       <c r="M31" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="N31" t="s">
         <v>27</v>
       </c>
       <c r="O31" t="s">
-        <v>232</v>
+        <v>234</v>
       </c>
       <c r="P31" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
     </row>
     <row r="32" spans="1:16">
       <c r="A32" t="s">
-        <v>234</v>
+        <v>236</v>
       </c>
       <c r="B32" t="s">
-        <v>235</v>
+        <v>237</v>
       </c>
       <c r="C32" t="s">
-        <v>236</v>
+        <v>238</v>
       </c>
       <c r="D32" t="s">
-        <v>237</v>
+        <v>239</v>
       </c>
       <c r="E32" t="s">
         <v>20</v>
       </c>
       <c r="F32" t="s">
         <v>21</v>
       </c>
       <c r="G32" t="s">
         <v>34</v>
       </c>
       <c r="H32">
         <v>2022</v>
       </c>
       <c r="I32"/>
       <c r="J32" t="s">
-        <v>238</v>
+        <v>240</v>
       </c>
       <c r="K32" t="s">
         <v>36</v>
       </c>
       <c r="L32"/>
       <c r="M32" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
       <c r="N32" t="s">
         <v>27</v>
       </c>
       <c r="O32" t="s">
-        <v>240</v>
+        <v>242</v>
       </c>
       <c r="P32" t="s">
-        <v>241</v>
+        <v>243</v>
       </c>
     </row>
     <row r="33" spans="1:16">
       <c r="A33" t="s">
-        <v>242</v>
+        <v>244</v>
       </c>
       <c r="B33" t="s">
-        <v>243</v>
+        <v>245</v>
       </c>
       <c r="C33" t="s">
-        <v>236</v>
+        <v>238</v>
       </c>
       <c r="D33" t="s">
         <v>84</v>
       </c>
       <c r="E33" t="s">
         <v>76</v>
       </c>
       <c r="F33" t="s">
         <v>21</v>
       </c>
       <c r="G33" t="s">
         <v>34</v>
       </c>
       <c r="H33">
         <v>2022</v>
       </c>
       <c r="I33"/>
       <c r="J33" t="s">
-        <v>238</v>
+        <v>240</v>
       </c>
       <c r="K33" t="s">
-        <v>244</v>
+        <v>246</v>
       </c>
       <c r="L33"/>
       <c r="M33" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
       <c r="N33" t="s">
-        <v>245</v>
+        <v>247</v>
       </c>
       <c r="O33" t="s">
-        <v>246</v>
+        <v>248</v>
       </c>
       <c r="P33" t="s">
-        <v>241</v>
+        <v>243</v>
       </c>
     </row>
     <row r="34" spans="1:16">
       <c r="A34" t="s">
-        <v>247</v>
+        <v>249</v>
       </c>
       <c r="B34" t="s">
-        <v>248</v>
+        <v>250</v>
       </c>
       <c r="C34" t="s">
-        <v>249</v>
+        <v>251</v>
       </c>
       <c r="D34" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="E34" t="s">
         <v>20</v>
       </c>
       <c r="F34" t="s">
         <v>161</v>
       </c>
       <c r="G34" t="s">
         <v>22</v>
       </c>
       <c r="H34">
         <v>2008</v>
       </c>
       <c r="I34">
         <v>2020</v>
       </c>
       <c r="J34" t="s">
         <v>152</v>
       </c>
       <c r="K34" t="s">
         <v>36</v>
       </c>
       <c r="L34" t="s">
-        <v>251</v>
+        <v>253</v>
       </c>
       <c r="M34" t="s">
-        <v>252</v>
+        <v>254</v>
       </c>
       <c r="N34" t="s">
         <v>48</v>
       </c>
       <c r="O34" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="P34" t="s">
-        <v>254</v>
+        <v>256</v>
       </c>
     </row>
     <row r="35" spans="1:16">
       <c r="A35" t="s">
-        <v>255</v>
+        <v>257</v>
       </c>
       <c r="B35" t="s">
-        <v>256</v>
+        <v>258</v>
       </c>
       <c r="C35" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
       <c r="D35" t="s">
-        <v>237</v>
+        <v>239</v>
       </c>
       <c r="E35" t="s">
         <v>20</v>
       </c>
       <c r="F35" t="s">
         <v>21</v>
       </c>
       <c r="G35" t="s">
         <v>34</v>
       </c>
       <c r="H35">
         <v>2012</v>
       </c>
       <c r="I35"/>
       <c r="J35" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
       <c r="K35" t="s">
         <v>36</v>
       </c>
       <c r="L35"/>
       <c r="M35" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="N35" t="s">
         <v>27</v>
       </c>
       <c r="O35" t="s">
-        <v>257</v>
+        <v>259</v>
       </c>
       <c r="P35" t="s">
-        <v>258</v>
+        <v>260</v>
       </c>
     </row>
     <row r="36" spans="1:16">
       <c r="A36" t="s">
-        <v>259</v>
+        <v>261</v>
       </c>
       <c r="B36" t="s">
-        <v>260</v>
+        <v>262</v>
       </c>
       <c r="C36" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
       <c r="D36" t="s">
         <v>54</v>
       </c>
       <c r="E36" t="s">
         <v>20</v>
       </c>
       <c r="F36" t="s">
         <v>21</v>
       </c>
       <c r="G36" t="s">
         <v>34</v>
       </c>
       <c r="H36">
         <v>2009</v>
       </c>
       <c r="I36"/>
       <c r="J36" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
       <c r="K36" t="s">
         <v>36</v>
       </c>
       <c r="L36"/>
       <c r="M36" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="N36" t="s">
         <v>27</v>
       </c>
       <c r="O36" t="s">
-        <v>261</v>
+        <v>263</v>
       </c>
       <c r="P36" t="s">
-        <v>258</v>
+        <v>260</v>
       </c>
     </row>
     <row r="37" spans="1:16">
       <c r="A37" t="s">
-        <v>262</v>
+        <v>264</v>
       </c>
       <c r="B37" t="s">
-        <v>263</v>
+        <v>265</v>
       </c>
       <c r="C37" t="s">
-        <v>264</v>
+        <v>266</v>
       </c>
       <c r="D37" t="s">
         <v>54</v>
       </c>
       <c r="E37" t="s">
         <v>20</v>
       </c>
       <c r="F37" t="s">
         <v>21</v>
       </c>
       <c r="G37" t="s">
         <v>22</v>
       </c>
       <c r="H37">
         <v>2005</v>
       </c>
       <c r="I37">
         <v>2011</v>
       </c>
       <c r="J37" t="s">
-        <v>216</v>
+        <v>218</v>
       </c>
       <c r="K37" t="s">
         <v>36</v>
       </c>
       <c r="L37" t="s">
-        <v>265</v>
+        <v>267</v>
       </c>
       <c r="M37" t="s">
-        <v>266</v>
+        <v>268</v>
       </c>
       <c r="N37" t="s">
         <v>27</v>
       </c>
       <c r="O37" t="s">
-        <v>267</v>
+        <v>269</v>
       </c>
       <c r="P37" t="s">
-        <v>268</v>
+        <v>270</v>
       </c>
     </row>
     <row r="38" spans="1:16">
       <c r="A38" t="s">
-        <v>269</v>
+        <v>271</v>
       </c>
       <c r="B38" t="s">
-        <v>270</v>
+        <v>272</v>
       </c>
       <c r="C38" t="s">
-        <v>271</v>
+        <v>273</v>
       </c>
       <c r="D38" t="s">
         <v>54</v>
       </c>
       <c r="E38" t="s">
         <v>20</v>
       </c>
       <c r="F38" t="s">
         <v>21</v>
       </c>
       <c r="G38" t="s">
-        <v>272</v>
+        <v>274</v>
       </c>
       <c r="H38">
         <v>2017</v>
       </c>
       <c r="I38"/>
       <c r="J38" t="s">
-        <v>273</v>
+        <v>275</v>
       </c>
       <c r="K38" t="s">
         <v>36</v>
       </c>
       <c r="L38" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="M38" t="s">
-        <v>275</v>
+        <v>277</v>
       </c>
       <c r="N38" t="s">
         <v>27</v>
       </c>
       <c r="O38" t="s">
-        <v>276</v>
+        <v>278</v>
       </c>
       <c r="P38" t="s">
-        <v>277</v>
+        <v>279</v>
       </c>
     </row>
     <row r="39" spans="1:16">
       <c r="A39" t="s">
-        <v>278</v>
+        <v>280</v>
       </c>
       <c r="B39" t="s">
-        <v>279</v>
+        <v>281</v>
       </c>
       <c r="C39" t="s">
-        <v>280</v>
+        <v>282</v>
       </c>
       <c r="D39" t="s">
-        <v>281</v>
+        <v>283</v>
       </c>
       <c r="E39" t="s">
         <v>20</v>
       </c>
       <c r="F39" t="s">
         <v>161</v>
       </c>
       <c r="G39" t="s">
         <v>22</v>
       </c>
       <c r="H39">
         <v>2017</v>
       </c>
       <c r="I39">
         <v>2021</v>
       </c>
       <c r="J39" t="s">
-        <v>282</v>
+        <v>284</v>
       </c>
       <c r="K39" t="s">
-        <v>283</v>
+        <v>285</v>
       </c>
       <c r="L39" t="s">
-        <v>284</v>
+        <v>286</v>
       </c>
       <c r="M39" t="s">
-        <v>285</v>
+        <v>287</v>
       </c>
       <c r="N39" t="s">
         <v>48</v>
       </c>
       <c r="O39" t="s">
-        <v>286</v>
+        <v>288</v>
       </c>
       <c r="P39" t="s">
-        <v>287</v>
+        <v>289</v>
       </c>
     </row>
     <row r="40" spans="1:16">
       <c r="A40" t="s">
-        <v>288</v>
+        <v>290</v>
       </c>
       <c r="B40" t="s">
-        <v>289</v>
+        <v>291</v>
       </c>
       <c r="C40" t="s">
-        <v>290</v>
+        <v>292</v>
       </c>
       <c r="D40" t="s">
         <v>84</v>
       </c>
       <c r="E40" t="s">
         <v>76</v>
       </c>
       <c r="F40" t="s">
         <v>161</v>
       </c>
       <c r="G40" t="s">
         <v>34</v>
       </c>
       <c r="H40">
         <v>2013</v>
       </c>
       <c r="I40"/>
       <c r="J40" t="s">
         <v>109</v>
       </c>
       <c r="K40" t="s">
         <v>36</v>
       </c>
       <c r="L40" t="s">
-        <v>291</v>
+        <v>293</v>
       </c>
       <c r="M40" t="s">
-        <v>292</v>
+        <v>294</v>
       </c>
       <c r="N40" t="s">
-        <v>245</v>
+        <v>247</v>
       </c>
       <c r="O40" t="s">
-        <v>293</v>
+        <v>295</v>
       </c>
       <c r="P40" t="s">
-        <v>294</v>
+        <v>296</v>
       </c>
     </row>
     <row r="41" spans="1:16">
       <c r="A41" t="s">
-        <v>295</v>
+        <v>297</v>
       </c>
       <c r="B41" t="s">
-        <v>296</v>
+        <v>298</v>
       </c>
       <c r="C41" t="s">
-        <v>290</v>
+        <v>292</v>
       </c>
       <c r="D41" t="s">
         <v>54</v>
       </c>
       <c r="E41" t="s">
         <v>76</v>
       </c>
       <c r="F41" t="s">
         <v>161</v>
       </c>
       <c r="G41" t="s">
         <v>22</v>
       </c>
       <c r="H41">
         <v>2014</v>
       </c>
       <c r="I41">
         <v>2016</v>
       </c>
       <c r="J41" t="s">
         <v>109</v>
       </c>
       <c r="K41" t="s">
-        <v>297</v>
+        <v>299</v>
       </c>
       <c r="L41" t="s">
-        <v>298</v>
+        <v>300</v>
       </c>
       <c r="M41" t="s">
-        <v>292</v>
+        <v>294</v>
       </c>
       <c r="N41" t="s">
         <v>27</v>
       </c>
       <c r="O41" t="s">
-        <v>299</v>
+        <v>301</v>
       </c>
       <c r="P41" t="s">
-        <v>300</v>
+        <v>302</v>
       </c>
     </row>
     <row r="42" spans="1:16">
       <c r="A42" t="s">
-        <v>301</v>
+        <v>303</v>
       </c>
       <c r="B42" t="s">
-        <v>302</v>
+        <v>304</v>
       </c>
       <c r="C42" t="s">
-        <v>271</v>
+        <v>273</v>
       </c>
       <c r="D42" t="s">
         <v>91</v>
       </c>
       <c r="E42" t="s">
         <v>76</v>
       </c>
       <c r="F42" t="s">
         <v>77</v>
       </c>
       <c r="G42" t="s">
         <v>22</v>
       </c>
       <c r="H42">
         <v>2010</v>
       </c>
       <c r="I42">
         <v>2012</v>
       </c>
       <c r="J42" t="s">
-        <v>303</v>
+        <v>305</v>
       </c>
       <c r="K42" t="s">
         <v>36</v>
       </c>
       <c r="L42" t="s">
-        <v>304</v>
+        <v>306</v>
       </c>
       <c r="M42" t="s">
-        <v>305</v>
+        <v>307</v>
       </c>
       <c r="N42" t="s">
         <v>27</v>
       </c>
       <c r="O42" t="s">
-        <v>306</v>
+        <v>308</v>
       </c>
       <c r="P42" t="s">
-        <v>307</v>
+        <v>309</v>
       </c>
     </row>
     <row r="43" spans="1:16">
       <c r="A43" t="s">
-        <v>308</v>
+        <v>310</v>
       </c>
       <c r="B43" t="s">
-        <v>309</v>
+        <v>311</v>
       </c>
       <c r="C43" t="s">
-        <v>271</v>
+        <v>273</v>
       </c>
       <c r="D43" t="s">
         <v>84</v>
       </c>
       <c r="E43" t="s">
         <v>76</v>
       </c>
       <c r="F43" t="s">
         <v>77</v>
       </c>
       <c r="G43" t="s">
         <v>22</v>
       </c>
       <c r="H43">
         <v>2011</v>
       </c>
       <c r="I43">
         <v>2022</v>
       </c>
       <c r="J43" t="s">
-        <v>303</v>
+        <v>305</v>
       </c>
       <c r="K43" t="s">
-        <v>244</v>
+        <v>246</v>
       </c>
       <c r="L43" t="s">
-        <v>310</v>
+        <v>312</v>
       </c>
       <c r="M43" t="s">
-        <v>305</v>
+        <v>307</v>
       </c>
       <c r="N43" t="s">
-        <v>245</v>
+        <v>247</v>
       </c>
       <c r="O43" t="s">
-        <v>311</v>
+        <v>313</v>
       </c>
       <c r="P43" t="s">
-        <v>312</v>
+        <v>314</v>
       </c>
     </row>
     <row r="44" spans="1:16">
       <c r="A44" t="s">
-        <v>313</v>
+        <v>315</v>
       </c>
       <c r="B44" t="s">
-        <v>314</v>
+        <v>316</v>
       </c>
       <c r="C44" t="s">
-        <v>315</v>
+        <v>317</v>
       </c>
       <c r="D44" t="s">
         <v>54</v>
       </c>
       <c r="E44" t="s">
         <v>20</v>
       </c>
       <c r="F44" t="s">
         <v>161</v>
       </c>
       <c r="G44" t="s">
         <v>22</v>
       </c>
       <c r="H44">
         <v>2007</v>
       </c>
       <c r="I44">
         <v>2011</v>
       </c>
       <c r="J44" t="s">
         <v>109</v>
       </c>
       <c r="K44" t="s">
         <v>36</v>
       </c>
       <c r="L44" t="s">
-        <v>316</v>
+        <v>318</v>
       </c>
       <c r="M44" t="s">
-        <v>317</v>
+        <v>319</v>
       </c>
       <c r="N44" t="s">
         <v>27</v>
       </c>
       <c r="O44" t="s">
-        <v>318</v>
+        <v>320</v>
       </c>
       <c r="P44" t="s">
-        <v>319</v>
+        <v>321</v>
       </c>
     </row>
     <row r="45" spans="1:16">
       <c r="A45" t="s">
-        <v>320</v>
+        <v>322</v>
       </c>
       <c r="B45" t="s">
-        <v>321</v>
+        <v>323</v>
       </c>
       <c r="C45" t="s">
-        <v>322</v>
+        <v>324</v>
       </c>
       <c r="D45" t="s">
-        <v>323</v>
+        <v>325</v>
       </c>
       <c r="E45" t="s">
         <v>20</v>
       </c>
       <c r="F45" t="s">
         <v>21</v>
       </c>
       <c r="G45" t="s">
         <v>34</v>
       </c>
       <c r="H45">
         <v>2019</v>
       </c>
       <c r="I45"/>
       <c r="J45" t="s">
-        <v>324</v>
+        <v>326</v>
       </c>
       <c r="K45" t="s">
         <v>85</v>
       </c>
       <c r="L45"/>
       <c r="M45" t="s">
-        <v>325</v>
+        <v>327</v>
       </c>
       <c r="N45" t="s">
-        <v>326</v>
+        <v>328</v>
       </c>
       <c r="O45" t="s">
-        <v>327</v>
+        <v>329</v>
       </c>
       <c r="P45" t="s">
-        <v>328</v>
+        <v>330</v>
       </c>
     </row>
     <row r="46" spans="1:16">
       <c r="A46" t="s">
-        <v>329</v>
+        <v>331</v>
       </c>
       <c r="B46" t="s">
-        <v>330</v>
+        <v>332</v>
       </c>
       <c r="C46" t="s">
         <v>142</v>
       </c>
       <c r="D46" t="s">
         <v>188</v>
       </c>
       <c r="E46" t="s">
         <v>20</v>
       </c>
       <c r="F46" t="s">
         <v>21</v>
       </c>
       <c r="G46" t="s">
-        <v>272</v>
+        <v>274</v>
       </c>
       <c r="H46">
         <v>2021</v>
       </c>
       <c r="I46"/>
       <c r="J46" t="s">
         <v>145</v>
       </c>
       <c r="K46" t="s">
         <v>36</v>
       </c>
       <c r="L46"/>
       <c r="M46" t="s">
         <v>146</v>
       </c>
       <c r="N46" t="s">
         <v>27</v>
       </c>
       <c r="O46" t="s">
-        <v>331</v>
+        <v>333</v>
       </c>
       <c r="P46" t="s">
-        <v>332</v>
+        <v>334</v>
       </c>
     </row>
     <row r="47" spans="1:16">
       <c r="A47" t="s">
-        <v>333</v>
+        <v>335</v>
       </c>
       <c r="B47" t="s">
-        <v>334</v>
+        <v>336</v>
       </c>
       <c r="C47" t="s">
         <v>142</v>
       </c>
       <c r="D47" t="s">
-        <v>335</v>
+        <v>337</v>
       </c>
       <c r="E47" t="s">
         <v>20</v>
       </c>
       <c r="F47" t="s">
         <v>21</v>
       </c>
       <c r="G47" t="s">
-        <v>272</v>
+        <v>274</v>
       </c>
       <c r="H47">
         <v>2021</v>
       </c>
       <c r="I47"/>
       <c r="J47" t="s">
         <v>145</v>
       </c>
       <c r="K47" t="s">
         <v>36</v>
       </c>
       <c r="L47"/>
       <c r="M47" t="s">
         <v>146</v>
       </c>
       <c r="N47" t="s">
         <v>27</v>
       </c>
       <c r="O47" t="s">
-        <v>336</v>
+        <v>338</v>
       </c>
       <c r="P47" t="s">
-        <v>337</v>
+        <v>339</v>
       </c>
     </row>
     <row r="48" spans="1:16">
       <c r="A48" t="s">
-        <v>338</v>
+        <v>340</v>
       </c>
       <c r="B48" t="s">
-        <v>339</v>
+        <v>341</v>
       </c>
       <c r="C48" t="s">
-        <v>340</v>
+        <v>342</v>
       </c>
       <c r="D48" t="s">
         <v>54</v>
       </c>
       <c r="E48" t="s">
         <v>76</v>
       </c>
       <c r="F48" t="s">
         <v>77</v>
       </c>
       <c r="G48" t="s">
         <v>34</v>
       </c>
       <c r="H48">
         <v>2012</v>
       </c>
       <c r="I48"/>
       <c r="J48" t="s">
-        <v>341</v>
+        <v>343</v>
       </c>
       <c r="K48" t="s">
         <v>36</v>
       </c>
       <c r="L48" t="s">
-        <v>342</v>
+        <v>344</v>
       </c>
       <c r="M48" t="s">
-        <v>343</v>
+        <v>345</v>
       </c>
       <c r="N48" t="s">
         <v>27</v>
       </c>
       <c r="O48" t="s">
-        <v>344</v>
+        <v>346</v>
       </c>
       <c r="P48" t="s">
-        <v>345</v>
+        <v>347</v>
       </c>
     </row>
     <row r="49" spans="1:16">
       <c r="A49" t="s">
-        <v>346</v>
+        <v>348</v>
       </c>
       <c r="B49" t="s">
-        <v>347</v>
+        <v>349</v>
       </c>
       <c r="C49" t="s">
-        <v>340</v>
+        <v>342</v>
       </c>
       <c r="D49" t="s">
         <v>91</v>
       </c>
       <c r="E49" t="s">
         <v>76</v>
       </c>
       <c r="F49" t="s">
         <v>77</v>
       </c>
       <c r="G49" t="s">
         <v>34</v>
       </c>
       <c r="H49">
         <v>2015</v>
       </c>
       <c r="I49"/>
       <c r="J49" t="s">
-        <v>341</v>
+        <v>343</v>
       </c>
       <c r="K49" t="s">
         <v>36</v>
       </c>
       <c r="L49" t="s">
-        <v>348</v>
+        <v>350</v>
       </c>
       <c r="M49" t="s">
-        <v>343</v>
+        <v>345</v>
       </c>
       <c r="N49" t="s">
         <v>27</v>
       </c>
       <c r="O49" t="s">
-        <v>349</v>
+        <v>351</v>
       </c>
       <c r="P49" t="s">
-        <v>350</v>
+        <v>352</v>
       </c>
     </row>
     <row r="50" spans="1:16">
       <c r="A50" t="s">
-        <v>351</v>
+        <v>353</v>
       </c>
       <c r="B50" t="s">
-        <v>352</v>
+        <v>354</v>
       </c>
       <c r="C50" t="s">
-        <v>249</v>
+        <v>251</v>
       </c>
       <c r="D50" t="s">
         <v>188</v>
       </c>
       <c r="E50" t="s">
         <v>76</v>
       </c>
       <c r="F50" t="s">
         <v>77</v>
       </c>
       <c r="G50" t="s">
         <v>22</v>
       </c>
       <c r="H50">
         <v>2012</v>
       </c>
       <c r="I50">
         <v>2020</v>
       </c>
       <c r="J50" t="s">
         <v>109</v>
       </c>
       <c r="K50" t="s">
         <v>36</v>
       </c>
       <c r="L50" t="s">
-        <v>353</v>
+        <v>355</v>
       </c>
       <c r="M50" t="s">
-        <v>354</v>
+        <v>356</v>
       </c>
       <c r="N50" t="s">
         <v>48</v>
       </c>
       <c r="O50" t="s">
-        <v>355</v>
+        <v>357</v>
       </c>
       <c r="P50" t="s">
-        <v>356</v>
+        <v>358</v>
       </c>
     </row>
     <row r="51" spans="1:16">
       <c r="A51" t="s">
-        <v>357</v>
+        <v>359</v>
       </c>
       <c r="B51" t="s">
-        <v>358</v>
+        <v>360</v>
       </c>
       <c r="C51" t="s">
-        <v>340</v>
+        <v>342</v>
       </c>
       <c r="D51" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="E51" t="s">
         <v>76</v>
       </c>
       <c r="F51" t="s">
         <v>21</v>
       </c>
       <c r="G51" t="s">
         <v>34</v>
       </c>
       <c r="H51">
         <v>2012</v>
       </c>
       <c r="I51"/>
       <c r="J51" t="s">
-        <v>360</v>
+        <v>362</v>
       </c>
       <c r="K51" t="s">
         <v>36</v>
       </c>
       <c r="L51"/>
       <c r="M51" t="s">
-        <v>361</v>
+        <v>363</v>
       </c>
       <c r="N51" t="s">
         <v>27</v>
       </c>
       <c r="O51" t="s">
-        <v>362</v>
+        <v>364</v>
       </c>
       <c r="P51" t="s">
-        <v>363</v>
+        <v>365</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">