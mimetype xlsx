--- v0 (2025-10-13)
+++ v1 (2026-03-06)
@@ -12,484 +12,629 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="129">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="177">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>CQC31-442412-2020. Energy Conservation Certification Rules for Electric Welding Machines</t>
   </si>
   <si>
+    <t>Apply to electric welding machines</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Internal Power Supply</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>GB 28736-2019</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-442412-2020-energy-conservation-certification-rules-electric-welding-machines</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-05-13/497379.shtml</t>
+  </si>
+  <si>
     <t>CQC31-448314-2013. Energy Conservation Certification Rules for Solar Collectors</t>
   </si>
   <si>
+    <t>Apply to solar collectors</t>
+  </si>
+  <si>
     <t>Solar Inverters</t>
   </si>
   <si>
     <t>Solar</t>
   </si>
   <si>
     <t>CQC3188-2012</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-448314-2013-energy-conservation-certification-rules-solar-collectors</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/509581.shtml</t>
+  </si>
+  <si>
     <t>CQC31-461234-2009. CQC Mark Certification - Uninterruptible Power Supplies (UPS)</t>
   </si>
   <si>
+    <t>This policy applies to uninterruptible power supplies.</t>
+  </si>
+  <si>
     <t>Uninterruptable Power Supply</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>CQC 3108-2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-461234-2009-cqc-mark-certification-uninterruptible-power-supplies-ups</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-04-26/492771.shtml</t>
+  </si>
+  <si>
     <t>CQC31-461235-2014. CQC Mark Certification - Switch power supply of computers</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Applies to products as the internal switch of computers which working under normal grid voltage including ordinary desktop computers; high level desktop computers; working station, etc.</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>CQC 3112-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-461235-2014-cqc-mark-certification-switch-power-supply-computers</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-04-26/492782.shtml</t>
+  </si>
+  <si>
     <t>CQC31-461236-2014. CQC Marking Certification: single voltage external AC-DC and AC-AC power supplies</t>
   </si>
   <si>
+    <t>Applies to power supplies operating under under 220V and 50Hz;  which transfer AC grid's voltage to a fixed and single way low voltage DC current; no more than 36V; or low voltage AC; no more than 36V; and rated output power is no larger than 250W.</t>
+  </si>
+  <si>
     <t>External Power Supply</t>
   </si>
   <si>
     <t>GB 20943-2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-461236-2014-cqc-marking-certification-single-voltage-external-ac-dc-and-ac-ac-power</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492783.shtml</t>
+  </si>
+  <si>
     <t>CQC31-461289-2021 Energy Conservation Certification Rules for Low-Voltage Reactive Power Compensation Assemblies</t>
+  </si>
+  <si>
+    <t>This policy contains Energy Conservation Certification Rules for low-voltage reactive power compensation assemblies. It applies to low-voltage reactive power compensation assemblies with a rated AC voltage not exceeding 1000 V (or 1140 V) and a frequency not exceeding 1000 Hz</t>
   </si>
   <si>
     <t>Electronics, Power Supply and Power Conversion</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>GB/T 15576-2020
 ,   
                     CQC3179-2021</t>
   </si>
   <si>
     <t>China Quality Certification Centre</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-461289-2021-energy-conservation-certification-rules-low-voltage-reactive-power</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2021-12-17/558553.shtml</t>
+  </si>
+  <si>
     <t>CQC31-462121-2021. Energy Conservation Certification Rules for Step-down Power Saving Devices</t>
   </si>
   <si>
+    <t>This policy contains Energy Conservation Certification rules for step-down power-saving devices. It applies to low voltage distribution savers with a rated voltage lower than 1000 V, rated frequency of 50 Hz, and rated capacity no more than 2500 kVA.</t>
+  </si>
+  <si>
     <t>CQC 3103-2009</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-462121-2021-energy-conservation-certification-rules-step-down-power-saving-devices</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2021-05-26/492772.shtml</t>
+  </si>
+  <si>
     <t>CQC31-462191-2010. CQC Mark Certification - Socket-outlets and adaptors</t>
   </si>
   <si>
+    <t>Applies to products that are used indoor or outdoor; household or similar type; working under AC current; rated voltage higher than 50V and lower than 250V; rated current 10A and 16A; with or without earth contactor; with conservative stand-by power function.</t>
+  </si>
+  <si>
     <t>Power strips</t>
   </si>
   <si>
     <t>CQC 3121-2009</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-462191-2010-cqc-mark-certification-socket-outlets-and-adaptors</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492763.shtml</t>
+  </si>
+  <si>
     <t>CQC31-462213-2015. Energy Conservation Certification Rules for Closed Insulated Busways</t>
   </si>
   <si>
+    <t>Apply to closed insulated busways</t>
+  </si>
+  <si>
     <t>CQC3131-2015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-462213-2015-energy-conservation-certification-rules-closed-insulated-busways</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492856.shtml</t>
+  </si>
+  <si>
     <t>CQC31-462227-2021. Energy Conservation Certification Rules for Low-Voltage Switchgear Assemblies</t>
   </si>
   <si>
+    <t>Apply to low-voltage switchgear assemblies</t>
+  </si>
+  <si>
     <t>CQC3177-2021</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-462227-2021-energy-conservation-certification-rules-low-voltage-switchgear</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/dynamic/contentcore/resource/download?ID=39718</t>
+  </si>
+  <si>
     <t>CQC31-464245-2018. Energy Conservation Certification Rules for Electric Vehicle Off-Board Charger</t>
   </si>
   <si>
+    <t>Apply to electric vehicle off-board charger</t>
+  </si>
+  <si>
     <t>CQC 3170-2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-464245-2018-energy-conservation-certification-rules-electric-vehicle-board-charger</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-04-26/554396.shtml</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Auto-Off Power Strips and Socket Adapters (DE-UZ 134)</t>
   </si>
   <si>
+    <t>These Basic Criteria apply to auto-off power strips or socket adapters (with and without surge protector).</t>
+  </si>
+  <si>
     <t>Germany</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>DIN EN ISO/IEC 17025; DIN EN 62301</t>
   </si>
   <si>
     <t>Umweltbundesamt -Federal Environment Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/der-blaue-engel-auto-power-strips-and-socket-adapters-de-uz-134</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20134-201407-en%20Criteria-2020-01-07.pdf</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Uninterruptible Power Supplies (UPSs) Version 2.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of an Uninterruptible Power Supply (UPS) as specified in the policy document, including Static and Rotary UPSs and Ac-output UPSs and Dc-output UPSs/Rectifiers, are eligible for ENERGY STAR certification, with the exception of products listed in Section 2.2. Eligible products include:</t>
+  </si>
+  <si>
     <t>Canada, United States of America*</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Uninterruptible Power Supplies Rev. Dec-2017; 10 CFR 430, Section 4, Subpart B, Appendix Y</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-uninterruptible-power-supplies-upss-version-20</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/data_center_equipment/uninterruptible_power_supplies/partners</t>
+  </si>
+  <si>
     <t>Greenmark N141 - Uninterruptible Power Supply Systems</t>
   </si>
   <si>
+    <t>This standard is applicable to the uninterruptible power supply systems as defined in CNS 14843-1 and CNS 14843-2.</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>Greenmark Labelling Program</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n141-uninterruptible-power-supply-systems</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/141/0e5d3b89-12e8-40de-b8d2-5ee476cb445d.pdf</t>
+  </si>
+  <si>
     <t>High-efficiency Appliances Certification Program for Uniterruptible Power System</t>
   </si>
   <si>
+    <t>Uniterruptible power system: controlling its function according to the amount of loads</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/high-efficiency-appliances-certification-program-uniterruptible-power-system</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100101.asp</t>
+  </si>
+  <si>
     <t>LI 2461 Renewable Energy (Standards and Labelling) (Inverters) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to an inverter intended for use in a stand-alone energy system or utility-interactive energy system where the output of the inverter is a stable alternating current of constant frequency; and a single-phase inverter or 3-phase inverter intended for use in a stand alone energy system or utility interactive energy system intended to be operated in parallel with an electric power system to supply power to common loads manufactured in the country or imported into the country for display, sale or use.</t>
+  </si>
+  <si>
     <t>Ghana</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>March 2023</t>
   </si>
   <si>
     <t>Electricity, Solar</t>
   </si>
   <si>
     <t>Ghana Energy Commission</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/li-2461-renewable-energy-standards-and-labelling-inverters-regulations-2022</t>
   </si>
   <si>
+    <t>https://www.energycom.gov.gh/regulation/regulation-and-codes</t>
+  </si>
+  <si>
     <t>Schedule 17 - Solid state inverters</t>
   </si>
   <si>
+    <t>This schedule specifies the minimum DC to AC efficiency and labeling instructions for Solid State Inverters run from Storage Batteries of 12 Volts Direct Current source being manufactured, imported or sold in India. The output rating of the Solid State Inverters run from Storage Batteries, covered under this schedule shall be between 250 VA to 2000 VA for continuous output. Note: Inclusion of Solid State Inverters run from Storage Batteries of 24 Volts Direct Current source is under consideration.</t>
+  </si>
+  <si>
     <t>India</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>IS 13314:1992</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/schedule-17-solid-state-inverters</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/Inverter%20Schedule.pdf</t>
+  </si>
+  <si>
     <t>Schedule 18 - Diesel Generator Sets</t>
   </si>
   <si>
+    <t>This schedule specifies the star labeling requirements for various classifications for the application, rating and performance of single/three phase Diesel Generating sets consisting of a Reciprocating Internal Combustion (RIC) engine driven by diesel as fuel, Alternating Current (a.c.) generator, any associated control gear, switchgear and auxiliary equipment. It applies to A. C. generating sets driven by RIC engines for land and marine use being manufactured, imported or sold in India. It excludes generating sets used on aircraft or to propel land vehicles and Locomotives. Diesel Generating (DG) Sets up to 19 kW ratings are covered under pilot energy labeling scheme for single/three phase DG Sets.</t>
+  </si>
+  <si>
     <t>Oil</t>
   </si>
   <si>
     <t>IS 10000, IS 10001, IS 13364, IS 4889:1968</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/schedule-18-diesel-generator-sets</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/DG%20Set%20schedule.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4167 - Uninterruptible Power Supplies</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for uninterruptible power systems (UPS) in standby, interactive and double conversion line, with nominal supply voltage of 120 V to 480 V to deliver regulated voltage of 120 V up to 480 V and a frequency of 60 Hz.</t>
+  </si>
+  <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>NMX-I-163-NYCE / NOM-001-SCFI / IEC 62040-3 / CAN/CSA C813.1-01</t>
   </si>
   <si>
     <t>Fideicomiso para el Ahorro de Energía Eléctrica (FIDE) - Trust for Saving Elect…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4167-uninterruptible-power-supplies</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4167_01.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4176 - Solar Inverters</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for single-phase inverters, pure or modified sine wave, with an input voltage of 12, 24 or 48 VDC and an output voltage from 110 VAC to 240 VAC, 60 HZ, with a power output from 100W to 5kW and for stand alone operation or for connection to a low voltage network.</t>
+  </si>
+  <si>
     <t>NOM-008-SCFI / NMX-J-655/2-ANCE / NMX-J-656/1-ANCE / NMX-J-676-ANCE-2013 / RES/142/2017 / ACUERDO / EN 50530 / IEC 61683 / UL 1741 / AS 4777.2 / CSA 22.2 No. 107.1-M91 / IEEE Std. 1547 / IEEE Std. 1547.1 / IEEE Std. 929 (PV) / EN 50438 / IEC 61727 / AS 4777.3 / IEC 61000-6-1 / IEC 61000-6-3 / CFR 47, FCC Part. 15</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4176-solar-inverters</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/ESP076.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Secondary Batteries for Portable Applications TGL-67-12</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to secondary batteries containing alkaline or other non-acid electrolytes for portable use by categorizing secondary batteries into two systems: 1. Nickel systems (covers only nickel-cadmium batteries and nickel-metal hydride batteries), and 2. Lithium systems.</t>
   </si>
   <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>TIS 2217 (Secondary batteries)
 ,   
                     TIS 2218 or IEC 61960 (or EN 61960, JIS C 8711) (Lithium)
 ,   
                     IEC 61951-1 (or EN 61951-1) (Nickel-Cadmium)
 ,   
                     IEC 61951-2 (or EN 61951-2) (Nickel-metal hydride)</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-secondary-batteries-portable-applications-tgl-67-12</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-67-12.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Uninterruptible Power System TGL-106-15</t>
   </si>
   <si>
+    <t>These criteria shall apply to uninterrupted power system (UPS) products that have electrical energy storage devices in the DC connection.</t>
+  </si>
+  <si>
     <t>TIS 1291 P 3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-uninterruptible-power-system-tgl-106-15</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-106-15.pdf</t>
+  </si>
+  <si>
     <t>TIS 2432-2555 (2012) Plugs and socket-outlets for household and similar purposes: cord extension sets</t>
   </si>
   <si>
+    <t>This standard applies to cord extension sets (rewirable and non-rewirable) with a rated voltage greater than 50 V but not exceeding 440 V and a rated current not exceeding 16 A, intended for household and similar purposes, either indoors or outdoors. This standard does not apply to cord extension sets with means for reeling.</t>
+  </si>
+  <si>
     <t>Electronics, Power Supply and Power Conversion, Power strips</t>
   </si>
   <si>
     <t>April 2022</t>
   </si>
   <si>
     <t>Thai Industrial Standards Institute (TISI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tis-2432-2555-2012-plugs-and-socket-outlets-household-and-similar-purposes-cord-extension</t>
+  </si>
+  <si>
+    <t>https://service.tisi.go.th/fulltext/TIS-2432-2555m_Auto1849.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -753,1133 +898,1280 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N24"/>
+  <dimension ref="A1:P24"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="133" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="143" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="133.253" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="836.367" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="71.84" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="371.481" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="143.822" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="127.255" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2020</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2013</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>23</v>
+      </c>
+      <c r="K3" t="s">
+        <v>33</v>
+      </c>
+      <c r="L3" t="s">
+        <v>34</v>
+      </c>
+      <c r="M3" t="s">
+        <v>26</v>
+      </c>
+      <c r="N3" t="s">
+        <v>35</v>
+      </c>
+      <c r="O3" t="s">
+        <v>36</v>
+      </c>
+      <c r="P3" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>38</v>
+      </c>
+      <c r="B4" t="s">
+        <v>39</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>40</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2009</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>41</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>42</v>
+      </c>
+      <c r="M4" t="s">
+        <v>26</v>
+      </c>
+      <c r="N4" t="s">
+        <v>35</v>
+      </c>
+      <c r="O4" t="s">
+        <v>43</v>
+      </c>
+      <c r="P4" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>45</v>
+      </c>
+      <c r="B5" t="s">
+        <v>46</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
-[...6 lines deleted...]
-      <c r="J2" t="s">
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G5" t="s">
+        <v>47</v>
+      </c>
+      <c r="H5">
+        <v>2005</v>
+      </c>
+      <c r="I5">
+        <v>2014</v>
+      </c>
+      <c r="J5" t="s">
+        <v>41</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>48</v>
+      </c>
+      <c r="M5" t="s">
+        <v>26</v>
+      </c>
+      <c r="N5" t="s">
+        <v>35</v>
+      </c>
+      <c r="O5" t="s">
+        <v>49</v>
+      </c>
+      <c r="P5" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>51</v>
+      </c>
+      <c r="B6" t="s">
+        <v>52</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>53</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>47</v>
+      </c>
+      <c r="H6">
+        <v>2005</v>
+      </c>
+      <c r="I6">
+        <v>2014</v>
+      </c>
+      <c r="J6" t="s">
+        <v>41</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>54</v>
+      </c>
+      <c r="M6" t="s">
+        <v>26</v>
+      </c>
+      <c r="N6" t="s">
+        <v>35</v>
+      </c>
+      <c r="O6" t="s">
+        <v>55</v>
+      </c>
+      <c r="P6" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>57</v>
+      </c>
+      <c r="B7" t="s">
+        <v>58</v>
+      </c>
+      <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
+        <v>59</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G7" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...2 lines deleted...]
-      <c r="M2" t="s">
+      <c r="H7">
+        <v>2021</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>60</v>
+      </c>
+      <c r="K7" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-[...16 lines deleted...]
-      <c r="E3" t="s">
+      <c r="L7" t="s">
+        <v>61</v>
+      </c>
+      <c r="M7" t="s">
+        <v>62</v>
+      </c>
+      <c r="N7" t="s">
+        <v>35</v>
+      </c>
+      <c r="O7" t="s">
+        <v>63</v>
+      </c>
+      <c r="P7" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>65</v>
+      </c>
+      <c r="B8" t="s">
+        <v>66</v>
+      </c>
+      <c r="C8" t="s">
         <v>18</v>
       </c>
-      <c r="F3" t="s">
-[...38 lines deleted...]
-      <c r="E4" t="s">
+      <c r="D8" t="s">
+        <v>59</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>21</v>
+      </c>
+      <c r="G8" t="s">
+        <v>47</v>
+      </c>
+      <c r="H8">
+        <v>2009</v>
+      </c>
+      <c r="I8">
+        <v>2021</v>
+      </c>
+      <c r="J8" t="s">
+        <v>60</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>67</v>
+      </c>
+      <c r="M8" t="s">
+        <v>62</v>
+      </c>
+      <c r="N8" t="s">
+        <v>35</v>
+      </c>
+      <c r="O8" t="s">
+        <v>68</v>
+      </c>
+      <c r="P8" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>70</v>
+      </c>
+      <c r="B9" t="s">
+        <v>71</v>
+      </c>
+      <c r="C9" t="s">
         <v>18</v>
       </c>
-      <c r="F4" t="s">
-[...9 lines deleted...]
-      <c r="J4" t="s">
+      <c r="D9" t="s">
+        <v>72</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
         <v>21</v>
       </c>
-      <c r="K4" t="s">
-[...123 lines deleted...]
-      <c r="I7" t="s">
+      <c r="G9" t="s">
         <v>47</v>
-      </c>
-[...80 lines deleted...]
-        <v>2010</v>
       </c>
       <c r="H9">
         <v>2010</v>
       </c>
-      <c r="I9" t="s">
-        <v>34</v>
+      <c r="I9">
+        <v>2010</v>
       </c>
       <c r="J9" t="s">
+        <v>41</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>73</v>
+      </c>
+      <c r="M9" t="s">
+        <v>26</v>
+      </c>
+      <c r="N9" t="s">
+        <v>35</v>
+      </c>
+      <c r="O9" t="s">
+        <v>74</v>
+      </c>
+      <c r="P9" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>76</v>
+      </c>
+      <c r="B10" t="s">
+        <v>77</v>
+      </c>
+      <c r="C10" t="s">
+        <v>18</v>
+      </c>
+      <c r="D10" t="s">
+        <v>19</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
         <v>21</v>
       </c>
-      <c r="K9" t="s">
-[...2 lines deleted...]
-      <c r="L9" t="s">
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2015</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
         <v>23</v>
       </c>
-      <c r="M9" t="s">
-[...19 lines deleted...]
-      <c r="E10" t="s">
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>78</v>
+      </c>
+      <c r="M10" t="s">
+        <v>26</v>
+      </c>
+      <c r="N10" t="s">
+        <v>35</v>
+      </c>
+      <c r="O10" t="s">
+        <v>79</v>
+      </c>
+      <c r="P10" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>81</v>
+      </c>
+      <c r="B11" t="s">
+        <v>82</v>
+      </c>
+      <c r="C11" t="s">
         <v>18</v>
       </c>
-      <c r="F10" t="s">
+      <c r="D11" t="s">
         <v>19</v>
       </c>
-      <c r="G10">
-[...6 lines deleted...]
-      <c r="J10" t="s">
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
         <v>21</v>
       </c>
-      <c r="K10" t="s">
-[...2 lines deleted...]
-      <c r="L10" t="s">
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2021</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
         <v>23</v>
       </c>
-      <c r="M10" t="s">
-[...19 lines deleted...]
-      <c r="E11" t="s">
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>83</v>
+      </c>
+      <c r="M11" t="s">
+        <v>26</v>
+      </c>
+      <c r="N11" t="s">
+        <v>35</v>
+      </c>
+      <c r="O11" t="s">
+        <v>84</v>
+      </c>
+      <c r="P11" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>86</v>
+      </c>
+      <c r="B12" t="s">
+        <v>87</v>
+      </c>
+      <c r="C12" t="s">
         <v>18</v>
       </c>
-      <c r="F11" t="s">
-[...9 lines deleted...]
-      <c r="J11" t="s">
+      <c r="D12" t="s">
+        <v>53</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
         <v>21</v>
       </c>
-      <c r="K11" t="s">
-[...2 lines deleted...]
-      <c r="L11" t="s">
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2018</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
         <v>23</v>
       </c>
-      <c r="M11" t="s">
-[...32 lines deleted...]
-      <c r="J12" t="s">
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12" t="s">
+        <v>88</v>
+      </c>
+      <c r="M12" t="s">
+        <v>26</v>
+      </c>
+      <c r="N12" t="s">
+        <v>35</v>
+      </c>
+      <c r="O12" t="s">
+        <v>89</v>
+      </c>
+      <c r="P12" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>91</v>
+      </c>
+      <c r="B13" t="s">
+        <v>92</v>
+      </c>
+      <c r="C13" t="s">
+        <v>93</v>
+      </c>
+      <c r="D13" t="s">
+        <v>72</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
         <v>21</v>
       </c>
-      <c r="K12" t="s">
-[...31 lines deleted...]
-      <c r="G13">
+      <c r="G13" t="s">
+        <v>47</v>
+      </c>
+      <c r="H13">
         <v>2012</v>
       </c>
-      <c r="H13">
+      <c r="I13">
         <v>2020</v>
       </c>
-      <c r="I13" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J13" t="s">
+        <v>94</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13" t="s">
+        <v>95</v>
+      </c>
+      <c r="M13" t="s">
+        <v>96</v>
+      </c>
+      <c r="N13" t="s">
+        <v>35</v>
+      </c>
+      <c r="O13" t="s">
+        <v>97</v>
+      </c>
+      <c r="P13" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>99</v>
+      </c>
+      <c r="B14" t="s">
+        <v>100</v>
+      </c>
+      <c r="C14" t="s">
+        <v>101</v>
+      </c>
+      <c r="D14" t="s">
+        <v>40</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
         <v>21</v>
       </c>
-      <c r="K13" t="s">
-[...31 lines deleted...]
-      <c r="G14">
+      <c r="G14" t="s">
+        <v>47</v>
+      </c>
+      <c r="H14">
         <v>2012</v>
       </c>
-      <c r="H14">
+      <c r="I14">
         <v>2019</v>
       </c>
-      <c r="I14" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J14" t="s">
+        <v>41</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14" t="s">
+        <v>102</v>
+      </c>
+      <c r="M14" t="s">
+        <v>103</v>
+      </c>
+      <c r="N14" t="s">
+        <v>35</v>
+      </c>
+      <c r="O14" t="s">
+        <v>104</v>
+      </c>
+      <c r="P14" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>106</v>
+      </c>
+      <c r="B15" t="s">
+        <v>107</v>
+      </c>
+      <c r="C15" t="s">
+        <v>108</v>
+      </c>
+      <c r="D15" t="s">
+        <v>40</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
         <v>21</v>
       </c>
-      <c r="K14" t="s">
-[...32 lines deleted...]
-        <v>2015</v>
+      <c r="G15" t="s">
+        <v>47</v>
       </c>
       <c r="H15">
         <v>2015</v>
       </c>
-      <c r="I15" t="s">
-        <v>80</v>
+      <c r="I15">
+        <v>2015</v>
       </c>
       <c r="J15" t="s">
+        <v>109</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15" t="s">
+        <v>106</v>
+      </c>
+      <c r="M15" t="s">
+        <v>110</v>
+      </c>
+      <c r="N15" t="s">
+        <v>35</v>
+      </c>
+      <c r="O15" t="s">
+        <v>111</v>
+      </c>
+      <c r="P15" t="s">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>113</v>
+      </c>
+      <c r="B16" t="s">
+        <v>114</v>
+      </c>
+      <c r="C16" t="s">
+        <v>115</v>
+      </c>
+      <c r="D16" t="s">
+        <v>40</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
         <v>21</v>
       </c>
-      <c r="K15" t="s">
-[...31 lines deleted...]
-      <c r="G16">
+      <c r="G16" t="s">
+        <v>47</v>
+      </c>
+      <c r="H16">
         <v>1996</v>
       </c>
-      <c r="H16">
+      <c r="I16">
         <v>2010</v>
       </c>
-      <c r="I16" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J16" t="s">
+        <v>116</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16"/>
+      <c r="M16" t="s">
+        <v>117</v>
+      </c>
+      <c r="N16" t="s">
+        <v>35</v>
+      </c>
+      <c r="O16" t="s">
+        <v>118</v>
+      </c>
+      <c r="P16" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>120</v>
+      </c>
+      <c r="B17" t="s">
+        <v>121</v>
+      </c>
+      <c r="C17" t="s">
+        <v>122</v>
+      </c>
+      <c r="D17" t="s">
+        <v>32</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>123</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>2022</v>
+      </c>
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>124</v>
+      </c>
+      <c r="K17" t="s">
+        <v>125</v>
+      </c>
+      <c r="L17"/>
+      <c r="M17" t="s">
+        <v>126</v>
+      </c>
+      <c r="N17" t="s">
+        <v>127</v>
+      </c>
+      <c r="O17" t="s">
+        <v>128</v>
+      </c>
+      <c r="P17" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>130</v>
+      </c>
+      <c r="B18" t="s">
+        <v>131</v>
+      </c>
+      <c r="C18" t="s">
+        <v>132</v>
+      </c>
+      <c r="D18" t="s">
+        <v>32</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>133</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>2013</v>
+      </c>
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>60</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18" t="s">
+        <v>134</v>
+      </c>
+      <c r="M18" t="s">
+        <v>135</v>
+      </c>
+      <c r="N18" t="s">
+        <v>127</v>
+      </c>
+      <c r="O18" t="s">
+        <v>136</v>
+      </c>
+      <c r="P18" t="s">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>138</v>
+      </c>
+      <c r="B19" t="s">
+        <v>139</v>
+      </c>
+      <c r="C19" t="s">
+        <v>132</v>
+      </c>
+      <c r="D19" t="s">
+        <v>53</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>133</v>
+      </c>
+      <c r="G19" t="s">
+        <v>47</v>
+      </c>
+      <c r="H19">
+        <v>2014</v>
+      </c>
+      <c r="I19">
+        <v>2016</v>
+      </c>
+      <c r="J19" t="s">
+        <v>60</v>
+      </c>
+      <c r="K19" t="s">
+        <v>140</v>
+      </c>
+      <c r="L19" t="s">
+        <v>141</v>
+      </c>
+      <c r="M19" t="s">
+        <v>135</v>
+      </c>
+      <c r="N19" t="s">
+        <v>35</v>
+      </c>
+      <c r="O19" t="s">
+        <v>142</v>
+      </c>
+      <c r="P19" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>144</v>
+      </c>
+      <c r="B20" t="s">
+        <v>145</v>
+      </c>
+      <c r="C20" t="s">
+        <v>146</v>
+      </c>
+      <c r="D20" t="s">
+        <v>40</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
         <v>21</v>
       </c>
-      <c r="K16"/>
-[...29 lines deleted...]
-      <c r="G17">
+      <c r="G20" t="s">
+        <v>47</v>
+      </c>
+      <c r="H20">
+        <v>2010</v>
+      </c>
+      <c r="I20">
+        <v>2012</v>
+      </c>
+      <c r="J20" t="s">
+        <v>147</v>
+      </c>
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20" t="s">
+        <v>148</v>
+      </c>
+      <c r="M20" t="s">
+        <v>149</v>
+      </c>
+      <c r="N20" t="s">
+        <v>35</v>
+      </c>
+      <c r="O20" t="s">
+        <v>150</v>
+      </c>
+      <c r="P20" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>152</v>
+      </c>
+      <c r="B21" t="s">
+        <v>153</v>
+      </c>
+      <c r="C21" t="s">
+        <v>146</v>
+      </c>
+      <c r="D21" t="s">
+        <v>32</v>
+      </c>
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
+        <v>21</v>
+      </c>
+      <c r="G21" t="s">
+        <v>47</v>
+      </c>
+      <c r="H21">
+        <v>2011</v>
+      </c>
+      <c r="I21">
         <v>2022</v>
       </c>
-      <c r="H17"/>
-[...43 lines deleted...]
-      <c r="J18" t="s">
+      <c r="J21" t="s">
+        <v>147</v>
+      </c>
+      <c r="K21" t="s">
+        <v>125</v>
+      </c>
+      <c r="L21" t="s">
+        <v>154</v>
+      </c>
+      <c r="M21" t="s">
+        <v>149</v>
+      </c>
+      <c r="N21" t="s">
+        <v>127</v>
+      </c>
+      <c r="O21" t="s">
+        <v>155</v>
+      </c>
+      <c r="P21" t="s">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>157</v>
+      </c>
+      <c r="B22" t="s">
+        <v>158</v>
+      </c>
+      <c r="C22" t="s">
+        <v>159</v>
+      </c>
+      <c r="D22" t="s">
+        <v>53</v>
+      </c>
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
         <v>21</v>
       </c>
-      <c r="K18" t="s">
-[...78 lines deleted...]
-      <c r="H20">
+      <c r="G22" t="s">
+        <v>22</v>
+      </c>
+      <c r="H22">
         <v>2012</v>
       </c>
-      <c r="I20" t="s">
-[...2 lines deleted...]
-      <c r="J20" t="s">
+      <c r="I22"/>
+      <c r="J22" t="s">
+        <v>160</v>
+      </c>
+      <c r="K22" t="s">
+        <v>24</v>
+      </c>
+      <c r="L22" t="s">
+        <v>161</v>
+      </c>
+      <c r="M22" t="s">
+        <v>162</v>
+      </c>
+      <c r="N22" t="s">
+        <v>35</v>
+      </c>
+      <c r="O22" t="s">
+        <v>163</v>
+      </c>
+      <c r="P22" t="s">
+        <v>164</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>165</v>
+      </c>
+      <c r="B23" t="s">
+        <v>166</v>
+      </c>
+      <c r="C23" t="s">
+        <v>159</v>
+      </c>
+      <c r="D23" t="s">
+        <v>40</v>
+      </c>
+      <c r="E23" t="s">
+        <v>20</v>
+      </c>
+      <c r="F23" t="s">
         <v>21</v>
       </c>
-      <c r="K20" t="s">
-[...75 lines deleted...]
-      <c r="G22">
+      <c r="G23" t="s">
+        <v>22</v>
+      </c>
+      <c r="H23">
+        <v>2015</v>
+      </c>
+      <c r="I23"/>
+      <c r="J23" t="s">
+        <v>160</v>
+      </c>
+      <c r="K23" t="s">
+        <v>24</v>
+      </c>
+      <c r="L23" t="s">
+        <v>167</v>
+      </c>
+      <c r="M23" t="s">
+        <v>162</v>
+      </c>
+      <c r="N23" t="s">
+        <v>35</v>
+      </c>
+      <c r="O23" t="s">
+        <v>168</v>
+      </c>
+      <c r="P23" t="s">
+        <v>169</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>170</v>
+      </c>
+      <c r="B24" t="s">
+        <v>171</v>
+      </c>
+      <c r="C24" t="s">
+        <v>159</v>
+      </c>
+      <c r="D24" t="s">
+        <v>172</v>
+      </c>
+      <c r="E24" t="s">
+        <v>20</v>
+      </c>
+      <c r="F24" t="s">
+        <v>123</v>
+      </c>
+      <c r="G24" t="s">
+        <v>22</v>
+      </c>
+      <c r="H24">
         <v>2012</v>
       </c>
-      <c r="H22"/>
-[...86 lines deleted...]
-      </c>
+      <c r="I24"/>
       <c r="J24" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>173</v>
+      </c>
+      <c r="K24" t="s">
+        <v>24</v>
+      </c>
+      <c r="L24"/>
       <c r="M24" t="s">
-        <v>30</v>
+        <v>174</v>
       </c>
       <c r="N24" t="s">
-        <v>128</v>
+        <v>35</v>
+      </c>
+      <c r="O24" t="s">
+        <v>175</v>
+      </c>
+      <c r="P24" t="s">
+        <v>176</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>