--- v0 (2025-12-01)
+++ v1 (2026-01-30)
@@ -134,63 +134,64 @@
   <si>
     <t>Washing Machines, Streetlighting, Air Compressors, 3-Phase Motors, 1-Phase Motors, Heat Pumps, Boilers and Furnaces, Portable ACs, Packaged Terminals, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Building Circulator Pumps, Pump Systems, Pool Pumps, Power Transformers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>10 CFR 431 and product-specific Subparts</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/10-cfr-431-energy-efficiency-program-certain-commercial-and-industrial-equipment</t>
   </si>
   <si>
     <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-431</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2025/2052 of 13 October 2025  laying down ecodesign requirements for external power supplies, wireless chargers, wireless charging pads, battery chargers for portable batteries of general use and USB Type-C cables</t>
   </si>
   <si>
-    <t>Laying down ecodesign requirements for external power supplies, wireless chargers, wireless charging pads, battery chargers for portable batteries of general use and USB Type-C cables.</t>
+    <t>Laying down ecodesign requirements for external power supplies, wireless chargers, wireless charging pads, battery chargers for portable batteries of general use and USB Type-C cables.
+This policy applies from the 14th December 2028, repealing Commission Regulation (EU) 2019/1782.</t>
   </si>
   <si>
     <t>Europe, European Union</t>
   </si>
   <si>
     <t>Battery Chargers, External Power Supply</t>
   </si>
   <si>
-    <t>Published, Revised</t>
-[...2 lines deleted...]
-    <t>November 2025</t>
+    <t>Published, New</t>
+  </si>
+  <si>
+    <t>December 2025</t>
   </si>
   <si>
     <t>87 FR 51221</t>
   </si>
   <si>
     <t>European Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20252052-13-october-2025-laying-down-ecodesign-requirements</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32025R2052&amp;qid=1763999035842</t>
   </si>
   <si>
     <t>CQC31-406331-2015. Energy Conservation Certification Rules for Secondary Water Supply Equipment</t>
   </si>
   <si>
     <t>Applied to secondary water supply equipment in civil bulidings</t>
   </si>
   <si>
     <t>China</t>
   </si>
   <si>
     <t>Pump Systems</t>
   </si>
@@ -855,55 +856,53 @@
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
         <v>39</v>
       </c>
       <c r="B4" t="s">
         <v>40</v>
       </c>
       <c r="C4" t="s">
         <v>41</v>
       </c>
       <c r="D4" t="s">
         <v>42</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4" t="s">
         <v>21</v>
       </c>
       <c r="G4" t="s">
         <v>43</v>
       </c>
       <c r="H4">
-        <v>2009</v>
-[...3 lines deleted...]
-      </c>
+        <v>2025</v>
+      </c>
+      <c r="I4"/>
       <c r="J4" t="s">
         <v>44</v>
       </c>
       <c r="K4" t="s">
         <v>34</v>
       </c>
       <c r="L4" t="s">
         <v>45</v>
       </c>
       <c r="M4" t="s">
         <v>46</v>
       </c>
       <c r="N4" t="s">
         <v>27</v>
       </c>
       <c r="O4" t="s">
         <v>47</v>
       </c>
       <c r="P4" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
         <v>49</v>