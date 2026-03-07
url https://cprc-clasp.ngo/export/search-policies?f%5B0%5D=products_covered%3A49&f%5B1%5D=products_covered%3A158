--- v0 (2025-11-26)
+++ v1 (2026-03-07)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="105">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="114">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -161,50 +161,81 @@
   <si>
     <t>China</t>
   </si>
   <si>
     <t>Air Compressors</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>July 2021</t>
   </si>
   <si>
     <t>GB-T 3853-1998</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-019-air-compressor-displacement-air-compressor</t>
   </si>
   <si>
     <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/6%E9%99%84%E4%BB%B621_%E5%AE%B9%E7%A7%AF%E5%BC%8F%E7%A9%BA%E6%B0%94%E5%8E%8B%E7%BC%A9%E6%9C%BA%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
   </si>
   <si>
+    <t>Commission Regulation (EU) 2025/2052 of 13 October 2025  laying down ecodesign requirements for external power supplies, wireless chargers, wireless charging pads, battery chargers for portable batteries of general use and USB Type-C cables</t>
+  </si>
+  <si>
+    <t>Laying down ecodesign requirements for external power supplies, wireless chargers, wireless charging pads, battery chargers for portable batteries of general use and USB Type-C cables.
+This policy applies from the 14th December 2028, repealing Commission Regulation (EU) 2019/1782.</t>
+  </si>
+  <si>
+    <t>Europe, European Union</t>
+  </si>
+  <si>
+    <t>Battery Chargers, External Power Supply</t>
+  </si>
+  <si>
+    <t>Published, New</t>
+  </si>
+  <si>
+    <t>December 2025</t>
+  </si>
+  <si>
+    <t>87 FR 51221</t>
+  </si>
+  <si>
+    <t>European Commission</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20252052-13-october-2025-laying-down-ecodesign-requirements</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32025R2052&amp;qid=1763999035842</t>
+  </si>
+  <si>
     <t>Energy Efficiency Regulations, 2016 (SOR/2016-311)</t>
   </si>
   <si>
     <t>This policy is divided into 14 divisions: 1) household appliances, 2) air conditioners, condensing units, and chillers, 3) heat pumps, 4) furnaces, fireplaces, unit heaters, and recovery ventilators, 5) boilers, 6) water heaters, 7) lamps and lamp ballasts, 8) lighting fixtures, 9) electronic products, 10) commercial refrigeration, 11) dry-type transformers, 12) motors, 13) commercial pre-rinse spray valves, and 14) pumps.</t>
   </si>
   <si>
     <t>Canada</t>
   </si>
   <si>
     <t>Audio-Visual, Televisions, Displays, Battery Chargers, External Power Supply, Dehumidifiers, Ovens, Microwaves, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washer and Dryers, Washing Machines, Indoor Luminaires, Specialty Luminaires, Specialty Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Ventilation, Ceiling Fans, Space Heating, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Portable ACs, Packaged Terminals, Chillers - Cooler Towers, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Pump Systems, Power Transformers, Distribution Transformers, Wine Chillers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil</t>
   </si>
   <si>
     <t>Natural Resources Canada Office of Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-regulations-2016-sor2016-311</t>
@@ -213,53 +244,50 @@
     <t>https://laws-lois.justice.gc.ca/eng/regulations/SOR-2016-311/index.html</t>
   </si>
   <si>
     <t>GB 19153-2019 Minimum Allowable Values of Energy Efficiency and Energy Efficiency Grades for Displacement Air Compressors</t>
   </si>
   <si>
     <t>The following types of air compressors are covered: Direct drive portable reciprocating piston air compressors; Reciprocating piston micro air compressors; Oil-free reciprocating piston air compressors; Stationary reciprocating piston air compressors for general use; Oil injected screw air compressors for general use; Oil injected single screw air compressors for general use, and Oil flooded sliding vane air compressor for general use.</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>GB/T 3853; GB/T 4975; GB/T 13279; GB/T 13928; GB/T26967; JB/T 4253; JB/T 6430; JB/T 7662; JB/T 8933; JB/T 8934; JB/T 9107; JB/T 10972; JB/T 11423; JB/T 13345</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-19153-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9B70DDA94001A80CE05397BE0A0A84AC</t>
   </si>
   <si>
     <t>GB/T45785—2025 Evaluation of Energy Performance for Compressed Air Stations</t>
   </si>
   <si>
     <t>This voluntary standard applies to compressed air stations consisting of air compressors driven by electric motors, with discharge pressures ranging from 0.25 MPa to 1.6 MPa, an air supply flow rate of no less than 4 m³/min, and a total operating power of no less than 37 kW.</t>
-  </si>
-[...1 lines deleted...]
-    <t>Asia and Pacific, China</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>New</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>GB/T16665
 ,</t>
   </si>
   <si>
     <t>National Technical Committee on Compressor Standardization</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gbt45785-2025-evaluation-energy-performance-compressed-air-stations</t>
   </si>
   <si>
     <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=36DE96AA3EC8CD71E06397BE0A0A23D9</t>
   </si>
   <si>
     <t>LI 2452 Renewable Energy (Standards and Labelling) (Renewable Energy Batteries) Regulations, 2022</t>
@@ -675,59 +703,59 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P11"/>
+  <dimension ref="A1:P12"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="143.822" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="284.216" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="540.154" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="891.782" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="186.24" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="141.394" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="307.782" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
@@ -918,363 +946,411 @@
       </c>
       <c r="O4" t="s">
         <v>47</v>
       </c>
       <c r="P4" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
         <v>49</v>
       </c>
       <c r="B5" t="s">
         <v>50</v>
       </c>
       <c r="C5" t="s">
         <v>51</v>
       </c>
       <c r="D5" t="s">
         <v>52</v>
       </c>
       <c r="E5" t="s">
         <v>20</v>
       </c>
       <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
         <v>53</v>
       </c>
-      <c r="G5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H5">
-        <v>2016</v>
-[...3 lines deleted...]
-      </c>
+        <v>2025</v>
+      </c>
+      <c r="I5"/>
       <c r="J5" t="s">
         <v>54</v>
       </c>
       <c r="K5" t="s">
+        <v>34</v>
+      </c>
+      <c r="L5" t="s">
         <v>55</v>
       </c>
-      <c r="L5"/>
       <c r="M5" t="s">
         <v>56</v>
       </c>
       <c r="N5" t="s">
         <v>27</v>
       </c>
       <c r="O5" t="s">
         <v>57</v>
       </c>
       <c r="P5" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
         <v>59</v>
       </c>
       <c r="B6" t="s">
         <v>60</v>
       </c>
       <c r="C6" t="s">
-        <v>41</v>
+        <v>61</v>
       </c>
       <c r="D6" t="s">
-        <v>42</v>
+        <v>62</v>
       </c>
       <c r="E6" t="s">
         <v>20</v>
       </c>
       <c r="F6" t="s">
-        <v>21</v>
+        <v>63</v>
       </c>
       <c r="G6" t="s">
         <v>22</v>
       </c>
       <c r="H6">
-        <v>2009</v>
+        <v>2016</v>
       </c>
       <c r="I6">
-        <v>2020</v>
+        <v>2019</v>
       </c>
       <c r="J6" t="s">
-        <v>61</v>
+        <v>64</v>
       </c>
       <c r="K6" t="s">
-        <v>34</v>
-[...3 lines deleted...]
-      </c>
+        <v>65</v>
+      </c>
+      <c r="L6"/>
       <c r="M6" t="s">
-        <v>46</v>
+        <v>66</v>
       </c>
       <c r="N6" t="s">
-        <v>36</v>
+        <v>27</v>
       </c>
       <c r="O6" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="P6" t="s">
-        <v>64</v>
+        <v>68</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
-        <v>65</v>
+        <v>69</v>
       </c>
       <c r="B7" t="s">
-        <v>66</v>
+        <v>70</v>
       </c>
       <c r="C7" t="s">
-        <v>67</v>
+        <v>41</v>
       </c>
       <c r="D7" t="s">
         <v>42</v>
       </c>
       <c r="E7" t="s">
-        <v>68</v>
+        <v>20</v>
       </c>
       <c r="F7" t="s">
         <v>21</v>
       </c>
       <c r="G7" t="s">
-        <v>69</v>
+        <v>22</v>
       </c>
       <c r="H7">
-        <v>2025</v>
-[...1 lines deleted...]
-      <c r="I7"/>
+        <v>2009</v>
+      </c>
+      <c r="I7">
+        <v>2020</v>
+      </c>
       <c r="J7" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="K7" t="s">
         <v>34</v>
       </c>
       <c r="L7" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="M7" t="s">
-        <v>72</v>
+        <v>46</v>
       </c>
       <c r="N7" t="s">
-        <v>27</v>
+        <v>36</v>
       </c>
       <c r="O7" t="s">
         <v>73</v>
       </c>
       <c r="P7" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
         <v>75</v>
       </c>
       <c r="B8" t="s">
         <v>76</v>
       </c>
       <c r="C8" t="s">
+        <v>41</v>
+      </c>
+      <c r="D8" t="s">
+        <v>42</v>
+      </c>
+      <c r="E8" t="s">
         <v>77</v>
-      </c>
-[...4 lines deleted...]
-        <v>20</v>
       </c>
       <c r="F8" t="s">
         <v>21</v>
       </c>
       <c r="G8" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="H8">
-        <v>2022</v>
+        <v>2025</v>
       </c>
       <c r="I8"/>
       <c r="J8" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="K8" t="s">
         <v>34</v>
       </c>
-      <c r="L8"/>
+      <c r="L8" t="s">
+        <v>80</v>
+      </c>
       <c r="M8" t="s">
         <v>81</v>
       </c>
       <c r="N8" t="s">
         <v>27</v>
       </c>
       <c r="O8" t="s">
         <v>82</v>
       </c>
       <c r="P8" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
         <v>84</v>
       </c>
       <c r="B9" t="s">
         <v>85</v>
       </c>
       <c r="C9" t="s">
         <v>86</v>
       </c>
       <c r="D9" t="s">
-        <v>78</v>
+        <v>87</v>
       </c>
       <c r="E9" t="s">
         <v>20</v>
       </c>
       <c r="F9" t="s">
         <v>21</v>
       </c>
       <c r="G9" t="s">
-        <v>79</v>
+        <v>88</v>
       </c>
       <c r="H9">
-        <v>2012</v>
+        <v>2022</v>
       </c>
       <c r="I9"/>
       <c r="J9" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="K9" t="s">
         <v>34</v>
       </c>
       <c r="L9"/>
       <c r="M9" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="N9" t="s">
         <v>27</v>
       </c>
       <c r="O9" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="P9" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
-        <v>91</v>
-[...1 lines deleted...]
-      <c r="B10"/>
+        <v>93</v>
+      </c>
+      <c r="B10" t="s">
+        <v>94</v>
+      </c>
       <c r="C10" t="s">
-        <v>92</v>
+        <v>95</v>
       </c>
       <c r="D10" t="s">
-        <v>42</v>
+        <v>87</v>
       </c>
       <c r="E10" t="s">
         <v>20</v>
       </c>
       <c r="F10" t="s">
         <v>21</v>
       </c>
       <c r="G10" t="s">
-        <v>79</v>
+        <v>88</v>
       </c>
       <c r="H10">
-        <v>2021</v>
+        <v>2012</v>
       </c>
       <c r="I10"/>
       <c r="J10" t="s">
-        <v>54</v>
+        <v>96</v>
       </c>
       <c r="K10" t="s">
         <v>34</v>
       </c>
       <c r="L10"/>
       <c r="M10" t="s">
-        <v>93</v>
+        <v>97</v>
       </c>
       <c r="N10" t="s">
         <v>27</v>
       </c>
       <c r="O10" t="s">
-        <v>94</v>
+        <v>98</v>
       </c>
       <c r="P10" t="s">
-        <v>95</v>
+        <v>99</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
-        <v>96</v>
-[...3 lines deleted...]
-      </c>
+        <v>100</v>
+      </c>
+      <c r="B11"/>
       <c r="C11" t="s">
-        <v>98</v>
+        <v>101</v>
       </c>
       <c r="D11" t="s">
         <v>42</v>
       </c>
       <c r="E11" t="s">
-        <v>68</v>
+        <v>20</v>
       </c>
       <c r="F11" t="s">
-        <v>99</v>
+        <v>21</v>
       </c>
       <c r="G11" t="s">
-        <v>22</v>
+        <v>88</v>
       </c>
       <c r="H11">
-        <v>2008</v>
-[...3 lines deleted...]
-      </c>
+        <v>2021</v>
+      </c>
+      <c r="I11"/>
       <c r="J11" t="s">
-        <v>100</v>
+        <v>64</v>
       </c>
       <c r="K11" t="s">
         <v>34</v>
       </c>
-      <c r="L11" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L11"/>
       <c r="M11" t="s">
         <v>102</v>
       </c>
       <c r="N11" t="s">
-        <v>36</v>
+        <v>27</v>
       </c>
       <c r="O11" t="s">
         <v>103</v>
       </c>
       <c r="P11" t="s">
         <v>104</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>105</v>
+      </c>
+      <c r="B12" t="s">
+        <v>106</v>
+      </c>
+      <c r="C12" t="s">
+        <v>107</v>
+      </c>
+      <c r="D12" t="s">
+        <v>42</v>
+      </c>
+      <c r="E12" t="s">
+        <v>77</v>
+      </c>
+      <c r="F12" t="s">
+        <v>108</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2008</v>
+      </c>
+      <c r="I12">
+        <v>2012</v>
+      </c>
+      <c r="J12" t="s">
+        <v>109</v>
+      </c>
+      <c r="K12" t="s">
+        <v>34</v>
+      </c>
+      <c r="L12" t="s">
+        <v>110</v>
+      </c>
+      <c r="M12" t="s">
+        <v>111</v>
+      </c>
+      <c r="N12" t="s">
+        <v>36</v>
+      </c>
+      <c r="O12" t="s">
+        <v>112</v>
+      </c>
+      <c r="P12" t="s">
+        <v>113</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">