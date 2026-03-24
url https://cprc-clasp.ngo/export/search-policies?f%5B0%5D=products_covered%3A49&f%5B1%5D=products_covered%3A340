--- v0 (2025-12-15)
+++ v1 (2026-03-24)
@@ -167,63 +167,64 @@
   <si>
     <t>Indoor Luminaires</t>
   </si>
   <si>
     <t>Entered into force, New</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>GB/T 29293; GB/T 29294</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-led-products-indoor-lighting-led-downlights</t>
   </si>
   <si>
     <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2020/04/%E5%AE%A4%E5%86%85%E7%85%A7%E6%98%8E%E7%94%A8LED%20%E4%BA%A7%E</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2025/2052 of 13 October 2025  laying down ecodesign requirements for external power supplies, wireless chargers, wireless charging pads, battery chargers for portable batteries of general use and USB Type-C cables</t>
   </si>
   <si>
-    <t>Laying down ecodesign requirements for external power supplies, wireless chargers, wireless charging pads, battery chargers for portable batteries of general use and USB Type-C cables.</t>
+    <t>Laying down ecodesign requirements for external power supplies, wireless chargers, wireless charging pads, battery chargers for portable batteries of general use and USB Type-C cables.
+This policy applies from the 14th December 2028, repealing Commission Regulation (EU) 2019/1782.</t>
   </si>
   <si>
     <t>Europe, European Union</t>
   </si>
   <si>
     <t>Battery Chargers, External Power Supply</t>
   </si>
   <si>
-    <t>Published, Revised</t>
-[...2 lines deleted...]
-    <t>November 2025</t>
+    <t>Published, New</t>
+  </si>
+  <si>
+    <t>December 2025</t>
   </si>
   <si>
     <t>87 FR 51221</t>
   </si>
   <si>
     <t>European Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20252052-13-october-2025-laying-down-ecodesign-requirements</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32025R2052&amp;qid=1763999035842</t>
   </si>
   <si>
     <t>CQC31-465315-2013. CQC Mark Certification. LED Downlights</t>
   </si>
   <si>
     <t>Applies to domestic LED Downlights operating under conditions of AC 220V and 50Hz</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
@@ -1110,55 +1111,53 @@
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
         <v>50</v>
       </c>
       <c r="B5" t="s">
         <v>51</v>
       </c>
       <c r="C5" t="s">
         <v>52</v>
       </c>
       <c r="D5" t="s">
         <v>53</v>
       </c>
       <c r="E5" t="s">
         <v>20</v>
       </c>
       <c r="F5" t="s">
         <v>21</v>
       </c>
       <c r="G5" t="s">
         <v>54</v>
       </c>
       <c r="H5">
-        <v>2009</v>
-[...3 lines deleted...]
-      </c>
+        <v>2025</v>
+      </c>
+      <c r="I5"/>
       <c r="J5" t="s">
         <v>55</v>
       </c>
       <c r="K5" t="s">
         <v>35</v>
       </c>
       <c r="L5" t="s">
         <v>56</v>
       </c>
       <c r="M5" t="s">
         <v>57</v>
       </c>
       <c r="N5" t="s">
         <v>27</v>
       </c>
       <c r="O5" t="s">
         <v>58</v>
       </c>
       <c r="P5" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
         <v>60</v>