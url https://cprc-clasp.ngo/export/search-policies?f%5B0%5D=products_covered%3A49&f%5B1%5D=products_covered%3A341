--- v0 (2025-11-28)
+++ v1 (2026-03-06)
@@ -219,63 +219,64 @@
     <t>This Regulation establishes ecodesign requirements for the placing on the market and/or putting into service of:
 (a) air heating products with a rated heating capacity not exceeding 1 MW;
 (b) cooling products and high temperature process chillers with a rated cooling capacity not exceeding 2 MW;
 (c) fan coil units.
 This Policy is under review by the European Commission and is expected to be revised in 2025.</t>
   </si>
   <si>
     <t>European Union</t>
   </si>
   <si>
     <t>September 2023</t>
   </si>
   <si>
     <t>European Commission - DG Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20162281-30-november-2016-implementing-directive-2009125ec</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:02016R2281-20170109</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2025/2052 of 13 October 2025  laying down ecodesign requirements for external power supplies, wireless chargers, wireless charging pads, battery chargers for portable batteries of general use and USB Type-C cables</t>
   </si>
   <si>
-    <t>Laying down ecodesign requirements for external power supplies, wireless chargers, wireless charging pads, battery chargers for portable batteries of general use and USB Type-C cables.</t>
+    <t>Laying down ecodesign requirements for external power supplies, wireless chargers, wireless charging pads, battery chargers for portable batteries of general use and USB Type-C cables.
+This policy applies from the 14th December 2028, repealing Commission Regulation (EU) 2019/1782.</t>
   </si>
   <si>
     <t>Europe, European Union</t>
   </si>
   <si>
     <t>Battery Chargers, External Power Supply</t>
   </si>
   <si>
-    <t>Published, Revised</t>
-[...2 lines deleted...]
-    <t>November 2025</t>
+    <t>Published, New</t>
+  </si>
+  <si>
+    <t>December 2025</t>
   </si>
   <si>
     <t>87 FR 51221</t>
   </si>
   <si>
     <t>European Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20252052-13-october-2025-laying-down-ecodesign-requirements</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32025R2052&amp;qid=1763999035842</t>
   </si>
   <si>
     <t>CQC31-439131-2013. CQC Mark Certification - Lithium bromide absorption water chiller</t>
   </si>
   <si>
     <t>Applies to direct-fired type and steam type lithium bromide absorption water chiller.</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
@@ -1282,55 +1283,53 @@
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
         <v>65</v>
       </c>
       <c r="B7" t="s">
         <v>66</v>
       </c>
       <c r="C7" t="s">
         <v>67</v>
       </c>
       <c r="D7" t="s">
         <v>68</v>
       </c>
       <c r="E7" t="s">
         <v>20</v>
       </c>
       <c r="F7" t="s">
         <v>21</v>
       </c>
       <c r="G7" t="s">
         <v>69</v>
       </c>
       <c r="H7">
-        <v>2009</v>
-[...3 lines deleted...]
-      </c>
+        <v>2025</v>
+      </c>
+      <c r="I7"/>
       <c r="J7" t="s">
         <v>70</v>
       </c>
       <c r="K7" t="s">
         <v>35</v>
       </c>
       <c r="L7" t="s">
         <v>71</v>
       </c>
       <c r="M7" t="s">
         <v>72</v>
       </c>
       <c r="N7" t="s">
         <v>27</v>
       </c>
       <c r="O7" t="s">
         <v>73</v>
       </c>
       <c r="P7" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
         <v>75</v>