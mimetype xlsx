--- v0 (2025-10-12)
+++ v1 (2025-11-29)
@@ -12,461 +12,606 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="122">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="170">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>10 CFR 430—Energy Conservation Program for Consumer Products</t>
   </si>
   <si>
+    <t>Conventional cooking top means a class of cooking products which is a household cooking appliance consisting of a horizontal surface containing one or more surface units which utilize a gas flame; electric resistance heating; or electric inductive heating.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Electronics, Uninterruptable Power Supply, Battery Chargers, External Power Supply, Dehumidifiers, Air Cleaners, Ovens, Microwaves, Dishwashers, Clothes Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Ceiling Fans, Duct Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Showers or Showerheads, Urinals, Taps or Faucets, Distribution Transformers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>10 CFR 430 Subpart B</t>
   </si>
   <si>
     <t>U.S. Department of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/10-cfr-430-energy-conservation-program-consumer-products</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-430</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/1782 of 1 October 2019 laying down ecodesign requirements for external power supplies</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements related to electric power consumption in no-load condition and average active efficiency of external power supplies.  Exclusions: this Regulation shall not apply to:   a. voltage converters;   b. uninterruptible power supplies;   c. battery chargers;     d. halogen lighting converters;   e. external power supplies for medical devices;   f. external power supplies placed on the market no later than 30 June 2015 as a service part or spare part for an identical external power supply which was placed on the market not later than one year after this Regulation has come into force; under the condition that the service part or spare part; or its packaging; clearly indicates the primary load products for which the spare part or service part is intended to be used with.</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>External Power Supply</t>
   </si>
   <si>
     <t>October 2023</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20191782-1-october-2019-laying-down-ecodesign-requirements-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2019/1782/contents</t>
+  </si>
+  <si>
     <t>European Union</t>
   </si>
   <si>
+    <t>Entered into force, Revised, To Be Superseded</t>
+  </si>
+  <si>
     <t>September 2023</t>
   </si>
   <si>
     <t>European Commission - DG Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20191782-1-october-2019-laying-down-ecodesign-requirements</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=uriserv%3AOJ.L_.2019.272.01.0095.01.ENG&amp;toc=OJ%3AL%3A2019%3A272%3ATOC</t>
+  </si>
+  <si>
+    <t>Commission Regulation (EU) 2025/2052 of 13 October 2025  laying down ecodesign requirements for external power supplies, wireless chargers, wireless charging pads, battery chargers for portable batteries of general use and USB Type-C cables</t>
+  </si>
+  <si>
+    <t>Laying down ecodesign requirements for external power supplies, wireless chargers, wireless charging pads, battery chargers for portable batteries of general use and USB Type-C cables.</t>
+  </si>
+  <si>
+    <t>Europe, European Union</t>
+  </si>
+  <si>
+    <t>Battery Chargers, External Power Supply</t>
+  </si>
+  <si>
+    <t>Published, Revised</t>
+  </si>
+  <si>
+    <t>November 2025</t>
+  </si>
+  <si>
+    <t>87 FR 51221</t>
+  </si>
+  <si>
+    <t>European Commission</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20252052-13-october-2025-laying-down-ecodesign-requirements</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32025R2052&amp;qid=1763999035842</t>
+  </si>
+  <si>
     <t>CQC31-461236-2014. CQC Marking Certification: single voltage external AC-DC and AC-AC power supplies</t>
   </si>
   <si>
+    <t>Applies to power supplies operating under under 220V and 50Hz;  which transfer AC grid's voltage to a fixed and single way low voltage DC current; no more than 36V; or low voltage AC; no more than 36V; and rated output power is no larger than 250W.</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>GB 20943-2013</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-461236-2014-cqc-marking-certification-single-voltage-external-ac-dc-and-ac-ac-power</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492783.shtml</t>
+  </si>
+  <si>
     <t>CQC31-464245-2018. Energy Conservation Certification Rules for Electric Vehicle Off-Board Charger</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Apply to electric vehicle off-board charger</t>
+  </si>
+  <si>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>CQC 3170-2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-464245-2018-energy-conservation-certification-rules-electric-vehicle-board-charger</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-04-26/554396.shtml</t>
+  </si>
+  <si>
     <t>Energy Efficiency Regulations, 2016 (SOR/2016-311)</t>
   </si>
   <si>
+    <t>This policy is divided into 14 divisions: 1) household appliances, 2) air conditioners, condensing units, and chillers, 3) heat pumps, 4) furnaces, fireplaces, unit heaters, and recovery ventilators, 5) boilers, 6) water heaters, 7) lamps and lamp ballasts, 8) lighting fixtures, 9) electronic products, 10) commercial refrigeration, 11) dry-type transformers, 12) motors, 13) commercial pre-rinse spray valves, and 14) pumps.</t>
+  </si>
+  <si>
     <t>Canada</t>
   </si>
   <si>
     <t>Audio-Visual, Televisions, Displays, Battery Chargers, External Power Supply, Dehumidifiers, Ovens, Microwaves, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washer and Dryers, Washing Machines, Indoor Luminaires, Specialty Luminaires, Specialty Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Ventilation, Ceiling Fans, Space Heating, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Portable ACs, Packaged Terminals, Chillers - Cooler Towers, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Pump Systems, Power Transformers, Distribution Transformers, Wine Chillers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil</t>
   </si>
   <si>
     <t>Natural Resources Canada Office of Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-regulations-2016-sor2016-311</t>
   </si>
   <si>
+    <t>https://laws-lois.justice.gc.ca/eng/regulations/SOR-2016-311/index.html</t>
+  </si>
+  <si>
     <t>GB 20943-2013 Minimum allowable values of energy efficiency and evaluating values of energy conservation for single voltage external AC-DC and AC-AC power supplies</t>
   </si>
   <si>
+    <t>Applies to external power supplies which convert AC current with 220V and 50Hz to single voltage DC -no higher than 36V- or single voltage AC -no higher than 36V- current.It applies to products with rated output power no larger than 250W. Does NOT apply to DC-DC transformer.</t>
+  </si>
+  <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-20943-2013-minimum-allowable-values-energy-efficiency-and-evaluating-values-energy</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E686D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (External Power Supplies) Determination 2014</t>
   </si>
   <si>
+    <t>Products covered include external power supply units with a nominal 230 V a.c. supply input and a single output at extra low voltage (ELV), either a.c. or d.c. and a maximum output of 250 W or 250 VA (see the standard for further details on products covered).</t>
+  </si>
+  <si>
     <t>Australia</t>
   </si>
   <si>
     <t>July 2025</t>
   </si>
   <si>
     <t>AS/NZS 4665.1:2005 AS/NZS 4665.2:2005 AS/NZS 4665</t>
   </si>
   <si>
     <t>Department of Climate Change and Energy Efficiency (DCCEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenhouse-and-energy-minimum-standards-external-power-supplies-determination-2014</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Series/F2014L01580</t>
+  </si>
+  <si>
     <t>JS 2111:2013 Technical Regulation on eco-design requirements for no-load condition electric power consumption and average active efficiency of external power supplies</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements related to electric power consumption in no-load condition and average active efficiency of external power supplies.</t>
+  </si>
+  <si>
     <t>Jordan</t>
   </si>
   <si>
     <t>JS 2092</t>
   </si>
   <si>
     <t>National Energy Research Centre (NERC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/js-21112013-technical-regulation-eco-design-requirements-no-load-condition-electric-power</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5471</t>
+  </si>
+  <si>
     <t>LI 2452 Renewable Energy (Standards and Labelling) (Renewable Energy Batteries) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to a renewable energy battery manufactured in the country or imported into the country for display, sale, or use, irrespective of size, method of charge or energy system design of the renewable energy battery.</t>
+  </si>
+  <si>
     <t>Ghana</t>
   </si>
   <si>
     <t>Battery Chargers</t>
   </si>
   <si>
     <t>March 2023</t>
   </si>
   <si>
     <t>Ghana Energy Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/li-2452-renewable-energy-standards-and-labelling-renewable-energy-batteries-regulations</t>
   </si>
   <si>
+    <t>https://www.energycom.gov.gh/regulation/regulation-and-codes</t>
+  </si>
+  <si>
     <t>MEPS for Adapter - Charger</t>
   </si>
   <si>
+    <t>An adapter under 150W, nameplate output power; and a charger of input 20 W with Li-Ion Battery as a single voltage external power supply</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-adapter-charger</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_2.asp</t>
+  </si>
+  <si>
     <t>MEPS for Adapter Charger</t>
   </si>
   <si>
+    <t>For using with mobile phone, notebook, speaker for computer, LCD monitor,printer, PDA, camcorder, digital camera, audio, DVD player, MP3, PMP,portable CD player, set-top box, wire-wireless phone, modem, all AC-DC orAC-AC external power supply shall be included.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/meps-adapter-charger-0</t>
   </si>
   <si>
     <t>Minimum Performance of external power supplies</t>
   </si>
   <si>
+    <t>MEPS covers: Mains powered; dc and ac adaptors|power-packs with a single output of up to 250 W or VA  used to power or recharge separate low voltage electronic products; like laptops cellphones etc. They are often sold packaged with the product it will be used with - for examplel; a laptop computer normally comes with a power adaptor.</t>
+  </si>
+  <si>
     <t>New Zealand</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>AS/NZS 4665.1:2005</t>
   </si>
   <si>
     <t>Energy Efficiency and Conservation Authority (EECA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-performance-external-power-supplies</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/external-power-supplies-factsheet.pdf</t>
+  </si>
+  <si>
     <t>NOM-029-ENER-2017, Energy efficiency of external power supplies</t>
   </si>
   <si>
+    <t>This standard aims to establish the minimum values ​​of energy efficiency in operation, the maximum limits of electrical power in no-load or empty mode, the test methods for their evaluation and the specifications of the minimum information to be marked on external power supplies (FAE) that are intended to convert the alternating current (AC) line voltage to a single fixed output voltage level in direct current (DC) at a time and with a maximum output power less than or equal to 250.0 W, as well as those that have a switch that allows the user to manually choose between different output voltage levels.</t>
+  </si>
+  <si>
     <t>Mexico</t>
   </si>
   <si>
+    <t>New</t>
+  </si>
+  <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>NMX-I-281-NYCE-2012</t>
   </si>
   <si>
     <t>Comision Nacional para el Uso Eficiente de la Energia (CONUEE, National Commiss…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nom-029-ener-2017-energy-efficiency-external-power-supplies</t>
   </si>
   <si>
+    <t>https://www.dof.gob.mx/nota_detalle_popup.php?codigo=5502802</t>
+  </si>
+  <si>
     <t>Regulation on Energy Efficiency Requirements for Mass-Produced Systems, Vehicles, and Appliances</t>
   </si>
   <si>
+    <t>This policy applies to mass-produced systems, vehicles, and devices as well as their mass-produced components that consume a considerable amount of energy and are placed on the market or sold in Switzerland.</t>
+  </si>
+  <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>Computers, Servers, Networking Equipment, Stand-by and networked devices, Televisions, Set Top Boxes (STB), Displays, External Power Supply, Vacuum Cleaners, Ovens, Dishwashers, Cooktops or Hobs, Coffee Machines, Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires, 3-Phase Motors, Industrial Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Storage Water Heaters, Building Circulator Pumps, Pumps Other, Power Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>Electricity, Other Solid Fuel</t>
   </si>
   <si>
     <t>See Policy</t>
   </si>
   <si>
     <t>Swiss Federal Office of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/regulation-energy-efficiency-requirements-mass-produced-systems-vehicles-and-appliances</t>
   </si>
   <si>
+    <t>https://www.admin.ch/opc/de/classified-compilation/20162950/index.html</t>
+  </si>
+  <si>
     <t>Schedule 18 - Diesel Generator Sets</t>
   </si>
   <si>
+    <t>This schedule specifies the star labeling requirements for various classifications for the application, rating and performance of single/three phase Diesel Generating sets consisting of a Reciprocating Internal Combustion (RIC) engine driven by diesel as fuel, Alternating Current (a.c.) generator, any associated control gear, switchgear and auxiliary equipment. It applies to A. C. generating sets driven by RIC engines for land and marine use being manufactured, imported or sold in India. It excludes generating sets used on aircraft or to propel land vehicles and Locomotives. Diesel Generating (DG) Sets up to 19 kW ratings are covered under pilot energy labeling scheme for single/three phase DG Sets.</t>
+  </si>
+  <si>
     <t>India</t>
   </si>
   <si>
     <t>Oil</t>
   </si>
   <si>
     <t>IS 10000, IS 10001, IS 13364, IS 4889:1968</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/schedule-18-diesel-generator-sets</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/DG%20Set%20schedule.pdf</t>
+  </si>
+  <si>
     <t>SI 4665-2 PERFORMANCE OF EXTERNAL POWER SUPPLIES: MINIMUM ENERGY PERFORMANCE STANDARD (MEPS) REQUIREMENTS</t>
   </si>
   <si>
+    <t>Power converters covered under this standard include all single-voltage EPSs with nameplate output power up to 250 watts. Notable exclusions are devices with batteries that attach directly, replacements, and medical devices.</t>
+  </si>
+  <si>
     <t>Israel</t>
   </si>
   <si>
     <t>SI 4665-1</t>
   </si>
   <si>
     <t>Standards Institute of Israel (SII)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/si-4665-2-performance-external-power-supplies-minimum-energy-performance-standard-meps</t>
   </si>
   <si>
+    <t>https://portal.sii.org.il/heb/standardization/teken/?tid=98e117b6-728e-4ade-95e3-47864f20c486</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Secondary Batteries for Portable Applications TGL-67-12</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to secondary batteries containing alkaline or other non-acid electrolytes for portable use by categorizing secondary batteries into two systems: 1. Nickel systems (covers only nickel-cadmium batteries and nickel-metal hydride batteries), and 2. Lithium systems.</t>
   </si>
   <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>TIS 2217 (Secondary batteries)
 ,   
                     TIS 2218 or IEC 61960 (or EN 61960, JIS C 8711) (Lithium)
 ,   
                     IEC 61951-1 (or EN 61951-1) (Nickel-Cadmium)
 ,   
                     IEC 61951-2 (or EN 61951-2) (Nickel-metal hydride)</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-secondary-batteries-portable-applications-tgl-67-12</t>
+  </si>
+  <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-67-12.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -730,917 +875,1084 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N19"/>
+  <dimension ref="A1:P20"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="196" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="143" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="284.216" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="970.763" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="891.782" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="54.13" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="91.978" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="143.822" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="152.106" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>1990</v>
       </c>
-      <c r="H2">
+      <c r="I2">
         <v>2016</v>
       </c>
-      <c r="I2" t="s">
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G3" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...6 lines deleted...]
-        <v>25</v>
+      <c r="H3">
+        <v>2009</v>
+      </c>
+      <c r="I3">
+        <v>2019</v>
+      </c>
+      <c r="J3" t="s">
+        <v>34</v>
+      </c>
+      <c r="K3" t="s">
+        <v>35</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3"/>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>36</v>
+      </c>
+      <c r="P3" t="s">
+        <v>37</v>
       </c>
     </row>
-    <row r="3" spans="1:14">
-[...3 lines deleted...]
-      <c r="B3" t="s">
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>30</v>
+      </c>
+      <c r="B4" t="s">
+        <v>31</v>
+      </c>
+      <c r="C4" t="s">
+        <v>38</v>
+      </c>
+      <c r="D4" t="s">
+        <v>33</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
+        <v>39</v>
+      </c>
+      <c r="H4">
+        <v>2009</v>
+      </c>
+      <c r="I4">
+        <v>2019</v>
+      </c>
+      <c r="J4" t="s">
+        <v>40</v>
+      </c>
+      <c r="K4" t="s">
+        <v>35</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>41</v>
+      </c>
+      <c r="N4" t="s">
         <v>27</v>
       </c>
-      <c r="C3" t="s">
-[...11 lines deleted...]
-      <c r="G3">
+      <c r="O4" t="s">
+        <v>42</v>
+      </c>
+      <c r="P4" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>44</v>
+      </c>
+      <c r="B5" t="s">
+        <v>45</v>
+      </c>
+      <c r="C5" t="s">
+        <v>46</v>
+      </c>
+      <c r="D5" t="s">
+        <v>47</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>48</v>
+      </c>
+      <c r="H5">
         <v>2009</v>
       </c>
-      <c r="H3">
+      <c r="I5">
         <v>2019</v>
       </c>
-      <c r="I3" t="s">
-[...11 lines deleted...]
-        <v>31</v>
+      <c r="J5" t="s">
+        <v>49</v>
+      </c>
+      <c r="K5" t="s">
+        <v>35</v>
+      </c>
+      <c r="L5" t="s">
+        <v>50</v>
+      </c>
+      <c r="M5" t="s">
+        <v>51</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>52</v>
+      </c>
+      <c r="P5" t="s">
+        <v>53</v>
       </c>
     </row>
-    <row r="4" spans="1:14">
-[...18 lines deleted...]
-      <c r="G4">
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>54</v>
+      </c>
+      <c r="B6" t="s">
+        <v>55</v>
+      </c>
+      <c r="C6" t="s">
+        <v>56</v>
+      </c>
+      <c r="D6" t="s">
+        <v>33</v>
+      </c>
+      <c r="E6" t="s">
+        <v>57</v>
+      </c>
+      <c r="F6" t="s">
+        <v>58</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2005</v>
+      </c>
+      <c r="I6">
+        <v>2014</v>
+      </c>
+      <c r="J6" t="s">
+        <v>59</v>
+      </c>
+      <c r="K6" t="s">
+        <v>35</v>
+      </c>
+      <c r="L6" t="s">
+        <v>60</v>
+      </c>
+      <c r="M6" t="s">
+        <v>61</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>62</v>
+      </c>
+      <c r="P6" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>64</v>
+      </c>
+      <c r="B7" t="s">
+        <v>65</v>
+      </c>
+      <c r="C7" t="s">
+        <v>56</v>
+      </c>
+      <c r="D7" t="s">
+        <v>33</v>
+      </c>
+      <c r="E7" t="s">
+        <v>57</v>
+      </c>
+      <c r="F7" t="s">
+        <v>58</v>
+      </c>
+      <c r="G7" t="s">
+        <v>66</v>
+      </c>
+      <c r="H7">
+        <v>2018</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>67</v>
+      </c>
+      <c r="K7" t="s">
+        <v>35</v>
+      </c>
+      <c r="L7" t="s">
+        <v>68</v>
+      </c>
+      <c r="M7" t="s">
+        <v>61</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>69</v>
+      </c>
+      <c r="P7" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>71</v>
+      </c>
+      <c r="B8" t="s">
+        <v>72</v>
+      </c>
+      <c r="C8" t="s">
+        <v>73</v>
+      </c>
+      <c r="D8" t="s">
+        <v>74</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>75</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2016</v>
+      </c>
+      <c r="I8">
+        <v>2019</v>
+      </c>
+      <c r="J8" t="s">
+        <v>76</v>
+      </c>
+      <c r="K8" t="s">
+        <v>77</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>78</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>79</v>
+      </c>
+      <c r="P8" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>81</v>
+      </c>
+      <c r="B9" t="s">
+        <v>82</v>
+      </c>
+      <c r="C9" t="s">
+        <v>56</v>
+      </c>
+      <c r="D9" t="s">
+        <v>33</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>21</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2007</v>
+      </c>
+      <c r="I9">
+        <v>2014</v>
+      </c>
+      <c r="J9" t="s">
+        <v>59</v>
+      </c>
+      <c r="K9" t="s">
+        <v>35</v>
+      </c>
+      <c r="L9" t="s">
+        <v>60</v>
+      </c>
+      <c r="M9" t="s">
+        <v>83</v>
+      </c>
+      <c r="N9" t="s">
+        <v>84</v>
+      </c>
+      <c r="O9" t="s">
+        <v>85</v>
+      </c>
+      <c r="P9" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>87</v>
+      </c>
+      <c r="B10" t="s">
+        <v>88</v>
+      </c>
+      <c r="C10" t="s">
+        <v>89</v>
+      </c>
+      <c r="D10" t="s">
+        <v>33</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>21</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2005</v>
+      </c>
+      <c r="I10">
+        <v>2014</v>
+      </c>
+      <c r="J10" t="s">
+        <v>90</v>
+      </c>
+      <c r="K10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L10" t="s">
+        <v>91</v>
+      </c>
+      <c r="M10" t="s">
+        <v>92</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>93</v>
+      </c>
+      <c r="P10" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>95</v>
+      </c>
+      <c r="B11" t="s">
+        <v>96</v>
+      </c>
+      <c r="C11" t="s">
+        <v>97</v>
+      </c>
+      <c r="D11" t="s">
+        <v>33</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>21</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2013</v>
+      </c>
+      <c r="I11">
+        <v>2014</v>
+      </c>
+      <c r="J11" t="s">
+        <v>59</v>
+      </c>
+      <c r="K11" t="s">
+        <v>35</v>
+      </c>
+      <c r="L11" t="s">
+        <v>98</v>
+      </c>
+      <c r="M11" t="s">
+        <v>99</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>100</v>
+      </c>
+      <c r="P11" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>102</v>
+      </c>
+      <c r="B12" t="s">
+        <v>103</v>
+      </c>
+      <c r="C12" t="s">
+        <v>104</v>
+      </c>
+      <c r="D12" t="s">
+        <v>105</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>21</v>
+      </c>
+      <c r="G12" t="s">
+        <v>66</v>
+      </c>
+      <c r="H12">
+        <v>2022</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>106</v>
+      </c>
+      <c r="K12" t="s">
+        <v>35</v>
+      </c>
+      <c r="L12"/>
+      <c r="M12" t="s">
+        <v>107</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>108</v>
+      </c>
+      <c r="P12" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>110</v>
+      </c>
+      <c r="B13" t="s">
+        <v>111</v>
+      </c>
+      <c r="C13" t="s">
+        <v>112</v>
+      </c>
+      <c r="D13" t="s">
+        <v>105</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>21</v>
+      </c>
+      <c r="G13" t="s">
+        <v>66</v>
+      </c>
+      <c r="H13">
+        <v>2012</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>113</v>
+      </c>
+      <c r="K13" t="s">
+        <v>35</v>
+      </c>
+      <c r="L13"/>
+      <c r="M13" t="s">
+        <v>114</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>115</v>
+      </c>
+      <c r="P13" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>117</v>
+      </c>
+      <c r="B14" t="s">
+        <v>118</v>
+      </c>
+      <c r="C14" t="s">
+        <v>112</v>
+      </c>
+      <c r="D14" t="s">
+        <v>33</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>21</v>
+      </c>
+      <c r="G14" t="s">
+        <v>66</v>
+      </c>
+      <c r="H14">
         <v>2009</v>
       </c>
-      <c r="H4">
-[...2 lines deleted...]
-      <c r="I4" t="s">
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>113</v>
+      </c>
+      <c r="K14" t="s">
+        <v>35</v>
+      </c>
+      <c r="L14"/>
+      <c r="M14" t="s">
+        <v>114</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>119</v>
+      </c>
+      <c r="P14" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>120</v>
+      </c>
+      <c r="B15" t="s">
+        <v>121</v>
+      </c>
+      <c r="C15" t="s">
+        <v>122</v>
+      </c>
+      <c r="D15" t="s">
         <v>33</v>
       </c>
-      <c r="J4" t="s">
-[...9 lines deleted...]
-      <c r="N4" t="s">
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>21</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>2005</v>
+      </c>
+      <c r="I15">
+        <v>2011</v>
+      </c>
+      <c r="J15" t="s">
+        <v>123</v>
+      </c>
+      <c r="K15" t="s">
         <v>35</v>
       </c>
+      <c r="L15" t="s">
+        <v>124</v>
+      </c>
+      <c r="M15" t="s">
+        <v>125</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>126</v>
+      </c>
+      <c r="P15" t="s">
+        <v>127</v>
+      </c>
     </row>
-    <row r="5" spans="1:14">
-[...21 lines deleted...]
-      <c r="H5">
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>128</v>
+      </c>
+      <c r="B16" t="s">
+        <v>129</v>
+      </c>
+      <c r="C16" t="s">
+        <v>130</v>
+      </c>
+      <c r="D16" t="s">
+        <v>33</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>21</v>
+      </c>
+      <c r="G16" t="s">
+        <v>131</v>
+      </c>
+      <c r="H16">
+        <v>2017</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>132</v>
+      </c>
+      <c r="K16" t="s">
+        <v>35</v>
+      </c>
+      <c r="L16" t="s">
+        <v>133</v>
+      </c>
+      <c r="M16" t="s">
+        <v>134</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>135</v>
+      </c>
+      <c r="P16" t="s">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>137</v>
+      </c>
+      <c r="B17" t="s">
+        <v>138</v>
+      </c>
+      <c r="C17" t="s">
+        <v>139</v>
+      </c>
+      <c r="D17" t="s">
+        <v>140</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>75</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>2017</v>
+      </c>
+      <c r="I17">
+        <v>2021</v>
+      </c>
+      <c r="J17" t="s">
+        <v>141</v>
+      </c>
+      <c r="K17" t="s">
+        <v>142</v>
+      </c>
+      <c r="L17" t="s">
+        <v>143</v>
+      </c>
+      <c r="M17" t="s">
+        <v>144</v>
+      </c>
+      <c r="N17" t="s">
+        <v>84</v>
+      </c>
+      <c r="O17" t="s">
+        <v>145</v>
+      </c>
+      <c r="P17" t="s">
+        <v>146</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>147</v>
+      </c>
+      <c r="B18" t="s">
+        <v>148</v>
+      </c>
+      <c r="C18" t="s">
+        <v>149</v>
+      </c>
+      <c r="D18" t="s">
+        <v>33</v>
+      </c>
+      <c r="E18" t="s">
+        <v>57</v>
+      </c>
+      <c r="F18" t="s">
+        <v>75</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
         <v>2014</v>
       </c>
-      <c r="I5" t="s">
-[...15 lines deleted...]
-        <v>43</v>
+      <c r="I18">
+        <v>2016</v>
+      </c>
+      <c r="J18" t="s">
+        <v>76</v>
+      </c>
+      <c r="K18" t="s">
+        <v>150</v>
+      </c>
+      <c r="L18" t="s">
+        <v>151</v>
+      </c>
+      <c r="M18" t="s">
+        <v>152</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>153</v>
+      </c>
+      <c r="P18" t="s">
+        <v>154</v>
       </c>
     </row>
-    <row r="6" spans="1:14">
-[...38 lines deleted...]
-        <v>48</v>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>155</v>
+      </c>
+      <c r="B19" t="s">
+        <v>156</v>
+      </c>
+      <c r="C19" t="s">
+        <v>157</v>
+      </c>
+      <c r="D19" t="s">
+        <v>33</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>75</v>
+      </c>
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
+        <v>2007</v>
+      </c>
+      <c r="I19">
+        <v>2011</v>
+      </c>
+      <c r="J19" t="s">
+        <v>76</v>
+      </c>
+      <c r="K19" t="s">
+        <v>35</v>
+      </c>
+      <c r="L19" t="s">
+        <v>158</v>
+      </c>
+      <c r="M19" t="s">
+        <v>159</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>160</v>
+      </c>
+      <c r="P19" t="s">
+        <v>161</v>
       </c>
     </row>
-    <row r="7" spans="1:14">
-[...42 lines deleted...]
-      <c r="A8" t="s">
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>162</v>
+      </c>
+      <c r="B20" t="s">
+        <v>163</v>
+      </c>
+      <c r="C20" t="s">
+        <v>164</v>
+      </c>
+      <c r="D20" t="s">
+        <v>33</v>
+      </c>
+      <c r="E20" t="s">
         <v>57</v>
       </c>
-      <c r="B8" t="s">
-[...29 lines deleted...]
-      <c r="L8" t="s">
+      <c r="F20" t="s">
         <v>58</v>
       </c>
-      <c r="M8" t="s">
-[...46 lines deleted...]
-      <c r="N9" t="s">
+      <c r="G20" t="s">
         <v>66</v>
       </c>
-    </row>
-[...103 lines deleted...]
-      <c r="G12">
+      <c r="H20">
         <v>2012</v>
       </c>
-      <c r="H12"/>
-[...314 lines deleted...]
-        <v>121</v>
+      <c r="I20"/>
+      <c r="J20" t="s">
+        <v>165</v>
+      </c>
+      <c r="K20" t="s">
+        <v>35</v>
+      </c>
+      <c r="L20" t="s">
+        <v>166</v>
+      </c>
+      <c r="M20" t="s">
+        <v>167</v>
+      </c>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>168</v>
+      </c>
+      <c r="P20" t="s">
+        <v>169</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>