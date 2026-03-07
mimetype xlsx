--- v1 (2025-11-29)
+++ v2 (2026-03-07)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="170">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="171">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -149,63 +149,64 @@
   <si>
     <t>https://www.legislation.gov.uk/eur/2019/1782/contents</t>
   </si>
   <si>
     <t>European Union</t>
   </si>
   <si>
     <t>Entered into force, Revised, To Be Superseded</t>
   </si>
   <si>
     <t>September 2023</t>
   </si>
   <si>
     <t>European Commission - DG Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20191782-1-october-2019-laying-down-ecodesign-requirements</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=uriserv%3AOJ.L_.2019.272.01.0095.01.ENG&amp;toc=OJ%3AL%3A2019%3A272%3ATOC</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2025/2052 of 13 October 2025  laying down ecodesign requirements for external power supplies, wireless chargers, wireless charging pads, battery chargers for portable batteries of general use and USB Type-C cables</t>
   </si>
   <si>
-    <t>Laying down ecodesign requirements for external power supplies, wireless chargers, wireless charging pads, battery chargers for portable batteries of general use and USB Type-C cables.</t>
+    <t>Laying down ecodesign requirements for external power supplies, wireless chargers, wireless charging pads, battery chargers for portable batteries of general use and USB Type-C cables.
+This policy applies from the 14th December 2028, repealing Commission Regulation (EU) 2019/1782.</t>
   </si>
   <si>
     <t>Europe, European Union</t>
   </si>
   <si>
     <t>Battery Chargers, External Power Supply</t>
   </si>
   <si>
-    <t>Published, Revised</t>
-[...2 lines deleted...]
-    <t>November 2025</t>
+    <t>Published, New</t>
+  </si>
+  <si>
+    <t>December 2025</t>
   </si>
   <si>
     <t>87 FR 51221</t>
   </si>
   <si>
     <t>European Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20252052-13-october-2025-laying-down-ecodesign-requirements</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32025R2052&amp;qid=1763999035842</t>
   </si>
   <si>
     <t>CQC31-461236-2014. CQC Marking Certification: single voltage external AC-DC and AC-AC power supplies</t>
   </si>
   <si>
     <t>Applies to power supplies operating under under 220V and 50Hz;  which transfer AC grid's voltage to a fixed and single way low voltage DC current; no more than 36V; or low voltage AC; no more than 36V; and rated output power is no larger than 250W.</t>
   </si>
   <si>
     <t>China</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
@@ -261,50 +262,53 @@
     <t>Audio-Visual, Televisions, Displays, Battery Chargers, External Power Supply, Dehumidifiers, Ovens, Microwaves, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washer and Dryers, Washing Machines, Indoor Luminaires, Specialty Luminaires, Specialty Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Ventilation, Ceiling Fans, Space Heating, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Portable ACs, Packaged Terminals, Chillers - Cooler Towers, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Pump Systems, Power Transformers, Distribution Transformers, Wine Chillers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil</t>
   </si>
   <si>
     <t>Natural Resources Canada Office of Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-regulations-2016-sor2016-311</t>
   </si>
   <si>
     <t>https://laws-lois.justice.gc.ca/eng/regulations/SOR-2016-311/index.html</t>
   </si>
   <si>
     <t>GB 20943-2013 Minimum allowable values of energy efficiency and evaluating values of energy conservation for single voltage external AC-DC and AC-AC power supplies</t>
   </si>
   <si>
     <t>Applies to external power supplies which convert AC current with 220V and 50Hz to single voltage DC -no higher than 36V- or single voltage AC -no higher than 36V- current.It applies to products with rated output power no larger than 250W. Does NOT apply to DC-DC transformer.</t>
+  </si>
+  <si>
+    <t>Revised, To Be Superseded</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-20943-2013-minimum-allowable-values-energy-efficiency-and-evaluating-values-energy</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E686D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>Greenhouse and Energy Minimum Standards (External Power Supplies) Determination 2014</t>
   </si>
   <si>
     <t>Products covered include external power supply units with a nominal 230 V a.c. supply input and a single output at extra low voltage (ELV), either a.c. or d.c. and a maximum output of 250 W or 250 VA (see the standard for further details on products covered).</t>
   </si>
   <si>
     <t>Australia</t>
   </si>
   <si>
     <t>July 2025</t>
   </si>
@@ -1118,55 +1122,53 @@
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
         <v>44</v>
       </c>
       <c r="B5" t="s">
         <v>45</v>
       </c>
       <c r="C5" t="s">
         <v>46</v>
       </c>
       <c r="D5" t="s">
         <v>47</v>
       </c>
       <c r="E5" t="s">
         <v>20</v>
       </c>
       <c r="F5" t="s">
         <v>21</v>
       </c>
       <c r="G5" t="s">
         <v>48</v>
       </c>
       <c r="H5">
-        <v>2009</v>
-[...3 lines deleted...]
-      </c>
+        <v>2025</v>
+      </c>
+      <c r="I5"/>
       <c r="J5" t="s">
         <v>49</v>
       </c>
       <c r="K5" t="s">
         <v>35</v>
       </c>
       <c r="L5" t="s">
         <v>50</v>
       </c>
       <c r="M5" t="s">
         <v>51</v>
       </c>
       <c r="N5" t="s">
         <v>27</v>
       </c>
       <c r="O5" t="s">
         <v>52</v>
       </c>
       <c r="P5" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
         <v>54</v>
@@ -1311,612 +1313,612 @@
       </c>
       <c r="P8" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
         <v>81</v>
       </c>
       <c r="B9" t="s">
         <v>82</v>
       </c>
       <c r="C9" t="s">
         <v>56</v>
       </c>
       <c r="D9" t="s">
         <v>33</v>
       </c>
       <c r="E9" t="s">
         <v>20</v>
       </c>
       <c r="F9" t="s">
         <v>21</v>
       </c>
       <c r="G9" t="s">
-        <v>22</v>
+        <v>83</v>
       </c>
       <c r="H9">
         <v>2007</v>
       </c>
       <c r="I9">
-        <v>2014</v>
+        <v>2013</v>
       </c>
       <c r="J9" t="s">
         <v>59</v>
       </c>
       <c r="K9" t="s">
         <v>35</v>
       </c>
       <c r="L9" t="s">
         <v>60</v>
       </c>
       <c r="M9" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="N9" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="O9" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="P9" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="B10" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="C10" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="D10" t="s">
         <v>33</v>
       </c>
       <c r="E10" t="s">
         <v>20</v>
       </c>
       <c r="F10" t="s">
         <v>21</v>
       </c>
       <c r="G10" t="s">
         <v>22</v>
       </c>
       <c r="H10">
         <v>2005</v>
       </c>
       <c r="I10">
         <v>2014</v>
       </c>
       <c r="J10" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="K10" t="s">
         <v>35</v>
       </c>
       <c r="L10" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="M10" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="N10" t="s">
         <v>27</v>
       </c>
       <c r="O10" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="P10" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="B11" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="C11" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="D11" t="s">
         <v>33</v>
       </c>
       <c r="E11" t="s">
         <v>20</v>
       </c>
       <c r="F11" t="s">
         <v>21</v>
       </c>
       <c r="G11" t="s">
         <v>22</v>
       </c>
       <c r="H11">
         <v>2013</v>
       </c>
       <c r="I11">
         <v>2014</v>
       </c>
       <c r="J11" t="s">
         <v>59</v>
       </c>
       <c r="K11" t="s">
         <v>35</v>
       </c>
       <c r="L11" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="M11" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="N11" t="s">
         <v>27</v>
       </c>
       <c r="O11" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="P11" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="B12" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="C12" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="D12" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="E12" t="s">
         <v>20</v>
       </c>
       <c r="F12" t="s">
         <v>21</v>
       </c>
       <c r="G12" t="s">
         <v>66</v>
       </c>
       <c r="H12">
         <v>2022</v>
       </c>
       <c r="I12"/>
       <c r="J12" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="K12" t="s">
         <v>35</v>
       </c>
       <c r="L12"/>
       <c r="M12" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="N12" t="s">
         <v>27</v>
       </c>
       <c r="O12" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="P12" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="B13" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="C13" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="D13" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="E13" t="s">
         <v>20</v>
       </c>
       <c r="F13" t="s">
         <v>21</v>
       </c>
       <c r="G13" t="s">
         <v>66</v>
       </c>
       <c r="H13">
         <v>2012</v>
       </c>
       <c r="I13"/>
       <c r="J13" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="K13" t="s">
         <v>35</v>
       </c>
       <c r="L13"/>
       <c r="M13" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="N13" t="s">
         <v>27</v>
       </c>
       <c r="O13" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="P13" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="B14" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="C14" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="D14" t="s">
         <v>33</v>
       </c>
       <c r="E14" t="s">
         <v>20</v>
       </c>
       <c r="F14" t="s">
         <v>21</v>
       </c>
       <c r="G14" t="s">
         <v>66</v>
       </c>
       <c r="H14">
         <v>2009</v>
       </c>
       <c r="I14"/>
       <c r="J14" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="K14" t="s">
         <v>35</v>
       </c>
       <c r="L14"/>
       <c r="M14" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="N14" t="s">
         <v>27</v>
       </c>
       <c r="O14" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="P14" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="B15" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="C15" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="D15" t="s">
         <v>33</v>
       </c>
       <c r="E15" t="s">
         <v>20</v>
       </c>
       <c r="F15" t="s">
         <v>21</v>
       </c>
       <c r="G15" t="s">
         <v>22</v>
       </c>
       <c r="H15">
         <v>2005</v>
       </c>
       <c r="I15">
         <v>2011</v>
       </c>
       <c r="J15" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="K15" t="s">
         <v>35</v>
       </c>
       <c r="L15" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="M15" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="N15" t="s">
         <v>27</v>
       </c>
       <c r="O15" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="P15" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="B16" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="C16" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="D16" t="s">
         <v>33</v>
       </c>
       <c r="E16" t="s">
         <v>20</v>
       </c>
       <c r="F16" t="s">
         <v>21</v>
       </c>
       <c r="G16" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="H16">
         <v>2017</v>
       </c>
       <c r="I16"/>
       <c r="J16" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="K16" t="s">
         <v>35</v>
       </c>
       <c r="L16" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="M16" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="N16" t="s">
         <v>27</v>
       </c>
       <c r="O16" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="P16" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="B17" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="C17" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="D17" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="E17" t="s">
         <v>20</v>
       </c>
       <c r="F17" t="s">
         <v>75</v>
       </c>
       <c r="G17" t="s">
         <v>22</v>
       </c>
       <c r="H17">
         <v>2017</v>
       </c>
       <c r="I17">
         <v>2021</v>
       </c>
       <c r="J17" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="K17" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="L17" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="M17" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="N17" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="O17" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="P17" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="B18" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="C18" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="D18" t="s">
         <v>33</v>
       </c>
       <c r="E18" t="s">
         <v>57</v>
       </c>
       <c r="F18" t="s">
         <v>75</v>
       </c>
       <c r="G18" t="s">
         <v>22</v>
       </c>
       <c r="H18">
         <v>2014</v>
       </c>
       <c r="I18">
         <v>2016</v>
       </c>
       <c r="J18" t="s">
         <v>76</v>
       </c>
       <c r="K18" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="L18" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="M18" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="N18" t="s">
         <v>27</v>
       </c>
       <c r="O18" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="P18" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="B19" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="C19" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="D19" t="s">
         <v>33</v>
       </c>
       <c r="E19" t="s">
         <v>20</v>
       </c>
       <c r="F19" t="s">
         <v>75</v>
       </c>
       <c r="G19" t="s">
         <v>22</v>
       </c>
       <c r="H19">
         <v>2007</v>
       </c>
       <c r="I19">
         <v>2011</v>
       </c>
       <c r="J19" t="s">
         <v>76</v>
       </c>
       <c r="K19" t="s">
         <v>35</v>
       </c>
       <c r="L19" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="M19" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="N19" t="s">
         <v>27</v>
       </c>
       <c r="O19" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="P19" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="B20" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="C20" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="D20" t="s">
         <v>33</v>
       </c>
       <c r="E20" t="s">
         <v>57</v>
       </c>
       <c r="F20" t="s">
         <v>58</v>
       </c>
       <c r="G20" t="s">
         <v>66</v>
       </c>
       <c r="H20">
         <v>2012</v>
       </c>
       <c r="I20"/>
       <c r="J20" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="K20" t="s">
         <v>35</v>
       </c>
       <c r="L20" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="M20" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="N20" t="s">
         <v>27</v>
       </c>
       <c r="O20" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="P20" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">