--- v0 (2025-11-29)
+++ v1 (2026-03-07)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="150">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="151">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -137,63 +137,64 @@
   <si>
     <t>Electric Kettles</t>
   </si>
   <si>
     <t>Entered into force, New</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Bangladesh Standards and Testing Institute</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/bds-2531990-electric-kettles-domestic-use-first-revision</t>
   </si>
   <si>
     <t>https://bsti.portal.gov.bd/sites/default/files/files/bsti.portal.gov.bd/page/c82bd863_c051_46ce_af11_eb5bec479d5b/BSTI%20Standards%20Catalogue-2018%20(1).pdf</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2025/2052 of 13 October 2025  laying down ecodesign requirements for external power supplies, wireless chargers, wireless charging pads, battery chargers for portable batteries of general use and USB Type-C cables</t>
   </si>
   <si>
-    <t>Laying down ecodesign requirements for external power supplies, wireless chargers, wireless charging pads, battery chargers for portable batteries of general use and USB Type-C cables.</t>
+    <t>Laying down ecodesign requirements for external power supplies, wireless chargers, wireless charging pads, battery chargers for portable batteries of general use and USB Type-C cables.
+This policy applies from the 14th December 2028, repealing Commission Regulation (EU) 2019/1782.</t>
   </si>
   <si>
     <t>Europe, European Union</t>
   </si>
   <si>
     <t>Battery Chargers, External Power Supply</t>
   </si>
   <si>
-    <t>Published, Revised</t>
-[...2 lines deleted...]
-    <t>November 2025</t>
+    <t>Published, New</t>
+  </si>
+  <si>
+    <t>December 2025</t>
   </si>
   <si>
     <t>87 FR 51221</t>
   </si>
   <si>
     <t>European Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20252052-13-october-2025-laying-down-ecodesign-requirements</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32025R2052&amp;qid=1763999035842</t>
   </si>
   <si>
     <t>Decision No. 14/2023/QD-TTg: Lists of Low-Efficiency Equipment Subject to Elimination and Low-Efficiency Generating Sets Banned from Development and Application Roadmaps</t>
   </si>
   <si>
     <t>This Decision regulates the list of products that have mandatory Minimum Energy Performance Standards (MEPS) that must be met before being imported to Vietnam. Devices such as LED lamps, infrared hobs, induction hobs, refrigerators, refrigerator-freezers and freezers, storage water heaters, non-ducted air conditioners, television sets, notebook computers, desktop computers, LED road and street lighting luminaries, and industrial boilers should comply with the most recent standards beginning April 1, 2025. The Decision comes into force on July 15, 2023, and Decision No. 24/2018/QD-TTg will expire at such time.</t>
   </si>
   <si>
     <t>Vietnam*</t>
   </si>
   <si>
     <t>Computers, Imaging Equipment, Televisions, Displays, Induction Cookstoves or Hobs, Rice Cookers, Electric Kettles, Cooktops or Hobs, Washing Machines, Indoor Luminaires, Streetlighting, Tubular Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, Ceiling Fans, Portable Fans, Room ACs - Stationary ACs, Storage Water Heaters, Distribution Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
@@ -267,50 +268,53 @@
     <t>Natural Resources Canada Office of Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-regulations-2016-sor2016-311</t>
   </si>
   <si>
     <t>https://laws-lois.justice.gc.ca/eng/regulations/SOR-2016-311/index.html</t>
   </si>
   <si>
     <t>GB 21456-2024 Minimum allowable values of the energy efficiency and energy efficiency grades for household and similar kitchen appliances</t>
   </si>
   <si>
     <t>The standard revises MEPS and energy efficiency grades for household and similar kitchen appliances including:
 a) Electric rice cookers heated by electric heating elements or electromagnetic induction, with a rated power not exceeding 2200 W;
 b) Electric pressure cookers with automatic pressure control, heated by electric heating elements or electromagnetic induction, with a rated power not exceeding 2200 W, a rated capacity not exceeding 10 L, and a rated cooking pressure of 40 kPa to 140 kPa (gauge pressure);
 c) Electric stewpots and stew cups with a rated power not exceeding 2200 W;
 d) Electric kettles designed solely for boiling water to the boiling point, without an automatic water-filling function, from which water is poured by holding the handle and tilting the body of the kettle;
 e) Induction cookers with one or more heating units, each unit having a rated power of 700 W to 3500 W;
 f) Microwave ovens, including combination microwave ovens, with a maximum rated input power of 2500 W or below, operating in the 2450 MHz ISM frequency band, which heat items and food in the cavity using electromagnetic energy as well as resistive electric heating elements.</t>
   </si>
   <si>
     <t>Asia and Pacific, China</t>
   </si>
   <si>
     <t>Induction Cookstoves or Hobs, Rice Cookers, Microwaves, Electric Kettles</t>
+  </si>
+  <si>
+    <t>November 2025</t>
   </si>
   <si>
     <t>GB/T4706.1
 ,   
                     GB/T4706.14
 ,   
                     GB/T4706.19
 ,   
                     GB/T4706.21
 ,   
                     GB4706.29
 ,   
                     GB/T18800—2017
 ,   
                     GB/T22089
 ,   
                     GB/T35758
 ,   
                     QB/T4408</t>
   </si>
   <si>
     <t>The Standardization Administration of China</t>
   </si>
   <si>
     <t>Cookstoves, Energy Efficiency</t>
@@ -1026,55 +1030,53 @@
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
         <v>40</v>
       </c>
       <c r="B4" t="s">
         <v>41</v>
       </c>
       <c r="C4" t="s">
         <v>42</v>
       </c>
       <c r="D4" t="s">
         <v>43</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4" t="s">
         <v>21</v>
       </c>
       <c r="G4" t="s">
         <v>44</v>
       </c>
       <c r="H4">
-        <v>2009</v>
-[...3 lines deleted...]
-      </c>
+        <v>2025</v>
+      </c>
+      <c r="I4"/>
       <c r="J4" t="s">
         <v>45</v>
       </c>
       <c r="K4" t="s">
         <v>36</v>
       </c>
       <c r="L4" t="s">
         <v>46</v>
       </c>
       <c r="M4" t="s">
         <v>47</v>
       </c>
       <c r="N4" t="s">
         <v>27</v>
       </c>
       <c r="O4" t="s">
         <v>48</v>
       </c>
       <c r="P4" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
         <v>50</v>
@@ -1228,535 +1230,535 @@
       <c r="B8" t="s">
         <v>80</v>
       </c>
       <c r="C8" t="s">
         <v>81</v>
       </c>
       <c r="D8" t="s">
         <v>82</v>
       </c>
       <c r="E8" t="s">
         <v>20</v>
       </c>
       <c r="F8" t="s">
         <v>21</v>
       </c>
       <c r="G8" t="s">
         <v>22</v>
       </c>
       <c r="H8">
         <v>2008</v>
       </c>
       <c r="I8">
         <v>2024</v>
       </c>
       <c r="J8" t="s">
-        <v>45</v>
+        <v>83</v>
       </c>
       <c r="K8" t="s">
         <v>36</v>
       </c>
       <c r="L8" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="M8" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="N8" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="O8" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="P8" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="B9" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="C9" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="D9" t="s">
         <v>33</v>
       </c>
       <c r="E9" t="s">
         <v>62</v>
       </c>
       <c r="F9" t="s">
         <v>63</v>
       </c>
       <c r="G9" t="s">
         <v>22</v>
       </c>
       <c r="H9">
         <v>2011</v>
       </c>
       <c r="I9">
         <v>2013</v>
       </c>
       <c r="J9" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="K9" t="s">
         <v>36</v>
       </c>
       <c r="L9"/>
       <c r="M9" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="N9" t="s">
         <v>27</v>
       </c>
       <c r="O9" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="P9" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="B10" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="C10" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="D10" t="s">
         <v>33</v>
       </c>
       <c r="E10" t="s">
         <v>20</v>
       </c>
       <c r="F10" t="s">
         <v>73</v>
       </c>
       <c r="G10" t="s">
         <v>22</v>
       </c>
       <c r="H10">
         <v>2012</v>
       </c>
       <c r="I10">
         <v>2012</v>
       </c>
       <c r="J10" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="K10" t="s">
         <v>36</v>
       </c>
       <c r="L10"/>
       <c r="M10" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="N10" t="s">
         <v>27</v>
       </c>
       <c r="O10" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="P10" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="B11" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="C11" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="D11" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="E11" t="s">
         <v>20</v>
       </c>
       <c r="F11" t="s">
         <v>21</v>
       </c>
       <c r="G11" t="s">
         <v>34</v>
       </c>
       <c r="H11">
         <v>2022</v>
       </c>
       <c r="I11"/>
       <c r="J11" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="K11" t="s">
         <v>36</v>
       </c>
       <c r="L11"/>
       <c r="M11" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="N11" t="s">
         <v>27</v>
       </c>
       <c r="O11" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="P11" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="B12" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="C12" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="D12" t="s">
         <v>33</v>
       </c>
       <c r="E12" t="s">
         <v>20</v>
       </c>
       <c r="F12" t="s">
         <v>21</v>
       </c>
       <c r="G12" t="s">
         <v>34</v>
       </c>
       <c r="H12">
         <v>2022</v>
       </c>
       <c r="I12"/>
       <c r="J12" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="K12" t="s">
         <v>36</v>
       </c>
       <c r="L12"/>
       <c r="M12" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="N12" t="s">
         <v>27</v>
       </c>
       <c r="O12" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="P12" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="B13" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="C13" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="D13" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="E13" t="s">
         <v>20</v>
       </c>
       <c r="F13" t="s">
         <v>21</v>
       </c>
       <c r="G13" t="s">
         <v>34</v>
       </c>
       <c r="H13">
         <v>2012</v>
       </c>
       <c r="I13"/>
       <c r="J13" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="K13" t="s">
         <v>36</v>
       </c>
       <c r="L13"/>
       <c r="M13" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="N13" t="s">
         <v>27</v>
       </c>
       <c r="O13" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="P13" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="B14"/>
       <c r="C14" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="D14" t="s">
         <v>33</v>
       </c>
       <c r="E14" t="s">
         <v>20</v>
       </c>
       <c r="F14" t="s">
         <v>21</v>
       </c>
       <c r="G14" t="s">
         <v>34</v>
       </c>
       <c r="H14">
         <v>2015</v>
       </c>
       <c r="I14"/>
       <c r="J14" t="s">
         <v>74</v>
       </c>
       <c r="K14" t="s">
         <v>36</v>
       </c>
       <c r="L14"/>
       <c r="M14" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="N14" t="s">
         <v>27</v>
       </c>
       <c r="O14" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="P14" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="B15" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="C15" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="D15" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="E15" t="s">
         <v>62</v>
       </c>
       <c r="F15" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="G15" t="s">
         <v>34</v>
       </c>
       <c r="H15">
         <v>2015</v>
       </c>
       <c r="I15"/>
       <c r="J15" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="K15" t="s">
         <v>36</v>
       </c>
       <c r="L15"/>
       <c r="M15" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="N15" t="s">
         <v>27</v>
       </c>
       <c r="O15" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="P15" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="B16" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="C16" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="D16" t="s">
         <v>33</v>
       </c>
       <c r="E16" t="s">
         <v>62</v>
       </c>
       <c r="F16" t="s">
         <v>63</v>
       </c>
       <c r="G16" t="s">
         <v>34</v>
       </c>
       <c r="H16">
         <v>2017</v>
       </c>
       <c r="I16"/>
       <c r="J16" t="s">
         <v>64</v>
       </c>
       <c r="K16" t="s">
         <v>36</v>
       </c>
       <c r="L16"/>
       <c r="M16" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="N16" t="s">
         <v>27</v>
       </c>
       <c r="O16" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="P16" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="B17" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="C17" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="D17" t="s">
         <v>33</v>
       </c>
       <c r="E17" t="s">
         <v>62</v>
       </c>
       <c r="F17" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="G17" t="s">
         <v>22</v>
       </c>
       <c r="H17">
         <v>2014</v>
       </c>
       <c r="I17">
         <v>2019</v>
       </c>
       <c r="J17" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="K17" t="s">
         <v>36</v>
       </c>
       <c r="L17" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="M17" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="N17" t="s">
         <v>27</v>
       </c>
       <c r="O17" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="P17" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="B18" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="C18" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="D18" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="E18" t="s">
         <v>62</v>
       </c>
       <c r="F18" t="s">
         <v>21</v>
       </c>
       <c r="G18" t="s">
         <v>34</v>
       </c>
       <c r="H18">
         <v>2013</v>
       </c>
       <c r="I18"/>
       <c r="J18" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="K18" t="s">
         <v>36</v>
       </c>
       <c r="L18"/>
       <c r="M18" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="N18" t="s">
         <v>27</v>
       </c>
       <c r="O18" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="P18" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">