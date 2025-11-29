--- v0 (2025-10-12)
+++ v1 (2025-11-29)
@@ -12,254 +12,321 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="55">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="77">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>10 CFR 430—Energy Conservation Program for Consumer Products</t>
   </si>
   <si>
+    <t>Conventional cooking top means a class of cooking products which is a household cooking appliance consisting of a horizontal surface containing one or more surface units which utilize a gas flame; electric resistance heating; or electric inductive heating.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Electronics, Uninterruptable Power Supply, Battery Chargers, External Power Supply, Dehumidifiers, Air Cleaners, Ovens, Microwaves, Dishwashers, Clothes Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Ceiling Fans, Duct Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Showers or Showerheads, Urinals, Taps or Faucets, Distribution Transformers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>10 CFR 430 Subpart B</t>
   </si>
   <si>
     <t>U.S. Department of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/10-cfr-430-energy-conservation-program-consumer-products</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-430</t>
+  </si>
+  <si>
+    <t>Commission Regulation (EU) 2025/2052 of 13 October 2025  laying down ecodesign requirements for external power supplies, wireless chargers, wireless charging pads, battery chargers for portable batteries of general use and USB Type-C cables</t>
+  </si>
+  <si>
+    <t>Laying down ecodesign requirements for external power supplies, wireless chargers, wireless charging pads, battery chargers for portable batteries of general use and USB Type-C cables.</t>
+  </si>
+  <si>
+    <t>Europe, European Union</t>
+  </si>
+  <si>
+    <t>Battery Chargers, External Power Supply</t>
+  </si>
+  <si>
+    <t>Published, Revised</t>
+  </si>
+  <si>
+    <t>November 2025</t>
+  </si>
+  <si>
+    <t>Electricity</t>
+  </si>
+  <si>
+    <t>87 FR 51221</t>
+  </si>
+  <si>
+    <t>European Commission</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20252052-13-october-2025-laying-down-ecodesign-requirements</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32025R2052&amp;qid=1763999035842</t>
+  </si>
+  <si>
     <t>Energy Efficiency Grade Label for Kimchi Refrigerators</t>
   </si>
   <si>
+    <t>Household electric refrigerating appliances of total storage volume 1000L or less,and Kimchi storage compartment is much than 50% of the whole storage volumewith a function maturing which it will be able to take effect the foodstuffs of theKimchi artificially, and with a compression type refrigerating machine andstorage cabinet integrated in one body.</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>Kim-chi Refrigerators</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
-    <t>Electricity</t>
-[...1 lines deleted...]
-  <si>
     <t>KS C 9321</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-grade-label-kimchi-refrigerators</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_2.asp</t>
+  </si>
+  <si>
     <t>Energy Efficiency Regulations, 2016 (SOR/2016-311)</t>
   </si>
   <si>
+    <t>This policy is divided into 14 divisions: 1) household appliances, 2) air conditioners, condensing units, and chillers, 3) heat pumps, 4) furnaces, fireplaces, unit heaters, and recovery ventilators, 5) boilers, 6) water heaters, 7) lamps and lamp ballasts, 8) lighting fixtures, 9) electronic products, 10) commercial refrigeration, 11) dry-type transformers, 12) motors, 13) commercial pre-rinse spray valves, and 14) pumps.</t>
+  </si>
+  <si>
     <t>Canada</t>
   </si>
   <si>
     <t>Audio-Visual, Televisions, Displays, Battery Chargers, External Power Supply, Dehumidifiers, Ovens, Microwaves, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washer and Dryers, Washing Machines, Indoor Luminaires, Specialty Luminaires, Specialty Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Ventilation, Ceiling Fans, Space Heating, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Portable ACs, Packaged Terminals, Chillers - Cooler Towers, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Pump Systems, Power Transformers, Distribution Transformers, Wine Chillers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil</t>
   </si>
   <si>
     <t>Natural Resources Canada Office of Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-regulations-2016-sor2016-311</t>
   </si>
   <si>
+    <t>https://laws-lois.justice.gc.ca/eng/regulations/SOR-2016-311/index.html</t>
+  </si>
+  <si>
     <t>LI 2452 Renewable Energy (Standards and Labelling) (Renewable Energy Batteries) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to a renewable energy battery manufactured in the country or imported into the country for display, sale, or use, irrespective of size, method of charge or energy system design of the renewable energy battery.</t>
+  </si>
+  <si>
     <t>Ghana</t>
   </si>
   <si>
     <t>Battery Chargers</t>
   </si>
   <si>
     <t>March 2023</t>
   </si>
   <si>
     <t>Ghana Energy Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/li-2452-renewable-energy-standards-and-labelling-renewable-energy-batteries-regulations</t>
   </si>
   <si>
+    <t>https://www.energycom.gov.gh/regulation/regulation-and-codes</t>
+  </si>
+  <si>
     <t>MEPS for Adapter - Charger</t>
   </si>
   <si>
+    <t>An adapter under 150W, nameplate output power; and a charger of input 20 W with Li-Ion Battery as a single voltage external power supply</t>
+  </si>
+  <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-adapter-charger</t>
   </si>
   <si>
     <t>MEPS for Kim-chi Refrigerators</t>
+  </si>
+  <si>
+    <t>Household electric refrigerating appliances of total storage volume 1000L or less,and Kimchi storage compartment is much than 50percent of the whole storage volumewith a function maturing which it will be able to take effect the foodstuffs of theKimchi artificially, and with a compression type refrigerating machine andstorage cabinet integrated in one body.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-kim-chi-refrigerators</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -523,401 +590,496 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N7"/>
+  <dimension ref="A1:P8"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="115" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="141" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="284.216" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="503.591" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="891.782" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="24.708" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="62.413" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="141.394" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="104.832" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>1990</v>
       </c>
-      <c r="H2">
+      <c r="I2">
         <v>2016</v>
       </c>
-      <c r="I2" t="s">
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G3" t="s">
+        <v>34</v>
+      </c>
+      <c r="H3">
+        <v>2009</v>
+      </c>
+      <c r="I3">
+        <v>2019</v>
+      </c>
+      <c r="J3" t="s">
+        <v>35</v>
+      </c>
+      <c r="K3" t="s">
+        <v>36</v>
+      </c>
+      <c r="L3" t="s">
+        <v>37</v>
+      </c>
+      <c r="M3" t="s">
+        <v>38</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>39</v>
+      </c>
+      <c r="P3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>41</v>
+      </c>
+      <c r="B4" t="s">
+        <v>42</v>
+      </c>
+      <c r="C4" t="s">
+        <v>43</v>
+      </c>
+      <c r="D4" t="s">
+        <v>44</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>45</v>
+      </c>
+      <c r="G4" t="s">
+        <v>46</v>
+      </c>
+      <c r="H4">
+        <v>2009</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>47</v>
+      </c>
+      <c r="K4" t="s">
+        <v>36</v>
+      </c>
+      <c r="L4" t="s">
+        <v>48</v>
+      </c>
+      <c r="M4" t="s">
+        <v>49</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>50</v>
+      </c>
+      <c r="P4" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>52</v>
+      </c>
+      <c r="B5" t="s">
+        <v>53</v>
+      </c>
+      <c r="C5" t="s">
+        <v>54</v>
+      </c>
+      <c r="D5" t="s">
+        <v>55</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>56</v>
+      </c>
+      <c r="G5" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...6 lines deleted...]
-        <v>25</v>
+      <c r="H5">
+        <v>2016</v>
+      </c>
+      <c r="I5">
+        <v>2019</v>
+      </c>
+      <c r="J5" t="s">
+        <v>57</v>
+      </c>
+      <c r="K5" t="s">
+        <v>58</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>59</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>60</v>
+      </c>
+      <c r="P5" t="s">
+        <v>61</v>
       </c>
     </row>
-    <row r="3" spans="1:14">
-[...3 lines deleted...]
-      <c r="B3" t="s">
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>62</v>
+      </c>
+      <c r="B6" t="s">
+        <v>63</v>
+      </c>
+      <c r="C6" t="s">
+        <v>64</v>
+      </c>
+      <c r="D6" t="s">
+        <v>65</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>46</v>
+      </c>
+      <c r="H6">
+        <v>2022</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>66</v>
+      </c>
+      <c r="K6" t="s">
+        <v>36</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>67</v>
+      </c>
+      <c r="N6" t="s">
         <v>27</v>
       </c>
-      <c r="C3" t="s">
-[...31 lines deleted...]
-        <v>35</v>
+      <c r="O6" t="s">
+        <v>68</v>
+      </c>
+      <c r="P6" t="s">
+        <v>69</v>
       </c>
     </row>
-    <row r="4" spans="1:14">
-      <c r="A4" t="s">
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>70</v>
+      </c>
+      <c r="B7" t="s">
+        <v>71</v>
+      </c>
+      <c r="C7" t="s">
+        <v>43</v>
+      </c>
+      <c r="D7" t="s">
+        <v>65</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G7" t="s">
+        <v>46</v>
+      </c>
+      <c r="H7">
+        <v>2012</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>72</v>
+      </c>
+      <c r="K7" t="s">
         <v>36</v>
       </c>
-      <c r="B4" t="s">
-[...33 lines deleted...]
-      <c r="N4" t="s">
+      <c r="L7"/>
+      <c r="M7" t="s">
+        <v>49</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>73</v>
+      </c>
+      <c r="P7" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>74</v>
+      </c>
+      <c r="B8" t="s">
+        <v>75</v>
+      </c>
+      <c r="C8" t="s">
         <v>43</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A5" t="s">
+      <c r="D8" t="s">
         <v>44</v>
       </c>
-      <c r="B5" t="s">
-[...2 lines deleted...]
-      <c r="C5" t="s">
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>21</v>
+      </c>
+      <c r="G8" t="s">
         <v>46</v>
       </c>
-      <c r="D5" t="s">
-[...12 lines deleted...]
-      <c r="I5" t="s">
+      <c r="H8">
+        <v>2004</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
         <v>47</v>
       </c>
-      <c r="J5" t="s">
-[...3 lines deleted...]
-      <c r="L5" t="s">
+      <c r="K8" t="s">
+        <v>36</v>
+      </c>
+      <c r="L8" t="s">
         <v>48</v>
       </c>
-      <c r="M5" t="s">
-[...2 lines deleted...]
-      <c r="N5" t="s">
+      <c r="M8" t="s">
         <v>49</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B6" t="s">
+      <c r="N8" t="s">
         <v>27</v>
       </c>
-      <c r="C6" t="s">
-[...15 lines deleted...]
-      <c r="I6" t="s">
+      <c r="O8" t="s">
+        <v>76</v>
+      </c>
+      <c r="P8" t="s">
         <v>51</v>
-      </c>
-[...53 lines deleted...]
-        <v>54</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>