--- v1 (2025-11-29)
+++ v2 (2026-03-07)
@@ -107,63 +107,64 @@
   <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>10 CFR 430 Subpart B</t>
   </si>
   <si>
     <t>U.S. Department of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/10-cfr-430-energy-conservation-program-consumer-products</t>
   </si>
   <si>
     <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-430</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2025/2052 of 13 October 2025  laying down ecodesign requirements for external power supplies, wireless chargers, wireless charging pads, battery chargers for portable batteries of general use and USB Type-C cables</t>
   </si>
   <si>
-    <t>Laying down ecodesign requirements for external power supplies, wireless chargers, wireless charging pads, battery chargers for portable batteries of general use and USB Type-C cables.</t>
+    <t>Laying down ecodesign requirements for external power supplies, wireless chargers, wireless charging pads, battery chargers for portable batteries of general use and USB Type-C cables.
+This policy applies from the 14th December 2028, repealing Commission Regulation (EU) 2019/1782.</t>
   </si>
   <si>
     <t>Europe, European Union</t>
   </si>
   <si>
     <t>Battery Chargers, External Power Supply</t>
   </si>
   <si>
-    <t>Published, Revised</t>
-[...2 lines deleted...]
-    <t>November 2025</t>
+    <t>Published, New</t>
+  </si>
+  <si>
+    <t>December 2025</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>87 FR 51221</t>
   </si>
   <si>
     <t>European Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20252052-13-october-2025-laying-down-ecodesign-requirements</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32025R2052&amp;qid=1763999035842</t>
   </si>
   <si>
     <t>Energy Efficiency Grade Label for Kimchi Refrigerators</t>
   </si>
   <si>
     <t>Household electric refrigerating appliances of total storage volume 1000L or less,and Kimchi storage compartment is much than 50% of the whole storage volumewith a function maturing which it will be able to take effect the foodstuffs of theKimchi artificially, and with a compression type refrigerating machine andstorage cabinet integrated in one body.</t>
   </si>
   <si>
     <t>Republic of Korea</t>
   </si>
@@ -739,55 +740,53 @@
       </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" t="s">
         <v>30</v>
       </c>
       <c r="B3" t="s">
         <v>31</v>
       </c>
       <c r="C3" t="s">
         <v>32</v>
       </c>
       <c r="D3" t="s">
         <v>33</v>
       </c>
       <c r="E3" t="s">
         <v>20</v>
       </c>
       <c r="F3" t="s">
         <v>21</v>
       </c>
       <c r="G3" t="s">
         <v>34</v>
       </c>
       <c r="H3">
-        <v>2009</v>
-[...3 lines deleted...]
-      </c>
+        <v>2025</v>
+      </c>
+      <c r="I3"/>
       <c r="J3" t="s">
         <v>35</v>
       </c>
       <c r="K3" t="s">
         <v>36</v>
       </c>
       <c r="L3" t="s">
         <v>37</v>
       </c>
       <c r="M3" t="s">
         <v>38</v>
       </c>
       <c r="N3" t="s">
         <v>27</v>
       </c>
       <c r="O3" t="s">
         <v>39</v>
       </c>
       <c r="P3" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
         <v>41</v>