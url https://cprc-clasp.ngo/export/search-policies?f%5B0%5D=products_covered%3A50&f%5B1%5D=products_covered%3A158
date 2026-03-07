--- v0 (2025-11-28)
+++ v1 (2026-03-07)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="84">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="83">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -195,53 +195,50 @@
     <t>GB/T 3853; GB/T 4975; GB/T 13279; GB/T 13928; GB/T26967; JB/T 4253; JB/T 6430; JB/T 7662; JB/T 8933; JB/T 8934; JB/T 9107; JB/T 10972; JB/T 11423; JB/T 13345</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-19153-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9B70DDA94001A80CE05397BE0A0A84AC</t>
   </si>
   <si>
     <t>GB 21518-2008 Minimum allowable values of energy efficiency and energy efficiency grades for AC contactors</t>
   </si>
   <si>
     <t>Applies to those AC contactors with rated frequency of 50Hz; rated voltage no higher than 1140V; and rated current between 9A-630A. Does NOT apply to AC contactors with external power saving device or semi-conductor type -solid type contactor</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-21518-2008-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-ac</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D773ECD3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB/T45785—2025 Evaluation of Energy Performance for Compressed Air Stations</t>
   </si>
   <si>
     <t>This voluntary standard applies to compressed air stations consisting of air compressors driven by electric motors, with discharge pressures ranging from 0.25 MPa to 1.6 MPa, an air supply flow rate of no less than 4 m³/min, and a total operating power of no less than 37 kW.</t>
-  </si>
-[...1 lines deleted...]
-    <t>Asia and Pacific, China</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>New</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>GB/T16665
 ,</t>
   </si>
   <si>
     <t>National Technical Committee on Compressor Standardization</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gbt45785-2025-evaluation-energy-performance-compressed-air-stations</t>
   </si>
   <si>
     <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=36DE96AA3EC8CD71E06397BE0A0A23D9</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Air Compressors</t>
@@ -944,182 +941,182 @@
       </c>
       <c r="L6" t="s">
         <v>37</v>
       </c>
       <c r="M6" t="s">
         <v>38</v>
       </c>
       <c r="N6" t="s">
         <v>27</v>
       </c>
       <c r="O6" t="s">
         <v>57</v>
       </c>
       <c r="P6" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
         <v>59</v>
       </c>
       <c r="B7" t="s">
         <v>60</v>
       </c>
       <c r="C7" t="s">
-        <v>61</v>
+        <v>32</v>
       </c>
       <c r="D7" t="s">
         <v>43</v>
       </c>
       <c r="E7" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="F7" t="s">
         <v>21</v>
       </c>
       <c r="G7" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="H7">
         <v>2025</v>
       </c>
       <c r="I7"/>
       <c r="J7" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="K7" t="s">
         <v>24</v>
       </c>
       <c r="L7" t="s">
+        <v>64</v>
+      </c>
+      <c r="M7" t="s">
         <v>65</v>
-      </c>
-[...1 lines deleted...]
-        <v>66</v>
       </c>
       <c r="N7" t="s">
         <v>46</v>
       </c>
       <c r="O7" t="s">
+        <v>66</v>
+      </c>
+      <c r="P7" t="s">
         <v>67</v>
-      </c>
-[...1 lines deleted...]
-        <v>68</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="B8"/>
       <c r="C8" t="s">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="D8" t="s">
         <v>43</v>
       </c>
       <c r="E8" t="s">
         <v>20</v>
       </c>
       <c r="F8" t="s">
         <v>21</v>
       </c>
       <c r="G8" t="s">
         <v>35</v>
       </c>
       <c r="H8">
         <v>2021</v>
       </c>
       <c r="I8"/>
       <c r="J8" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="K8" t="s">
         <v>24</v>
       </c>
       <c r="L8"/>
       <c r="M8" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="N8" t="s">
         <v>46</v>
       </c>
       <c r="O8" t="s">
+        <v>72</v>
+      </c>
+      <c r="P8" t="s">
         <v>73</v>
-      </c>
-[...1 lines deleted...]
-        <v>74</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
+        <v>74</v>
+      </c>
+      <c r="B9" t="s">
         <v>75</v>
       </c>
-      <c r="B9" t="s">
+      <c r="C9" t="s">
         <v>76</v>
-      </c>
-[...1 lines deleted...]
-        <v>77</v>
       </c>
       <c r="D9" t="s">
         <v>43</v>
       </c>
       <c r="E9" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="F9" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="G9" t="s">
         <v>22</v>
       </c>
       <c r="H9">
         <v>2008</v>
       </c>
       <c r="I9">
         <v>2012</v>
       </c>
       <c r="J9" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="K9" t="s">
         <v>24</v>
       </c>
       <c r="L9" t="s">
+        <v>79</v>
+      </c>
+      <c r="M9" t="s">
         <v>80</v>
-      </c>
-[...1 lines deleted...]
-        <v>81</v>
       </c>
       <c r="N9" t="s">
         <v>27</v>
       </c>
       <c r="O9" t="s">
+        <v>81</v>
+      </c>
+      <c r="P9" t="s">
         <v>82</v>
-      </c>
-[...1 lines deleted...]
-        <v>83</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">