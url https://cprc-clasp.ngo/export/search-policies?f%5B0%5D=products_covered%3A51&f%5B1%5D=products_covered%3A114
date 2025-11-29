--- v0 (2025-10-13)
+++ v1 (2025-11-29)
@@ -12,553 +12,750 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="152">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="214">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>10 CFR 430—Energy Conservation Program for Consumer Products</t>
   </si>
   <si>
+    <t>Conventional cooking top means a class of cooking products which is a household cooking appliance consisting of a horizontal surface containing one or more surface units which utilize a gas flame; electric resistance heating; or electric inductive heating.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Electronics, Uninterruptable Power Supply, Battery Chargers, External Power Supply, Dehumidifiers, Air Cleaners, Ovens, Microwaves, Dishwashers, Clothes Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Ceiling Fans, Duct Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Showers or Showerheads, Urinals, Taps or Faucets, Distribution Transformers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>10 CFR 430 Subpart B</t>
   </si>
   <si>
     <t>U.S. Department of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/10-cfr-430-energy-conservation-program-consumer-products</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-430</t>
+  </si>
+  <si>
     <t>BDS 290:1990 Portable electric radiator for domestic use</t>
   </si>
   <si>
+    <t>This policy establishes requirements for portable radiators with voltage less than 250 volts.</t>
+  </si>
+  <si>
     <t>Bangladesh</t>
   </si>
   <si>
     <t>Portable Heaters</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Bangladesh Standards and Testing Institute</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/bds-2901990-portable-electric-radiator-domestic-use</t>
   </si>
   <si>
+    <t>https://bsti.portal.gov.bd/sites/default/files/files/bsti.portal.gov.bd/page/c82bd863_c051_46ce_af11_eb5bec479d5b/BSTI%20Standards%20Catalogue-2018%20(1).pdf</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2015/1186 of 24 April 2015</t>
   </si>
   <si>
+    <t>Applies to solid fuel local space heaters with a nominal heat output of 50 kW or less. Solid fuel small combustion installations.</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>Portable Heaters, Boilers and Furnaces</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>October 2023</t>
   </si>
   <si>
     <t>Solid Fuel</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20151186-24-april-2015-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2015/1186/contents</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2015/1186 of 24 April 2015 supplementing Directive 2010/30/EU of the European Parliament and of the Council with regard to the energy labelling of local space heaters</t>
   </si>
   <si>
+    <t>Applies to solid fuel local space heaters with a nominal heat output of 50 kW or less. Solid fuel small combustion installations.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2026.</t>
+  </si>
+  <si>
     <t>European Union</t>
   </si>
   <si>
     <t>September 2023</t>
   </si>
   <si>
     <t>European Commission - DG Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20151186-24-april-2015-supplementing-directive-201030eu</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02015R1186-20170307</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2015/1188 of 28 April 2015 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for local space heaters</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market and putting into service of domestic local space heaters with a nominal heat output of 50 kW or less and commercial local space heaters with a nominal heat output of the product or of a single segment of 120 kW or less.</t>
+  </si>
+  <si>
     <t>Electricity, Gas, Solid Fuel</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20151188-28-april-2015-implementing-directive-2009125ec-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2013/813/contents</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/1782 of 1 October 2019 laying down ecodesign requirements for external power supplies</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements related to electric power consumption in no-load condition and average active efficiency of external power supplies.  Exclusions: this Regulation shall not apply to:   a. voltage converters;   b. uninterruptible power supplies;   c. battery chargers;     d. halogen lighting converters;   e. external power supplies for medical devices;   f. external power supplies placed on the market no later than 30 June 2015 as a service part or spare part for an identical external power supply which was placed on the market not later than one year after this Regulation has come into force; under the condition that the service part or spare part; or its packaging; clearly indicates the primary load products for which the spare part or service part is intended to be used with.</t>
+  </si>
+  <si>
     <t>External Power Supply</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20191782-1-october-2019-laying-down-ecodesign-requirements-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2019/1782/contents</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised, To Be Superseded</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20191782-1-october-2019-laying-down-ecodesign-requirements</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=uriserv%3AOJ.L_.2019.272.01.0095.01.ENG&amp;toc=OJ%3AL%3A2019%3A272%3ATOC</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2024/1103 of 18 April 2024 implementing Directive 2009/125/EC of the European Parliament and of the Council as regards ecodesign requirements for local space heaters and separate related controls and repealing Commission Regulat</t>
   </si>
   <si>
+    <t>This Regulation lays down ecodesign requirements for the placing on the market and putting into service of domestic local space heaters with a nominal heat output of 50 kW or less and commercial local space heaters with a nominal heat output of the product or a single tube segment heat output of 300 kW or less. This Regulation also lays down ecodesign requirements for separate related controls.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2030.</t>
+  </si>
+  <si>
     <t>July 2024</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20241103-18-april-2024-implementing-directive-2009125ec-european</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=OJ:L_202401103</t>
+  </si>
+  <si>
+    <t>Commission Regulation (EU) 2025/2052 of 13 October 2025  laying down ecodesign requirements for external power supplies, wireless chargers, wireless charging pads, battery chargers for portable batteries of general use and USB Type-C cables</t>
+  </si>
+  <si>
+    <t>Laying down ecodesign requirements for external power supplies, wireless chargers, wireless charging pads, battery chargers for portable batteries of general use and USB Type-C cables.</t>
+  </si>
+  <si>
+    <t>Europe, European Union</t>
+  </si>
+  <si>
+    <t>Battery Chargers, External Power Supply</t>
+  </si>
+  <si>
+    <t>Published, Revised</t>
+  </si>
+  <si>
+    <t>November 2025</t>
+  </si>
+  <si>
+    <t>87 FR 51221</t>
+  </si>
+  <si>
+    <t>European Commission</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20252052-13-october-2025-laying-down-ecodesign-requirements</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32025R2052&amp;qid=1763999035842</t>
+  </si>
+  <si>
     <t>CQC31-461236-2014. CQC Marking Certification: single voltage external AC-DC and AC-AC power supplies</t>
   </si>
   <si>
+    <t>Applies to power supplies operating under under 220V and 50Hz;  which transfer AC grid's voltage to a fixed and single way low voltage DC current; no more than 36V; or low voltage AC; no more than 36V; and rated output power is no larger than 250W.</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>GB 20943-2013</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-461236-2014-cqc-marking-certification-single-voltage-external-ac-dc-and-ac-ac-power</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492783.shtml</t>
+  </si>
+  <si>
     <t>CQC31-464245-2018. Energy Conservation Certification Rules for Electric Vehicle Off-Board Charger</t>
   </si>
   <si>
+    <t>Apply to electric vehicle off-board charger</t>
+  </si>
+  <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>CQC 3170-2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-464245-2018-energy-conservation-certification-rules-electric-vehicle-board-charger</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-04-26/554396.shtml</t>
+  </si>
+  <si>
     <t>Energy Efficiency Regulations, 2016 (SOR/2016-311)</t>
   </si>
   <si>
+    <t>This policy is divided into 14 divisions: 1) household appliances, 2) air conditioners, condensing units, and chillers, 3) heat pumps, 4) furnaces, fireplaces, unit heaters, and recovery ventilators, 5) boilers, 6) water heaters, 7) lamps and lamp ballasts, 8) lighting fixtures, 9) electronic products, 10) commercial refrigeration, 11) dry-type transformers, 12) motors, 13) commercial pre-rinse spray valves, and 14) pumps.</t>
+  </si>
+  <si>
     <t>Canada</t>
   </si>
   <si>
     <t>Audio-Visual, Televisions, Displays, Battery Chargers, External Power Supply, Dehumidifiers, Ovens, Microwaves, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washer and Dryers, Washing Machines, Indoor Luminaires, Specialty Luminaires, Specialty Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Ventilation, Ceiling Fans, Space Heating, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Portable ACs, Packaged Terminals, Chillers - Cooler Towers, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Pump Systems, Power Transformers, Distribution Transformers, Wine Chillers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil</t>
   </si>
   <si>
     <t>Natural Resources Canada Office of Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-regulations-2016-sor2016-311</t>
   </si>
   <si>
+    <t>https://laws-lois.justice.gc.ca/eng/regulations/SOR-2016-311/index.html</t>
+  </si>
+  <si>
     <t>GB 20943-2013 Minimum allowable values of energy efficiency and evaluating values of energy conservation for single voltage external AC-DC and AC-AC power supplies</t>
   </si>
   <si>
+    <t>Applies to external power supplies which convert AC current with 220V and 50Hz to single voltage DC -no higher than 36V- or single voltage AC -no higher than 36V- current.It applies to products with rated output power no larger than 250W. Does NOT apply to DC-DC transformer.</t>
+  </si>
+  <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-20943-2013-minimum-allowable-values-energy-efficiency-and-evaluating-values-energy</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E686D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (External Power Supplies) Determination 2014</t>
   </si>
   <si>
+    <t>Products covered include external power supply units with a nominal 230 V a.c. supply input and a single output at extra low voltage (ELV), either a.c. or d.c. and a maximum output of 250 W or 250 VA (see the standard for further details on products covered).</t>
+  </si>
+  <si>
     <t>Australia</t>
   </si>
   <si>
     <t>July 2025</t>
   </si>
   <si>
     <t>AS/NZS 4665.1:2005 AS/NZS 4665.2:2005 AS/NZS 4665</t>
   </si>
   <si>
     <t>Department of Climate Change and Energy Efficiency (DCCEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenhouse-and-energy-minimum-standards-external-power-supplies-determination-2014</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Series/F2014L01580</t>
+  </si>
+  <si>
     <t>JS 2111:2013 Technical Regulation on eco-design requirements for no-load condition electric power consumption and average active efficiency of external power supplies</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements related to electric power consumption in no-load condition and average active efficiency of external power supplies.</t>
+  </si>
+  <si>
     <t>Jordan</t>
   </si>
   <si>
     <t>JS 2092</t>
   </si>
   <si>
     <t>National Energy Research Centre (NERC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/js-21112013-technical-regulation-eco-design-requirements-no-load-condition-electric-power</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5471</t>
+  </si>
+  <si>
     <t>MEPS for Adapter Charger</t>
   </si>
   <si>
+    <t>For using with mobile phone, notebook, speaker for computer, LCD monitor,printer, PDA, camcorder, digital camera, audio, DVD player, MP3, PMP,portable CD player, set-top box, wire-wireless phone, modem, all AC-DC orAC-AC external power supply shall be included.</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-adapter-charger-0</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_2.asp</t>
+  </si>
+  <si>
     <t>Minimum Performance of external power supplies</t>
   </si>
   <si>
+    <t>MEPS covers: Mains powered; dc and ac adaptors|power-packs with a single output of up to 250 W or VA  used to power or recharge separate low voltage electronic products; like laptops cellphones etc. They are often sold packaged with the product it will be used with - for examplel; a laptop computer normally comes with a power adaptor.</t>
+  </si>
+  <si>
     <t>New Zealand</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>AS/NZS 4665.1:2005</t>
   </si>
   <si>
     <t>Energy Efficiency and Conservation Authority (EECA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-performance-external-power-supplies</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/external-power-supplies-factsheet.pdf</t>
+  </si>
+  <si>
     <t>NOM-029-ENER-2017, Energy efficiency of external power supplies</t>
   </si>
   <si>
+    <t>This standard aims to establish the minimum values ​​of energy efficiency in operation, the maximum limits of electrical power in no-load or empty mode, the test methods for their evaluation and the specifications of the minimum information to be marked on external power supplies (FAE) that are intended to convert the alternating current (AC) line voltage to a single fixed output voltage level in direct current (DC) at a time and with a maximum output power less than or equal to 250.0 W, as well as those that have a switch that allows the user to manually choose between different output voltage levels.</t>
+  </si>
+  <si>
     <t>Mexico</t>
   </si>
   <si>
+    <t>New</t>
+  </si>
+  <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>NMX-I-281-NYCE-2012</t>
   </si>
   <si>
     <t>Comision Nacional para el Uso Eficiente de la Energia (CONUEE, National Commiss…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nom-029-ener-2017-energy-efficiency-external-power-supplies</t>
   </si>
   <si>
+    <t>https://www.dof.gob.mx/nota_detalle_popup.php?codigo=5502802</t>
+  </si>
+  <si>
     <t>Regulation on Energy Efficiency Requirements for Mass-Produced Systems, Vehicles, and Appliances</t>
   </si>
   <si>
+    <t>This policy applies to mass-produced systems, vehicles, and devices as well as their mass-produced components that consume a considerable amount of energy and are placed on the market or sold in Switzerland.</t>
+  </si>
+  <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>Computers, Servers, Networking Equipment, Stand-by and networked devices, Televisions, Set Top Boxes (STB), Displays, External Power Supply, Vacuum Cleaners, Ovens, Dishwashers, Cooktops or Hobs, Coffee Machines, Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires, 3-Phase Motors, Industrial Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Storage Water Heaters, Building Circulator Pumps, Pumps Other, Power Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>Electricity, Other Solid Fuel</t>
   </si>
   <si>
     <t>See Policy</t>
   </si>
   <si>
     <t>Swiss Federal Office of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/regulation-energy-efficiency-requirements-mass-produced-systems-vehicles-and-appliances</t>
   </si>
   <si>
+    <t>https://www.admin.ch/opc/de/classified-compilation/20162950/index.html</t>
+  </si>
+  <si>
     <t>Regulations on the Operation of Energy-Efficient Equipment, Minimum Energy Efficiency Standards and Label for Electric Heater</t>
   </si>
   <si>
-    <t>Adopted, Revised</t>
+    <t>This regulation revised minimum energy efficiency standards and labels for electric heaters. Products in scope include electric heaters with a total rated power between 500W and 10kW. 
+The following are excluded from the scope of this regulation: 
+a) Devices that are both cooling and heating types
+b) Devices where the heating element does not directly heat the air
+c) Heating devices installed within the structure of a building
+d) Central heating systems
+e) Heaters connected to air ducts
+f) Curtains that include wallpaper, carpets, or flexible heating elements
+g) Thermal storage heaters</t>
   </si>
   <si>
     <t>February 2025</t>
   </si>
   <si>
     <t>KS C IEC 60675
 ,   
                     KS C 9306</t>
   </si>
   <si>
     <t>Ministry of Trade, Industry and Energy, Korea</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/regulations-operation-energy-efficient-equipment-minimum-energy-efficiency-standards-and</t>
   </si>
   <si>
+    <t>https://eep.energy.or.kr/pds/list.aspx</t>
+  </si>
+  <si>
     <t>Schedule 18 - Diesel Generator Sets</t>
   </si>
   <si>
+    <t>This schedule specifies the star labeling requirements for various classifications for the application, rating and performance of single/three phase Diesel Generating sets consisting of a Reciprocating Internal Combustion (RIC) engine driven by diesel as fuel, Alternating Current (a.c.) generator, any associated control gear, switchgear and auxiliary equipment. It applies to A. C. generating sets driven by RIC engines for land and marine use being manufactured, imported or sold in India. It excludes generating sets used on aircraft or to propel land vehicles and Locomotives. Diesel Generating (DG) Sets up to 19 kW ratings are covered under pilot energy labeling scheme for single/three phase DG Sets.</t>
+  </si>
+  <si>
     <t>India</t>
   </si>
   <si>
     <t>Oil</t>
   </si>
   <si>
     <t>IS 10000, IS 10001, IS 13364, IS 4889:1968</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/schedule-18-diesel-generator-sets</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/DG%20Set%20schedule.pdf</t>
+  </si>
+  <si>
     <t>SI 4665-2 PERFORMANCE OF EXTERNAL POWER SUPPLIES: MINIMUM ENERGY PERFORMANCE STANDARD (MEPS) REQUIREMENTS</t>
   </si>
   <si>
+    <t>Power converters covered under this standard include all single-voltage EPSs with nameplate output power up to 250 watts. Notable exclusions are devices with batteries that attach directly, replacements, and medical devices.</t>
+  </si>
+  <si>
     <t>Israel</t>
   </si>
   <si>
     <t>SI 4665-1</t>
   </si>
   <si>
     <t>Standards Institute of Israel (SII)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/si-4665-2-performance-external-power-supplies-minimum-energy-performance-standard-meps</t>
   </si>
   <si>
+    <t>https://portal.sii.org.il/heb/standardization/teken/?tid=98e117b6-728e-4ade-95e3-47864f20c486</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Secondary Batteries for Portable Applications TGL-67-12</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to secondary batteries containing alkaline or other non-acid electrolytes for portable use by categorizing secondary batteries into two systems: 1. Nickel systems (covers only nickel-cadmium batteries and nickel-metal hydride batteries), and 2. Lithium systems.</t>
   </si>
   <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>TIS 2217 (Secondary batteries)
 ,   
                     TIS 2218 or IEC 61960 (or EN 61960, JIS C 8711) (Lithium)
 ,   
                     IEC 61951-1 (or EN 61951-1) (Nickel-Cadmium)
 ,   
                     IEC 61951-2 (or EN 61951-2) (Nickel-metal hydride)</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-secondary-batteries-portable-applications-tgl-67-12</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-67-12.pdf</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31878 | Energy Labeling of Space Heaters (2015/1186/EU) (SGM: 2022/30)</t>
   </si>
   <si>
+    <t>This policy establishes requirements for the energy labeling of, and the provision of supplementary product information on local space heaters with a nominal heat output of 50 kW or less. This policy is a transposition of Commission Delegated Regulation (EU) 2015/1186.</t>
+  </si>
+  <si>
     <t>Turkey</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>Biomass, Coal, Gas, LPG, Oil, Solid Fuel</t>
   </si>
   <si>
     <t>Ministry of Energy and Natural Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-31878-energy-labeling-space-heaters-20151186eu-sgm-202230</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2022/06/20220626-7.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31878 | Environmentally Friendly Design Requirements for Solid Fuel Space Heaters (2015/1185/EU) (SGM: 2022/29)</t>
   </si>
   <si>
+    <t>This policy applies to solid fuel local space heaters with a nominal heat output of 50 kW or less. It does not apply to solid fuel local space heaters that are specified for the combustion of non-woody biomass only; solid fuel local space heaters that are specified for outdoor use only; solid fuel local space heaters of which the direct heat output is less than 6 % of the combined direct and indirect heat output at nominal heat output; solid fuel local space heaters that are not factory assembled, or are not provided as prefabricated components or parts by a single manufacturer which are to be assembled on site; air heating products; or sauna stoves. This policy is a transposition of Commission Regulation (EU) 2015/1185.</t>
+  </si>
+  <si>
     <t>Biomass, Solid Fuel</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2015/1185</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-31878-environmentally-friendly-design-requirements-solid-fuel</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2022/06/20220626-6.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31878 | Environmentally Friendly Design Requirements for Space Heaters (2015/1188/EU) (SGM: 2022/32)</t>
   </si>
   <si>
+    <t>This policy applies to local space heaters with a nominal heat output of 50 kW or less and commercial local space heaters with a nominal heat output of the product or of a single segment of 120 kW or less. This policy is a transposition of Commission Regulation (EU) 2015/1188.</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2015/1188</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-31878-environmentally-friendly-design-requirements-space</t>
+  </si>
+  <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2022/06/20220626-9.htm</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -822,1203 +1019,1412 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N26"/>
+  <dimension ref="A1:P27"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="301" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="144" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="301.926" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="970.763" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="891.782" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="54.13" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="48.274" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="91.978" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="186.24" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>1990</v>
       </c>
-      <c r="H2">
+      <c r="I2">
         <v>2016</v>
       </c>
-      <c r="I2" t="s">
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G3" t="s">
+        <v>34</v>
+      </c>
+      <c r="H3">
+        <v>1990</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>35</v>
+      </c>
+      <c r="K3" t="s">
+        <v>36</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>37</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>38</v>
+      </c>
+      <c r="P3" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>40</v>
+      </c>
+      <c r="B4" t="s">
+        <v>41</v>
+      </c>
+      <c r="C4" t="s">
+        <v>42</v>
+      </c>
+      <c r="D4" t="s">
+        <v>43</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>44</v>
+      </c>
+      <c r="G4" t="s">
+        <v>34</v>
+      </c>
+      <c r="H4">
+        <v>2015</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>45</v>
+      </c>
+      <c r="K4" t="s">
+        <v>46</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4"/>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>47</v>
+      </c>
+      <c r="P4" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>49</v>
+      </c>
+      <c r="B5" t="s">
+        <v>50</v>
+      </c>
+      <c r="C5" t="s">
+        <v>51</v>
+      </c>
+      <c r="D5" t="s">
+        <v>43</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>44</v>
+      </c>
+      <c r="G5" t="s">
+        <v>34</v>
+      </c>
+      <c r="H5">
+        <v>2015</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>52</v>
+      </c>
+      <c r="K5" t="s">
+        <v>46</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>53</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>54</v>
+      </c>
+      <c r="P5" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>56</v>
+      </c>
+      <c r="B6" t="s">
+        <v>57</v>
+      </c>
+      <c r="C6" t="s">
+        <v>42</v>
+      </c>
+      <c r="D6" t="s">
+        <v>43</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>34</v>
+      </c>
+      <c r="H6">
+        <v>2015</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>45</v>
+      </c>
+      <c r="K6" t="s">
+        <v>58</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6"/>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>59</v>
+      </c>
+      <c r="P6" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>61</v>
+      </c>
+      <c r="B7" t="s">
+        <v>62</v>
+      </c>
+      <c r="C7" t="s">
+        <v>42</v>
+      </c>
+      <c r="D7" t="s">
+        <v>63</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G7" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...13 lines deleted...]
-      <c r="B3" t="s">
+      <c r="H7">
+        <v>2009</v>
+      </c>
+      <c r="I7">
+        <v>2019</v>
+      </c>
+      <c r="J7" t="s">
+        <v>45</v>
+      </c>
+      <c r="K7" t="s">
+        <v>36</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7"/>
+      <c r="N7" t="s">
         <v>27</v>
       </c>
-      <c r="C3" t="s">
-[...28 lines deleted...]
-      <c r="N3" t="s">
+      <c r="O7" t="s">
+        <v>64</v>
+      </c>
+      <c r="P7" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>61</v>
+      </c>
+      <c r="B8" t="s">
+        <v>62</v>
+      </c>
+      <c r="C8" t="s">
+        <v>51</v>
+      </c>
+      <c r="D8" t="s">
+        <v>63</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>21</v>
+      </c>
+      <c r="G8" t="s">
+        <v>66</v>
+      </c>
+      <c r="H8">
+        <v>2009</v>
+      </c>
+      <c r="I8">
+        <v>2019</v>
+      </c>
+      <c r="J8" t="s">
+        <v>52</v>
+      </c>
+      <c r="K8" t="s">
+        <v>36</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>53</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>67</v>
+      </c>
+      <c r="P8" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>69</v>
+      </c>
+      <c r="B9" t="s">
+        <v>70</v>
+      </c>
+      <c r="C9" t="s">
+        <v>51</v>
+      </c>
+      <c r="D9" t="s">
+        <v>43</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>21</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2015</v>
+      </c>
+      <c r="I9">
+        <v>2024</v>
+      </c>
+      <c r="J9" t="s">
+        <v>71</v>
+      </c>
+      <c r="K9" t="s">
+        <v>58</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9" t="s">
+        <v>53</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>72</v>
+      </c>
+      <c r="P9" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>74</v>
+      </c>
+      <c r="B10" t="s">
+        <v>75</v>
+      </c>
+      <c r="C10" t="s">
+        <v>76</v>
+      </c>
+      <c r="D10" t="s">
+        <v>77</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>21</v>
+      </c>
+      <c r="G10" t="s">
+        <v>78</v>
+      </c>
+      <c r="H10">
+        <v>2009</v>
+      </c>
+      <c r="I10">
+        <v>2019</v>
+      </c>
+      <c r="J10" t="s">
+        <v>79</v>
+      </c>
+      <c r="K10" t="s">
+        <v>36</v>
+      </c>
+      <c r="L10" t="s">
+        <v>80</v>
+      </c>
+      <c r="M10" t="s">
+        <v>81</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>82</v>
+      </c>
+      <c r="P10" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>84</v>
+      </c>
+      <c r="B11" t="s">
+        <v>85</v>
+      </c>
+      <c r="C11" t="s">
+        <v>86</v>
+      </c>
+      <c r="D11" t="s">
+        <v>63</v>
+      </c>
+      <c r="E11" t="s">
+        <v>87</v>
+      </c>
+      <c r="F11" t="s">
+        <v>88</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2005</v>
+      </c>
+      <c r="I11">
+        <v>2014</v>
+      </c>
+      <c r="J11" t="s">
+        <v>89</v>
+      </c>
+      <c r="K11" t="s">
+        <v>36</v>
+      </c>
+      <c r="L11" t="s">
+        <v>90</v>
+      </c>
+      <c r="M11" t="s">
+        <v>91</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>92</v>
+      </c>
+      <c r="P11" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>94</v>
+      </c>
+      <c r="B12" t="s">
+        <v>95</v>
+      </c>
+      <c r="C12" t="s">
+        <v>86</v>
+      </c>
+      <c r="D12" t="s">
+        <v>63</v>
+      </c>
+      <c r="E12" t="s">
+        <v>87</v>
+      </c>
+      <c r="F12" t="s">
+        <v>88</v>
+      </c>
+      <c r="G12" t="s">
+        <v>34</v>
+      </c>
+      <c r="H12">
+        <v>2018</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>96</v>
+      </c>
+      <c r="K12" t="s">
+        <v>36</v>
+      </c>
+      <c r="L12" t="s">
+        <v>97</v>
+      </c>
+      <c r="M12" t="s">
+        <v>91</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>98</v>
+      </c>
+      <c r="P12" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>100</v>
+      </c>
+      <c r="B13" t="s">
+        <v>101</v>
+      </c>
+      <c r="C13" t="s">
+        <v>102</v>
+      </c>
+      <c r="D13" t="s">
+        <v>103</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>104</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2016</v>
+      </c>
+      <c r="I13">
+        <v>2019</v>
+      </c>
+      <c r="J13" t="s">
+        <v>105</v>
+      </c>
+      <c r="K13" t="s">
+        <v>106</v>
+      </c>
+      <c r="L13"/>
+      <c r="M13" t="s">
+        <v>107</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>108</v>
+      </c>
+      <c r="P13" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>110</v>
+      </c>
+      <c r="B14" t="s">
+        <v>111</v>
+      </c>
+      <c r="C14" t="s">
+        <v>86</v>
+      </c>
+      <c r="D14" t="s">
+        <v>63</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>21</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>2007</v>
+      </c>
+      <c r="I14">
+        <v>2014</v>
+      </c>
+      <c r="J14" t="s">
+        <v>89</v>
+      </c>
+      <c r="K14" t="s">
+        <v>36</v>
+      </c>
+      <c r="L14" t="s">
+        <v>90</v>
+      </c>
+      <c r="M14" t="s">
+        <v>112</v>
+      </c>
+      <c r="N14" t="s">
+        <v>113</v>
+      </c>
+      <c r="O14" t="s">
+        <v>114</v>
+      </c>
+      <c r="P14" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>116</v>
+      </c>
+      <c r="B15" t="s">
+        <v>117</v>
+      </c>
+      <c r="C15" t="s">
+        <v>118</v>
+      </c>
+      <c r="D15" t="s">
+        <v>63</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>21</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>2005</v>
+      </c>
+      <c r="I15">
+        <v>2014</v>
+      </c>
+      <c r="J15" t="s">
+        <v>119</v>
+      </c>
+      <c r="K15" t="s">
+        <v>36</v>
+      </c>
+      <c r="L15" t="s">
+        <v>120</v>
+      </c>
+      <c r="M15" t="s">
+        <v>121</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>122</v>
+      </c>
+      <c r="P15" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>124</v>
+      </c>
+      <c r="B16" t="s">
+        <v>125</v>
+      </c>
+      <c r="C16" t="s">
+        <v>126</v>
+      </c>
+      <c r="D16" t="s">
+        <v>63</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>21</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>2013</v>
+      </c>
+      <c r="I16">
+        <v>2014</v>
+      </c>
+      <c r="J16" t="s">
+        <v>89</v>
+      </c>
+      <c r="K16" t="s">
+        <v>36</v>
+      </c>
+      <c r="L16" t="s">
+        <v>127</v>
+      </c>
+      <c r="M16" t="s">
+        <v>128</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>129</v>
+      </c>
+      <c r="P16" t="s">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>131</v>
+      </c>
+      <c r="B17" t="s">
+        <v>132</v>
+      </c>
+      <c r="C17" t="s">
+        <v>133</v>
+      </c>
+      <c r="D17" t="s">
+        <v>63</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>21</v>
+      </c>
+      <c r="G17" t="s">
+        <v>34</v>
+      </c>
+      <c r="H17">
+        <v>2009</v>
+      </c>
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>134</v>
+      </c>
+      <c r="K17" t="s">
+        <v>36</v>
+      </c>
+      <c r="L17"/>
+      <c r="M17" t="s">
+        <v>135</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>136</v>
+      </c>
+      <c r="P17" t="s">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>138</v>
+      </c>
+      <c r="B18" t="s">
+        <v>139</v>
+      </c>
+      <c r="C18" t="s">
+        <v>140</v>
+      </c>
+      <c r="D18" t="s">
+        <v>63</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>21</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>2005</v>
+      </c>
+      <c r="I18">
+        <v>2011</v>
+      </c>
+      <c r="J18" t="s">
+        <v>141</v>
+      </c>
+      <c r="K18" t="s">
+        <v>36</v>
+      </c>
+      <c r="L18" t="s">
+        <v>142</v>
+      </c>
+      <c r="M18" t="s">
+        <v>143</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>144</v>
+      </c>
+      <c r="P18" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>146</v>
+      </c>
+      <c r="B19" t="s">
+        <v>147</v>
+      </c>
+      <c r="C19" t="s">
+        <v>148</v>
+      </c>
+      <c r="D19" t="s">
+        <v>63</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>21</v>
+      </c>
+      <c r="G19" t="s">
+        <v>149</v>
+      </c>
+      <c r="H19">
+        <v>2017</v>
+      </c>
+      <c r="I19"/>
+      <c r="J19" t="s">
+        <v>150</v>
+      </c>
+      <c r="K19" t="s">
+        <v>36</v>
+      </c>
+      <c r="L19" t="s">
+        <v>151</v>
+      </c>
+      <c r="M19" t="s">
+        <v>152</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>153</v>
+      </c>
+      <c r="P19" t="s">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>155</v>
+      </c>
+      <c r="B20" t="s">
+        <v>156</v>
+      </c>
+      <c r="C20" t="s">
+        <v>157</v>
+      </c>
+      <c r="D20" t="s">
+        <v>158</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>104</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
+        <v>2017</v>
+      </c>
+      <c r="I20">
+        <v>2021</v>
+      </c>
+      <c r="J20" t="s">
+        <v>159</v>
+      </c>
+      <c r="K20" t="s">
+        <v>160</v>
+      </c>
+      <c r="L20" t="s">
+        <v>161</v>
+      </c>
+      <c r="M20" t="s">
+        <v>162</v>
+      </c>
+      <c r="N20" t="s">
+        <v>113</v>
+      </c>
+      <c r="O20" t="s">
+        <v>163</v>
+      </c>
+      <c r="P20" t="s">
+        <v>164</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>165</v>
+      </c>
+      <c r="B21" t="s">
+        <v>166</v>
+      </c>
+      <c r="C21" t="s">
+        <v>133</v>
+      </c>
+      <c r="D21" t="s">
         <v>33</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A4" t="s">
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
+        <v>104</v>
+      </c>
+      <c r="G21" t="s">
+        <v>8</v>
+      </c>
+      <c r="H21">
+        <v>2011</v>
+      </c>
+      <c r="I21">
+        <v>2024</v>
+      </c>
+      <c r="J21" t="s">
+        <v>167</v>
+      </c>
+      <c r="K21" t="s">
+        <v>36</v>
+      </c>
+      <c r="L21" t="s">
+        <v>168</v>
+      </c>
+      <c r="M21" t="s">
+        <v>169</v>
+      </c>
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>170</v>
+      </c>
+      <c r="P21" t="s">
+        <v>171</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>172</v>
+      </c>
+      <c r="B22" t="s">
+        <v>173</v>
+      </c>
+      <c r="C22" t="s">
+        <v>174</v>
+      </c>
+      <c r="D22" t="s">
+        <v>63</v>
+      </c>
+      <c r="E22" t="s">
+        <v>87</v>
+      </c>
+      <c r="F22" t="s">
+        <v>104</v>
+      </c>
+      <c r="G22" t="s">
+        <v>22</v>
+      </c>
+      <c r="H22">
+        <v>2014</v>
+      </c>
+      <c r="I22">
+        <v>2016</v>
+      </c>
+      <c r="J22" t="s">
+        <v>105</v>
+      </c>
+      <c r="K22" t="s">
+        <v>175</v>
+      </c>
+      <c r="L22" t="s">
+        <v>176</v>
+      </c>
+      <c r="M22" t="s">
+        <v>177</v>
+      </c>
+      <c r="N22" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>178</v>
+      </c>
+      <c r="P22" t="s">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>180</v>
+      </c>
+      <c r="B23" t="s">
+        <v>181</v>
+      </c>
+      <c r="C23" t="s">
+        <v>182</v>
+      </c>
+      <c r="D23" t="s">
+        <v>63</v>
+      </c>
+      <c r="E23" t="s">
+        <v>20</v>
+      </c>
+      <c r="F23" t="s">
+        <v>104</v>
+      </c>
+      <c r="G23" t="s">
+        <v>22</v>
+      </c>
+      <c r="H23">
+        <v>2007</v>
+      </c>
+      <c r="I23">
+        <v>2011</v>
+      </c>
+      <c r="J23" t="s">
+        <v>105</v>
+      </c>
+      <c r="K23" t="s">
+        <v>36</v>
+      </c>
+      <c r="L23" t="s">
+        <v>183</v>
+      </c>
+      <c r="M23" t="s">
+        <v>184</v>
+      </c>
+      <c r="N23" t="s">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>185</v>
+      </c>
+      <c r="P23" t="s">
+        <v>186</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>187</v>
+      </c>
+      <c r="B24" t="s">
+        <v>188</v>
+      </c>
+      <c r="C24" t="s">
+        <v>189</v>
+      </c>
+      <c r="D24" t="s">
+        <v>63</v>
+      </c>
+      <c r="E24" t="s">
+        <v>87</v>
+      </c>
+      <c r="F24" t="s">
+        <v>88</v>
+      </c>
+      <c r="G24" t="s">
         <v>34</v>
       </c>
-      <c r="B4" t="s">
-[...2 lines deleted...]
-      <c r="C4" t="s">
+      <c r="H24">
+        <v>2012</v>
+      </c>
+      <c r="I24"/>
+      <c r="J24" t="s">
+        <v>190</v>
+      </c>
+      <c r="K24" t="s">
         <v>36</v>
       </c>
-      <c r="D4" t="s">
-[...34 lines deleted...]
-      <c r="C5" t="s">
+      <c r="L24" t="s">
+        <v>191</v>
+      </c>
+      <c r="M24" t="s">
+        <v>192</v>
+      </c>
+      <c r="N24" t="s">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>193</v>
+      </c>
+      <c r="P24" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>195</v>
+      </c>
+      <c r="B25" t="s">
+        <v>196</v>
+      </c>
+      <c r="C25" t="s">
+        <v>197</v>
+      </c>
+      <c r="D25" t="s">
+        <v>33</v>
+      </c>
+      <c r="E25" t="s">
+        <v>87</v>
+      </c>
+      <c r="F25" t="s">
+        <v>44</v>
+      </c>
+      <c r="G25" t="s">
+        <v>34</v>
+      </c>
+      <c r="H25">
+        <v>2022</v>
+      </c>
+      <c r="I25"/>
+      <c r="J25" t="s">
+        <v>198</v>
+      </c>
+      <c r="K25" t="s">
+        <v>199</v>
+      </c>
+      <c r="L25"/>
+      <c r="M25" t="s">
+        <v>200</v>
+      </c>
+      <c r="N25" t="s">
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
+        <v>201</v>
+      </c>
+      <c r="P25" t="s">
+        <v>202</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>203</v>
+      </c>
+      <c r="B26" t="s">
+        <v>204</v>
+      </c>
+      <c r="C26" t="s">
+        <v>197</v>
+      </c>
+      <c r="D26" t="s">
+        <v>33</v>
+      </c>
+      <c r="E26" t="s">
+        <v>87</v>
+      </c>
+      <c r="F26" t="s">
+        <v>21</v>
+      </c>
+      <c r="G26" t="s">
+        <v>34</v>
+      </c>
+      <c r="H26">
+        <v>2022</v>
+      </c>
+      <c r="I26"/>
+      <c r="J26" t="s">
+        <v>198</v>
+      </c>
+      <c r="K26" t="s">
+        <v>205</v>
+      </c>
+      <c r="L26" t="s">
+        <v>206</v>
+      </c>
+      <c r="M26" t="s">
+        <v>200</v>
+      </c>
+      <c r="N26" t="s">
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
+        <v>207</v>
+      </c>
+      <c r="P26" t="s">
+        <v>208</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>209</v>
+      </c>
+      <c r="B27" t="s">
+        <v>210</v>
+      </c>
+      <c r="C27" t="s">
+        <v>197</v>
+      </c>
+      <c r="D27" t="s">
+        <v>33</v>
+      </c>
+      <c r="E27" t="s">
+        <v>87</v>
+      </c>
+      <c r="F27" t="s">
+        <v>21</v>
+      </c>
+      <c r="G27" t="s">
+        <v>34</v>
+      </c>
+      <c r="H27">
+        <v>2022</v>
+      </c>
+      <c r="I27"/>
+      <c r="J27" t="s">
+        <v>198</v>
+      </c>
+      <c r="K27" t="s">
         <v>36</v>
       </c>
-      <c r="D5" t="s">
-[...916 lines deleted...]
-        <v>151</v>
+      <c r="L27" t="s">
+        <v>211</v>
+      </c>
+      <c r="M27" t="s">
+        <v>200</v>
+      </c>
+      <c r="N27" t="s">
+        <v>27</v>
+      </c>
+      <c r="O27" t="s">
+        <v>212</v>
+      </c>
+      <c r="P27" t="s">
+        <v>213</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>