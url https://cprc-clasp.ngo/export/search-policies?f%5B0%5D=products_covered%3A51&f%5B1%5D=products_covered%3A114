--- v1 (2025-11-29)
+++ v2 (2026-03-05)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="214">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="215">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -241,63 +241,64 @@
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20191782-1-october-2019-laying-down-ecodesign-requirements</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=uriserv%3AOJ.L_.2019.272.01.0095.01.ENG&amp;toc=OJ%3AL%3A2019%3A272%3ATOC</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2024/1103 of 18 April 2024 implementing Directive 2009/125/EC of the European Parliament and of the Council as regards ecodesign requirements for local space heaters and separate related controls and repealing Commission Regulat</t>
   </si>
   <si>
     <t>This Regulation lays down ecodesign requirements for the placing on the market and putting into service of domestic local space heaters with a nominal heat output of 50 kW or less and commercial local space heaters with a nominal heat output of the product or a single tube segment heat output of 300 kW or less. This Regulation also lays down ecodesign requirements for separate related controls.
 This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2030.</t>
   </si>
   <si>
     <t>July 2024</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20241103-18-april-2024-implementing-directive-2009125ec-european</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=OJ:L_202401103</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2025/2052 of 13 October 2025  laying down ecodesign requirements for external power supplies, wireless chargers, wireless charging pads, battery chargers for portable batteries of general use and USB Type-C cables</t>
   </si>
   <si>
-    <t>Laying down ecodesign requirements for external power supplies, wireless chargers, wireless charging pads, battery chargers for portable batteries of general use and USB Type-C cables.</t>
+    <t>Laying down ecodesign requirements for external power supplies, wireless chargers, wireless charging pads, battery chargers for portable batteries of general use and USB Type-C cables.
+This policy applies from the 14th December 2028, repealing Commission Regulation (EU) 2019/1782.</t>
   </si>
   <si>
     <t>Europe, European Union</t>
   </si>
   <si>
     <t>Battery Chargers, External Power Supply</t>
   </si>
   <si>
-    <t>Published, Revised</t>
-[...2 lines deleted...]
-    <t>November 2025</t>
+    <t>Published, New</t>
+  </si>
+  <si>
+    <t>December 2025</t>
   </si>
   <si>
     <t>87 FR 51221</t>
   </si>
   <si>
     <t>European Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20252052-13-october-2025-laying-down-ecodesign-requirements</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32025R2052&amp;qid=1763999035842</t>
   </si>
   <si>
     <t>CQC31-461236-2014. CQC Marking Certification: single voltage external AC-DC and AC-AC power supplies</t>
   </si>
   <si>
     <t>Applies to power supplies operating under under 220V and 50Hz;  which transfer AC grid's voltage to a fixed and single way low voltage DC current; no more than 36V; or low voltage AC; no more than 36V; and rated output power is no larger than 250W.</t>
   </si>
   <si>
     <t>China</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
@@ -350,50 +351,53 @@
     <t>Audio-Visual, Televisions, Displays, Battery Chargers, External Power Supply, Dehumidifiers, Ovens, Microwaves, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washer and Dryers, Washing Machines, Indoor Luminaires, Specialty Luminaires, Specialty Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Ventilation, Ceiling Fans, Space Heating, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Portable ACs, Packaged Terminals, Chillers - Cooler Towers, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Pump Systems, Power Transformers, Distribution Transformers, Wine Chillers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil</t>
   </si>
   <si>
     <t>Natural Resources Canada Office of Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-regulations-2016-sor2016-311</t>
   </si>
   <si>
     <t>https://laws-lois.justice.gc.ca/eng/regulations/SOR-2016-311/index.html</t>
   </si>
   <si>
     <t>GB 20943-2013 Minimum allowable values of energy efficiency and evaluating values of energy conservation for single voltage external AC-DC and AC-AC power supplies</t>
   </si>
   <si>
     <t>Applies to external power supplies which convert AC current with 220V and 50Hz to single voltage DC -no higher than 36V- or single voltage AC -no higher than 36V- current.It applies to products with rated output power no larger than 250W. Does NOT apply to DC-DC transformer.</t>
+  </si>
+  <si>
+    <t>Revised, To Be Superseded</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-20943-2013-minimum-allowable-values-energy-efficiency-and-evaluating-values-energy</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E686D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>Greenhouse and Energy Minimum Standards (External Power Supplies) Determination 2014</t>
   </si>
   <si>
     <t>Products covered include external power supply units with a nominal 230 V a.c. supply input and a single output at extra low voltage (ELV), either a.c. or d.c. and a maximum output of 250 W or 250 VA (see the standard for further details on products covered).</t>
   </si>
   <si>
     <t>Australia</t>
   </si>
   <si>
     <t>July 2025</t>
   </si>
@@ -1490,55 +1494,53 @@
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
         <v>74</v>
       </c>
       <c r="B10" t="s">
         <v>75</v>
       </c>
       <c r="C10" t="s">
         <v>76</v>
       </c>
       <c r="D10" t="s">
         <v>77</v>
       </c>
       <c r="E10" t="s">
         <v>20</v>
       </c>
       <c r="F10" t="s">
         <v>21</v>
       </c>
       <c r="G10" t="s">
         <v>78</v>
       </c>
       <c r="H10">
-        <v>2009</v>
-[...3 lines deleted...]
-      </c>
+        <v>2025</v>
+      </c>
+      <c r="I10"/>
       <c r="J10" t="s">
         <v>79</v>
       </c>
       <c r="K10" t="s">
         <v>36</v>
       </c>
       <c r="L10" t="s">
         <v>80</v>
       </c>
       <c r="M10" t="s">
         <v>81</v>
       </c>
       <c r="N10" t="s">
         <v>27</v>
       </c>
       <c r="O10" t="s">
         <v>82</v>
       </c>
       <c r="P10" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
         <v>84</v>
@@ -1683,712 +1685,712 @@
       </c>
       <c r="P13" t="s">
         <v>109</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
         <v>110</v>
       </c>
       <c r="B14" t="s">
         <v>111</v>
       </c>
       <c r="C14" t="s">
         <v>86</v>
       </c>
       <c r="D14" t="s">
         <v>63</v>
       </c>
       <c r="E14" t="s">
         <v>20</v>
       </c>
       <c r="F14" t="s">
         <v>21</v>
       </c>
       <c r="G14" t="s">
-        <v>22</v>
+        <v>112</v>
       </c>
       <c r="H14">
         <v>2007</v>
       </c>
       <c r="I14">
-        <v>2014</v>
+        <v>2013</v>
       </c>
       <c r="J14" t="s">
         <v>89</v>
       </c>
       <c r="K14" t="s">
         <v>36</v>
       </c>
       <c r="L14" t="s">
         <v>90</v>
       </c>
       <c r="M14" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="N14" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="O14" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="P14" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="B15" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="C15" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="D15" t="s">
         <v>63</v>
       </c>
       <c r="E15" t="s">
         <v>20</v>
       </c>
       <c r="F15" t="s">
         <v>21</v>
       </c>
       <c r="G15" t="s">
         <v>22</v>
       </c>
       <c r="H15">
         <v>2005</v>
       </c>
       <c r="I15">
         <v>2014</v>
       </c>
       <c r="J15" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="K15" t="s">
         <v>36</v>
       </c>
       <c r="L15" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="M15" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="N15" t="s">
         <v>27</v>
       </c>
       <c r="O15" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="P15" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="B16" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="C16" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="D16" t="s">
         <v>63</v>
       </c>
       <c r="E16" t="s">
         <v>20</v>
       </c>
       <c r="F16" t="s">
         <v>21</v>
       </c>
       <c r="G16" t="s">
         <v>22</v>
       </c>
       <c r="H16">
         <v>2013</v>
       </c>
       <c r="I16">
         <v>2014</v>
       </c>
       <c r="J16" t="s">
         <v>89</v>
       </c>
       <c r="K16" t="s">
         <v>36</v>
       </c>
       <c r="L16" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="M16" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="N16" t="s">
         <v>27</v>
       </c>
       <c r="O16" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="P16" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="B17" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="C17" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="D17" t="s">
         <v>63</v>
       </c>
       <c r="E17" t="s">
         <v>20</v>
       </c>
       <c r="F17" t="s">
         <v>21</v>
       </c>
       <c r="G17" t="s">
         <v>34</v>
       </c>
       <c r="H17">
         <v>2009</v>
       </c>
       <c r="I17"/>
       <c r="J17" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="K17" t="s">
         <v>36</v>
       </c>
       <c r="L17"/>
       <c r="M17" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="N17" t="s">
         <v>27</v>
       </c>
       <c r="O17" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="P17" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="B18" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="C18" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="D18" t="s">
         <v>63</v>
       </c>
       <c r="E18" t="s">
         <v>20</v>
       </c>
       <c r="F18" t="s">
         <v>21</v>
       </c>
       <c r="G18" t="s">
         <v>22</v>
       </c>
       <c r="H18">
         <v>2005</v>
       </c>
       <c r="I18">
         <v>2011</v>
       </c>
       <c r="J18" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="K18" t="s">
         <v>36</v>
       </c>
       <c r="L18" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="M18" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="N18" t="s">
         <v>27</v>
       </c>
       <c r="O18" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="P18" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="B19" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="C19" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="D19" t="s">
         <v>63</v>
       </c>
       <c r="E19" t="s">
         <v>20</v>
       </c>
       <c r="F19" t="s">
         <v>21</v>
       </c>
       <c r="G19" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="H19">
         <v>2017</v>
       </c>
       <c r="I19"/>
       <c r="J19" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="K19" t="s">
         <v>36</v>
       </c>
       <c r="L19" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="M19" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="N19" t="s">
         <v>27</v>
       </c>
       <c r="O19" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="P19" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="B20" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="C20" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="D20" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="E20" t="s">
         <v>20</v>
       </c>
       <c r="F20" t="s">
         <v>104</v>
       </c>
       <c r="G20" t="s">
         <v>22</v>
       </c>
       <c r="H20">
         <v>2017</v>
       </c>
       <c r="I20">
         <v>2021</v>
       </c>
       <c r="J20" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="K20" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="L20" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="M20" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="N20" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="O20" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="P20" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="B21" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="C21" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="D21" t="s">
         <v>33</v>
       </c>
       <c r="E21" t="s">
         <v>20</v>
       </c>
       <c r="F21" t="s">
         <v>104</v>
       </c>
       <c r="G21" t="s">
         <v>8</v>
       </c>
       <c r="H21">
         <v>2011</v>
       </c>
       <c r="I21">
         <v>2024</v>
       </c>
       <c r="J21" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="K21" t="s">
         <v>36</v>
       </c>
       <c r="L21" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="M21" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="N21" t="s">
         <v>27</v>
       </c>
       <c r="O21" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="P21" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="B22" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="C22" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="D22" t="s">
         <v>63</v>
       </c>
       <c r="E22" t="s">
         <v>87</v>
       </c>
       <c r="F22" t="s">
         <v>104</v>
       </c>
       <c r="G22" t="s">
         <v>22</v>
       </c>
       <c r="H22">
         <v>2014</v>
       </c>
       <c r="I22">
         <v>2016</v>
       </c>
       <c r="J22" t="s">
         <v>105</v>
       </c>
       <c r="K22" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="L22" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="M22" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="N22" t="s">
         <v>27</v>
       </c>
       <c r="O22" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="P22" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="B23" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="C23" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="D23" t="s">
         <v>63</v>
       </c>
       <c r="E23" t="s">
         <v>20</v>
       </c>
       <c r="F23" t="s">
         <v>104</v>
       </c>
       <c r="G23" t="s">
         <v>22</v>
       </c>
       <c r="H23">
         <v>2007</v>
       </c>
       <c r="I23">
         <v>2011</v>
       </c>
       <c r="J23" t="s">
         <v>105</v>
       </c>
       <c r="K23" t="s">
         <v>36</v>
       </c>
       <c r="L23" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="M23" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="N23" t="s">
         <v>27</v>
       </c>
       <c r="O23" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="P23" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="B24" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="C24" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="D24" t="s">
         <v>63</v>
       </c>
       <c r="E24" t="s">
         <v>87</v>
       </c>
       <c r="F24" t="s">
         <v>88</v>
       </c>
       <c r="G24" t="s">
         <v>34</v>
       </c>
       <c r="H24">
         <v>2012</v>
       </c>
       <c r="I24"/>
       <c r="J24" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="K24" t="s">
         <v>36</v>
       </c>
       <c r="L24" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="M24" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="N24" t="s">
         <v>27</v>
       </c>
       <c r="O24" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="P24" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="B25" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="C25" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="D25" t="s">
         <v>33</v>
       </c>
       <c r="E25" t="s">
         <v>87</v>
       </c>
       <c r="F25" t="s">
         <v>44</v>
       </c>
       <c r="G25" t="s">
         <v>34</v>
       </c>
       <c r="H25">
         <v>2022</v>
       </c>
       <c r="I25"/>
       <c r="J25" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="K25" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="L25"/>
       <c r="M25" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="N25" t="s">
         <v>27</v>
       </c>
       <c r="O25" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="P25" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="B26" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="C26" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="D26" t="s">
         <v>33</v>
       </c>
       <c r="E26" t="s">
         <v>87</v>
       </c>
       <c r="F26" t="s">
         <v>21</v>
       </c>
       <c r="G26" t="s">
         <v>34</v>
       </c>
       <c r="H26">
         <v>2022</v>
       </c>
       <c r="I26"/>
       <c r="J26" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="K26" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="L26" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="M26" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="N26" t="s">
         <v>27</v>
       </c>
       <c r="O26" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="P26" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
     </row>
     <row r="27" spans="1:16">
       <c r="A27" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="B27" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="C27" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="D27" t="s">
         <v>33</v>
       </c>
       <c r="E27" t="s">
         <v>87</v>
       </c>
       <c r="F27" t="s">
         <v>21</v>
       </c>
       <c r="G27" t="s">
         <v>34</v>
       </c>
       <c r="H27">
         <v>2022</v>
       </c>
       <c r="I27"/>
       <c r="J27" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="K27" t="s">
         <v>36</v>
       </c>
       <c r="L27" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="M27" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="N27" t="s">
         <v>27</v>
       </c>
       <c r="O27" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="P27" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">