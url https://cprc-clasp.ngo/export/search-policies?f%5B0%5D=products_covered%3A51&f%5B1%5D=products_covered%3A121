--- v0 (2025-11-27)
+++ v1 (2026-03-07)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="190">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="201">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -147,106 +147,137 @@
     <t>Electricity</t>
   </si>
   <si>
     <t>GB 19761-2009
 ,   
                     GB/T 1236
 ,   
                     GB/T 10178</t>
   </si>
   <si>
     <t>The State Administration for Market Regulation of China (SAMR) and National Dev…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-021-2021-ventilators</t>
   </si>
   <si>
     <t>https://www.energylabel.com.cn/cpbazlxz/display.htm?contentId=1c9b5fb96da84efca25632a94eb5e85f</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2019/1782 of 1 October 2019 laying down ecodesign requirements for external power supplies</t>
   </si>
   <si>
     <t>This Regulation establishes ecodesign requirements related to electric power consumption in no-load condition and average active efficiency of external power supplies.  Exclusions: this Regulation shall not apply to:   a. voltage converters;   b. uninterruptible power supplies;   c. battery chargers;     d. halogen lighting converters;   e. external power supplies for medical devices;   f. external power supplies placed on the market no later than 30 June 2015 as a service part or spare part for an identical external power supply which was placed on the market not later than one year after this Regulation has come into force; under the condition that the service part or spare part; or its packaging; clearly indicates the primary load products for which the spare part or service part is intended to be used with.</t>
   </si>
   <si>
+    <t>United Kingdom</t>
+  </si>
+  <si>
+    <t>External Power Supply</t>
+  </si>
+  <si>
+    <t>October 2023</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20191782-1-october-2019-laying-down-ecodesign-requirements-0</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.uk/eur/2019/1782/contents</t>
+  </si>
+  <si>
     <t>European Union</t>
   </si>
   <si>
-    <t>External Power Supply</t>
+    <t>Entered into force, Revised, To Be Superseded</t>
   </si>
   <si>
     <t>September 2023</t>
   </si>
   <si>
     <t>European Commission - DG Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20191782-1-october-2019-laying-down-ecodesign-requirements</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=uriserv%3AOJ.L_.2019.272.01.0095.01.ENG&amp;toc=OJ%3AL%3A2019%3A272%3ATOC</t>
-  </si>
-[...10 lines deleted...]
-    <t>https://www.legislation.gov.uk/eur/2019/1782/contents</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2024/1834 of 3 July 2024 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for fans driven by motors with an electric input power between 125 W and 500 kW</t>
   </si>
   <si>
     <t>This Regulation lays down ecodesign requirements for the placing on the market or putting into service of fans with an electric input power between 125 W and 500 kW (≥ 125 W and ≤ 500 kW) at their best efficiency point, including where they are integrated into other products.
 This policy comes into effect on July 24 2026. It is a revision of Regulation (EU) No 327/2011 which is repealed with effect from 24 July 2026. However, Annexes I, II and III to that Regulation, shall continue to apply until 24 July 2037, in relation to fans integrated into other products and in relation to spare part fans.
 Units of models placed on the market between 24 July 2024 and 24 July 2026 which comply with the provisions of this Regulation shall be considered to comply with the requirements of Regulation (EU) No 327/2011.</t>
   </si>
   <si>
     <t>Europe, European Union</t>
   </si>
   <si>
     <t>Industrial Fans</t>
   </si>
   <si>
     <t>August 2024</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20241834-3-july-2024-implementing-directive-2009125ec-european</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=OJ:L_202401834</t>
   </si>
   <si>
+    <t>Commission Regulation (EU) 2025/2052 of 13 October 2025  laying down ecodesign requirements for external power supplies, wireless chargers, wireless charging pads, battery chargers for portable batteries of general use and USB Type-C cables</t>
+  </si>
+  <si>
+    <t>Laying down ecodesign requirements for external power supplies, wireless chargers, wireless charging pads, battery chargers for portable batteries of general use and USB Type-C cables.
+This policy applies from the 14th December 2028, repealing Commission Regulation (EU) 2019/1782.</t>
+  </si>
+  <si>
+    <t>Battery Chargers, External Power Supply</t>
+  </si>
+  <si>
+    <t>Published, New</t>
+  </si>
+  <si>
+    <t>December 2025</t>
+  </si>
+  <si>
+    <t>87 FR 51221</t>
+  </si>
+  <si>
+    <t>European Commission</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20252052-13-october-2025-laying-down-ecodesign-requirements</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32025R2052&amp;qid=1763999035842</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) No 327/2011 of 30 March 2011 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for fans driven by motors</t>
   </si>
   <si>
     <t>This Regulation establishes ecodesign requirements for the placing on the market or putting into service of fans  -driven by motors with an electric input power between 125 W and 500 kW; including those integrated in other energy-related products as covered by Directive 2009-125-EC. The Regulation shall not apply to fans integrated in: products with a sole electric motor of 3 kW or less where the fan is fixed on the same shaft used for driving the main functionality; laundry and washer dryers 3 kW maximum electrical input power; kitchen hoods 280 W total maximum electrical input power attributable to the fans. This Regulation shall not apply to fans which are designed to operate under certain specified conditions; potentially explosive atmospheres; emergency use only; extreme operating temperatures; high supply voltage; etc.   These types of fans can be found in commercial and industrial buildings.</t>
   </si>
   <si>
     <t>Entered into force, New</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-3272011-30-march-2011-implementing-directive-2009125ec-0</t>
   </si>
   <si>
     <t>https://www.legislation.gov.uk/eur/2011/327/contents</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-3272011-30-march-2011-implementing-directive-2009125ec</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02011R0327-20170109</t>
   </si>
   <si>
     <t>CQC31-461236-2014. CQC Marking Certification: single voltage external AC-DC and AC-AC power supplies</t>
   </si>
   <si>
     <t>Applies to power supplies operating under under 220V and 50Hz;  which transfer AC grid's voltage to a fixed and single way low voltage DC current; no more than 36V; or low voltage AC; no more than 36V; and rated output power is no larger than 250W.</t>
@@ -324,50 +355,53 @@
     <t>Canada</t>
   </si>
   <si>
     <t>Audio-Visual, Televisions, Displays, Battery Chargers, External Power Supply, Dehumidifiers, Ovens, Microwaves, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washer and Dryers, Washing Machines, Indoor Luminaires, Specialty Luminaires, Specialty Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Ventilation, Ceiling Fans, Space Heating, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Portable ACs, Packaged Terminals, Chillers - Cooler Towers, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Pump Systems, Power Transformers, Distribution Transformers, Wine Chillers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil</t>
   </si>
   <si>
     <t>Natural Resources Canada Office of Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-regulations-2016-sor2016-311</t>
   </si>
   <si>
     <t>https://laws-lois.justice.gc.ca/eng/regulations/SOR-2016-311/index.html</t>
   </si>
   <si>
     <t>GB 20943-2013 Minimum allowable values of energy efficiency and evaluating values of energy conservation for single voltage external AC-DC and AC-AC power supplies</t>
   </si>
   <si>
     <t>Applies to external power supplies which convert AC current with 220V and 50Hz to single voltage DC -no higher than 36V- or single voltage AC -no higher than 36V- current.It applies to products with rated output power no larger than 250W. Does NOT apply to DC-DC transformer.</t>
+  </si>
+  <si>
+    <t>Revised, To Be Superseded</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-20943-2013-minimum-allowable-values-energy-efficiency-and-evaluating-values-energy</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E686D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>Greenhouse and Energy Minimum Standards (External Power Supplies) Determination 2014</t>
   </si>
   <si>
     <t>Products covered include external power supply units with a nominal 230 V a.c. supply input and a single output at extra low voltage (ELV), either a.c. or d.c. and a maximum output of 250 W or 250 VA (see the standard for further details on products covered).</t>
   </si>
   <si>
     <t>Australia</t>
   </si>
   <si>
     <t>July 2025</t>
   </si>
   <si>
     <t>AS/NZS 4665.1:2005 AS/NZS 4665.2:2005 AS/NZS 4665</t>
   </si>
@@ -941,65 +975,65 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P24"/>
+  <dimension ref="A1:P25"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="296.071" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="1075.737" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="891.782" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="54.13" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="91.978" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="143.822" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="303.069" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -1152,1027 +1186,1075 @@
       <c r="D4" t="s">
         <v>44</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4" t="s">
         <v>21</v>
       </c>
       <c r="G4" t="s">
         <v>22</v>
       </c>
       <c r="H4">
         <v>2009</v>
       </c>
       <c r="I4">
         <v>2019</v>
       </c>
       <c r="J4" t="s">
         <v>45</v>
       </c>
       <c r="K4" t="s">
         <v>36</v>
       </c>
       <c r="L4"/>
-      <c r="M4" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="M4"/>
       <c r="N4" t="s">
         <v>27</v>
       </c>
       <c r="O4" t="s">
+        <v>46</v>
+      </c>
+      <c r="P4" t="s">
         <v>47</v>
-      </c>
-[...1 lines deleted...]
-        <v>48</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
         <v>41</v>
       </c>
       <c r="B5" t="s">
         <v>42</v>
       </c>
       <c r="C5" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="D5" t="s">
         <v>44</v>
       </c>
       <c r="E5" t="s">
         <v>20</v>
       </c>
       <c r="F5" t="s">
         <v>21</v>
       </c>
       <c r="G5" t="s">
-        <v>22</v>
+        <v>49</v>
       </c>
       <c r="H5">
         <v>2009</v>
       </c>
       <c r="I5">
         <v>2019</v>
       </c>
       <c r="J5" t="s">
         <v>50</v>
       </c>
       <c r="K5" t="s">
         <v>36</v>
       </c>
       <c r="L5"/>
-      <c r="M5"/>
+      <c r="M5" t="s">
+        <v>51</v>
+      </c>
       <c r="N5" t="s">
         <v>27</v>
       </c>
       <c r="O5" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="P5" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="B6" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="C6" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="D6" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="E6" t="s">
         <v>20</v>
       </c>
       <c r="F6" t="s">
         <v>21</v>
       </c>
       <c r="G6" t="s">
         <v>22</v>
       </c>
       <c r="H6">
         <v>2024</v>
       </c>
       <c r="I6">
         <v>2024</v>
       </c>
       <c r="J6" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="K6" t="s">
         <v>36</v>
       </c>
       <c r="L6"/>
       <c r="M6" t="s">
-        <v>46</v>
+        <v>51</v>
       </c>
       <c r="N6" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="O6" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="P6" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="B7" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="C7" t="s">
-        <v>49</v>
+        <v>56</v>
       </c>
       <c r="D7" t="s">
-        <v>56</v>
+        <v>64</v>
       </c>
       <c r="E7" t="s">
         <v>20</v>
       </c>
       <c r="F7" t="s">
         <v>21</v>
       </c>
       <c r="G7" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="H7">
-        <v>2011</v>
+        <v>2025</v>
       </c>
       <c r="I7"/>
       <c r="J7" t="s">
-        <v>50</v>
+        <v>66</v>
       </c>
       <c r="K7" t="s">
         <v>36</v>
       </c>
-      <c r="L7"/>
-      <c r="M7"/>
+      <c r="L7" t="s">
+        <v>67</v>
+      </c>
+      <c r="M7" t="s">
+        <v>68</v>
+      </c>
       <c r="N7" t="s">
-        <v>58</v>
+        <v>27</v>
       </c>
       <c r="O7" t="s">
-        <v>64</v>
+        <v>69</v>
       </c>
       <c r="P7" t="s">
-        <v>65</v>
+        <v>70</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
-        <v>61</v>
+        <v>71</v>
       </c>
       <c r="B8" t="s">
-        <v>62</v>
+        <v>72</v>
       </c>
       <c r="C8" t="s">
         <v>43</v>
       </c>
       <c r="D8" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="E8" t="s">
         <v>20</v>
       </c>
       <c r="F8" t="s">
         <v>21</v>
       </c>
       <c r="G8" t="s">
-        <v>63</v>
+        <v>73</v>
       </c>
       <c r="H8">
         <v>2011</v>
       </c>
       <c r="I8"/>
       <c r="J8" t="s">
         <v>45</v>
       </c>
       <c r="K8" t="s">
         <v>36</v>
       </c>
       <c r="L8"/>
-      <c r="M8" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="M8"/>
       <c r="N8" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="O8" t="s">
-        <v>66</v>
+        <v>74</v>
       </c>
       <c r="P8" t="s">
-        <v>67</v>
+        <v>75</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
-        <v>68</v>
+        <v>71</v>
       </c>
       <c r="B9" t="s">
-        <v>69</v>
+        <v>72</v>
       </c>
       <c r="C9" t="s">
-        <v>32</v>
+        <v>48</v>
       </c>
       <c r="D9" t="s">
-        <v>44</v>
+        <v>57</v>
       </c>
       <c r="E9" t="s">
-        <v>70</v>
+        <v>20</v>
       </c>
       <c r="F9" t="s">
-        <v>71</v>
+        <v>21</v>
       </c>
       <c r="G9" t="s">
-        <v>22</v>
+        <v>73</v>
       </c>
       <c r="H9">
-        <v>2005</v>
-[...3 lines deleted...]
-      </c>
+        <v>2011</v>
+      </c>
+      <c r="I9"/>
       <c r="J9" t="s">
-        <v>72</v>
+        <v>50</v>
       </c>
       <c r="K9" t="s">
         <v>36</v>
       </c>
-      <c r="L9" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L9"/>
       <c r="M9" t="s">
-        <v>74</v>
+        <v>51</v>
       </c>
       <c r="N9" t="s">
-        <v>27</v>
+        <v>59</v>
       </c>
       <c r="O9" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="P9" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="B10" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="C10" t="s">
         <v>32</v>
       </c>
       <c r="D10" t="s">
         <v>44</v>
       </c>
       <c r="E10" t="s">
-        <v>70</v>
+        <v>80</v>
       </c>
       <c r="F10" t="s">
-        <v>71</v>
+        <v>81</v>
       </c>
       <c r="G10" t="s">
-        <v>63</v>
+        <v>22</v>
       </c>
       <c r="H10">
-        <v>2018</v>
-[...1 lines deleted...]
-      <c r="I10"/>
+        <v>2005</v>
+      </c>
+      <c r="I10">
+        <v>2014</v>
+      </c>
       <c r="J10" t="s">
-        <v>79</v>
+        <v>82</v>
       </c>
       <c r="K10" t="s">
         <v>36</v>
       </c>
       <c r="L10" t="s">
-        <v>80</v>
+        <v>83</v>
       </c>
       <c r="M10" t="s">
-        <v>74</v>
+        <v>84</v>
       </c>
       <c r="N10" t="s">
         <v>27</v>
       </c>
       <c r="O10" t="s">
-        <v>81</v>
+        <v>85</v>
       </c>
       <c r="P10" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
-        <v>83</v>
+        <v>87</v>
       </c>
       <c r="B11" t="s">
-        <v>84</v>
+        <v>88</v>
       </c>
       <c r="C11" t="s">
-        <v>85</v>
+        <v>32</v>
       </c>
       <c r="D11" t="s">
-        <v>56</v>
+        <v>44</v>
       </c>
       <c r="E11" t="s">
-        <v>70</v>
+        <v>80</v>
       </c>
       <c r="F11" t="s">
-        <v>71</v>
+        <v>81</v>
       </c>
       <c r="G11" t="s">
-        <v>63</v>
+        <v>73</v>
       </c>
       <c r="H11">
-        <v>2013</v>
+        <v>2018</v>
       </c>
       <c r="I11"/>
       <c r="J11" t="s">
-        <v>86</v>
+        <v>89</v>
       </c>
       <c r="K11" t="s">
         <v>36</v>
       </c>
       <c r="L11" t="s">
-        <v>87</v>
+        <v>90</v>
       </c>
       <c r="M11" t="s">
-        <v>88</v>
+        <v>84</v>
       </c>
       <c r="N11" t="s">
-        <v>58</v>
+        <v>27</v>
       </c>
       <c r="O11" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="P11" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="B12" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="C12" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="D12" t="s">
-        <v>94</v>
+        <v>57</v>
       </c>
       <c r="E12" t="s">
-        <v>20</v>
+        <v>80</v>
       </c>
       <c r="F12" t="s">
-        <v>95</v>
+        <v>81</v>
       </c>
       <c r="G12" t="s">
-        <v>22</v>
+        <v>73</v>
       </c>
       <c r="H12">
-        <v>2016</v>
-[...3 lines deleted...]
-      </c>
+        <v>2013</v>
+      </c>
+      <c r="I12"/>
       <c r="J12" t="s">
-        <v>35</v>
+        <v>96</v>
       </c>
       <c r="K12" t="s">
-        <v>96</v>
-[...1 lines deleted...]
-      <c r="L12"/>
+        <v>36</v>
+      </c>
+      <c r="L12" t="s">
+        <v>97</v>
+      </c>
       <c r="M12" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="N12" t="s">
-        <v>27</v>
+        <v>59</v>
       </c>
       <c r="O12" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="P12" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="B13" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="C13" t="s">
-        <v>32</v>
+        <v>103</v>
       </c>
       <c r="D13" t="s">
-        <v>44</v>
+        <v>104</v>
       </c>
       <c r="E13" t="s">
         <v>20</v>
       </c>
       <c r="F13" t="s">
-        <v>21</v>
+        <v>105</v>
       </c>
       <c r="G13" t="s">
         <v>22</v>
       </c>
       <c r="H13">
-        <v>2007</v>
+        <v>2016</v>
       </c>
       <c r="I13">
-        <v>2014</v>
+        <v>2019</v>
       </c>
       <c r="J13" t="s">
-        <v>72</v>
+        <v>35</v>
       </c>
       <c r="K13" t="s">
-        <v>36</v>
-[...3 lines deleted...]
-      </c>
+        <v>106</v>
+      </c>
+      <c r="L13"/>
       <c r="M13" t="s">
-        <v>102</v>
+        <v>107</v>
       </c>
       <c r="N13" t="s">
-        <v>58</v>
+        <v>27</v>
       </c>
       <c r="O13" t="s">
-        <v>103</v>
+        <v>108</v>
       </c>
       <c r="P13" t="s">
-        <v>104</v>
+        <v>109</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
-        <v>105</v>
+        <v>110</v>
       </c>
       <c r="B14" t="s">
-        <v>106</v>
+        <v>111</v>
       </c>
       <c r="C14" t="s">
-        <v>107</v>
+        <v>32</v>
       </c>
       <c r="D14" t="s">
         <v>44</v>
       </c>
       <c r="E14" t="s">
         <v>20</v>
       </c>
       <c r="F14" t="s">
         <v>21</v>
       </c>
       <c r="G14" t="s">
-        <v>22</v>
+        <v>112</v>
       </c>
       <c r="H14">
-        <v>2005</v>
+        <v>2007</v>
       </c>
       <c r="I14">
-        <v>2014</v>
+        <v>2013</v>
       </c>
       <c r="J14" t="s">
-        <v>108</v>
+        <v>82</v>
       </c>
       <c r="K14" t="s">
         <v>36</v>
       </c>
       <c r="L14" t="s">
-        <v>109</v>
+        <v>83</v>
       </c>
       <c r="M14" t="s">
-        <v>110</v>
+        <v>113</v>
       </c>
       <c r="N14" t="s">
-        <v>27</v>
+        <v>59</v>
       </c>
       <c r="O14" t="s">
-        <v>111</v>
+        <v>114</v>
       </c>
       <c r="P14" t="s">
-        <v>112</v>
+        <v>115</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
-        <v>113</v>
+        <v>116</v>
       </c>
       <c r="B15" t="s">
-        <v>114</v>
+        <v>117</v>
       </c>
       <c r="C15" t="s">
-        <v>115</v>
+        <v>118</v>
       </c>
       <c r="D15" t="s">
-        <v>56</v>
+        <v>44</v>
       </c>
       <c r="E15" t="s">
         <v>20</v>
       </c>
       <c r="F15" t="s">
-        <v>95</v>
+        <v>21</v>
       </c>
       <c r="G15" t="s">
         <v>22</v>
       </c>
       <c r="H15">
-        <v>2008</v>
+        <v>2005</v>
       </c>
       <c r="I15">
-        <v>2010</v>
+        <v>2014</v>
       </c>
       <c r="J15" t="s">
-        <v>116</v>
+        <v>119</v>
       </c>
       <c r="K15" t="s">
         <v>36</v>
       </c>
       <c r="L15" t="s">
-        <v>117</v>
+        <v>120</v>
       </c>
       <c r="M15" t="s">
-        <v>118</v>
+        <v>121</v>
       </c>
       <c r="N15" t="s">
-        <v>58</v>
+        <v>27</v>
       </c>
       <c r="O15" t="s">
-        <v>119</v>
+        <v>122</v>
       </c>
       <c r="P15" t="s">
-        <v>120</v>
+        <v>123</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
-        <v>121</v>
+        <v>124</v>
       </c>
       <c r="B16" t="s">
-        <v>122</v>
+        <v>125</v>
       </c>
       <c r="C16" t="s">
-        <v>123</v>
+        <v>126</v>
       </c>
       <c r="D16" t="s">
-        <v>44</v>
+        <v>57</v>
       </c>
       <c r="E16" t="s">
         <v>20</v>
       </c>
       <c r="F16" t="s">
-        <v>21</v>
+        <v>105</v>
       </c>
       <c r="G16" t="s">
         <v>22</v>
       </c>
       <c r="H16">
-        <v>2013</v>
+        <v>2008</v>
       </c>
       <c r="I16">
-        <v>2014</v>
+        <v>2010</v>
       </c>
       <c r="J16" t="s">
-        <v>72</v>
+        <v>127</v>
       </c>
       <c r="K16" t="s">
         <v>36</v>
       </c>
       <c r="L16" t="s">
-        <v>124</v>
+        <v>128</v>
       </c>
       <c r="M16" t="s">
-        <v>125</v>
+        <v>129</v>
       </c>
       <c r="N16" t="s">
-        <v>27</v>
+        <v>59</v>
       </c>
       <c r="O16" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="P16" t="s">
-        <v>127</v>
+        <v>131</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
-        <v>128</v>
+        <v>132</v>
       </c>
       <c r="B17" t="s">
-        <v>129</v>
+        <v>133</v>
       </c>
       <c r="C17" t="s">
-        <v>130</v>
+        <v>134</v>
       </c>
       <c r="D17" t="s">
-        <v>56</v>
+        <v>44</v>
       </c>
       <c r="E17" t="s">
         <v>20</v>
       </c>
       <c r="F17" t="s">
         <v>21</v>
       </c>
       <c r="G17" t="s">
-        <v>63</v>
+        <v>22</v>
       </c>
       <c r="H17">
-        <v>2022</v>
-[...1 lines deleted...]
-      <c r="I17"/>
+        <v>2013</v>
+      </c>
+      <c r="I17">
+        <v>2014</v>
+      </c>
       <c r="J17" t="s">
-        <v>131</v>
+        <v>82</v>
       </c>
       <c r="K17" t="s">
         <v>36</v>
       </c>
-      <c r="L17"/>
+      <c r="L17" t="s">
+        <v>135</v>
+      </c>
       <c r="M17" t="s">
-        <v>132</v>
+        <v>136</v>
       </c>
       <c r="N17" t="s">
         <v>27</v>
       </c>
       <c r="O17" t="s">
-        <v>133</v>
+        <v>137</v>
       </c>
       <c r="P17" t="s">
-        <v>134</v>
+        <v>138</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
-        <v>135</v>
+        <v>139</v>
       </c>
       <c r="B18" t="s">
-        <v>136</v>
+        <v>140</v>
       </c>
       <c r="C18" t="s">
-        <v>137</v>
+        <v>141</v>
       </c>
       <c r="D18" t="s">
-        <v>44</v>
+        <v>57</v>
       </c>
       <c r="E18" t="s">
         <v>20</v>
       </c>
       <c r="F18" t="s">
         <v>21</v>
       </c>
       <c r="G18" t="s">
-        <v>63</v>
+        <v>73</v>
       </c>
       <c r="H18">
-        <v>2009</v>
+        <v>2022</v>
       </c>
       <c r="I18"/>
       <c r="J18" t="s">
-        <v>116</v>
+        <v>142</v>
       </c>
       <c r="K18" t="s">
         <v>36</v>
       </c>
       <c r="L18"/>
       <c r="M18" t="s">
-        <v>138</v>
+        <v>143</v>
       </c>
       <c r="N18" t="s">
         <v>27</v>
       </c>
       <c r="O18" t="s">
-        <v>139</v>
+        <v>144</v>
       </c>
       <c r="P18" t="s">
-        <v>140</v>
+        <v>145</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
-        <v>141</v>
+        <v>146</v>
       </c>
       <c r="B19" t="s">
-        <v>142</v>
+        <v>147</v>
       </c>
       <c r="C19" t="s">
-        <v>143</v>
+        <v>148</v>
       </c>
       <c r="D19" t="s">
         <v>44</v>
       </c>
       <c r="E19" t="s">
         <v>20</v>
       </c>
       <c r="F19" t="s">
         <v>21</v>
       </c>
       <c r="G19" t="s">
-        <v>22</v>
+        <v>73</v>
       </c>
       <c r="H19">
-        <v>2005</v>
-[...3 lines deleted...]
-      </c>
+        <v>2009</v>
+      </c>
+      <c r="I19"/>
       <c r="J19" t="s">
-        <v>86</v>
+        <v>127</v>
       </c>
       <c r="K19" t="s">
         <v>36</v>
       </c>
-      <c r="L19" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L19"/>
       <c r="M19" t="s">
-        <v>145</v>
+        <v>149</v>
       </c>
       <c r="N19" t="s">
         <v>27</v>
       </c>
       <c r="O19" t="s">
-        <v>146</v>
+        <v>150</v>
       </c>
       <c r="P19" t="s">
-        <v>147</v>
+        <v>151</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
-        <v>148</v>
+        <v>152</v>
       </c>
       <c r="B20" t="s">
-        <v>149</v>
+        <v>153</v>
       </c>
       <c r="C20" t="s">
-        <v>150</v>
+        <v>154</v>
       </c>
       <c r="D20" t="s">
         <v>44</v>
       </c>
       <c r="E20" t="s">
         <v>20</v>
       </c>
       <c r="F20" t="s">
         <v>21</v>
       </c>
       <c r="G20" t="s">
-        <v>151</v>
+        <v>22</v>
       </c>
       <c r="H20">
-        <v>2017</v>
-[...1 lines deleted...]
-      <c r="I20"/>
+        <v>2005</v>
+      </c>
+      <c r="I20">
+        <v>2011</v>
+      </c>
       <c r="J20" t="s">
-        <v>152</v>
+        <v>96</v>
       </c>
       <c r="K20" t="s">
         <v>36</v>
       </c>
       <c r="L20" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="M20" t="s">
-        <v>154</v>
+        <v>156</v>
       </c>
       <c r="N20" t="s">
         <v>27</v>
       </c>
       <c r="O20" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
       <c r="P20" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
       <c r="B21" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="C21" t="s">
-        <v>159</v>
+        <v>161</v>
       </c>
       <c r="D21" t="s">
-        <v>160</v>
+        <v>44</v>
       </c>
       <c r="E21" t="s">
         <v>20</v>
       </c>
       <c r="F21" t="s">
-        <v>95</v>
+        <v>21</v>
       </c>
       <c r="G21" t="s">
-        <v>22</v>
+        <v>162</v>
       </c>
       <c r="H21">
         <v>2017</v>
       </c>
-      <c r="I21">
-[...1 lines deleted...]
-      </c>
+      <c r="I21"/>
       <c r="J21" t="s">
-        <v>161</v>
+        <v>163</v>
       </c>
       <c r="K21" t="s">
-        <v>162</v>
+        <v>36</v>
       </c>
       <c r="L21" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="M21" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="N21" t="s">
-        <v>58</v>
+        <v>27</v>
       </c>
       <c r="O21" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="P21" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="B22" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="C22" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="D22" t="s">
-        <v>44</v>
+        <v>171</v>
       </c>
       <c r="E22" t="s">
-        <v>70</v>
+        <v>20</v>
       </c>
       <c r="F22" t="s">
-        <v>95</v>
+        <v>105</v>
       </c>
       <c r="G22" t="s">
         <v>22</v>
       </c>
       <c r="H22">
-        <v>2014</v>
+        <v>2017</v>
       </c>
       <c r="I22">
-        <v>2016</v>
+        <v>2021</v>
       </c>
       <c r="J22" t="s">
-        <v>35</v>
+        <v>172</v>
       </c>
       <c r="K22" t="s">
-        <v>170</v>
+        <v>173</v>
       </c>
       <c r="L22" t="s">
-        <v>171</v>
+        <v>174</v>
       </c>
       <c r="M22" t="s">
-        <v>172</v>
+        <v>175</v>
       </c>
       <c r="N22" t="s">
-        <v>27</v>
+        <v>59</v>
       </c>
       <c r="O22" t="s">
-        <v>173</v>
+        <v>176</v>
       </c>
       <c r="P22" t="s">
-        <v>174</v>
+        <v>177</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
-        <v>175</v>
+        <v>178</v>
       </c>
       <c r="B23" t="s">
-        <v>176</v>
+        <v>179</v>
       </c>
       <c r="C23" t="s">
-        <v>177</v>
+        <v>180</v>
       </c>
       <c r="D23" t="s">
         <v>44</v>
       </c>
       <c r="E23" t="s">
-        <v>20</v>
+        <v>80</v>
       </c>
       <c r="F23" t="s">
-        <v>95</v>
+        <v>105</v>
       </c>
       <c r="G23" t="s">
         <v>22</v>
       </c>
       <c r="H23">
-        <v>2007</v>
+        <v>2014</v>
       </c>
       <c r="I23">
-        <v>2011</v>
+        <v>2016</v>
       </c>
       <c r="J23" t="s">
         <v>35</v>
       </c>
       <c r="K23" t="s">
-        <v>36</v>
+        <v>181</v>
       </c>
       <c r="L23" t="s">
-        <v>178</v>
+        <v>182</v>
       </c>
       <c r="M23" t="s">
-        <v>179</v>
+        <v>183</v>
       </c>
       <c r="N23" t="s">
         <v>27</v>
       </c>
       <c r="O23" t="s">
-        <v>180</v>
+        <v>184</v>
       </c>
       <c r="P23" t="s">
-        <v>181</v>
+        <v>185</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" t="s">
-        <v>182</v>
+        <v>186</v>
       </c>
       <c r="B24" t="s">
-        <v>183</v>
+        <v>187</v>
       </c>
       <c r="C24" t="s">
-        <v>184</v>
+        <v>188</v>
       </c>
       <c r="D24" t="s">
         <v>44</v>
       </c>
       <c r="E24" t="s">
-        <v>70</v>
+        <v>20</v>
       </c>
       <c r="F24" t="s">
-        <v>71</v>
+        <v>105</v>
       </c>
       <c r="G24" t="s">
-        <v>63</v>
+        <v>22</v>
       </c>
       <c r="H24">
-        <v>2012</v>
-[...1 lines deleted...]
-      <c r="I24"/>
+        <v>2007</v>
+      </c>
+      <c r="I24">
+        <v>2011</v>
+      </c>
       <c r="J24" t="s">
-        <v>185</v>
+        <v>35</v>
       </c>
       <c r="K24" t="s">
         <v>36</v>
       </c>
       <c r="L24" t="s">
-        <v>186</v>
+        <v>189</v>
       </c>
       <c r="M24" t="s">
-        <v>187</v>
+        <v>190</v>
       </c>
       <c r="N24" t="s">
         <v>27</v>
       </c>
       <c r="O24" t="s">
-        <v>188</v>
+        <v>191</v>
       </c>
       <c r="P24" t="s">
-        <v>189</v>
+        <v>192</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>193</v>
+      </c>
+      <c r="B25" t="s">
+        <v>194</v>
+      </c>
+      <c r="C25" t="s">
+        <v>195</v>
+      </c>
+      <c r="D25" t="s">
+        <v>44</v>
+      </c>
+      <c r="E25" t="s">
+        <v>80</v>
+      </c>
+      <c r="F25" t="s">
+        <v>81</v>
+      </c>
+      <c r="G25" t="s">
+        <v>73</v>
+      </c>
+      <c r="H25">
+        <v>2012</v>
+      </c>
+      <c r="I25"/>
+      <c r="J25" t="s">
+        <v>196</v>
+      </c>
+      <c r="K25" t="s">
+        <v>36</v>
+      </c>
+      <c r="L25" t="s">
+        <v>197</v>
+      </c>
+      <c r="M25" t="s">
+        <v>198</v>
+      </c>
+      <c r="N25" t="s">
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
+        <v>199</v>
+      </c>
+      <c r="P25" t="s">
+        <v>200</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">