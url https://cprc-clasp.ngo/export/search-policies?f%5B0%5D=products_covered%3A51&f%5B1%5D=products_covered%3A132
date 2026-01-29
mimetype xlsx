--- v0 (2025-12-13)
+++ v1 (2026-01-29)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="235">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="236">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -185,63 +185,64 @@
   <si>
     <t>https://www.legislation.gov.uk/eur/2019/1782/contents</t>
   </si>
   <si>
     <t>European Union</t>
   </si>
   <si>
     <t>Entered into force, Revised, To Be Superseded</t>
   </si>
   <si>
     <t>September 2023</t>
   </si>
   <si>
     <t>European Commission - DG Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20191782-1-october-2019-laying-down-ecodesign-requirements</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=uriserv%3AOJ.L_.2019.272.01.0095.01.ENG&amp;toc=OJ%3AL%3A2019%3A272%3ATOC</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2025/2052 of 13 October 2025  laying down ecodesign requirements for external power supplies, wireless chargers, wireless charging pads, battery chargers for portable batteries of general use and USB Type-C cables</t>
   </si>
   <si>
-    <t>Laying down ecodesign requirements for external power supplies, wireless chargers, wireless charging pads, battery chargers for portable batteries of general use and USB Type-C cables.</t>
+    <t>Laying down ecodesign requirements for external power supplies, wireless chargers, wireless charging pads, battery chargers for portable batteries of general use and USB Type-C cables.
+This policy applies from the 14th December 2028, repealing Commission Regulation (EU) 2019/1782.</t>
   </si>
   <si>
     <t>Europe, European Union</t>
   </si>
   <si>
     <t>Battery Chargers, External Power Supply</t>
   </si>
   <si>
-    <t>Published, Revised</t>
-[...2 lines deleted...]
-    <t>November 2025</t>
+    <t>Published, New</t>
+  </si>
+  <si>
+    <t>December 2025</t>
   </si>
   <si>
     <t>87 FR 51221</t>
   </si>
   <si>
     <t>European Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20252052-13-october-2025-laying-down-ecodesign-requirements</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32025R2052&amp;qid=1763999035842</t>
   </si>
   <si>
     <t>CQC31-461236-2014. CQC Marking Certification: single voltage external AC-DC and AC-AC power supplies</t>
   </si>
   <si>
     <t>Applies to power supplies operating under under 220V and 50Hz;  which transfer AC grid's voltage to a fixed and single way low voltage DC current; no more than 36V; or low voltage AC; no more than 36V; and rated output power is no larger than 250W.</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
@@ -366,50 +367,53 @@
     <t>https://en.etiquetteenergie-sanitaire.ch/Regulation</t>
   </si>
   <si>
     <t>ETA 0806 - Specifications for assigning ANQIP water efficiency labels to showers and shower systems</t>
   </si>
   <si>
     <t>The following devices are considered within the scope of this Specification: - Shower (shower head), alone; Shower system (shower taps equipped with hose and shower head removable or fixed). The assignment of labeling rating to a given product follows the categories established in Table 1 - please access the document at page 3 for more information.</t>
   </si>
   <si>
     <t>Portugal</t>
   </si>
   <si>
     <t>Associação Nacional para a Qualidade nas Instalações Prediais (ANQIP)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/eta-0806-specifications-assigning-anqip-water-efficiency-labels-showers-and-shower-systems</t>
   </si>
   <si>
     <t>https://anqip.pt/images/stories/ETA_0806_v.4_novo.1.pdf</t>
   </si>
   <si>
     <t>GB 20943-2013 Minimum allowable values of energy efficiency and evaluating values of energy conservation for single voltage external AC-DC and AC-AC power supplies</t>
   </si>
   <si>
     <t>Applies to external power supplies which convert AC current with 220V and 50Hz to single voltage DC -no higher than 36V- or single voltage AC -no higher than 36V- current.It applies to products with rated output power no larger than 250W. Does NOT apply to DC-DC transformer.</t>
+  </si>
+  <si>
+    <t>Revised, To Be Superseded</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-20943-2013-minimum-allowable-values-energy-efficiency-and-evaluating-values-energy</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E686D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 28378-2019 Minimum allowable values of water efficiency and water efficiency grades for showers</t>
   </si>
   <si>
     <t>This standard specifies the water efficiency grade, technical requirements, and test methods for showers. It is applicable to the water efficiency evaluation of showers (including shower heads or combinations) used in sanitary facilities such as lavatories and shower rooms installed in buildings with nominal pressure (static pressure) less than 1.0 MPa and medium temperature of 4℃~90℃.</t>
   </si>
   <si>
     <t>GB/T 33733</t>
   </si>
   <si>
     <t>The Standardisation Administration of China (SAC)</t>
   </si>
@@ -1359,55 +1363,53 @@
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
         <v>56</v>
       </c>
       <c r="B6" t="s">
         <v>57</v>
       </c>
       <c r="C6" t="s">
         <v>58</v>
       </c>
       <c r="D6" t="s">
         <v>59</v>
       </c>
       <c r="E6" t="s">
         <v>20</v>
       </c>
       <c r="F6" t="s">
         <v>21</v>
       </c>
       <c r="G6" t="s">
         <v>60</v>
       </c>
       <c r="H6">
-        <v>2009</v>
-[...3 lines deleted...]
-      </c>
+        <v>2025</v>
+      </c>
+      <c r="I6"/>
       <c r="J6" t="s">
         <v>61</v>
       </c>
       <c r="K6" t="s">
         <v>47</v>
       </c>
       <c r="L6" t="s">
         <v>62</v>
       </c>
       <c r="M6" t="s">
         <v>63</v>
       </c>
       <c r="N6" t="s">
         <v>27</v>
       </c>
       <c r="O6" t="s">
         <v>64</v>
       </c>
       <c r="P6" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
         <v>66</v>
@@ -1744,858 +1746,858 @@
       </c>
       <c r="P13" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
         <v>116</v>
       </c>
       <c r="B14" t="s">
         <v>117</v>
       </c>
       <c r="C14" t="s">
         <v>32</v>
       </c>
       <c r="D14" t="s">
         <v>45</v>
       </c>
       <c r="E14" t="s">
         <v>20</v>
       </c>
       <c r="F14" t="s">
         <v>21</v>
       </c>
       <c r="G14" t="s">
-        <v>22</v>
+        <v>118</v>
       </c>
       <c r="H14">
         <v>2007</v>
       </c>
       <c r="I14">
-        <v>2014</v>
+        <v>2013</v>
       </c>
       <c r="J14" t="s">
         <v>70</v>
       </c>
       <c r="K14" t="s">
         <v>47</v>
       </c>
       <c r="L14" t="s">
         <v>71</v>
       </c>
       <c r="M14" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="N14" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="O14" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="P14" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="B15" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="C15" t="s">
         <v>32</v>
       </c>
       <c r="D15" t="s">
         <v>33</v>
       </c>
       <c r="E15" t="s">
         <v>20</v>
       </c>
       <c r="F15" t="s">
         <v>21</v>
       </c>
       <c r="G15" t="s">
         <v>22</v>
       </c>
       <c r="H15">
         <v>2013</v>
       </c>
       <c r="I15">
         <v>2020</v>
       </c>
       <c r="J15" t="s">
         <v>70</v>
       </c>
       <c r="K15" t="s">
         <v>37</v>
       </c>
       <c r="L15" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="M15" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="N15" t="s">
         <v>39</v>
       </c>
       <c r="O15" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="P15" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="B16" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="C16" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="D16" t="s">
         <v>45</v>
       </c>
       <c r="E16" t="s">
         <v>20</v>
       </c>
       <c r="F16" t="s">
         <v>21</v>
       </c>
       <c r="G16" t="s">
         <v>22</v>
       </c>
       <c r="H16">
         <v>2005</v>
       </c>
       <c r="I16">
         <v>2014</v>
       </c>
       <c r="J16" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="K16" t="s">
         <v>47</v>
       </c>
       <c r="L16" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="M16" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="N16" t="s">
         <v>27</v>
       </c>
       <c r="O16" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="P16" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="B17" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="C17" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="D17" t="s">
         <v>105</v>
       </c>
       <c r="E17" t="s">
         <v>68</v>
       </c>
       <c r="F17" t="s">
         <v>96</v>
       </c>
       <c r="G17" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="H17"/>
       <c r="I17"/>
       <c r="J17" t="s">
         <v>70</v>
       </c>
       <c r="K17" t="s">
         <v>37</v>
       </c>
       <c r="L17"/>
       <c r="M17" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="N17" t="s">
         <v>39</v>
       </c>
       <c r="O17" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="P17" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="B18" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="C18" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="D18" t="s">
         <v>45</v>
       </c>
       <c r="E18" t="s">
         <v>20</v>
       </c>
       <c r="F18" t="s">
         <v>21</v>
       </c>
       <c r="G18" t="s">
         <v>22</v>
       </c>
       <c r="H18">
         <v>2013</v>
       </c>
       <c r="I18">
         <v>2014</v>
       </c>
       <c r="J18" t="s">
         <v>70</v>
       </c>
       <c r="K18" t="s">
         <v>47</v>
       </c>
       <c r="L18" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="M18" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="N18" t="s">
         <v>27</v>
       </c>
       <c r="O18" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="P18" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="B19" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="C19" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="D19" t="s">
         <v>33</v>
       </c>
       <c r="E19" t="s">
         <v>68</v>
       </c>
       <c r="F19" t="s">
         <v>69</v>
       </c>
       <c r="G19" t="s">
         <v>22</v>
       </c>
       <c r="H19">
         <v>2001</v>
       </c>
       <c r="I19">
         <v>2012</v>
       </c>
       <c r="J19" t="s">
         <v>106</v>
       </c>
       <c r="K19" t="s">
         <v>37</v>
       </c>
       <c r="L19" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="M19" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="N19" t="s">
         <v>39</v>
       </c>
       <c r="O19" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="P19" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="B20" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="C20" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="D20" t="s">
         <v>45</v>
       </c>
       <c r="E20" t="s">
         <v>20</v>
       </c>
       <c r="F20" t="s">
         <v>21</v>
       </c>
       <c r="G20" t="s">
         <v>35</v>
       </c>
       <c r="H20">
         <v>2009</v>
       </c>
       <c r="I20"/>
       <c r="J20" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="K20" t="s">
         <v>47</v>
       </c>
       <c r="L20"/>
       <c r="M20" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="N20" t="s">
         <v>27</v>
       </c>
       <c r="O20" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="P20" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="B21" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="C21" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="D21" t="s">
         <v>45</v>
       </c>
       <c r="E21" t="s">
         <v>20</v>
       </c>
       <c r="F21" t="s">
         <v>21</v>
       </c>
       <c r="G21" t="s">
         <v>22</v>
       </c>
       <c r="H21">
         <v>2005</v>
       </c>
       <c r="I21">
         <v>2011</v>
       </c>
       <c r="J21" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="K21" t="s">
         <v>47</v>
       </c>
       <c r="L21" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="M21" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="N21" t="s">
         <v>27</v>
       </c>
       <c r="O21" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="P21" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="B22" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="C22" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="D22" t="s">
         <v>45</v>
       </c>
       <c r="E22" t="s">
         <v>20</v>
       </c>
       <c r="F22" t="s">
         <v>21</v>
       </c>
       <c r="G22" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="H22">
         <v>2017</v>
       </c>
       <c r="I22"/>
       <c r="J22" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="K22" t="s">
         <v>47</v>
       </c>
       <c r="L22" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="M22" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="N22" t="s">
         <v>27</v>
       </c>
       <c r="O22" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="P22" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="B23" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="C23" t="s">
         <v>104</v>
       </c>
       <c r="D23" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="E23" t="s">
         <v>20</v>
       </c>
       <c r="F23" t="s">
         <v>96</v>
       </c>
       <c r="G23" t="s">
         <v>22</v>
       </c>
       <c r="H23">
         <v>2017</v>
       </c>
       <c r="I23">
         <v>2021</v>
       </c>
       <c r="J23" t="s">
         <v>106</v>
       </c>
       <c r="K23" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="L23" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="M23" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="N23" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="O23" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="P23" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="B24" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="C24" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="D24" t="s">
         <v>45</v>
       </c>
       <c r="E24" t="s">
         <v>68</v>
       </c>
       <c r="F24" t="s">
         <v>96</v>
       </c>
       <c r="G24" t="s">
         <v>22</v>
       </c>
       <c r="H24">
         <v>2014</v>
       </c>
       <c r="I24">
         <v>2016</v>
       </c>
       <c r="J24" t="s">
         <v>97</v>
       </c>
       <c r="K24" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="L24" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="M24" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="N24" t="s">
         <v>27</v>
       </c>
       <c r="O24" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="P24" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="B25" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="C25" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="D25" t="s">
         <v>45</v>
       </c>
       <c r="E25" t="s">
         <v>20</v>
       </c>
       <c r="F25" t="s">
         <v>96</v>
       </c>
       <c r="G25" t="s">
         <v>22</v>
       </c>
       <c r="H25">
         <v>2007</v>
       </c>
       <c r="I25">
         <v>2011</v>
       </c>
       <c r="J25" t="s">
         <v>97</v>
       </c>
       <c r="K25" t="s">
         <v>47</v>
       </c>
       <c r="L25" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="M25" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="N25" t="s">
         <v>27</v>
       </c>
       <c r="O25" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="P25" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="B26" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="C26" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="D26" t="s">
         <v>45</v>
       </c>
       <c r="E26" t="s">
         <v>68</v>
       </c>
       <c r="F26" t="s">
         <v>69</v>
       </c>
       <c r="G26" t="s">
         <v>35</v>
       </c>
       <c r="H26">
         <v>2012</v>
       </c>
       <c r="I26"/>
       <c r="J26" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="K26" t="s">
         <v>47</v>
       </c>
       <c r="L26" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="M26" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="N26" t="s">
         <v>27</v>
       </c>
       <c r="O26" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="P26" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
     </row>
     <row r="27" spans="1:16">
       <c r="A27" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="B27" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="C27" t="s">
         <v>32</v>
       </c>
       <c r="D27" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="E27" t="s">
         <v>68</v>
       </c>
       <c r="F27" t="s">
         <v>69</v>
       </c>
       <c r="G27" t="s">
         <v>35</v>
       </c>
       <c r="H27">
         <v>2017</v>
       </c>
       <c r="I27"/>
       <c r="J27" t="s">
         <v>36</v>
       </c>
       <c r="K27" t="s">
         <v>37</v>
       </c>
       <c r="L27"/>
       <c r="M27" t="s">
         <v>72</v>
       </c>
       <c r="N27" t="s">
         <v>39</v>
       </c>
       <c r="O27" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="P27" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
     </row>
     <row r="28" spans="1:16">
       <c r="A28" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="B28" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="C28" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="D28" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="E28" t="s">
         <v>68</v>
       </c>
       <c r="F28" t="s">
         <v>34</v>
       </c>
       <c r="G28" t="s">
         <v>22</v>
       </c>
       <c r="H28">
         <v>2015</v>
       </c>
       <c r="I28">
         <v>2016</v>
       </c>
       <c r="J28" t="s">
         <v>106</v>
       </c>
       <c r="K28" t="s">
         <v>37</v>
       </c>
       <c r="L28" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="M28" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="N28" t="s">
         <v>39</v>
       </c>
       <c r="O28" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="P28" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="B29" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="C29" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="D29" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="E29" t="s">
         <v>68</v>
       </c>
       <c r="F29" t="s">
         <v>69</v>
       </c>
       <c r="G29" t="s">
         <v>22</v>
       </c>
       <c r="H29">
         <v>2011</v>
       </c>
       <c r="I29">
         <v>2017</v>
       </c>
       <c r="J29" t="s">
         <v>70</v>
       </c>
       <c r="K29" t="s">
         <v>37</v>
       </c>
       <c r="L29"/>
       <c r="M29" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="N29" t="s">
         <v>39</v>
       </c>
       <c r="O29" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="P29" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
     </row>
     <row r="30" spans="1:16">
       <c r="A30" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="B30" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="C30" t="s">
         <v>18</v>
       </c>
       <c r="D30" t="s">
         <v>33</v>
       </c>
       <c r="E30" t="s">
         <v>68</v>
       </c>
       <c r="F30" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="G30" t="s">
         <v>22</v>
       </c>
       <c r="H30">
         <v>2018</v>
       </c>
       <c r="I30">
         <v>2018</v>
       </c>
       <c r="J30" t="s">
         <v>106</v>
       </c>
       <c r="K30" t="s">
         <v>37</v>
       </c>
       <c r="L30" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="M30" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="N30" t="s">
         <v>39</v>
       </c>
       <c r="O30" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="P30" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">