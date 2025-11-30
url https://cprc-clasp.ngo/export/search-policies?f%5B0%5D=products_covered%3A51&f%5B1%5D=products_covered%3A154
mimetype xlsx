--- v0 (2025-10-12)
+++ v1 (2025-11-30)
@@ -12,681 +12,921 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="194">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="272">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>10 CFR 430—Energy Conservation Program for Consumer Products</t>
   </si>
   <si>
+    <t>Conventional cooking top means a class of cooking products which is a household cooking appliance consisting of a horizontal surface containing one or more surface units which utilize a gas flame; electric resistance heating; or electric inductive heating.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Electronics, Uninterruptable Power Supply, Battery Chargers, External Power Supply, Dehumidifiers, Air Cleaners, Ovens, Microwaves, Dishwashers, Clothes Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Ceiling Fans, Duct Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Showers or Showerheads, Urinals, Taps or Faucets, Distribution Transformers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>10 CFR 430 Subpart B</t>
   </si>
   <si>
     <t>U.S. Department of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/10-cfr-430-energy-conservation-program-consumer-products</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-430</t>
+  </si>
+  <si>
     <t>10 CFR 431—Energy Efficiency Program For Certain Commercial And Industrial Equipment</t>
   </si>
   <si>
+    <t>Commercial warm air furnace means a warm air furnace that is industrial equipment and that has a capacity -rated maximum input- of 225000 Btu per hour or more.  A warm air furnace is defined as a self-contained oil-fired or gas-fired furnace designed to supply heated air through ducts to spaces that require it and includes combination warm air furnace or electric air conditioning units but does not include unit heaters and duct furnaces.</t>
+  </si>
+  <si>
     <t>Washing Machines, Streetlighting, Air Compressors, 3-Phase Motors, 1-Phase Motors, Heat Pumps, Boilers and Furnaces, Portable ACs, Packaged Terminals, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Building Circulator Pumps, Pump Systems, Pool Pumps, Power Transformers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>10 CFR 431 and product-specific Subparts</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/10-cfr-431-energy-efficiency-program-certain-commercial-and-industrial-equipment</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-431</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/1782 of 1 October 2019 laying down ecodesign requirements for external power supplies</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements related to electric power consumption in no-load condition and average active efficiency of external power supplies.  Exclusions: this Regulation shall not apply to:   a. voltage converters;   b. uninterruptible power supplies;   c. battery chargers;     d. halogen lighting converters;   e. external power supplies for medical devices;   f. external power supplies placed on the market no later than 30 June 2015 as a service part or spare part for an identical external power supply which was placed on the market not later than one year after this Regulation has come into force; under the condition that the service part or spare part; or its packaging; clearly indicates the primary load products for which the spare part or service part is intended to be used with.</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>External Power Supply</t>
   </si>
   <si>
     <t>October 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20191782-1-october-2019-laying-down-ecodesign-requirements-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2019/1782/contents</t>
+  </si>
+  <si>
     <t>European Union</t>
   </si>
   <si>
+    <t>Entered into force, Revised, To Be Superseded</t>
+  </si>
+  <si>
     <t>September 2023</t>
   </si>
   <si>
     <t>European Commission - DG Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20191782-1-october-2019-laying-down-ecodesign-requirements</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=uriserv%3AOJ.L_.2019.272.01.0095.01.ENG&amp;toc=OJ%3AL%3A2019%3A272%3ATOC</t>
+  </si>
+  <si>
+    <t>Commission Regulation (EU) 2025/2052 of 13 October 2025  laying down ecodesign requirements for external power supplies, wireless chargers, wireless charging pads, battery chargers for portable batteries of general use and USB Type-C cables</t>
+  </si>
+  <si>
+    <t>Laying down ecodesign requirements for external power supplies, wireless chargers, wireless charging pads, battery chargers for portable batteries of general use and USB Type-C cables.</t>
+  </si>
+  <si>
+    <t>Europe, European Union</t>
+  </si>
+  <si>
+    <t>Battery Chargers, External Power Supply</t>
+  </si>
+  <si>
+    <t>Published, Revised</t>
+  </si>
+  <si>
+    <t>November 2025</t>
+  </si>
+  <si>
+    <t>87 FR 51221</t>
+  </si>
+  <si>
+    <t>European Commission</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20252052-13-october-2025-laying-down-ecodesign-requirements</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32025R2052&amp;qid=1763999035842</t>
+  </si>
+  <si>
     <t>CQC31-461236-2014. CQC Marking Certification: single voltage external AC-DC and AC-AC power supplies</t>
   </si>
   <si>
+    <t>Applies to power supplies operating under under 220V and 50Hz;  which transfer AC grid's voltage to a fixed and single way low voltage DC current; no more than 36V; or low voltage AC; no more than 36V; and rated output power is no larger than 250W.</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>GB 20943-2013</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-461236-2014-cqc-marking-certification-single-voltage-external-ac-dc-and-ac-ac-power</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492783.shtml</t>
+  </si>
+  <si>
     <t>CQC31-464245-2018. Energy Conservation Certification Rules for Electric Vehicle Off-Board Charger</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Apply to electric vehicle off-board charger</t>
+  </si>
+  <si>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>CQC 3170-2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-464245-2018-energy-conservation-certification-rules-electric-vehicle-board-charger</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-04-26/554396.shtml</t>
+  </si>
+  <si>
     <t>Draft standard PROY-NOM-014-ENER-2020</t>
   </si>
   <si>
+    <t>This standard establishes the minimum energy efficiency values, test method, marking requirements, and conformity assessment procedure applicable to single rotational frequency, continuous duty, open- or closed-loop, air-cooled, single-phase squirrel-cage electric AC induction motors with a rated output of 0.180 kW to 2.238 kW, 2, 4 or 6 poles, split-phase, capacitor-start, or with two capacitors, or connected with a permanent capacitor, which are imported, manufactured or marketed within Mexico. It does not apply to electric motors which require auxiliary or additional cooling equipment.</t>
+  </si>
+  <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>1-Phase Motors</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>National Commission for the Efficient Use of Energy</t>
   </si>
   <si>
     <t>Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/draft-standard-proy-nom-014-ener-2020</t>
   </si>
   <si>
+    <t>https://www.dof.gob.mx/nota_detalle.php?codigo=5608195&amp;fecha=18/12/2020#gsc.tab=0</t>
+  </si>
+  <si>
     <t>Electric Motors Minimum Energy Performance Standards</t>
   </si>
   <si>
     <t>Pakistan</t>
   </si>
   <si>
     <t>3-Phase Motors, 1-Phase Motors</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>National Energy Efficiency and Conservation Authority (NEECA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/electric-motors-minimum-energy-performance-standards</t>
   </si>
   <si>
+    <t>https://clasp.ngo/updates/2021/pakistan-launches-first-efficiency-policy-for-electric-motors</t>
+  </si>
+  <si>
     <t>Energy Efficiency Regulations, 2016 (SOR/2016-311)</t>
   </si>
   <si>
+    <t>This policy is divided into 14 divisions: 1) household appliances, 2) air conditioners, condensing units, and chillers, 3) heat pumps, 4) furnaces, fireplaces, unit heaters, and recovery ventilators, 5) boilers, 6) water heaters, 7) lamps and lamp ballasts, 8) lighting fixtures, 9) electronic products, 10) commercial refrigeration, 11) dry-type transformers, 12) motors, 13) commercial pre-rinse spray valves, and 14) pumps.</t>
+  </si>
+  <si>
     <t>Canada</t>
   </si>
   <si>
     <t>Audio-Visual, Televisions, Displays, Battery Chargers, External Power Supply, Dehumidifiers, Ovens, Microwaves, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washer and Dryers, Washing Machines, Indoor Luminaires, Specialty Luminaires, Specialty Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Ventilation, Ceiling Fans, Space Heating, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Portable ACs, Packaged Terminals, Chillers - Cooler Towers, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Pump Systems, Power Transformers, Distribution Transformers, Wine Chillers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil</t>
   </si>
   <si>
     <t>Natural Resources Canada Office of Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-regulations-2016-sor2016-311</t>
   </si>
   <si>
+    <t>https://laws-lois.justice.gc.ca/eng/regulations/SOR-2016-311/index.html</t>
+  </si>
+  <si>
     <t>GB 20943-2013 Minimum allowable values of energy efficiency and evaluating values of energy conservation for single voltage external AC-DC and AC-AC power supplies</t>
   </si>
   <si>
+    <t>Applies to external power supplies which convert AC current with 220V and 50Hz to single voltage DC -no higher than 36V- or single voltage AC -no higher than 36V- current.It applies to products with rated output power no larger than 250W. Does NOT apply to DC-DC transformer.</t>
+  </si>
+  <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-20943-2013-minimum-allowable-values-energy-efficiency-and-evaluating-values-energy</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E686D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (External Power Supplies) Determination 2014</t>
   </si>
   <si>
+    <t>Products covered include external power supply units with a nominal 230 V a.c. supply input and a single output at extra low voltage (ELV), either a.c. or d.c. and a maximum output of 250 W or 250 VA (see the standard for further details on products covered).</t>
+  </si>
+  <si>
     <t>Australia</t>
   </si>
   <si>
     <t>July 2025</t>
   </si>
   <si>
     <t>AS/NZS 4665.1:2005 AS/NZS 4665.2:2005 AS/NZS 4665</t>
   </si>
   <si>
     <t>Department of Climate Change and Energy Efficiency (DCCEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenhouse-and-energy-minimum-standards-external-power-supplies-determination-2014</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Series/F2014L01580</t>
+  </si>
+  <si>
     <t>High Energy Performance Label for 1 phase motor</t>
   </si>
   <si>
+    <t>This scheme covers single-phase induction motors with a rated output power of not more than 7.5 kW and a rated voltage of not more than 250 V and a frequency of 50 Hz. Excluded - submersible motors, motors integrated into the drive unit and cannot be separated from multi-speed motors, motors intended exclusively for short-cycle duty applications, and induction motors used in electric cars or vehicles.</t>
+  </si>
+  <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>Motors and Motor Driven Equipment, Motors, 1-Phase Motors</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>April 2022</t>
   </si>
   <si>
     <t>IEC 60034-2-1</t>
   </si>
   <si>
     <t>Department of Alternative Energy Development and Efficiency, Ministry of Energy…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/high-energy-performance-label-1-phase-motor</t>
   </si>
   <si>
+    <t>https://www.dede.go.th/download/general_65/6_01032565.pdf</t>
+  </si>
+  <si>
     <t>High-efficiency Appliances Certification Program</t>
   </si>
   <si>
+    <t>Single-phase induction motors</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/high-efficiency-appliances-certification-program-7</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100101.asp</t>
+  </si>
+  <si>
     <t>ISIRI 7874, 1st Edition, Specification for energy consumption and energy labeling of single phase electrical motors</t>
   </si>
   <si>
+    <t>Small 1-phase General Purpose</t>
+  </si>
+  <si>
     <t>Iran</t>
   </si>
   <si>
     <t>ISIRI 3772-1</t>
   </si>
   <si>
     <t>Institute of Standards and Industrial Research of Iran (ISIRI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-7874-1st-edition-specification-energy-consumption-and-energy-labeling-single-phase</t>
   </si>
   <si>
+    <t>http://isiri.gov.ir/portal/home/?135546/%D8%A7%D8%B7%D9%84%D8%A7%D8%B9%D8%A7%D8%AA-%D9%85%D8%B1%D8%A8%D9%88%D8%B7-%D8%A8%D9%87-%D8%A7%D8%B3%D8%AA%D8%A7%D9%86%D8%AF%D8%A7%D8%B1%D8%AF%D9%87%D8%A7%DB%8C-%D8%A8%D8%B1%DA%86%D8%B3%D8%A8-%D8%A7%D9%86%D8%B1%DA%98%</t>
+  </si>
+  <si>
     <t>JS 2111:2013 Technical Regulation on eco-design requirements for no-load condition electric power consumption and average active efficiency of external power supplies</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements related to electric power consumption in no-load condition and average active efficiency of external power supplies.</t>
+  </si>
+  <si>
     <t>Jordan</t>
   </si>
   <si>
     <t>JS 2092</t>
   </si>
   <si>
     <t>National Energy Research Centre (NERC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/js-21112013-technical-regulation-eco-design-requirements-no-load-condition-electric-power</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5471</t>
+  </si>
+  <si>
     <t>LI 2456 Energy Commission (Energy Efficiency Standards and Labelling) (Electric Motors) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to an induction motor whether sold separately or partly integrated in other products that has 2,4,6, or 8 poles; has a rated voltage that's more than 50 V but less than 1000 V; has a rated power output of 0.12 kW up to 1000 kW; is rated to operate at a frequency of 50 Hz; is rated on the basis of continuous duty operation, and; is rated for direct on-line operation.</t>
+  </si>
+  <si>
     <t>Ghana</t>
   </si>
   <si>
     <t>March 2023</t>
   </si>
   <si>
     <t>Ghana Energy Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/li-2456-energy-commission-energy-efficiency-standards-and-labelling-electric-motors</t>
   </si>
   <si>
+    <t>https://www.energycom.gov.gh/regulation/regulation-and-codes</t>
+  </si>
+  <si>
     <t>Low-voltage single-phase inductive motor energy efficiency ratio standards</t>
   </si>
   <si>
+    <t>Low-voltage single-phase inductive motor</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>Greenmark Labelling Program</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/low-voltage-single-phase-inductive-motor-energy-efficiency-ratio-standards</t>
   </si>
   <si>
+    <t>http://www.moeaboe.gov.tw/ECW/english/content/Content.aspx?menu_id=1535</t>
+  </si>
+  <si>
     <t>MEPS for Adapter Charger</t>
   </si>
   <si>
+    <t>For using with mobile phone, notebook, speaker for computer, LCD monitor,printer, PDA, camcorder, digital camera, audio, DVD player, MP3, PMP,portable CD player, set-top box, wire-wireless phone, modem, all AC-DC orAC-AC external power supply shall be included.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/meps-adapter-charger-0</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_2.asp</t>
+  </si>
+  <si>
     <t>Minimum Energy Performance Standards for Low-Voltage Single-Phase Inductive Motors</t>
   </si>
   <si>
+    <t>This policy specifies minimum energy performance standards for low-voltage single-phase inductive industrial motors.</t>
+  </si>
+  <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standards-low-voltage-single-phase-inductive-motors</t>
   </si>
   <si>
     <t>Minimum Performance of external power supplies</t>
   </si>
   <si>
+    <t>MEPS covers: Mains powered; dc and ac adaptors|power-packs with a single output of up to 250 W or VA  used to power or recharge separate low voltage electronic products; like laptops cellphones etc. They are often sold packaged with the product it will be used with - for examplel; a laptop computer normally comes with a power adaptor.</t>
+  </si>
+  <si>
     <t>New Zealand</t>
   </si>
   <si>
     <t>AS/NZS 4665.1:2005</t>
   </si>
   <si>
     <t>Energy Efficiency and Conservation Authority (EECA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-performance-external-power-supplies</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/external-power-supplies-factsheet.pdf</t>
+  </si>
+  <si>
     <t>NOM-014-ENER-2004</t>
   </si>
   <si>
+    <t>Standards NOM-014-ENER-2004 applies to single-phase squirrel cage air-cooled induction AC motors with a rated output of 0.180 kW to 1.500 kW, with single rotation frequency, 2, 4 or 6 poles, split phase or capacitor start, open or closed.</t>
+  </si>
+  <si>
     <t>Comision Nacional para el Uso Eficiente de la Energia (CONUEE, National Commiss…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nom-014-ener-2004</t>
   </si>
   <si>
+    <t>http://dof.gob.mx/nota_detalle.php?codigo=4919668&amp;fecha=19/04/2005</t>
+  </si>
+  <si>
     <t>NOM-014-ENER-2025, Energy efficiency of single-phase, induction, squirrel-cage, air-cooled alternating current electric motors with rated power from 0.180 kW to 2.238 kW</t>
   </si>
   <si>
-    <t>Adopted, Revised</t>
+    <t>This standard establishes the minimum energy efficiency values, the testing method, marking requirements, and conformity assessment procedure; applicable to alternating current, single-phase, induction, squirrel-cage, air-cooled electric motors, whether open or closed, continuous duty, single-speed, with rated power from 0.180 kW to 2.238 kW, with 2, 4, or 6 poles, split-phase, or capacitor-start, or with two capacitors, or with a permanently connected capacitor.</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>NOM-008-SE-2021
 ,   
                     IEC 60034-2-1:2024 Rotating electrical machines - Part 2-1
 ,   
                     IEEE 114-2010-IEEE</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nom-014-ener-2025-energy-efficiency-single-phase-induction-squirrel-cage-air-cooled</t>
   </si>
   <si>
+    <t>https://www.dof.gob.mx/normasOficiales/9505/sener/sener.html</t>
+  </si>
+  <si>
     <t>NOM-029-ENER-2017, Energy efficiency of external power supplies</t>
   </si>
   <si>
+    <t>This standard aims to establish the minimum values ​​of energy efficiency in operation, the maximum limits of electrical power in no-load or empty mode, the test methods for their evaluation and the specifications of the minimum information to be marked on external power supplies (FAE) that are intended to convert the alternating current (AC) line voltage to a single fixed output voltage level in direct current (DC) at a time and with a maximum output power less than or equal to 250.0 W, as well as those that have a switch that allows the user to manually choose between different output voltage levels.</t>
+  </si>
+  <si>
+    <t>New</t>
+  </si>
+  <si>
     <t>NMX-I-281-NYCE-2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nom-029-ener-2017-energy-efficiency-external-power-supplies</t>
   </si>
   <si>
+    <t>https://www.dof.gob.mx/nota_detalle_popup.php?codigo=5502802</t>
+  </si>
+  <si>
     <t>NOM-033-ENER-2019 - AC motors cooled with air</t>
   </si>
   <si>
+    <t>This policy defines the minimum energy efficiency values, test method, marking, and procedure for assessing the conformity of air-cooled alternating current (AC) electric motors with nominal electrical voltage up to 240V; a nominal power greater than or equal to 1W and less than 180W; 2-, 4- and 6-pole, squirrel cage induction motors, as well as motors that are electronically switched.</t>
+  </si>
+  <si>
     <t>https://www.dof.gob.mx/nota_detalle.php?codigo=5624457&amp;fecha=21/07/2021#gsc.tab…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nom-033-ener-2019-ac-motors-cooled-air</t>
   </si>
   <si>
+    <t>https://www.dof.gob.mx/nota_detalle.php?codigo=5624457&amp;fecha=21/07/2021#gsc.tab=0</t>
+  </si>
+  <si>
     <t>Pakistan Energy Label for Motors</t>
   </si>
   <si>
+    <t>This regulation establishes Minimum Energy Performance standards for electric motor efficiency and requires compliance with a star rating system. The regulation applies to the import and offer for sale of three-phase squirrel cage induction motors designed to operate at 50 Hz or 60 Hz with:
+a) a rated output power greater than or equal to 0.12 kW and less than or equal to 1,000 kW; and 
+b) a rated voltage of up to 1000 volts alternating current; and
+c) 2, 4, 6 or 8 poles; and
+d) a continuous duty rating.
+The regulation also applies to the import and offer for sale of single-phase squirrel cage induction motors of all types designed to operate at 50 Hz or 60 Hz with a rated output power greater than or equal to 0.12 kW.</t>
+  </si>
+  <si>
     <t>January 2025</t>
   </si>
   <si>
     <t>ISO/IEC 17025, IEC 60034-1 ED. 13.0, IEC 60034-2-1 Ed. 2.0 2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/pakistan-energy-label-motors</t>
   </si>
   <si>
+    <t>https://neeca.pk/neecagov/regulations/SRO412(I)-2024.pdf</t>
+  </si>
+  <si>
     <t>Provision 230/2015</t>
   </si>
   <si>
+    <t>Energy efficiency labelling for single- and three-phase cage induction motors.</t>
+  </si>
+  <si>
     <t>Argentina</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>IRAM 62409:2014 / IRAM 62405:2012</t>
   </si>
   <si>
     <t>Secretaria de Energia (Secretary of Energy)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/provision-2302015</t>
   </si>
   <si>
+    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/250000-254999/251749/norma.htm</t>
+  </si>
+  <si>
     <t>Regulation on Energy Efficiency Requirements for Mass-Produced Systems, Vehicles, and Appliances</t>
   </si>
   <si>
+    <t>This policy applies to mass-produced systems, vehicles, and devices as well as their mass-produced components that consume a considerable amount of energy and are placed on the market or sold in Switzerland.</t>
+  </si>
+  <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>Computers, Servers, Networking Equipment, Stand-by and networked devices, Televisions, Set Top Boxes (STB), Displays, External Power Supply, Vacuum Cleaners, Ovens, Dishwashers, Cooktops or Hobs, Coffee Machines, Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires, 3-Phase Motors, Industrial Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Storage Water Heaters, Building Circulator Pumps, Pumps Other, Power Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Electricity, Other Solid Fuel</t>
   </si>
   <si>
     <t>See Policy</t>
   </si>
   <si>
     <t>Swiss Federal Office of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/regulation-energy-efficiency-requirements-mass-produced-systems-vehicles-and-appliances</t>
   </si>
   <si>
+    <t>https://www.admin.ch/opc/de/classified-compilation/20162950/index.html</t>
+  </si>
+  <si>
     <t>Resolución 40234 de marzo de 2017: Por la cual se modifican y aclaran algunas excepciones para la aplicación del Anexo General de la Resolución 41012 del 18 de septiembre de 2015 “Reglamento Técnico de Etiquetado – RETIQ.</t>
   </si>
   <si>
+    <t>This Regulation covers Gas-burning domestic stove tops and ovens,Air conditioning systems with a condenser cooled by air or water - with one or more points of exit for flows of cooled air,Air conditioning systems contained within a box - designed as a unit to be installed in a window or through a wall , Equipment to clean and rinse textiles using water. May also have a way of extracting excess water from textiles., Electronic and electromagnetic ballasts for tubular fluorescent lighting , Electronic and electromagnetic ballasts for tubular fluorescent lighting , Single-phase electric motors for 60 Hz with rated voltage up to 240V and nominal power from 0.18 kW to 1.5 kW, Three-phase electric induction motors type squirrel cage for 60 Hz with nominal voltage up to 600 V and nominal power of 0.18 kW to 373 kW, Commercial refrigerators and freezers , Domestic refrigerators and freezers , Residential instantaneous-type gas water heaters , Residential storage-type electric water heaters  and Residential storage-type gas water heaters</t>
+  </si>
+  <si>
     <t>Colombia</t>
   </si>
   <si>
     <t>Ovens, Washing Machines, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>September 2018</t>
   </si>
   <si>
     <t>Etiquetado Energetico Colombia</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/resolucion-40234-de-marzo-de-2017-por-la-cual-se-modifican-y-aclaran-algunas-excepciones</t>
   </si>
   <si>
+    <t>http://www.etiquetaenergetica.gov.co/wp-content/uploads/2015/09/ANEXO-RETIQ_Septiembre2015-pdf.pdf</t>
+  </si>
+  <si>
     <t>Schedule 18 - Diesel Generator Sets</t>
   </si>
   <si>
+    <t>This schedule specifies the star labeling requirements for various classifications for the application, rating and performance of single/three phase Diesel Generating sets consisting of a Reciprocating Internal Combustion (RIC) engine driven by diesel as fuel, Alternating Current (a.c.) generator, any associated control gear, switchgear and auxiliary equipment. It applies to A. C. generating sets driven by RIC engines for land and marine use being manufactured, imported or sold in India. It excludes generating sets used on aircraft or to propel land vehicles and Locomotives. Diesel Generating (DG) Sets up to 19 kW ratings are covered under pilot energy labeling scheme for single/three phase DG Sets.</t>
+  </si>
+  <si>
     <t>India</t>
   </si>
   <si>
     <t>Oil</t>
   </si>
   <si>
     <t>IS 10000, IS 10001, IS 13364, IS 4889:1968</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/schedule-18-diesel-generator-sets</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/DG%20Set%20schedule.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4114 - Single Phase Induction Motors</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for single-phase induction motors, open and closed, AC, induction type squirrel cage in powers of 0.180 (1/4HP) to 1.500kW (2HP), 2, 4 and 6 poles, split-phase or capacitor start with nominal voltage of 115, 127 and 200 to 240V, at a frequency of 60 Hertz.</t>
+  </si>
+  <si>
     <t>NOM-014-ENER / NMX-J-075/1 / NMX-J-075/3 / NOM-008-SCFI / NEMA-MG-1 / IEEE Std. 114 / CSA-C390-14 / CSA C22.2 100 / CSA-C-747 / IEC 34 PT-1 / IEC 34 PT-2 / JIS-4203 / NEMA MG 11</t>
   </si>
   <si>
     <t>Fideicomiso para el Ahorro de Energía Eléctrica (FIDE) - Trust for Saving Elect…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4114-single-phase-induction-motors</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4114_04.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4168 - Single Phase Gear Motors</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for single phase cycloidal gear motors with reduction ratios from 6:1 to 87:1, with electrical power in single-phase induction motors from 0.093 kW to 0.746kW, with nominal voltages 115V and 127V, with a frequency of 60 Hertz.</t>
+  </si>
+  <si>
     <t>NOM-014-ENER / CSA-C747 / UL 1004 / IEC 60034-5 / NOM-008-SCFI</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4168-single-phase-gear-motors</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4168_01_2.pdf</t>
+  </si>
+  <si>
     <t>SI 4665-2 PERFORMANCE OF EXTERNAL POWER SUPPLIES: MINIMUM ENERGY PERFORMANCE STANDARD (MEPS) REQUIREMENTS</t>
   </si>
   <si>
+    <t>Power converters covered under this standard include all single-voltage EPSs with nameplate output power up to 250 watts. Notable exclusions are devices with batteries that attach directly, replacements, and medical devices.</t>
+  </si>
+  <si>
     <t>Israel</t>
   </si>
   <si>
     <t>SI 4665-1</t>
   </si>
   <si>
     <t>Standards Institute of Israel (SII)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/si-4665-2-performance-external-power-supplies-minimum-energy-performance-standard-meps</t>
   </si>
   <si>
+    <t>https://portal.sii.org.il/heb/standardization/teken/?tid=98e117b6-728e-4ade-95e3-47864f20c486</t>
+  </si>
+  <si>
     <t>Technical Regulation on Labeling</t>
   </si>
   <si>
+    <t>Room air conditioners, washing machines, 1 and 3 phase induction motors, and refrigeration equipment</t>
+  </si>
+  <si>
     <t>Cuba</t>
   </si>
   <si>
     <t>Washing Machines, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Storage Water Heaters, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Ministry of Energy and Mines</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/technical-regulation-labeling</t>
   </si>
   <si>
+    <t>https://www.minenergia.gov.co/documents/10192/24237146/Anexo+General+RETIQ+U%CC%81ltima+Versio%CC%81n.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Secondary Batteries for Portable Applications TGL-67-12</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to secondary batteries containing alkaline or other non-acid electrolytes for portable use by categorizing secondary batteries into two systems: 1. Nickel systems (covers only nickel-cadmium batteries and nickel-metal hydride batteries), and 2. Lithium systems.</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>TIS 2217 (Secondary batteries)
 ,   
                     TIS 2218 or IEC 61960 (or EN 61960, JIS C 8711) (Lithium)
 ,   
                     IEC 61951-1 (or EN 61951-1) (Nickel-Cadmium)
 ,   
                     IEC 61951-2 (or EN 61951-2) (Nickel-metal hydride)</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-secondary-batteries-portable-applications-tgl-67-12</t>
+  </si>
+  <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-67-12.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -950,1593 +1190,1854 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N35"/>
+  <dimension ref="A1:P36"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="261" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="143" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="284.216" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1232.699" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="891.782" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="54.13" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="209.949" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="143.822" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="303.069" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>1990</v>
+      </c>
+      <c r="I2">
+        <v>2016</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...5 lines deleted...]
-      <c r="H2">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>1994</v>
+      </c>
+      <c r="I3">
+        <v>2023</v>
+      </c>
+      <c r="J3" t="s">
+        <v>33</v>
+      </c>
+      <c r="K3" t="s">
+        <v>34</v>
+      </c>
+      <c r="L3" t="s">
+        <v>35</v>
+      </c>
+      <c r="M3" t="s">
+        <v>26</v>
+      </c>
+      <c r="N3" t="s">
+        <v>36</v>
+      </c>
+      <c r="O3" t="s">
+        <v>37</v>
+      </c>
+      <c r="P3" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>39</v>
+      </c>
+      <c r="B4" t="s">
+        <v>40</v>
+      </c>
+      <c r="C4" t="s">
+        <v>41</v>
+      </c>
+      <c r="D4" t="s">
+        <v>42</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2009</v>
+      </c>
+      <c r="I4">
+        <v>2019</v>
+      </c>
+      <c r="J4" t="s">
+        <v>43</v>
+      </c>
+      <c r="K4" t="s">
+        <v>34</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4"/>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>44</v>
+      </c>
+      <c r="P4" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>39</v>
+      </c>
+      <c r="B5" t="s">
+        <v>40</v>
+      </c>
+      <c r="C5" t="s">
+        <v>46</v>
+      </c>
+      <c r="D5" t="s">
+        <v>42</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>47</v>
+      </c>
+      <c r="H5">
+        <v>2009</v>
+      </c>
+      <c r="I5">
+        <v>2019</v>
+      </c>
+      <c r="J5" t="s">
+        <v>48</v>
+      </c>
+      <c r="K5" t="s">
+        <v>34</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>49</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>50</v>
+      </c>
+      <c r="P5" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>52</v>
+      </c>
+      <c r="B6" t="s">
+        <v>53</v>
+      </c>
+      <c r="C6" t="s">
+        <v>54</v>
+      </c>
+      <c r="D6" t="s">
+        <v>55</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>56</v>
+      </c>
+      <c r="H6">
+        <v>2009</v>
+      </c>
+      <c r="I6">
+        <v>2019</v>
+      </c>
+      <c r="J6" t="s">
+        <v>57</v>
+      </c>
+      <c r="K6" t="s">
+        <v>34</v>
+      </c>
+      <c r="L6" t="s">
+        <v>58</v>
+      </c>
+      <c r="M6" t="s">
+        <v>59</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>60</v>
+      </c>
+      <c r="P6" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>62</v>
+      </c>
+      <c r="B7" t="s">
+        <v>63</v>
+      </c>
+      <c r="C7" t="s">
+        <v>64</v>
+      </c>
+      <c r="D7" t="s">
+        <v>42</v>
+      </c>
+      <c r="E7" t="s">
+        <v>65</v>
+      </c>
+      <c r="F7" t="s">
+        <v>66</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2005</v>
+      </c>
+      <c r="I7">
+        <v>2014</v>
+      </c>
+      <c r="J7" t="s">
+        <v>67</v>
+      </c>
+      <c r="K7" t="s">
+        <v>34</v>
+      </c>
+      <c r="L7" t="s">
+        <v>68</v>
+      </c>
+      <c r="M7" t="s">
+        <v>69</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>70</v>
+      </c>
+      <c r="P7" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>72</v>
+      </c>
+      <c r="B8" t="s">
+        <v>73</v>
+      </c>
+      <c r="C8" t="s">
+        <v>64</v>
+      </c>
+      <c r="D8" t="s">
+        <v>42</v>
+      </c>
+      <c r="E8" t="s">
+        <v>65</v>
+      </c>
+      <c r="F8" t="s">
+        <v>66</v>
+      </c>
+      <c r="G8" t="s">
+        <v>74</v>
+      </c>
+      <c r="H8">
+        <v>2018</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>75</v>
+      </c>
+      <c r="K8" t="s">
+        <v>34</v>
+      </c>
+      <c r="L8" t="s">
+        <v>76</v>
+      </c>
+      <c r="M8" t="s">
+        <v>69</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>77</v>
+      </c>
+      <c r="P8" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>79</v>
+      </c>
+      <c r="B9" t="s">
+        <v>80</v>
+      </c>
+      <c r="C9" t="s">
+        <v>81</v>
+      </c>
+      <c r="D9" t="s">
+        <v>82</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>21</v>
+      </c>
+      <c r="G9" t="s">
+        <v>83</v>
+      </c>
+      <c r="H9"/>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>84</v>
+      </c>
+      <c r="K9" t="s">
+        <v>34</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9" t="s">
+        <v>85</v>
+      </c>
+      <c r="N9" t="s">
+        <v>86</v>
+      </c>
+      <c r="O9" t="s">
+        <v>87</v>
+      </c>
+      <c r="P9" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>89</v>
+      </c>
+      <c r="B10" t="s">
+        <v>89</v>
+      </c>
+      <c r="C10" t="s">
+        <v>90</v>
+      </c>
+      <c r="D10" t="s">
+        <v>91</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>21</v>
+      </c>
+      <c r="G10" t="s">
+        <v>74</v>
+      </c>
+      <c r="H10">
+        <v>2020</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>92</v>
+      </c>
+      <c r="K10" t="s">
+        <v>34</v>
+      </c>
+      <c r="L10"/>
+      <c r="M10" t="s">
+        <v>93</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>94</v>
+      </c>
+      <c r="P10" t="s">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>96</v>
+      </c>
+      <c r="B11" t="s">
+        <v>97</v>
+      </c>
+      <c r="C11" t="s">
+        <v>98</v>
+      </c>
+      <c r="D11" t="s">
+        <v>99</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>100</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
         <v>2016</v>
       </c>
-      <c r="I2" t="s">
+      <c r="I11">
+        <v>2019</v>
+      </c>
+      <c r="J11" t="s">
+        <v>101</v>
+      </c>
+      <c r="K11" t="s">
+        <v>102</v>
+      </c>
+      <c r="L11"/>
+      <c r="M11" t="s">
+        <v>103</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>104</v>
+      </c>
+      <c r="P11" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>106</v>
+      </c>
+      <c r="B12" t="s">
+        <v>107</v>
+      </c>
+      <c r="C12" t="s">
+        <v>64</v>
+      </c>
+      <c r="D12" t="s">
+        <v>42</v>
+      </c>
+      <c r="E12" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F12" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G12" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...16 lines deleted...]
-      <c r="C3" t="s">
+      <c r="H12">
+        <v>2007</v>
+      </c>
+      <c r="I12">
+        <v>2014</v>
+      </c>
+      <c r="J12" t="s">
+        <v>67</v>
+      </c>
+      <c r="K12" t="s">
+        <v>34</v>
+      </c>
+      <c r="L12" t="s">
+        <v>68</v>
+      </c>
+      <c r="M12" t="s">
+        <v>108</v>
+      </c>
+      <c r="N12" t="s">
+        <v>36</v>
+      </c>
+      <c r="O12" t="s">
+        <v>109</v>
+      </c>
+      <c r="P12" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>111</v>
+      </c>
+      <c r="B13" t="s">
+        <v>112</v>
+      </c>
+      <c r="C13" t="s">
+        <v>113</v>
+      </c>
+      <c r="D13" t="s">
+        <v>42</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>21</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2005</v>
+      </c>
+      <c r="I13">
+        <v>2014</v>
+      </c>
+      <c r="J13" t="s">
+        <v>114</v>
+      </c>
+      <c r="K13" t="s">
+        <v>34</v>
+      </c>
+      <c r="L13" t="s">
+        <v>115</v>
+      </c>
+      <c r="M13" t="s">
+        <v>116</v>
+      </c>
+      <c r="N13" t="s">
         <v>27</v>
       </c>
-      <c r="D3" t="s">
-[...37 lines deleted...]
-      <c r="B4" t="s">
+      <c r="O13" t="s">
+        <v>117</v>
+      </c>
+      <c r="P13" t="s">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>119</v>
+      </c>
+      <c r="B14" t="s">
+        <v>120</v>
+      </c>
+      <c r="C14" t="s">
+        <v>121</v>
+      </c>
+      <c r="D14" t="s">
+        <v>122</v>
+      </c>
+      <c r="E14" t="s">
+        <v>65</v>
+      </c>
+      <c r="F14" t="s">
+        <v>123</v>
+      </c>
+      <c r="G14" t="s">
+        <v>74</v>
+      </c>
+      <c r="H14">
+        <v>2022</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>124</v>
+      </c>
+      <c r="K14" t="s">
         <v>34</v>
       </c>
-      <c r="C4" t="s">
-[...11 lines deleted...]
-      <c r="G4">
+      <c r="L14" t="s">
+        <v>125</v>
+      </c>
+      <c r="M14" t="s">
+        <v>126</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>127</v>
+      </c>
+      <c r="P14" t="s">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>129</v>
+      </c>
+      <c r="B15" t="s">
+        <v>130</v>
+      </c>
+      <c r="C15" t="s">
+        <v>131</v>
+      </c>
+      <c r="D15" t="s">
+        <v>82</v>
+      </c>
+      <c r="E15" t="s">
+        <v>65</v>
+      </c>
+      <c r="F15" t="s">
+        <v>66</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>1996</v>
+      </c>
+      <c r="I15">
+        <v>2012</v>
+      </c>
+      <c r="J15" t="s">
+        <v>132</v>
+      </c>
+      <c r="K15" t="s">
+        <v>34</v>
+      </c>
+      <c r="L15"/>
+      <c r="M15" t="s">
+        <v>133</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>134</v>
+      </c>
+      <c r="P15" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>136</v>
+      </c>
+      <c r="B16" t="s">
+        <v>137</v>
+      </c>
+      <c r="C16" t="s">
+        <v>138</v>
+      </c>
+      <c r="D16" t="s">
+        <v>82</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>100</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>2012</v>
+      </c>
+      <c r="I16">
+        <v>2012</v>
+      </c>
+      <c r="J16" t="s">
+        <v>132</v>
+      </c>
+      <c r="K16" t="s">
+        <v>34</v>
+      </c>
+      <c r="L16" t="s">
+        <v>139</v>
+      </c>
+      <c r="M16" t="s">
+        <v>140</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>141</v>
+      </c>
+      <c r="P16" t="s">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>143</v>
+      </c>
+      <c r="B17" t="s">
+        <v>144</v>
+      </c>
+      <c r="C17" t="s">
+        <v>145</v>
+      </c>
+      <c r="D17" t="s">
+        <v>42</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>21</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>2013</v>
+      </c>
+      <c r="I17">
+        <v>2014</v>
+      </c>
+      <c r="J17" t="s">
+        <v>67</v>
+      </c>
+      <c r="K17" t="s">
+        <v>34</v>
+      </c>
+      <c r="L17" t="s">
+        <v>146</v>
+      </c>
+      <c r="M17" t="s">
+        <v>147</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>148</v>
+      </c>
+      <c r="P17" t="s">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>150</v>
+      </c>
+      <c r="B18" t="s">
+        <v>151</v>
+      </c>
+      <c r="C18" t="s">
+        <v>152</v>
+      </c>
+      <c r="D18" t="s">
+        <v>91</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>21</v>
+      </c>
+      <c r="G18" t="s">
+        <v>74</v>
+      </c>
+      <c r="H18">
+        <v>2022</v>
+      </c>
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>153</v>
+      </c>
+      <c r="K18" t="s">
+        <v>34</v>
+      </c>
+      <c r="L18"/>
+      <c r="M18" t="s">
+        <v>154</v>
+      </c>
+      <c r="N18" t="s">
+        <v>36</v>
+      </c>
+      <c r="O18" t="s">
+        <v>155</v>
+      </c>
+      <c r="P18" t="s">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>157</v>
+      </c>
+      <c r="B19" t="s">
+        <v>158</v>
+      </c>
+      <c r="C19" t="s">
+        <v>159</v>
+      </c>
+      <c r="D19" t="s">
+        <v>82</v>
+      </c>
+      <c r="E19" t="s">
+        <v>65</v>
+      </c>
+      <c r="F19" t="s">
+        <v>21</v>
+      </c>
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
+        <v>1981</v>
+      </c>
+      <c r="I19">
+        <v>2002</v>
+      </c>
+      <c r="J19" t="s">
+        <v>160</v>
+      </c>
+      <c r="K19" t="s">
+        <v>34</v>
+      </c>
+      <c r="L19"/>
+      <c r="M19" t="s">
+        <v>161</v>
+      </c>
+      <c r="N19" t="s">
+        <v>36</v>
+      </c>
+      <c r="O19" t="s">
+        <v>162</v>
+      </c>
+      <c r="P19" t="s">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>164</v>
+      </c>
+      <c r="B20" t="s">
+        <v>165</v>
+      </c>
+      <c r="C20" t="s">
+        <v>131</v>
+      </c>
+      <c r="D20" t="s">
+        <v>42</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>21</v>
+      </c>
+      <c r="G20" t="s">
+        <v>74</v>
+      </c>
+      <c r="H20">
         <v>2009</v>
       </c>
-      <c r="H4">
-[...60 lines deleted...]
-      <c r="A6" t="s">
+      <c r="I20"/>
+      <c r="J20" t="s">
+        <v>132</v>
+      </c>
+      <c r="K20" t="s">
+        <v>34</v>
+      </c>
+      <c r="L20"/>
+      <c r="M20" t="s">
+        <v>133</v>
+      </c>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>166</v>
+      </c>
+      <c r="P20" t="s">
+        <v>167</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>168</v>
+      </c>
+      <c r="B21" t="s">
+        <v>169</v>
+      </c>
+      <c r="C21" t="s">
+        <v>159</v>
+      </c>
+      <c r="D21" t="s">
+        <v>82</v>
+      </c>
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
+        <v>21</v>
+      </c>
+      <c r="G21" t="s">
+        <v>74</v>
+      </c>
+      <c r="H21">
+        <v>2002</v>
+      </c>
+      <c r="I21"/>
+      <c r="J21" t="s">
+        <v>101</v>
+      </c>
+      <c r="K21" t="s">
+        <v>34</v>
+      </c>
+      <c r="L21"/>
+      <c r="M21" t="s">
+        <v>170</v>
+      </c>
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>171</v>
+      </c>
+      <c r="P21"/>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>172</v>
+      </c>
+      <c r="B22" t="s">
+        <v>173</v>
+      </c>
+      <c r="C22" t="s">
+        <v>174</v>
+      </c>
+      <c r="D22" t="s">
         <v>42</v>
       </c>
-      <c r="B6" t="s">
-[...679 lines deleted...]
-      </c>
       <c r="E22" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F22" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>1997</v>
+        <v>21</v>
+      </c>
+      <c r="G22" t="s">
+        <v>22</v>
       </c>
       <c r="H22">
         <v>2005</v>
       </c>
-      <c r="I22" t="s">
-        <v>59</v>
+      <c r="I22">
+        <v>2011</v>
       </c>
       <c r="J22" t="s">
-        <v>29</v>
-[...1 lines deleted...]
-      <c r="K22"/>
+        <v>160</v>
+      </c>
+      <c r="K22" t="s">
+        <v>34</v>
+      </c>
       <c r="L22" t="s">
-        <v>130</v>
+        <v>175</v>
       </c>
       <c r="M22" t="s">
-        <v>31</v>
+        <v>176</v>
       </c>
       <c r="N22" t="s">
-        <v>131</v>
-[...2 lines deleted...]
-    <row r="23" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>177</v>
+      </c>
+      <c r="P22" t="s">
+        <v>178</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
       <c r="A23" t="s">
-        <v>132</v>
+        <v>179</v>
       </c>
       <c r="B23" t="s">
-        <v>56</v>
+        <v>180</v>
       </c>
       <c r="C23" t="s">
-        <v>57</v>
+        <v>81</v>
       </c>
       <c r="D23" t="s">
-        <v>17</v>
+        <v>82</v>
       </c>
       <c r="E23" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F23" t="s">
-        <v>133</v>
-[...1 lines deleted...]
-      <c r="G23">
+        <v>21</v>
+      </c>
+      <c r="G23" t="s">
+        <v>22</v>
+      </c>
+      <c r="H23">
+        <v>1997</v>
+      </c>
+      <c r="I23">
+        <v>2005</v>
+      </c>
+      <c r="J23" t="s">
+        <v>84</v>
+      </c>
+      <c r="K23" t="s">
+        <v>34</v>
+      </c>
+      <c r="L23"/>
+      <c r="M23" t="s">
+        <v>181</v>
+      </c>
+      <c r="N23" t="s">
+        <v>36</v>
+      </c>
+      <c r="O23" t="s">
+        <v>182</v>
+      </c>
+      <c r="P23" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>184</v>
+      </c>
+      <c r="B24" t="s">
+        <v>185</v>
+      </c>
+      <c r="C24" t="s">
+        <v>81</v>
+      </c>
+      <c r="D24" t="s">
+        <v>82</v>
+      </c>
+      <c r="E24" t="s">
+        <v>20</v>
+      </c>
+      <c r="F24" t="s">
+        <v>21</v>
+      </c>
+      <c r="G24" t="s">
+        <v>8</v>
+      </c>
+      <c r="H24">
         <v>2004</v>
       </c>
-      <c r="H23">
+      <c r="I24">
         <v>2025</v>
       </c>
-      <c r="I23" t="s">
-[...11 lines deleted...]
-      <c r="M23" t="s">
+      <c r="J24" t="s">
+        <v>186</v>
+      </c>
+      <c r="K24" t="s">
+        <v>34</v>
+      </c>
+      <c r="L24" t="s">
+        <v>187</v>
+      </c>
+      <c r="M24" t="s">
+        <v>181</v>
+      </c>
+      <c r="N24" t="s">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>188</v>
+      </c>
+      <c r="P24" t="s">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>190</v>
+      </c>
+      <c r="B25" t="s">
+        <v>191</v>
+      </c>
+      <c r="C25" t="s">
+        <v>81</v>
+      </c>
+      <c r="D25" t="s">
+        <v>42</v>
+      </c>
+      <c r="E25" t="s">
+        <v>20</v>
+      </c>
+      <c r="F25" t="s">
+        <v>21</v>
+      </c>
+      <c r="G25" t="s">
+        <v>192</v>
+      </c>
+      <c r="H25">
+        <v>2017</v>
+      </c>
+      <c r="I25"/>
+      <c r="J25" t="s">
+        <v>186</v>
+      </c>
+      <c r="K25" t="s">
+        <v>34</v>
+      </c>
+      <c r="L25" t="s">
+        <v>193</v>
+      </c>
+      <c r="M25" t="s">
+        <v>181</v>
+      </c>
+      <c r="N25" t="s">
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
+        <v>194</v>
+      </c>
+      <c r="P25" t="s">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>196</v>
+      </c>
+      <c r="B26" t="s">
+        <v>197</v>
+      </c>
+      <c r="C26" t="s">
+        <v>81</v>
+      </c>
+      <c r="D26" t="s">
+        <v>82</v>
+      </c>
+      <c r="E26" t="s">
+        <v>20</v>
+      </c>
+      <c r="F26" t="s">
+        <v>21</v>
+      </c>
+      <c r="G26" t="s">
+        <v>74</v>
+      </c>
+      <c r="H26">
+        <v>2021</v>
+      </c>
+      <c r="I26"/>
+      <c r="J26" t="s">
+        <v>84</v>
+      </c>
+      <c r="K26" t="s">
+        <v>34</v>
+      </c>
+      <c r="L26"/>
+      <c r="M26" t="s">
+        <v>198</v>
+      </c>
+      <c r="N26" t="s">
+        <v>36</v>
+      </c>
+      <c r="O26" t="s">
+        <v>199</v>
+      </c>
+      <c r="P26" t="s">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>201</v>
+      </c>
+      <c r="B27" t="s">
+        <v>202</v>
+      </c>
+      <c r="C27" t="s">
+        <v>90</v>
+      </c>
+      <c r="D27" t="s">
+        <v>91</v>
+      </c>
+      <c r="E27" t="s">
+        <v>20</v>
+      </c>
+      <c r="F27" t="s">
+        <v>100</v>
+      </c>
+      <c r="G27" t="s">
+        <v>74</v>
+      </c>
+      <c r="H27">
+        <v>2014</v>
+      </c>
+      <c r="I27">
+        <v>2024</v>
+      </c>
+      <c r="J27" t="s">
+        <v>203</v>
+      </c>
+      <c r="K27" t="s">
+        <v>34</v>
+      </c>
+      <c r="L27" t="s">
+        <v>204</v>
+      </c>
+      <c r="M27" t="s">
+        <v>93</v>
+      </c>
+      <c r="N27" t="s">
+        <v>27</v>
+      </c>
+      <c r="O27" t="s">
+        <v>205</v>
+      </c>
+      <c r="P27" t="s">
+        <v>206</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>207</v>
+      </c>
+      <c r="B28" t="s">
+        <v>208</v>
+      </c>
+      <c r="C28" t="s">
+        <v>209</v>
+      </c>
+      <c r="D28" t="s">
+        <v>91</v>
+      </c>
+      <c r="E28" t="s">
+        <v>20</v>
+      </c>
+      <c r="F28" t="s">
+        <v>123</v>
+      </c>
+      <c r="G28" t="s">
+        <v>74</v>
+      </c>
+      <c r="H28">
+        <v>2015</v>
+      </c>
+      <c r="I28"/>
+      <c r="J28" t="s">
+        <v>210</v>
+      </c>
+      <c r="K28" t="s">
+        <v>34</v>
+      </c>
+      <c r="L28" t="s">
+        <v>211</v>
+      </c>
+      <c r="M28" t="s">
+        <v>212</v>
+      </c>
+      <c r="N28" t="s">
+        <v>27</v>
+      </c>
+      <c r="O28" t="s">
+        <v>213</v>
+      </c>
+      <c r="P28" t="s">
+        <v>214</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>215</v>
+      </c>
+      <c r="B29" t="s">
+        <v>216</v>
+      </c>
+      <c r="C29" t="s">
+        <v>217</v>
+      </c>
+      <c r="D29" t="s">
+        <v>218</v>
+      </c>
+      <c r="E29" t="s">
+        <v>20</v>
+      </c>
+      <c r="F29" t="s">
+        <v>100</v>
+      </c>
+      <c r="G29" t="s">
+        <v>22</v>
+      </c>
+      <c r="H29">
+        <v>2017</v>
+      </c>
+      <c r="I29">
+        <v>2021</v>
+      </c>
+      <c r="J29" t="s">
+        <v>92</v>
+      </c>
+      <c r="K29" t="s">
+        <v>219</v>
+      </c>
+      <c r="L29" t="s">
+        <v>220</v>
+      </c>
+      <c r="M29" t="s">
+        <v>221</v>
+      </c>
+      <c r="N29" t="s">
+        <v>36</v>
+      </c>
+      <c r="O29" t="s">
+        <v>222</v>
+      </c>
+      <c r="P29" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>224</v>
+      </c>
+      <c r="B30" t="s">
+        <v>225</v>
+      </c>
+      <c r="C30" t="s">
+        <v>226</v>
+      </c>
+      <c r="D30" t="s">
+        <v>227</v>
+      </c>
+      <c r="E30" t="s">
+        <v>65</v>
+      </c>
+      <c r="F30" t="s">
+        <v>123</v>
+      </c>
+      <c r="G30" t="s">
+        <v>22</v>
+      </c>
+      <c r="H30">
+        <v>2015</v>
+      </c>
+      <c r="I30">
+        <v>2018</v>
+      </c>
+      <c r="J30" t="s">
+        <v>228</v>
+      </c>
+      <c r="K30" t="s">
         <v>24</v>
       </c>
-      <c r="N23" t="s">
-[...38 lines deleted...]
-      <c r="M24" t="s">
+      <c r="L30"/>
+      <c r="M30" t="s">
+        <v>229</v>
+      </c>
+      <c r="N30" t="s">
+        <v>27</v>
+      </c>
+      <c r="O30" t="s">
+        <v>230</v>
+      </c>
+      <c r="P30" t="s">
+        <v>231</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>232</v>
+      </c>
+      <c r="B31" t="s">
+        <v>233</v>
+      </c>
+      <c r="C31" t="s">
+        <v>234</v>
+      </c>
+      <c r="D31" t="s">
+        <v>42</v>
+      </c>
+      <c r="E31" t="s">
+        <v>65</v>
+      </c>
+      <c r="F31" t="s">
+        <v>100</v>
+      </c>
+      <c r="G31" t="s">
+        <v>22</v>
+      </c>
+      <c r="H31">
+        <v>2014</v>
+      </c>
+      <c r="I31">
+        <v>2016</v>
+      </c>
+      <c r="J31" t="s">
+        <v>101</v>
+      </c>
+      <c r="K31" t="s">
+        <v>235</v>
+      </c>
+      <c r="L31" t="s">
+        <v>236</v>
+      </c>
+      <c r="M31" t="s">
+        <v>237</v>
+      </c>
+      <c r="N31" t="s">
+        <v>27</v>
+      </c>
+      <c r="O31" t="s">
+        <v>238</v>
+      </c>
+      <c r="P31" t="s">
+        <v>239</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>240</v>
+      </c>
+      <c r="B32" t="s">
+        <v>241</v>
+      </c>
+      <c r="C32" t="s">
+        <v>81</v>
+      </c>
+      <c r="D32" t="s">
+        <v>82</v>
+      </c>
+      <c r="E32" t="s">
+        <v>65</v>
+      </c>
+      <c r="F32" t="s">
+        <v>66</v>
+      </c>
+      <c r="G32" t="s">
+        <v>22</v>
+      </c>
+      <c r="H32">
+        <v>1999</v>
+      </c>
+      <c r="I32">
+        <v>2012</v>
+      </c>
+      <c r="J32" t="s">
+        <v>210</v>
+      </c>
+      <c r="K32" t="s">
+        <v>34</v>
+      </c>
+      <c r="L32" t="s">
+        <v>242</v>
+      </c>
+      <c r="M32" t="s">
+        <v>243</v>
+      </c>
+      <c r="N32" t="s">
+        <v>27</v>
+      </c>
+      <c r="O32" t="s">
+        <v>244</v>
+      </c>
+      <c r="P32" t="s">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>246</v>
+      </c>
+      <c r="B33" t="s">
+        <v>247</v>
+      </c>
+      <c r="C33" t="s">
+        <v>81</v>
+      </c>
+      <c r="D33" t="s">
+        <v>82</v>
+      </c>
+      <c r="E33" t="s">
+        <v>65</v>
+      </c>
+      <c r="F33" t="s">
+        <v>66</v>
+      </c>
+      <c r="G33" t="s">
+        <v>22</v>
+      </c>
+      <c r="H33">
+        <v>2010</v>
+      </c>
+      <c r="I33">
+        <v>2012</v>
+      </c>
+      <c r="J33" t="s">
+        <v>210</v>
+      </c>
+      <c r="K33" t="s">
+        <v>34</v>
+      </c>
+      <c r="L33" t="s">
+        <v>248</v>
+      </c>
+      <c r="M33" t="s">
+        <v>243</v>
+      </c>
+      <c r="N33" t="s">
+        <v>27</v>
+      </c>
+      <c r="O33" t="s">
+        <v>249</v>
+      </c>
+      <c r="P33" t="s">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>251</v>
+      </c>
+      <c r="B34" t="s">
+        <v>252</v>
+      </c>
+      <c r="C34" t="s">
+        <v>253</v>
+      </c>
+      <c r="D34" t="s">
+        <v>42</v>
+      </c>
+      <c r="E34" t="s">
+        <v>20</v>
+      </c>
+      <c r="F34" t="s">
+        <v>100</v>
+      </c>
+      <c r="G34" t="s">
+        <v>22</v>
+      </c>
+      <c r="H34">
+        <v>2007</v>
+      </c>
+      <c r="I34">
+        <v>2011</v>
+      </c>
+      <c r="J34" t="s">
+        <v>101</v>
+      </c>
+      <c r="K34" t="s">
+        <v>34</v>
+      </c>
+      <c r="L34" t="s">
+        <v>254</v>
+      </c>
+      <c r="M34" t="s">
+        <v>255</v>
+      </c>
+      <c r="N34" t="s">
+        <v>27</v>
+      </c>
+      <c r="O34" t="s">
+        <v>256</v>
+      </c>
+      <c r="P34" t="s">
+        <v>257</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>258</v>
+      </c>
+      <c r="B35" t="s">
+        <v>259</v>
+      </c>
+      <c r="C35" t="s">
+        <v>260</v>
+      </c>
+      <c r="D35" t="s">
+        <v>261</v>
+      </c>
+      <c r="E35" t="s">
+        <v>20</v>
+      </c>
+      <c r="F35" t="s">
+        <v>123</v>
+      </c>
+      <c r="G35" t="s">
+        <v>22</v>
+      </c>
+      <c r="H35">
+        <v>2009</v>
+      </c>
+      <c r="I35">
+        <v>2016</v>
+      </c>
+      <c r="J35" t="s">
+        <v>33</v>
+      </c>
+      <c r="K35" t="s">
         <v>24</v>
       </c>
-      <c r="N24" t="s">
-[...50 lines deleted...]
-      <c r="C26" t="s">
+      <c r="L35"/>
+      <c r="M35" t="s">
+        <v>262</v>
+      </c>
+      <c r="N35" t="s">
+        <v>27</v>
+      </c>
+      <c r="O35" t="s">
+        <v>263</v>
+      </c>
+      <c r="P35" t="s">
+        <v>264</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>265</v>
+      </c>
+      <c r="B36" t="s">
+        <v>266</v>
+      </c>
+      <c r="C36" t="s">
+        <v>121</v>
+      </c>
+      <c r="D36" t="s">
+        <v>42</v>
+      </c>
+      <c r="E36" t="s">
         <v>65</v>
       </c>
-      <c r="D26" t="s">
-[...100 lines deleted...]
-      <c r="I28" t="s">
+      <c r="F36" t="s">
         <v>66</v>
       </c>
-      <c r="J28" t="s">
-[...123 lines deleted...]
-      <c r="H31">
+      <c r="G36" t="s">
+        <v>74</v>
+      </c>
+      <c r="H36">
         <v>2012</v>
       </c>
-      <c r="I31" t="s">
-[...187 lines deleted...]
-        <v>193</v>
+      <c r="I36"/>
+      <c r="J36" t="s">
+        <v>267</v>
+      </c>
+      <c r="K36" t="s">
+        <v>34</v>
+      </c>
+      <c r="L36" t="s">
+        <v>268</v>
+      </c>
+      <c r="M36" t="s">
+        <v>269</v>
+      </c>
+      <c r="N36" t="s">
+        <v>27</v>
+      </c>
+      <c r="O36" t="s">
+        <v>270</v>
+      </c>
+      <c r="P36" t="s">
+        <v>271</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>