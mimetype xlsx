--- v1 (2025-11-30)
+++ v2 (2026-03-13)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="272">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="274">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -173,63 +173,64 @@
   <si>
     <t>https://www.legislation.gov.uk/eur/2019/1782/contents</t>
   </si>
   <si>
     <t>European Union</t>
   </si>
   <si>
     <t>Entered into force, Revised, To Be Superseded</t>
   </si>
   <si>
     <t>September 2023</t>
   </si>
   <si>
     <t>European Commission - DG Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20191782-1-october-2019-laying-down-ecodesign-requirements</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=uriserv%3AOJ.L_.2019.272.01.0095.01.ENG&amp;toc=OJ%3AL%3A2019%3A272%3ATOC</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2025/2052 of 13 October 2025  laying down ecodesign requirements for external power supplies, wireless chargers, wireless charging pads, battery chargers for portable batteries of general use and USB Type-C cables</t>
   </si>
   <si>
-    <t>Laying down ecodesign requirements for external power supplies, wireless chargers, wireless charging pads, battery chargers for portable batteries of general use and USB Type-C cables.</t>
+    <t>Laying down ecodesign requirements for external power supplies, wireless chargers, wireless charging pads, battery chargers for portable batteries of general use and USB Type-C cables.
+This policy applies from the 14th December 2028, repealing Commission Regulation (EU) 2019/1782.</t>
   </si>
   <si>
     <t>Europe, European Union</t>
   </si>
   <si>
     <t>Battery Chargers, External Power Supply</t>
   </si>
   <si>
-    <t>Published, Revised</t>
-[...2 lines deleted...]
-    <t>November 2025</t>
+    <t>Published, New</t>
+  </si>
+  <si>
+    <t>December 2025</t>
   </si>
   <si>
     <t>87 FR 51221</t>
   </si>
   <si>
     <t>European Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20252052-13-october-2025-laying-down-ecodesign-requirements</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32025R2052&amp;qid=1763999035842</t>
   </si>
   <si>
     <t>CQC31-461236-2014. CQC Marking Certification: single voltage external AC-DC and AC-AC power supplies</t>
   </si>
   <si>
     <t>Applies to power supplies operating under under 220V and 50Hz;  which transfer AC grid's voltage to a fixed and single way low voltage DC current; no more than 36V; or low voltage AC; no more than 36V; and rated output power is no larger than 250W.</t>
   </si>
   <si>
     <t>China</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
@@ -338,50 +339,53 @@
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil</t>
   </si>
   <si>
     <t>Natural Resources Canada Office of Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-regulations-2016-sor2016-311</t>
   </si>
   <si>
     <t>https://laws-lois.justice.gc.ca/eng/regulations/SOR-2016-311/index.html</t>
   </si>
   <si>
     <t>GB 20943-2013 Minimum allowable values of energy efficiency and evaluating values of energy conservation for single voltage external AC-DC and AC-AC power supplies</t>
   </si>
   <si>
     <t>Applies to external power supplies which convert AC current with 220V and 50Hz to single voltage DC -no higher than 36V- or single voltage AC -no higher than 36V- current.It applies to products with rated output power no larger than 250W. Does NOT apply to DC-DC transformer.</t>
   </si>
   <si>
+    <t>Revised, To Be Superseded</t>
+  </si>
+  <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-20943-2013-minimum-allowable-values-energy-efficiency-and-evaluating-values-energy</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E686D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>Greenhouse and Energy Minimum Standards (External Power Supplies) Determination 2014</t>
   </si>
   <si>
     <t>Products covered include external power supply units with a nominal 230 V a.c. supply input and a single output at extra low voltage (ELV), either a.c. or d.c. and a maximum output of 250 W or 250 VA (see the standard for further details on products covered).</t>
   </si>
   <si>
     <t>Australia</t>
   </si>
   <si>
     <t>July 2025</t>
   </si>
   <si>
     <t>AS/NZS 4665.1:2005 AS/NZS 4665.2:2005 AS/NZS 4665</t>
   </si>
   <si>
     <t>Department of Climate Change and Energy Efficiency (DCCEE)</t>
@@ -555,50 +559,53 @@
     <t>Minimum Performance of external power supplies</t>
   </si>
   <si>
     <t>MEPS covers: Mains powered; dc and ac adaptors|power-packs with a single output of up to 250 W or VA  used to power or recharge separate low voltage electronic products; like laptops cellphones etc. They are often sold packaged with the product it will be used with - for examplel; a laptop computer normally comes with a power adaptor.</t>
   </si>
   <si>
     <t>New Zealand</t>
   </si>
   <si>
     <t>AS/NZS 4665.1:2005</t>
   </si>
   <si>
     <t>Energy Efficiency and Conservation Authority (EECA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-performance-external-power-supplies</t>
   </si>
   <si>
     <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/external-power-supplies-factsheet.pdf</t>
   </si>
   <si>
     <t>NOM-014-ENER-2004</t>
   </si>
   <si>
     <t>Standards NOM-014-ENER-2004 applies to single-phase squirrel cage air-cooled induction AC motors with a rated output of 0.180 kW to 1.500 kW, with single rotation frequency, 2, 4 or 6 poles, split phase or capacitor start, open or closed.</t>
+  </si>
+  <si>
+    <t>Revised, Superseded</t>
   </si>
   <si>
     <t>Comision Nacional para el Uso Eficiente de la Energia (CONUEE, National Commiss…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nom-014-ener-2004</t>
   </si>
   <si>
     <t>http://dof.gob.mx/nota_detalle.php?codigo=4919668&amp;fecha=19/04/2005</t>
   </si>
   <si>
     <t>NOM-014-ENER-2025, Energy efficiency of single-phase, induction, squirrel-cage, air-cooled alternating current electric motors with rated power from 0.180 kW to 2.238 kW</t>
   </si>
   <si>
     <t>This standard establishes the minimum energy efficiency values, the testing method, marking requirements, and conformity assessment procedure; applicable to alternating current, single-phase, induction, squirrel-cage, air-cooled electric motors, whether open or closed, continuous duty, single-speed, with rated power from 0.180 kW to 2.238 kW, with 2, 4, or 6 poles, split-phase, or capacitor-start, or with two capacitors, or with a permanently connected capacitor.</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>NOM-008-SE-2021
 ,   
                     IEC 60034-2-1:2024 Rotating electrical machines - Part 2-1
 ,   
                     IEEE 114-2010-IEEE</t>
@@ -1483,55 +1490,53 @@
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
         <v>52</v>
       </c>
       <c r="B6" t="s">
         <v>53</v>
       </c>
       <c r="C6" t="s">
         <v>54</v>
       </c>
       <c r="D6" t="s">
         <v>55</v>
       </c>
       <c r="E6" t="s">
         <v>20</v>
       </c>
       <c r="F6" t="s">
         <v>21</v>
       </c>
       <c r="G6" t="s">
         <v>56</v>
       </c>
       <c r="H6">
-        <v>2009</v>
-[...3 lines deleted...]
-      </c>
+        <v>2025</v>
+      </c>
+      <c r="I6"/>
       <c r="J6" t="s">
         <v>57</v>
       </c>
       <c r="K6" t="s">
         <v>34</v>
       </c>
       <c r="L6" t="s">
         <v>58</v>
       </c>
       <c r="M6" t="s">
         <v>59</v>
       </c>
       <c r="N6" t="s">
         <v>27</v>
       </c>
       <c r="O6" t="s">
         <v>60</v>
       </c>
       <c r="P6" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
         <v>62</v>
@@ -1766,1242 +1771,1242 @@
       </c>
       <c r="P11" t="s">
         <v>105</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
         <v>106</v>
       </c>
       <c r="B12" t="s">
         <v>107</v>
       </c>
       <c r="C12" t="s">
         <v>64</v>
       </c>
       <c r="D12" t="s">
         <v>42</v>
       </c>
       <c r="E12" t="s">
         <v>20</v>
       </c>
       <c r="F12" t="s">
         <v>21</v>
       </c>
       <c r="G12" t="s">
-        <v>22</v>
+        <v>108</v>
       </c>
       <c r="H12">
         <v>2007</v>
       </c>
       <c r="I12">
-        <v>2014</v>
+        <v>2013</v>
       </c>
       <c r="J12" t="s">
         <v>67</v>
       </c>
       <c r="K12" t="s">
         <v>34</v>
       </c>
       <c r="L12" t="s">
         <v>68</v>
       </c>
       <c r="M12" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="N12" t="s">
         <v>36</v>
       </c>
       <c r="O12" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="P12" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="B13" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="C13" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="D13" t="s">
         <v>42</v>
       </c>
       <c r="E13" t="s">
         <v>20</v>
       </c>
       <c r="F13" t="s">
         <v>21</v>
       </c>
       <c r="G13" t="s">
         <v>22</v>
       </c>
       <c r="H13">
         <v>2005</v>
       </c>
       <c r="I13">
         <v>2014</v>
       </c>
       <c r="J13" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="K13" t="s">
         <v>34</v>
       </c>
       <c r="L13" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="M13" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="N13" t="s">
         <v>27</v>
       </c>
       <c r="O13" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="P13" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="B14" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="C14" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="D14" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="E14" t="s">
         <v>65</v>
       </c>
       <c r="F14" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="G14" t="s">
         <v>74</v>
       </c>
       <c r="H14">
         <v>2022</v>
       </c>
       <c r="I14"/>
       <c r="J14" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="K14" t="s">
         <v>34</v>
       </c>
       <c r="L14" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="M14" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="N14" t="s">
         <v>27</v>
       </c>
       <c r="O14" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="P14" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="B15" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="C15" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="D15" t="s">
         <v>82</v>
       </c>
       <c r="E15" t="s">
         <v>65</v>
       </c>
       <c r="F15" t="s">
         <v>66</v>
       </c>
       <c r="G15" t="s">
         <v>22</v>
       </c>
       <c r="H15">
         <v>1996</v>
       </c>
       <c r="I15">
         <v>2012</v>
       </c>
       <c r="J15" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="K15" t="s">
         <v>34</v>
       </c>
       <c r="L15"/>
       <c r="M15" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="N15" t="s">
         <v>27</v>
       </c>
       <c r="O15" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="P15" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="B16" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="C16" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="D16" t="s">
         <v>82</v>
       </c>
       <c r="E16" t="s">
         <v>20</v>
       </c>
       <c r="F16" t="s">
         <v>100</v>
       </c>
       <c r="G16" t="s">
         <v>22</v>
       </c>
       <c r="H16">
         <v>2012</v>
       </c>
       <c r="I16">
         <v>2012</v>
       </c>
       <c r="J16" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="K16" t="s">
         <v>34</v>
       </c>
       <c r="L16" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="M16" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="N16" t="s">
         <v>27</v>
       </c>
       <c r="O16" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="P16" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="B17" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="C17" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="D17" t="s">
         <v>42</v>
       </c>
       <c r="E17" t="s">
         <v>20</v>
       </c>
       <c r="F17" t="s">
         <v>21</v>
       </c>
       <c r="G17" t="s">
         <v>22</v>
       </c>
       <c r="H17">
         <v>2013</v>
       </c>
       <c r="I17">
         <v>2014</v>
       </c>
       <c r="J17" t="s">
         <v>67</v>
       </c>
       <c r="K17" t="s">
         <v>34</v>
       </c>
       <c r="L17" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="M17" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="N17" t="s">
         <v>27</v>
       </c>
       <c r="O17" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="P17" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="B18" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="C18" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="D18" t="s">
         <v>91</v>
       </c>
       <c r="E18" t="s">
         <v>20</v>
       </c>
       <c r="F18" t="s">
         <v>21</v>
       </c>
       <c r="G18" t="s">
         <v>74</v>
       </c>
       <c r="H18">
         <v>2022</v>
       </c>
       <c r="I18"/>
       <c r="J18" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="K18" t="s">
         <v>34</v>
       </c>
       <c r="L18"/>
       <c r="M18" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="N18" t="s">
         <v>36</v>
       </c>
       <c r="O18" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="P18" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="B19" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="C19" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="D19" t="s">
         <v>82</v>
       </c>
       <c r="E19" t="s">
         <v>65</v>
       </c>
       <c r="F19" t="s">
         <v>21</v>
       </c>
       <c r="G19" t="s">
         <v>22</v>
       </c>
       <c r="H19">
         <v>1981</v>
       </c>
       <c r="I19">
         <v>2002</v>
       </c>
       <c r="J19" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="K19" t="s">
         <v>34</v>
       </c>
       <c r="L19"/>
       <c r="M19" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="N19" t="s">
         <v>36</v>
       </c>
       <c r="O19" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="P19" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="B20" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="C20" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="D20" t="s">
         <v>42</v>
       </c>
       <c r="E20" t="s">
         <v>20</v>
       </c>
       <c r="F20" t="s">
         <v>21</v>
       </c>
       <c r="G20" t="s">
         <v>74</v>
       </c>
       <c r="H20">
         <v>2009</v>
       </c>
       <c r="I20"/>
       <c r="J20" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="K20" t="s">
         <v>34</v>
       </c>
       <c r="L20"/>
       <c r="M20" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="N20" t="s">
         <v>27</v>
       </c>
       <c r="O20" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="P20" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="B21" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="C21" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="D21" t="s">
         <v>82</v>
       </c>
       <c r="E21" t="s">
         <v>20</v>
       </c>
       <c r="F21" t="s">
         <v>21</v>
       </c>
       <c r="G21" t="s">
         <v>74</v>
       </c>
       <c r="H21">
         <v>2002</v>
       </c>
       <c r="I21"/>
       <c r="J21" t="s">
         <v>101</v>
       </c>
       <c r="K21" t="s">
         <v>34</v>
       </c>
       <c r="L21"/>
       <c r="M21" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="N21" t="s">
         <v>27</v>
       </c>
       <c r="O21" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="P21"/>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="B22" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="C22" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="D22" t="s">
         <v>42</v>
       </c>
       <c r="E22" t="s">
         <v>20</v>
       </c>
       <c r="F22" t="s">
         <v>21</v>
       </c>
       <c r="G22" t="s">
         <v>22</v>
       </c>
       <c r="H22">
         <v>2005</v>
       </c>
       <c r="I22">
         <v>2011</v>
       </c>
       <c r="J22" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="K22" t="s">
         <v>34</v>
       </c>
       <c r="L22" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="M22" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="N22" t="s">
         <v>27</v>
       </c>
       <c r="O22" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="P22" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="B23" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="C23" t="s">
         <v>81</v>
       </c>
       <c r="D23" t="s">
         <v>82</v>
       </c>
       <c r="E23" t="s">
         <v>20</v>
       </c>
       <c r="F23" t="s">
         <v>21</v>
       </c>
       <c r="G23" t="s">
-        <v>22</v>
+        <v>182</v>
       </c>
       <c r="H23">
         <v>1997</v>
       </c>
       <c r="I23">
         <v>2005</v>
       </c>
       <c r="J23" t="s">
         <v>84</v>
       </c>
       <c r="K23" t="s">
         <v>34</v>
       </c>
       <c r="L23"/>
       <c r="M23" t="s">
-        <v>181</v>
+        <v>183</v>
       </c>
       <c r="N23" t="s">
         <v>36</v>
       </c>
       <c r="O23" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
       <c r="P23" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="B24" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C24" t="s">
         <v>81</v>
       </c>
       <c r="D24" t="s">
         <v>82</v>
       </c>
       <c r="E24" t="s">
         <v>20</v>
       </c>
       <c r="F24" t="s">
         <v>21</v>
       </c>
       <c r="G24" t="s">
-        <v>8</v>
+        <v>22</v>
       </c>
       <c r="H24">
         <v>2004</v>
       </c>
       <c r="I24">
         <v>2025</v>
       </c>
       <c r="J24" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="K24" t="s">
         <v>34</v>
       </c>
       <c r="L24" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="M24" t="s">
-        <v>181</v>
+        <v>183</v>
       </c>
       <c r="N24" t="s">
         <v>27</v>
       </c>
       <c r="O24" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="P24" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="B25" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
       <c r="C25" t="s">
         <v>81</v>
       </c>
       <c r="D25" t="s">
         <v>42</v>
       </c>
       <c r="E25" t="s">
         <v>20</v>
       </c>
       <c r="F25" t="s">
         <v>21</v>
       </c>
       <c r="G25" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="H25">
         <v>2017</v>
       </c>
       <c r="I25"/>
       <c r="J25" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="K25" t="s">
         <v>34</v>
       </c>
       <c r="L25" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="M25" t="s">
-        <v>181</v>
+        <v>183</v>
       </c>
       <c r="N25" t="s">
         <v>27</v>
       </c>
       <c r="O25" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="P25" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
       <c r="B26" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
       <c r="C26" t="s">
         <v>81</v>
       </c>
       <c r="D26" t="s">
         <v>82</v>
       </c>
       <c r="E26" t="s">
         <v>20</v>
       </c>
       <c r="F26" t="s">
         <v>21</v>
       </c>
       <c r="G26" t="s">
         <v>74</v>
       </c>
       <c r="H26">
         <v>2021</v>
       </c>
       <c r="I26"/>
       <c r="J26" t="s">
         <v>84</v>
       </c>
       <c r="K26" t="s">
         <v>34</v>
       </c>
       <c r="L26"/>
       <c r="M26" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="N26" t="s">
         <v>36</v>
       </c>
       <c r="O26" t="s">
-        <v>199</v>
+        <v>201</v>
       </c>
       <c r="P26" t="s">
-        <v>200</v>
+        <v>202</v>
       </c>
     </row>
     <row r="27" spans="1:16">
       <c r="A27" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
       <c r="B27" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="C27" t="s">
         <v>90</v>
       </c>
       <c r="D27" t="s">
         <v>91</v>
       </c>
       <c r="E27" t="s">
         <v>20</v>
       </c>
       <c r="F27" t="s">
         <v>100</v>
       </c>
       <c r="G27" t="s">
         <v>74</v>
       </c>
       <c r="H27">
         <v>2014</v>
       </c>
       <c r="I27">
         <v>2024</v>
       </c>
       <c r="J27" t="s">
-        <v>203</v>
+        <v>205</v>
       </c>
       <c r="K27" t="s">
         <v>34</v>
       </c>
       <c r="L27" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
       <c r="M27" t="s">
         <v>93</v>
       </c>
       <c r="N27" t="s">
         <v>27</v>
       </c>
       <c r="O27" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
       <c r="P27" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
     </row>
     <row r="28" spans="1:16">
       <c r="A28" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="B28" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="C28" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
       <c r="D28" t="s">
         <v>91</v>
       </c>
       <c r="E28" t="s">
         <v>20</v>
       </c>
       <c r="F28" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="G28" t="s">
         <v>74</v>
       </c>
       <c r="H28">
         <v>2015</v>
       </c>
       <c r="I28"/>
       <c r="J28" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="K28" t="s">
         <v>34</v>
       </c>
       <c r="L28" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="M28" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="N28" t="s">
         <v>27</v>
       </c>
       <c r="O28" t="s">
-        <v>213</v>
+        <v>215</v>
       </c>
       <c r="P28" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" t="s">
-        <v>215</v>
+        <v>217</v>
       </c>
       <c r="B29" t="s">
-        <v>216</v>
+        <v>218</v>
       </c>
       <c r="C29" t="s">
-        <v>217</v>
+        <v>219</v>
       </c>
       <c r="D29" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
       <c r="E29" t="s">
         <v>20</v>
       </c>
       <c r="F29" t="s">
         <v>100</v>
       </c>
       <c r="G29" t="s">
         <v>22</v>
       </c>
       <c r="H29">
         <v>2017</v>
       </c>
       <c r="I29">
         <v>2021</v>
       </c>
       <c r="J29" t="s">
         <v>92</v>
       </c>
       <c r="K29" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
       <c r="L29" t="s">
-        <v>220</v>
+        <v>222</v>
       </c>
       <c r="M29" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
       <c r="N29" t="s">
         <v>36</v>
       </c>
       <c r="O29" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
       <c r="P29" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
     </row>
     <row r="30" spans="1:16">
       <c r="A30" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="B30" t="s">
-        <v>225</v>
+        <v>227</v>
       </c>
       <c r="C30" t="s">
-        <v>226</v>
+        <v>228</v>
       </c>
       <c r="D30" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="E30" t="s">
         <v>65</v>
       </c>
       <c r="F30" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="G30" t="s">
         <v>22</v>
       </c>
       <c r="H30">
         <v>2015</v>
       </c>
       <c r="I30">
         <v>2018</v>
       </c>
       <c r="J30" t="s">
-        <v>228</v>
+        <v>230</v>
       </c>
       <c r="K30" t="s">
         <v>24</v>
       </c>
       <c r="L30"/>
       <c r="M30" t="s">
-        <v>229</v>
+        <v>231</v>
       </c>
       <c r="N30" t="s">
         <v>27</v>
       </c>
       <c r="O30" t="s">
-        <v>230</v>
+        <v>232</v>
       </c>
       <c r="P30" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
     </row>
     <row r="31" spans="1:16">
       <c r="A31" t="s">
-        <v>232</v>
+        <v>234</v>
       </c>
       <c r="B31" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="C31" t="s">
-        <v>234</v>
+        <v>236</v>
       </c>
       <c r="D31" t="s">
         <v>42</v>
       </c>
       <c r="E31" t="s">
         <v>65</v>
       </c>
       <c r="F31" t="s">
         <v>100</v>
       </c>
       <c r="G31" t="s">
         <v>22</v>
       </c>
       <c r="H31">
         <v>2014</v>
       </c>
       <c r="I31">
         <v>2016</v>
       </c>
       <c r="J31" t="s">
         <v>101</v>
       </c>
       <c r="K31" t="s">
-        <v>235</v>
+        <v>237</v>
       </c>
       <c r="L31" t="s">
-        <v>236</v>
+        <v>238</v>
       </c>
       <c r="M31" t="s">
-        <v>237</v>
+        <v>239</v>
       </c>
       <c r="N31" t="s">
         <v>27</v>
       </c>
       <c r="O31" t="s">
-        <v>238</v>
+        <v>240</v>
       </c>
       <c r="P31" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
     </row>
     <row r="32" spans="1:16">
       <c r="A32" t="s">
-        <v>240</v>
+        <v>242</v>
       </c>
       <c r="B32" t="s">
-        <v>241</v>
+        <v>243</v>
       </c>
       <c r="C32" t="s">
         <v>81</v>
       </c>
       <c r="D32" t="s">
         <v>82</v>
       </c>
       <c r="E32" t="s">
         <v>65</v>
       </c>
       <c r="F32" t="s">
         <v>66</v>
       </c>
       <c r="G32" t="s">
         <v>22</v>
       </c>
       <c r="H32">
         <v>1999</v>
       </c>
       <c r="I32">
         <v>2012</v>
       </c>
       <c r="J32" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="K32" t="s">
         <v>34</v>
       </c>
       <c r="L32" t="s">
-        <v>242</v>
+        <v>244</v>
       </c>
       <c r="M32" t="s">
-        <v>243</v>
+        <v>245</v>
       </c>
       <c r="N32" t="s">
         <v>27</v>
       </c>
       <c r="O32" t="s">
-        <v>244</v>
+        <v>246</v>
       </c>
       <c r="P32" t="s">
-        <v>245</v>
+        <v>247</v>
       </c>
     </row>
     <row r="33" spans="1:16">
       <c r="A33" t="s">
-        <v>246</v>
+        <v>248</v>
       </c>
       <c r="B33" t="s">
-        <v>247</v>
+        <v>249</v>
       </c>
       <c r="C33" t="s">
         <v>81</v>
       </c>
       <c r="D33" t="s">
         <v>82</v>
       </c>
       <c r="E33" t="s">
         <v>65</v>
       </c>
       <c r="F33" t="s">
         <v>66</v>
       </c>
       <c r="G33" t="s">
         <v>22</v>
       </c>
       <c r="H33">
         <v>2010</v>
       </c>
       <c r="I33">
         <v>2012</v>
       </c>
       <c r="J33" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="K33" t="s">
         <v>34</v>
       </c>
       <c r="L33" t="s">
-        <v>248</v>
+        <v>250</v>
       </c>
       <c r="M33" t="s">
-        <v>243</v>
+        <v>245</v>
       </c>
       <c r="N33" t="s">
         <v>27</v>
       </c>
       <c r="O33" t="s">
-        <v>249</v>
+        <v>251</v>
       </c>
       <c r="P33" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
     </row>
     <row r="34" spans="1:16">
       <c r="A34" t="s">
-        <v>251</v>
+        <v>253</v>
       </c>
       <c r="B34" t="s">
-        <v>252</v>
+        <v>254</v>
       </c>
       <c r="C34" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="D34" t="s">
         <v>42</v>
       </c>
       <c r="E34" t="s">
         <v>20</v>
       </c>
       <c r="F34" t="s">
         <v>100</v>
       </c>
       <c r="G34" t="s">
         <v>22</v>
       </c>
       <c r="H34">
         <v>2007</v>
       </c>
       <c r="I34">
         <v>2011</v>
       </c>
       <c r="J34" t="s">
         <v>101</v>
       </c>
       <c r="K34" t="s">
         <v>34</v>
       </c>
       <c r="L34" t="s">
-        <v>254</v>
+        <v>256</v>
       </c>
       <c r="M34" t="s">
-        <v>255</v>
+        <v>257</v>
       </c>
       <c r="N34" t="s">
         <v>27</v>
       </c>
       <c r="O34" t="s">
-        <v>256</v>
+        <v>258</v>
       </c>
       <c r="P34" t="s">
-        <v>257</v>
+        <v>259</v>
       </c>
     </row>
     <row r="35" spans="1:16">
       <c r="A35" t="s">
-        <v>258</v>
+        <v>260</v>
       </c>
       <c r="B35" t="s">
-        <v>259</v>
+        <v>261</v>
       </c>
       <c r="C35" t="s">
-        <v>260</v>
+        <v>262</v>
       </c>
       <c r="D35" t="s">
-        <v>261</v>
+        <v>263</v>
       </c>
       <c r="E35" t="s">
         <v>20</v>
       </c>
       <c r="F35" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="G35" t="s">
         <v>22</v>
       </c>
       <c r="H35">
         <v>2009</v>
       </c>
       <c r="I35">
         <v>2016</v>
       </c>
       <c r="J35" t="s">
         <v>33</v>
       </c>
       <c r="K35" t="s">
         <v>24</v>
       </c>
       <c r="L35"/>
       <c r="M35" t="s">
-        <v>262</v>
+        <v>264</v>
       </c>
       <c r="N35" t="s">
         <v>27</v>
       </c>
       <c r="O35" t="s">
-        <v>263</v>
+        <v>265</v>
       </c>
       <c r="P35" t="s">
-        <v>264</v>
+        <v>266</v>
       </c>
     </row>
     <row r="36" spans="1:16">
       <c r="A36" t="s">
-        <v>265</v>
+        <v>267</v>
       </c>
       <c r="B36" t="s">
-        <v>266</v>
+        <v>268</v>
       </c>
       <c r="C36" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="D36" t="s">
         <v>42</v>
       </c>
       <c r="E36" t="s">
         <v>65</v>
       </c>
       <c r="F36" t="s">
         <v>66</v>
       </c>
       <c r="G36" t="s">
         <v>74</v>
       </c>
       <c r="H36">
         <v>2012</v>
       </c>
       <c r="I36"/>
       <c r="J36" t="s">
-        <v>267</v>
+        <v>269</v>
       </c>
       <c r="K36" t="s">
         <v>34</v>
       </c>
       <c r="L36" t="s">
-        <v>268</v>
+        <v>270</v>
       </c>
       <c r="M36" t="s">
-        <v>269</v>
+        <v>271</v>
       </c>
       <c r="N36" t="s">
         <v>27</v>
       </c>
       <c r="O36" t="s">
-        <v>270</v>
+        <v>272</v>
       </c>
       <c r="P36" t="s">
-        <v>271</v>
+        <v>273</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">