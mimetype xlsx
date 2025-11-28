--- v0 (2025-10-11)
+++ v1 (2025-11-28)
@@ -12,604 +12,810 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="169">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="237">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>10 CFR 430—Energy Conservation Program for Consumer Products</t>
   </si>
   <si>
+    <t>Conventional cooking top means a class of cooking products which is a household cooking appliance consisting of a horizontal surface containing one or more surface units which utilize a gas flame; electric resistance heating; or electric inductive heating.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Electronics, Uninterruptable Power Supply, Battery Chargers, External Power Supply, Dehumidifiers, Air Cleaners, Ovens, Microwaves, Dishwashers, Clothes Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Ceiling Fans, Duct Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Showers or Showerheads, Urinals, Taps or Faucets, Distribution Transformers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>10 CFR 430 Subpart B</t>
   </si>
   <si>
     <t>U.S. Department of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/10-cfr-430-energy-conservation-program-consumer-products</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-430</t>
+  </si>
+  <si>
     <t>10 CFR 431—Energy Efficiency Program For Certain Commercial And Industrial Equipment</t>
   </si>
   <si>
+    <t>Commercial warm air furnace means a warm air furnace that is industrial equipment and that has a capacity -rated maximum input- of 225000 Btu per hour or more.  A warm air furnace is defined as a self-contained oil-fired or gas-fired furnace designed to supply heated air through ducts to spaces that require it and includes combination warm air furnace or electric air conditioning units but does not include unit heaters and duct furnaces.</t>
+  </si>
+  <si>
     <t>Washing Machines, Streetlighting, Air Compressors, 3-Phase Motors, 1-Phase Motors, Heat Pumps, Boilers and Furnaces, Portable ACs, Packaged Terminals, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Building Circulator Pumps, Pump Systems, Pool Pumps, Power Transformers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>10 CFR 431 and product-specific Subparts</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/10-cfr-431-energy-efficiency-program-certain-commercial-and-industrial-equipment</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-431</t>
+  </si>
+  <si>
     <t>CEL-019. Air Compressor -Displacement Air Compressor</t>
   </si>
   <si>
+    <t>The following types of air compressors are covered under this policy: Direct drive portable reciprocating piston air compressors; Reciprocating piston micro air compressors; Oil-free reciprocating piston air compressors; Stationary reciprocating piston air compressors for general use; Oil injected screw air compressors for general use; Oil injected single screw air compressors for general use, and Oil flooded sliding vane air compressor for general use.</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Air Compressors</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>July 2021</t>
   </si>
   <si>
     <t>GB-T 3853-1998</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-019-air-compressor-displacement-air-compressor</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/6%E9%99%84%E4%BB%B621_%E5%AE%B9%E7%A7%AF%E5%BC%8F%E7%A9%BA%E6%B0%94%E5%8E%8B%E7%BC%A9%E6%9C%BA%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/1782 of 1 October 2019 laying down ecodesign requirements for external power supplies</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements related to electric power consumption in no-load condition and average active efficiency of external power supplies.  Exclusions: this Regulation shall not apply to:   a. voltage converters;   b. uninterruptible power supplies;   c. battery chargers;     d. halogen lighting converters;   e. external power supplies for medical devices;   f. external power supplies placed on the market no later than 30 June 2015 as a service part or spare part for an identical external power supply which was placed on the market not later than one year after this Regulation has come into force; under the condition that the service part or spare part; or its packaging; clearly indicates the primary load products for which the spare part or service part is intended to be used with.</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>External Power Supply</t>
   </si>
   <si>
     <t>October 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20191782-1-october-2019-laying-down-ecodesign-requirements-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2019/1782/contents</t>
+  </si>
+  <si>
     <t>European Union</t>
   </si>
   <si>
+    <t>Entered into force, Revised, To Be Superseded</t>
+  </si>
+  <si>
     <t>September 2023</t>
   </si>
   <si>
     <t>European Commission - DG Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20191782-1-october-2019-laying-down-ecodesign-requirements</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=uriserv%3AOJ.L_.2019.272.01.0095.01.ENG&amp;toc=OJ%3AL%3A2019%3A272%3ATOC</t>
+  </si>
+  <si>
+    <t>Commission Regulation (EU) 2025/2052 of 13 October 2025  laying down ecodesign requirements for external power supplies, wireless chargers, wireless charging pads, battery chargers for portable batteries of general use and USB Type-C cables</t>
+  </si>
+  <si>
+    <t>Laying down ecodesign requirements for external power supplies, wireless chargers, wireless charging pads, battery chargers for portable batteries of general use and USB Type-C cables.</t>
+  </si>
+  <si>
+    <t>Europe, European Union</t>
+  </si>
+  <si>
+    <t>Battery Chargers, External Power Supply</t>
+  </si>
+  <si>
+    <t>Published, Revised</t>
+  </si>
+  <si>
+    <t>November 2025</t>
+  </si>
+  <si>
+    <t>87 FR 51221</t>
+  </si>
+  <si>
+    <t>European Commission</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20252052-13-october-2025-laying-down-ecodesign-requirements</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32025R2052&amp;qid=1763999035842</t>
+  </si>
+  <si>
     <t>CQC31-439132-2009. CQC Mark Certification - Refrigerant compressors used in air-conditioning applications</t>
   </si>
   <si>
+    <t>This policy applies to wholly-closed electric motor-compressor wholly-closed turbine type cooling compressor piston type single stage cooling compressor and screw type cooling compressor.</t>
+  </si>
+  <si>
     <t>Refrigerant Compressors</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>CQC 2209-2009</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-439132-2009-cqc-mark-certification-refrigerant-compressors-used-air-conditioning</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-08-13/492739.shtml</t>
+  </si>
+  <si>
     <t>CQC31-461236-2014. CQC Marking Certification: single voltage external AC-DC and AC-AC power supplies</t>
   </si>
   <si>
+    <t>Applies to power supplies operating under under 220V and 50Hz;  which transfer AC grid's voltage to a fixed and single way low voltage DC current; no more than 36V; or low voltage AC; no more than 36V; and rated output power is no larger than 250W.</t>
+  </si>
+  <si>
     <t>GB 20943-2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-461236-2014-cqc-marking-certification-single-voltage-external-ac-dc-and-ac-ac-power</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492783.shtml</t>
+  </si>
+  <si>
     <t>CQC31-464245-2018. Energy Conservation Certification Rules for Electric Vehicle Off-Board Charger</t>
   </si>
   <si>
+    <t>Apply to electric vehicle off-board charger</t>
+  </si>
+  <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>CQC 3170-2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-464245-2018-energy-conservation-certification-rules-electric-vehicle-board-charger</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-04-26/554396.shtml</t>
+  </si>
+  <si>
     <t>Energy Efficiency Regulations, 2016 (SOR/2016-311)</t>
   </si>
   <si>
+    <t>This policy is divided into 14 divisions: 1) household appliances, 2) air conditioners, condensing units, and chillers, 3) heat pumps, 4) furnaces, fireplaces, unit heaters, and recovery ventilators, 5) boilers, 6) water heaters, 7) lamps and lamp ballasts, 8) lighting fixtures, 9) electronic products, 10) commercial refrigeration, 11) dry-type transformers, 12) motors, 13) commercial pre-rinse spray valves, and 14) pumps.</t>
+  </si>
+  <si>
     <t>Canada</t>
   </si>
   <si>
     <t>Audio-Visual, Televisions, Displays, Battery Chargers, External Power Supply, Dehumidifiers, Ovens, Microwaves, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washer and Dryers, Washing Machines, Indoor Luminaires, Specialty Luminaires, Specialty Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Ventilation, Ceiling Fans, Space Heating, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Portable ACs, Packaged Terminals, Chillers - Cooler Towers, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Pump Systems, Power Transformers, Distribution Transformers, Wine Chillers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil</t>
   </si>
   <si>
     <t>Natural Resources Canada Office of Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-regulations-2016-sor2016-311</t>
   </si>
   <si>
+    <t>https://laws-lois.justice.gc.ca/eng/regulations/SOR-2016-311/index.html</t>
+  </si>
+  <si>
     <t>GB 19153-2019 Minimum Allowable Values of Energy Efficiency and Energy Efficiency Grades for Displacement Air Compressors</t>
   </si>
   <si>
+    <t>The following types of air compressors are covered: Direct drive portable reciprocating piston air compressors; Reciprocating piston micro air compressors; Oil-free reciprocating piston air compressors; Stationary reciprocating piston air compressors for general use; Oil injected screw air compressors for general use; Oil injected single screw air compressors for general use, and Oil flooded sliding vane air compressor for general use.</t>
+  </si>
+  <si>
     <t>GB/T 3853; GB/T 4975; GB/T 13279; GB/T 13928; GB/T26967; JB/T 4253; JB/T 6430; JB/T 7662; JB/T 8933; JB/T 8934; JB/T 9107; JB/T 10972; JB/T 11423; JB/T 13345</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-19153-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9B70DDA94001A80CE05397BE0A0A84AC</t>
+  </si>
+  <si>
     <t>GB 20943-2013 Minimum allowable values of energy efficiency and evaluating values of energy conservation for single voltage external AC-DC and AC-AC power supplies</t>
   </si>
   <si>
+    <t>Applies to external power supplies which convert AC current with 220V and 50Hz to single voltage DC -no higher than 36V- or single voltage AC -no higher than 36V- current.It applies to products with rated output power no larger than 250W. Does NOT apply to DC-DC transformer.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/gb-20943-2013-minimum-allowable-values-energy-efficiency-and-evaluating-values-energy</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E686D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 35971-2018 Minimum allowable values of the energy efficiency and energy efficiency grades for hermetic motor-compressor in room air conditioners</t>
   </si>
   <si>
+    <t>This policy covers hermetic motor-compressors in room air conditioners.</t>
+  </si>
+  <si>
     <t>GB/T 5773; GB/T 15765-2014</t>
   </si>
   <si>
     <t>The Standardisation Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-35971-2018-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D82889D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB/T45785—2025 Evaluation of Energy Performance for Compressed Air Stations</t>
   </si>
   <si>
+    <t>This voluntary standard applies to compressed air stations consisting of air compressors driven by electric motors, with discharge pressures ranging from 0.25 MPa to 1.6 MPa, an air supply flow rate of no less than 4 m³/min, and a total operating power of no less than 37 kW.</t>
+  </si>
+  <si>
     <t>Asia and Pacific, China</t>
+  </si>
+  <si>
+    <t>New</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>GB/T16665
 ,</t>
   </si>
   <si>
     <t>National Technical Committee on Compressor Standardization</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gbt45785-2025-evaluation-energy-performance-compressed-air-stations</t>
   </si>
   <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=36DE96AA3EC8CD71E06397BE0A0A23D9</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (External Power Supplies) Determination 2014</t>
   </si>
   <si>
+    <t>Products covered include external power supply units with a nominal 230 V a.c. supply input and a single output at extra low voltage (ELV), either a.c. or d.c. and a maximum output of 250 W or 250 VA (see the standard for further details on products covered).</t>
+  </si>
+  <si>
     <t>Australia</t>
   </si>
   <si>
     <t>July 2025</t>
   </si>
   <si>
     <t>AS/NZS 4665.1:2005 AS/NZS 4665.2:2005 AS/NZS 4665</t>
   </si>
   <si>
     <t>Department of Climate Change and Energy Efficiency (DCCEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenhouse-and-energy-minimum-standards-external-power-supplies-determination-2014</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Series/F2014L01580</t>
+  </si>
+  <si>
     <t>ISIRI 10639: 2007,1st edition -Technical specifications and test method for energy consumption and energy labeling instruction</t>
   </si>
   <si>
+    <t>Residential hermetic compressor -one level, positive displacement compressor. Does not include high pressure hermetic compressor</t>
+  </si>
+  <si>
     <t>Iran</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>ISIRI NS 4335</t>
   </si>
   <si>
     <t>Institute of Standards and Industrial Research of Iran (ISIRI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-10639-20071st-edition-technical-specifications-and-test-method-energy-consumption</t>
   </si>
   <si>
+    <t>http://isiri.gov.ir/portal/home/?135546/%D8%A7%D8%B7%D9%84%D8%A7%D8%B9%D8%A7%D8%AA-%D9%85%D8%B1%D8%A8%D9%88%D8%B7-%D8%A8%D9%87-%D8%A7%D8%B3%D8%AA%D8%A7%D9%86%D8%AF%D8%A7%D8%B1%D8%AF%D9%87%D8%A7%DB%8C-%D8%A8%D8%B1%DA%86%D8%B3%D8%A8-%D8%A7%D9%86%D8%B1%DA%98%</t>
+  </si>
+  <si>
     <t>JS 2111:2013 Technical Regulation on eco-design requirements for no-load condition electric power consumption and average active efficiency of external power supplies</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements related to electric power consumption in no-load condition and average active efficiency of external power supplies.</t>
+  </si>
+  <si>
     <t>Jordan</t>
   </si>
   <si>
     <t>JS 2092</t>
   </si>
   <si>
     <t>National Energy Research Centre (NERC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/js-21112013-technical-regulation-eco-design-requirements-no-load-condition-electric-power</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5471</t>
+  </si>
+  <si>
     <t>MEPS for Adapter Charger</t>
   </si>
   <si>
+    <t>For using with mobile phone, notebook, speaker for computer, LCD monitor,printer, PDA, camcorder, digital camera, audio, DVD player, MP3, PMP,portable CD player, set-top box, wire-wireless phone, modem, all AC-DC orAC-AC external power supply shall be included.</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-adapter-charger-0</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_2.asp</t>
+  </si>
+  <si>
     <t>Minimum Energy Performance Standards for Air Compressors</t>
   </si>
   <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standards-air-compressors</t>
   </si>
   <si>
+    <t>https://www.moeaboe.gov.tw/ECW/english/content/Content.aspx?menu_id=1535</t>
+  </si>
+  <si>
     <t>Minimum Performance of external power supplies</t>
   </si>
   <si>
+    <t>MEPS covers: Mains powered; dc and ac adaptors|power-packs with a single output of up to 250 W or VA  used to power or recharge separate low voltage electronic products; like laptops cellphones etc. They are often sold packaged with the product it will be used with - for examplel; a laptop computer normally comes with a power adaptor.</t>
+  </si>
+  <si>
     <t>New Zealand</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>AS/NZS 4665.1:2005</t>
   </si>
   <si>
     <t>Energy Efficiency and Conservation Authority (EECA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-performance-external-power-supplies</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/external-power-supplies-factsheet.pdf</t>
+  </si>
+  <si>
     <t>Ministry of Industry and Trade Decree N 769</t>
   </si>
   <si>
+    <t>Electric water heaters accumulative; Household Electric boilers</t>
+  </si>
+  <si>
     <t>Russia</t>
   </si>
   <si>
     <t>Imaging Equipment, Televisions, Displays, Ovens, Microwaves, Dishwashers, Washer and Dryers, Non-Directional lamps, Elevators, Boilers and Furnaces, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>GOST 21766-87, GOST 21552-84</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade of the Russian Federation</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministry-industry-and-trade-decree-n-769</t>
   </si>
   <si>
+    <t>http://www.consultant.ru/document/cons_doc_LAW_109983/c3f92e3c0a2fd053673311fdef9e3ee11b1609f9/</t>
+  </si>
+  <si>
     <t>NOM-012-ENER-2019, Energy Efficiency of Condensing and Evaporating Units for Refrigeration</t>
+  </si>
+  <si>
+    <t>This standard establishes the energy efficiency requirements for condensing and evaporating units for refrigeration, which are manufactured for installation outdoors or interiors with cooling power greater than or equal to 746 W (2,547 BTU/h) and less than 26,000 W ( 88,716 BTU/h) at medium temperature, and less than 9,500 W (32,415 BTU/h) at low temperature.
+b) Low-profile evaporator units for refrigeration that are designed to operate with a refrigerant and powered by direct expansion in humid and/or dry conditions with nominal cooling capacities greater than or equal to 300 W (1,023 BTU/h) and less than 40,000 W (136,482 BTU/h) at medium temperature, and less than 13,000 W (44,397 BTU/h) at low temperature.</t>
   </si>
   <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>ANSI/ASHRAE Standard 23.1-2010
 ,</t>
   </si>
   <si>
     <t>Comision Nacional para el Uso Eficiente de la Energia (CONUEE, National Commiss…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nom-012-ener-2019-energy-efficiency-condensing-and-evaporating-units-refrigeration</t>
   </si>
   <si>
+    <t>https://www.dof.gob.mx/nota_detalle_popup.php?codigo=5608445</t>
+  </si>
+  <si>
     <t>NOM-029-ENER-2017, Energy efficiency of external power supplies</t>
   </si>
   <si>
+    <t>This standard aims to establish the minimum values ​​of energy efficiency in operation, the maximum limits of electrical power in no-load or empty mode, the test methods for their evaluation and the specifications of the minimum information to be marked on external power supplies (FAE) that are intended to convert the alternating current (AC) line voltage to a single fixed output voltage level in direct current (DC) at a time and with a maximum output power less than or equal to 250.0 W, as well as those that have a switch that allows the user to manually choose between different output voltage levels.</t>
+  </si>
+  <si>
     <t>NMX-I-281-NYCE-2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nom-029-ener-2017-energy-efficiency-external-power-supplies</t>
   </si>
   <si>
+    <t>https://www.dof.gob.mx/nota_detalle_popup.php?codigo=5502802</t>
+  </si>
+  <si>
     <t>Regulation on Energy Efficiency Requirements for Mass-Produced Systems, Vehicles, and Appliances</t>
   </si>
   <si>
+    <t>This policy applies to mass-produced systems, vehicles, and devices as well as their mass-produced components that consume a considerable amount of energy and are placed on the market or sold in Switzerland.</t>
+  </si>
+  <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>Computers, Servers, Networking Equipment, Stand-by and networked devices, Televisions, Set Top Boxes (STB), Displays, External Power Supply, Vacuum Cleaners, Ovens, Dishwashers, Cooktops or Hobs, Coffee Machines, Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires, 3-Phase Motors, Industrial Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Storage Water Heaters, Building Circulator Pumps, Pumps Other, Power Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>Electricity, Other Solid Fuel</t>
   </si>
   <si>
     <t>See Policy</t>
   </si>
   <si>
     <t>Swiss Federal Office of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/regulation-energy-efficiency-requirements-mass-produced-systems-vehicles-and-appliances</t>
   </si>
   <si>
+    <t>https://www.admin.ch/opc/de/classified-compilation/20162950/index.html</t>
+  </si>
+  <si>
     <t>Schedule 18 - Diesel Generator Sets</t>
   </si>
   <si>
+    <t>This schedule specifies the star labeling requirements for various classifications for the application, rating and performance of single/three phase Diesel Generating sets consisting of a Reciprocating Internal Combustion (RIC) engine driven by diesel as fuel, Alternating Current (a.c.) generator, any associated control gear, switchgear and auxiliary equipment. It applies to A. C. generating sets driven by RIC engines for land and marine use being manufactured, imported or sold in India. It excludes generating sets used on aircraft or to propel land vehicles and Locomotives. Diesel Generating (DG) Sets up to 19 kW ratings are covered under pilot energy labeling scheme for single/three phase DG Sets.</t>
+  </si>
+  <si>
     <t>India</t>
   </si>
   <si>
     <t>Oil</t>
   </si>
   <si>
     <t>IS 10000, IS 10001, IS 13364, IS 4889:1968</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/schedule-18-diesel-generator-sets</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/DG%20Set%20schedule.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4142 - Screw Type Air Compressors</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for screw type air compressors with or without integrated dryer, using AC electric motors from 2.24kW (3HP) to 447.60kW (600HP), with a supply rated voltage of 208-230/460V and a frequency of 60Hz.</t>
+  </si>
+  <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>CAGI/PNEUROP PN2CPTC2</t>
   </si>
   <si>
     <t>Fideicomiso para el Ahorro de Energía Eléctrica (FIDE) - Trust for Saving Elect…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4142-screw-type-air-compressors</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4142_1.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4165 - Elevators</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for electric traction elevators for passenger transport and movement of objects with vertical guides, with or without machine room, according to the five categories of usage: very low, low, occasional, frequent, and very frequent.</t>
+  </si>
+  <si>
     <t>Elevators</t>
   </si>
   <si>
     <t>NOM-053-SCFI / NOM-008-SCFI / VDI 4707 parte 1 / VDI 2566 parte 1 / VDI 2566 parte 2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4165-elevators</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4165_01.pdf</t>
+  </si>
+  <si>
     <t>SI 4665-2 PERFORMANCE OF EXTERNAL POWER SUPPLIES: MINIMUM ENERGY PERFORMANCE STANDARD (MEPS) REQUIREMENTS</t>
   </si>
   <si>
+    <t>Power converters covered under this standard include all single-voltage EPSs with nameplate output power up to 250 watts. Notable exclusions are devices with batteries that attach directly, replacements, and medical devices.</t>
+  </si>
+  <si>
     <t>Israel</t>
   </si>
   <si>
     <t>SI 4665-1</t>
   </si>
   <si>
     <t>Standards Institute of Israel (SII)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/si-4665-2-performance-external-power-supplies-minimum-energy-performance-standard-meps</t>
   </si>
   <si>
+    <t>https://portal.sii.org.il/heb/standardization/teken/?tid=98e117b6-728e-4ade-95e3-47864f20c486</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Secondary Batteries for Portable Applications TGL-67-12</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to secondary batteries containing alkaline or other non-acid electrolytes for portable use by categorizing secondary batteries into two systems: 1. Nickel systems (covers only nickel-cadmium batteries and nickel-metal hydride batteries), and 2. Lithium systems.</t>
   </si>
   <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>TIS 2217 (Secondary batteries)
 ,   
                     TIS 2218 or IEC 61960 (or EN 61960, JIS C 8711) (Lithium)
 ,   
                     IEC 61951-1 (or EN 61951-1) (Nickel-Cadmium)
 ,   
                     IEC 61951-2 (or EN 61951-2) (Nickel-metal hydride)</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-secondary-batteries-portable-applications-tgl-67-12</t>
+  </si>
+  <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-67-12.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -873,1347 +1079,1572 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N29"/>
+  <dimension ref="A1:P30"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="196" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="143" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="284.216" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="970.763" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="891.782" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="54.13" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="186.24" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="143.822" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="307.782" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>1990</v>
+      </c>
+      <c r="I2">
+        <v>2016</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...8 lines deleted...]
-      <c r="I2" t="s">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G3" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...10 lines deleted...]
-      <c r="A3" t="s">
+      <c r="H3">
+        <v>1994</v>
+      </c>
+      <c r="I3">
+        <v>2023</v>
+      </c>
+      <c r="J3" t="s">
+        <v>33</v>
+      </c>
+      <c r="K3" t="s">
+        <v>34</v>
+      </c>
+      <c r="L3" t="s">
+        <v>35</v>
+      </c>
+      <c r="M3" t="s">
         <v>26</v>
       </c>
-      <c r="B3" t="s">
-[...2 lines deleted...]
-      <c r="C3" t="s">
+      <c r="N3" t="s">
+        <v>36</v>
+      </c>
+      <c r="O3" t="s">
+        <v>37</v>
+      </c>
+      <c r="P3" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>39</v>
+      </c>
+      <c r="B4" t="s">
+        <v>40</v>
+      </c>
+      <c r="C4" t="s">
+        <v>41</v>
+      </c>
+      <c r="D4" t="s">
+        <v>42</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>43</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2010</v>
+      </c>
+      <c r="I4">
+        <v>2019</v>
+      </c>
+      <c r="J4" t="s">
+        <v>44</v>
+      </c>
+      <c r="K4" t="s">
+        <v>34</v>
+      </c>
+      <c r="L4" t="s">
+        <v>45</v>
+      </c>
+      <c r="M4" t="s">
+        <v>46</v>
+      </c>
+      <c r="N4" t="s">
         <v>27</v>
       </c>
-      <c r="D3" t="s">
-[...37 lines deleted...]
-      <c r="B4" t="s">
+      <c r="O4" t="s">
+        <v>47</v>
+      </c>
+      <c r="P4" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>49</v>
+      </c>
+      <c r="B5" t="s">
+        <v>50</v>
+      </c>
+      <c r="C5" t="s">
+        <v>51</v>
+      </c>
+      <c r="D5" t="s">
+        <v>52</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2009</v>
+      </c>
+      <c r="I5">
+        <v>2019</v>
+      </c>
+      <c r="J5" t="s">
+        <v>53</v>
+      </c>
+      <c r="K5" t="s">
         <v>34</v>
       </c>
-      <c r="C4" t="s">
-[...14 lines deleted...]
-      <c r="H4">
+      <c r="L5"/>
+      <c r="M5"/>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>54</v>
+      </c>
+      <c r="P5" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>49</v>
+      </c>
+      <c r="B6" t="s">
+        <v>50</v>
+      </c>
+      <c r="C6" t="s">
+        <v>56</v>
+      </c>
+      <c r="D6" t="s">
+        <v>52</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>57</v>
+      </c>
+      <c r="H6">
+        <v>2009</v>
+      </c>
+      <c r="I6">
         <v>2019</v>
       </c>
-      <c r="I4" t="s">
-[...19 lines deleted...]
-      <c r="A5" t="s">
+      <c r="J6" t="s">
+        <v>58</v>
+      </c>
+      <c r="K6" t="s">
+        <v>34</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>59</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>60</v>
+      </c>
+      <c r="P6" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>62</v>
+      </c>
+      <c r="B7" t="s">
+        <v>63</v>
+      </c>
+      <c r="C7" t="s">
+        <v>64</v>
+      </c>
+      <c r="D7" t="s">
+        <v>65</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G7" t="s">
+        <v>66</v>
+      </c>
+      <c r="H7">
+        <v>2009</v>
+      </c>
+      <c r="I7">
+        <v>2019</v>
+      </c>
+      <c r="J7" t="s">
+        <v>67</v>
+      </c>
+      <c r="K7" t="s">
+        <v>34</v>
+      </c>
+      <c r="L7" t="s">
+        <v>68</v>
+      </c>
+      <c r="M7" t="s">
+        <v>69</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>70</v>
+      </c>
+      <c r="P7" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>72</v>
+      </c>
+      <c r="B8" t="s">
+        <v>73</v>
+      </c>
+      <c r="C8" t="s">
         <v>41</v>
       </c>
-      <c r="B5" t="s">
-[...14 lines deleted...]
-      <c r="G5">
+      <c r="D8" t="s">
+        <v>74</v>
+      </c>
+      <c r="E8" t="s">
+        <v>75</v>
+      </c>
+      <c r="F8" t="s">
+        <v>76</v>
+      </c>
+      <c r="G8" t="s">
+        <v>77</v>
+      </c>
+      <c r="H8">
         <v>2009</v>
       </c>
-      <c r="H5">
-[...18 lines deleted...]
-      <c r="A6" t="s">
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>78</v>
+      </c>
+      <c r="K8" t="s">
+        <v>34</v>
+      </c>
+      <c r="L8" t="s">
+        <v>79</v>
+      </c>
+      <c r="M8" t="s">
+        <v>80</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>81</v>
+      </c>
+      <c r="P8" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>83</v>
+      </c>
+      <c r="B9" t="s">
+        <v>84</v>
+      </c>
+      <c r="C9" t="s">
         <v>41</v>
-      </c>
-[...132 lines deleted...]
-        <v>43</v>
       </c>
       <c r="D9" t="s">
         <v>52</v>
       </c>
       <c r="E9" t="s">
-        <v>53</v>
+        <v>75</v>
       </c>
       <c r="F9" t="s">
-        <v>54</v>
-[...1 lines deleted...]
-      <c r="G9">
+        <v>76</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2005</v>
+      </c>
+      <c r="I9">
+        <v>2014</v>
+      </c>
+      <c r="J9" t="s">
+        <v>78</v>
+      </c>
+      <c r="K9" t="s">
+        <v>34</v>
+      </c>
+      <c r="L9" t="s">
+        <v>85</v>
+      </c>
+      <c r="M9" t="s">
+        <v>80</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>86</v>
+      </c>
+      <c r="P9" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>88</v>
+      </c>
+      <c r="B10" t="s">
+        <v>89</v>
+      </c>
+      <c r="C10" t="s">
+        <v>41</v>
+      </c>
+      <c r="D10" t="s">
+        <v>52</v>
+      </c>
+      <c r="E10" t="s">
+        <v>75</v>
+      </c>
+      <c r="F10" t="s">
+        <v>76</v>
+      </c>
+      <c r="G10" t="s">
+        <v>77</v>
+      </c>
+      <c r="H10">
         <v>2018</v>
       </c>
-      <c r="H9"/>
-[...38 lines deleted...]
-      <c r="G10">
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>90</v>
+      </c>
+      <c r="K10" t="s">
+        <v>34</v>
+      </c>
+      <c r="L10" t="s">
+        <v>91</v>
+      </c>
+      <c r="M10" t="s">
+        <v>80</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>92</v>
+      </c>
+      <c r="P10" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>94</v>
+      </c>
+      <c r="B11" t="s">
+        <v>95</v>
+      </c>
+      <c r="C11" t="s">
+        <v>96</v>
+      </c>
+      <c r="D11" t="s">
+        <v>97</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>98</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
         <v>2016</v>
       </c>
-      <c r="H10">
+      <c r="I11">
         <v>2019</v>
       </c>
-      <c r="I10" t="s">
-[...17 lines deleted...]
-      <c r="A11" t="s">
+      <c r="J11" t="s">
+        <v>99</v>
+      </c>
+      <c r="K11" t="s">
+        <v>100</v>
+      </c>
+      <c r="L11"/>
+      <c r="M11" t="s">
+        <v>101</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>102</v>
+      </c>
+      <c r="P11" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>104</v>
+      </c>
+      <c r="B12" t="s">
+        <v>105</v>
+      </c>
+      <c r="C12" t="s">
+        <v>41</v>
+      </c>
+      <c r="D12" t="s">
+        <v>42</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>21</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2009</v>
+      </c>
+      <c r="I12">
+        <v>2020</v>
+      </c>
+      <c r="J12" t="s">
+        <v>78</v>
+      </c>
+      <c r="K12" t="s">
+        <v>34</v>
+      </c>
+      <c r="L12" t="s">
+        <v>106</v>
+      </c>
+      <c r="M12" t="s">
+        <v>46</v>
+      </c>
+      <c r="N12" t="s">
+        <v>36</v>
+      </c>
+      <c r="O12" t="s">
+        <v>107</v>
+      </c>
+      <c r="P12" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>109</v>
+      </c>
+      <c r="B13" t="s">
+        <v>110</v>
+      </c>
+      <c r="C13" t="s">
+        <v>41</v>
+      </c>
+      <c r="D13" t="s">
+        <v>52</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>21</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2007</v>
+      </c>
+      <c r="I13">
+        <v>2014</v>
+      </c>
+      <c r="J13" t="s">
+        <v>78</v>
+      </c>
+      <c r="K13" t="s">
+        <v>34</v>
+      </c>
+      <c r="L13" t="s">
+        <v>85</v>
+      </c>
+      <c r="M13" t="s">
+        <v>46</v>
+      </c>
+      <c r="N13" t="s">
+        <v>36</v>
+      </c>
+      <c r="O13" t="s">
+        <v>111</v>
+      </c>
+      <c r="P13" t="s">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>113</v>
+      </c>
+      <c r="B14" t="s">
+        <v>114</v>
+      </c>
+      <c r="C14" t="s">
+        <v>41</v>
+      </c>
+      <c r="D14" t="s">
         <v>74</v>
       </c>
-      <c r="B11" t="s">
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>21</v>
+      </c>
+      <c r="G14" t="s">
+        <v>77</v>
+      </c>
+      <c r="H14">
+        <v>2019</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>90</v>
+      </c>
+      <c r="K14" t="s">
         <v>34</v>
       </c>
-      <c r="C11" t="s">
-[...11 lines deleted...]
-      <c r="G11">
+      <c r="L14" t="s">
+        <v>115</v>
+      </c>
+      <c r="M14" t="s">
+        <v>116</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>117</v>
+      </c>
+      <c r="P14" t="s">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>119</v>
+      </c>
+      <c r="B15" t="s">
+        <v>120</v>
+      </c>
+      <c r="C15" t="s">
+        <v>121</v>
+      </c>
+      <c r="D15" t="s">
+        <v>42</v>
+      </c>
+      <c r="E15" t="s">
+        <v>75</v>
+      </c>
+      <c r="F15" t="s">
+        <v>21</v>
+      </c>
+      <c r="G15" t="s">
+        <v>122</v>
+      </c>
+      <c r="H15">
+        <v>2025</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>123</v>
+      </c>
+      <c r="K15" t="s">
+        <v>34</v>
+      </c>
+      <c r="L15" t="s">
+        <v>124</v>
+      </c>
+      <c r="M15" t="s">
+        <v>125</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>126</v>
+      </c>
+      <c r="P15" t="s">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>128</v>
+      </c>
+      <c r="B16" t="s">
+        <v>129</v>
+      </c>
+      <c r="C16" t="s">
+        <v>130</v>
+      </c>
+      <c r="D16" t="s">
+        <v>52</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>21</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>2005</v>
+      </c>
+      <c r="I16">
+        <v>2014</v>
+      </c>
+      <c r="J16" t="s">
+        <v>131</v>
+      </c>
+      <c r="K16" t="s">
+        <v>34</v>
+      </c>
+      <c r="L16" t="s">
+        <v>132</v>
+      </c>
+      <c r="M16" t="s">
+        <v>133</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>134</v>
+      </c>
+      <c r="P16" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>136</v>
+      </c>
+      <c r="B17" t="s">
+        <v>137</v>
+      </c>
+      <c r="C17" t="s">
+        <v>138</v>
+      </c>
+      <c r="D17" t="s">
+        <v>74</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>98</v>
+      </c>
+      <c r="G17" t="s">
+        <v>77</v>
+      </c>
+      <c r="H17">
+        <v>2013</v>
+      </c>
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>139</v>
+      </c>
+      <c r="K17" t="s">
+        <v>34</v>
+      </c>
+      <c r="L17" t="s">
+        <v>140</v>
+      </c>
+      <c r="M17" t="s">
+        <v>141</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>142</v>
+      </c>
+      <c r="P17" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>144</v>
+      </c>
+      <c r="B18" t="s">
+        <v>145</v>
+      </c>
+      <c r="C18" t="s">
+        <v>146</v>
+      </c>
+      <c r="D18" t="s">
+        <v>52</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>21</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>2013</v>
+      </c>
+      <c r="I18">
+        <v>2014</v>
+      </c>
+      <c r="J18" t="s">
+        <v>78</v>
+      </c>
+      <c r="K18" t="s">
+        <v>34</v>
+      </c>
+      <c r="L18" t="s">
+        <v>147</v>
+      </c>
+      <c r="M18" t="s">
+        <v>148</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>149</v>
+      </c>
+      <c r="P18" t="s">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>151</v>
+      </c>
+      <c r="B19" t="s">
+        <v>152</v>
+      </c>
+      <c r="C19" t="s">
+        <v>153</v>
+      </c>
+      <c r="D19" t="s">
+        <v>52</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>21</v>
+      </c>
+      <c r="G19" t="s">
+        <v>77</v>
+      </c>
+      <c r="H19">
         <v>2009</v>
       </c>
-      <c r="H11">
-[...22 lines deleted...]
-      <c r="A12" t="s">
+      <c r="I19"/>
+      <c r="J19" t="s">
+        <v>139</v>
+      </c>
+      <c r="K19" t="s">
+        <v>34</v>
+      </c>
+      <c r="L19"/>
+      <c r="M19" t="s">
+        <v>154</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>155</v>
+      </c>
+      <c r="P19" t="s">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>157</v>
+      </c>
+      <c r="B20"/>
+      <c r="C20" t="s">
+        <v>158</v>
+      </c>
+      <c r="D20" t="s">
+        <v>42</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>21</v>
+      </c>
+      <c r="G20" t="s">
         <v>77</v>
       </c>
-      <c r="B12" t="s">
+      <c r="H20">
+        <v>2021</v>
+      </c>
+      <c r="I20"/>
+      <c r="J20" t="s">
+        <v>99</v>
+      </c>
+      <c r="K20" t="s">
         <v>34</v>
       </c>
-      <c r="C12" t="s">
-[...366 lines deleted...]
-      </c>
+      <c r="L20"/>
       <c r="M20" t="s">
-        <v>24</v>
+        <v>159</v>
       </c>
       <c r="N20" t="s">
-        <v>119</v>
-[...2 lines deleted...]
-    <row r="21" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>160</v>
+      </c>
+      <c r="P20" t="s">
+        <v>161</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
       <c r="A21" t="s">
-        <v>120</v>
+        <v>162</v>
       </c>
       <c r="B21" t="s">
-        <v>121</v>
+        <v>163</v>
       </c>
       <c r="C21" t="s">
-        <v>122</v>
+        <v>164</v>
       </c>
       <c r="D21" t="s">
         <v>52</v>
       </c>
       <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
+        <v>21</v>
+      </c>
+      <c r="G21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21">
+        <v>2005</v>
+      </c>
+      <c r="I21">
+        <v>2011</v>
+      </c>
+      <c r="J21" t="s">
+        <v>165</v>
+      </c>
+      <c r="K21" t="s">
+        <v>34</v>
+      </c>
+      <c r="L21" t="s">
+        <v>166</v>
+      </c>
+      <c r="M21" t="s">
+        <v>167</v>
+      </c>
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>168</v>
+      </c>
+      <c r="P21" t="s">
+        <v>169</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>170</v>
+      </c>
+      <c r="B22" t="s">
+        <v>171</v>
+      </c>
+      <c r="C22" t="s">
+        <v>172</v>
+      </c>
+      <c r="D22" t="s">
+        <v>173</v>
+      </c>
+      <c r="E22" t="s">
+        <v>75</v>
+      </c>
+      <c r="F22" t="s">
+        <v>43</v>
+      </c>
+      <c r="G22" t="s">
+        <v>77</v>
+      </c>
+      <c r="H22">
+        <v>2012</v>
+      </c>
+      <c r="I22"/>
+      <c r="J22" t="s">
+        <v>165</v>
+      </c>
+      <c r="K22" t="s">
+        <v>24</v>
+      </c>
+      <c r="L22" t="s">
+        <v>174</v>
+      </c>
+      <c r="M22" t="s">
+        <v>175</v>
+      </c>
+      <c r="N22" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>176</v>
+      </c>
+      <c r="P22" t="s">
+        <v>177</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>178</v>
+      </c>
+      <c r="B23" t="s">
+        <v>179</v>
+      </c>
+      <c r="C23" t="s">
+        <v>180</v>
+      </c>
+      <c r="D23" t="s">
+        <v>74</v>
+      </c>
+      <c r="E23" t="s">
+        <v>20</v>
+      </c>
+      <c r="F23" t="s">
+        <v>98</v>
+      </c>
+      <c r="G23" t="s">
+        <v>77</v>
+      </c>
+      <c r="H23">
+        <v>2020</v>
+      </c>
+      <c r="I23"/>
+      <c r="J23" t="s">
+        <v>181</v>
+      </c>
+      <c r="K23" t="s">
+        <v>34</v>
+      </c>
+      <c r="L23" t="s">
+        <v>182</v>
+      </c>
+      <c r="M23" t="s">
+        <v>183</v>
+      </c>
+      <c r="N23" t="s">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>184</v>
+      </c>
+      <c r="P23" t="s">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>186</v>
+      </c>
+      <c r="B24" t="s">
+        <v>187</v>
+      </c>
+      <c r="C24" t="s">
+        <v>180</v>
+      </c>
+      <c r="D24" t="s">
+        <v>52</v>
+      </c>
+      <c r="E24" t="s">
+        <v>20</v>
+      </c>
+      <c r="F24" t="s">
+        <v>21</v>
+      </c>
+      <c r="G24" t="s">
+        <v>122</v>
+      </c>
+      <c r="H24">
+        <v>2017</v>
+      </c>
+      <c r="I24"/>
+      <c r="J24" t="s">
+        <v>181</v>
+      </c>
+      <c r="K24" t="s">
+        <v>34</v>
+      </c>
+      <c r="L24" t="s">
+        <v>188</v>
+      </c>
+      <c r="M24" t="s">
+        <v>183</v>
+      </c>
+      <c r="N24" t="s">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>189</v>
+      </c>
+      <c r="P24" t="s">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>191</v>
+      </c>
+      <c r="B25" t="s">
+        <v>192</v>
+      </c>
+      <c r="C25" t="s">
+        <v>193</v>
+      </c>
+      <c r="D25" t="s">
+        <v>194</v>
+      </c>
+      <c r="E25" t="s">
+        <v>20</v>
+      </c>
+      <c r="F25" t="s">
+        <v>98</v>
+      </c>
+      <c r="G25" t="s">
+        <v>22</v>
+      </c>
+      <c r="H25">
+        <v>2017</v>
+      </c>
+      <c r="I25">
+        <v>2021</v>
+      </c>
+      <c r="J25" t="s">
+        <v>195</v>
+      </c>
+      <c r="K25" t="s">
+        <v>196</v>
+      </c>
+      <c r="L25" t="s">
+        <v>197</v>
+      </c>
+      <c r="M25" t="s">
+        <v>198</v>
+      </c>
+      <c r="N25" t="s">
         <v>36</v>
       </c>
-      <c r="F21" t="s">
-[...197 lines deleted...]
-    <row r="26" spans="1:14">
+      <c r="O25" t="s">
+        <v>199</v>
+      </c>
+      <c r="P25" t="s">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
       <c r="A26" t="s">
-        <v>149</v>
+        <v>201</v>
       </c>
       <c r="B26" t="s">
-        <v>127</v>
+        <v>202</v>
       </c>
       <c r="C26" t="s">
-        <v>35</v>
+        <v>203</v>
       </c>
       <c r="D26" t="s">
         <v>52</v>
       </c>
       <c r="E26" t="s">
-        <v>53</v>
+        <v>75</v>
       </c>
       <c r="F26" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G26">
+        <v>98</v>
+      </c>
+      <c r="G26" t="s">
+        <v>22</v>
+      </c>
+      <c r="H26">
+        <v>2014</v>
+      </c>
+      <c r="I26">
+        <v>2016</v>
+      </c>
+      <c r="J26" t="s">
+        <v>99</v>
+      </c>
+      <c r="K26" t="s">
+        <v>204</v>
+      </c>
+      <c r="L26" t="s">
+        <v>205</v>
+      </c>
+      <c r="M26" t="s">
+        <v>206</v>
+      </c>
+      <c r="N26" t="s">
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
+        <v>207</v>
+      </c>
+      <c r="P26" t="s">
+        <v>208</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>209</v>
+      </c>
+      <c r="B27" t="s">
+        <v>210</v>
+      </c>
+      <c r="C27" t="s">
+        <v>180</v>
+      </c>
+      <c r="D27" t="s">
+        <v>42</v>
+      </c>
+      <c r="E27" t="s">
+        <v>75</v>
+      </c>
+      <c r="F27" t="s">
+        <v>76</v>
+      </c>
+      <c r="G27" t="s">
+        <v>22</v>
+      </c>
+      <c r="H27">
         <v>2008</v>
       </c>
-      <c r="H26">
+      <c r="I27">
         <v>2012</v>
       </c>
-      <c r="I26" t="s">
-[...43 lines deleted...]
-      </c>
       <c r="J27" t="s">
-        <v>29</v>
+        <v>211</v>
       </c>
       <c r="K27" t="s">
-        <v>156</v>
+        <v>34</v>
       </c>
       <c r="L27" t="s">
-        <v>152</v>
+        <v>212</v>
       </c>
       <c r="M27" t="s">
-        <v>24</v>
+        <v>213</v>
       </c>
       <c r="N27" t="s">
-        <v>157</v>
-[...2 lines deleted...]
-    <row r="28" spans="1:14">
+        <v>36</v>
+      </c>
+      <c r="O27" t="s">
+        <v>214</v>
+      </c>
+      <c r="P27" t="s">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
       <c r="A28" t="s">
-        <v>158</v>
+        <v>216</v>
       </c>
       <c r="B28" t="s">
-        <v>159</v>
+        <v>217</v>
       </c>
       <c r="C28" t="s">
-        <v>43</v>
+        <v>180</v>
       </c>
       <c r="D28" t="s">
-        <v>17</v>
+        <v>218</v>
       </c>
       <c r="E28" t="s">
-        <v>69</v>
+        <v>75</v>
       </c>
       <c r="F28" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2007</v>
+        <v>76</v>
+      </c>
+      <c r="G28" t="s">
+        <v>77</v>
       </c>
       <c r="H28">
         <v>2011</v>
       </c>
-      <c r="I28" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I28"/>
       <c r="J28" t="s">
-        <v>29</v>
+        <v>211</v>
       </c>
       <c r="K28" t="s">
-        <v>160</v>
+        <v>34</v>
       </c>
       <c r="L28" t="s">
-        <v>161</v>
+        <v>219</v>
       </c>
       <c r="M28" t="s">
-        <v>24</v>
+        <v>213</v>
       </c>
       <c r="N28" t="s">
-        <v>162</v>
-[...2 lines deleted...]
-    <row r="29" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O28" t="s">
+        <v>220</v>
+      </c>
+      <c r="P28" t="s">
+        <v>221</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
       <c r="A29" t="s">
-        <v>163</v>
+        <v>222</v>
       </c>
       <c r="B29" t="s">
-        <v>164</v>
+        <v>223</v>
       </c>
       <c r="C29" t="s">
-        <v>43</v>
+        <v>224</v>
       </c>
       <c r="D29" t="s">
         <v>52</v>
       </c>
       <c r="E29" t="s">
-        <v>53</v>
+        <v>20</v>
       </c>
       <c r="F29" t="s">
-        <v>54</v>
-[...1 lines deleted...]
-      <c r="G29">
+        <v>98</v>
+      </c>
+      <c r="G29" t="s">
+        <v>22</v>
+      </c>
+      <c r="H29">
+        <v>2007</v>
+      </c>
+      <c r="I29">
+        <v>2011</v>
+      </c>
+      <c r="J29" t="s">
+        <v>99</v>
+      </c>
+      <c r="K29" t="s">
+        <v>34</v>
+      </c>
+      <c r="L29" t="s">
+        <v>225</v>
+      </c>
+      <c r="M29" t="s">
+        <v>226</v>
+      </c>
+      <c r="N29" t="s">
+        <v>27</v>
+      </c>
+      <c r="O29" t="s">
+        <v>227</v>
+      </c>
+      <c r="P29" t="s">
+        <v>228</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>229</v>
+      </c>
+      <c r="B30" t="s">
+        <v>230</v>
+      </c>
+      <c r="C30" t="s">
+        <v>231</v>
+      </c>
+      <c r="D30" t="s">
+        <v>52</v>
+      </c>
+      <c r="E30" t="s">
+        <v>75</v>
+      </c>
+      <c r="F30" t="s">
+        <v>76</v>
+      </c>
+      <c r="G30" t="s">
+        <v>77</v>
+      </c>
+      <c r="H30">
         <v>2012</v>
       </c>
-      <c r="H29"/>
-[...16 lines deleted...]
-        <v>168</v>
+      <c r="I30"/>
+      <c r="J30" t="s">
+        <v>232</v>
+      </c>
+      <c r="K30" t="s">
+        <v>34</v>
+      </c>
+      <c r="L30" t="s">
+        <v>233</v>
+      </c>
+      <c r="M30" t="s">
+        <v>234</v>
+      </c>
+      <c r="N30" t="s">
+        <v>27</v>
+      </c>
+      <c r="O30" t="s">
+        <v>235</v>
+      </c>
+      <c r="P30" t="s">
+        <v>236</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>