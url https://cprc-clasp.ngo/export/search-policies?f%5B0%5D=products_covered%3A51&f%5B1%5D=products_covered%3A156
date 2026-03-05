--- v1 (2025-11-28)
+++ v2 (2026-03-05)
@@ -203,63 +203,64 @@
   <si>
     <t>https://www.legislation.gov.uk/eur/2019/1782/contents</t>
   </si>
   <si>
     <t>European Union</t>
   </si>
   <si>
     <t>Entered into force, Revised, To Be Superseded</t>
   </si>
   <si>
     <t>September 2023</t>
   </si>
   <si>
     <t>European Commission - DG Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20191782-1-october-2019-laying-down-ecodesign-requirements</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=uriserv%3AOJ.L_.2019.272.01.0095.01.ENG&amp;toc=OJ%3AL%3A2019%3A272%3ATOC</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2025/2052 of 13 October 2025  laying down ecodesign requirements for external power supplies, wireless chargers, wireless charging pads, battery chargers for portable batteries of general use and USB Type-C cables</t>
   </si>
   <si>
-    <t>Laying down ecodesign requirements for external power supplies, wireless chargers, wireless charging pads, battery chargers for portable batteries of general use and USB Type-C cables.</t>
+    <t>Laying down ecodesign requirements for external power supplies, wireless chargers, wireless charging pads, battery chargers for portable batteries of general use and USB Type-C cables.
+This policy applies from the 14th December 2028, repealing Commission Regulation (EU) 2019/1782.</t>
   </si>
   <si>
     <t>Europe, European Union</t>
   </si>
   <si>
     <t>Battery Chargers, External Power Supply</t>
   </si>
   <si>
-    <t>Published, Revised</t>
-[...2 lines deleted...]
-    <t>November 2025</t>
+    <t>Published, New</t>
+  </si>
+  <si>
+    <t>December 2025</t>
   </si>
   <si>
     <t>87 FR 51221</t>
   </si>
   <si>
     <t>European Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20252052-13-october-2025-laying-down-ecodesign-requirements</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32025R2052&amp;qid=1763999035842</t>
   </si>
   <si>
     <t>CQC31-439132-2009. CQC Mark Certification - Refrigerant compressors used in air-conditioning applications</t>
   </si>
   <si>
     <t>This policy applies to wholly-closed electric motor-compressor wholly-closed turbine type cooling compressor piston type single stage cooling compressor and screw type cooling compressor.</t>
   </si>
   <si>
     <t>Refrigerant Compressors</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
@@ -347,81 +348,81 @@
   <si>
     <t>https://laws-lois.justice.gc.ca/eng/regulations/SOR-2016-311/index.html</t>
   </si>
   <si>
     <t>GB 19153-2019 Minimum Allowable Values of Energy Efficiency and Energy Efficiency Grades for Displacement Air Compressors</t>
   </si>
   <si>
     <t>The following types of air compressors are covered: Direct drive portable reciprocating piston air compressors; Reciprocating piston micro air compressors; Oil-free reciprocating piston air compressors; Stationary reciprocating piston air compressors for general use; Oil injected screw air compressors for general use; Oil injected single screw air compressors for general use, and Oil flooded sliding vane air compressor for general use.</t>
   </si>
   <si>
     <t>GB/T 3853; GB/T 4975; GB/T 13279; GB/T 13928; GB/T26967; JB/T 4253; JB/T 6430; JB/T 7662; JB/T 8933; JB/T 8934; JB/T 9107; JB/T 10972; JB/T 11423; JB/T 13345</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-19153-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9B70DDA94001A80CE05397BE0A0A84AC</t>
   </si>
   <si>
     <t>GB 20943-2013 Minimum allowable values of energy efficiency and evaluating values of energy conservation for single voltage external AC-DC and AC-AC power supplies</t>
   </si>
   <si>
     <t>Applies to external power supplies which convert AC current with 220V and 50Hz to single voltage DC -no higher than 36V- or single voltage AC -no higher than 36V- current.It applies to products with rated output power no larger than 250W. Does NOT apply to DC-DC transformer.</t>
   </si>
   <si>
+    <t>Revised, To Be Superseded</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/gb-20943-2013-minimum-allowable-values-energy-efficiency-and-evaluating-values-energy</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E686D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 35971-2018 Minimum allowable values of the energy efficiency and energy efficiency grades for hermetic motor-compressor in room air conditioners</t>
   </si>
   <si>
     <t>This policy covers hermetic motor-compressors in room air conditioners.</t>
   </si>
   <si>
     <t>GB/T 5773; GB/T 15765-2014</t>
   </si>
   <si>
     <t>The Standardisation Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-35971-2018-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D82889D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB/T45785—2025 Evaluation of Energy Performance for Compressed Air Stations</t>
   </si>
   <si>
     <t>This voluntary standard applies to compressed air stations consisting of air compressors driven by electric motors, with discharge pressures ranging from 0.25 MPa to 1.6 MPa, an air supply flow rate of no less than 4 m³/min, and a total operating power of no less than 37 kW.</t>
-  </si>
-[...1 lines deleted...]
-    <t>Asia and Pacific, China</t>
   </si>
   <si>
     <t>New</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>GB/T16665
 ,</t>
   </si>
   <si>
     <t>National Technical Committee on Compressor Standardization</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gbt45785-2025-evaluation-energy-performance-compressed-air-stations</t>
   </si>
   <si>
     <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=36DE96AA3EC8CD71E06397BE0A0A23D9</t>
   </si>
   <si>
     <t>Greenhouse and Energy Minimum Standards (External Power Supplies) Determination 2014</t>
   </si>
   <si>
     <t>Products covered include external power supply units with a nominal 230 V a.c. supply input and a single output at extra low voltage (ELV), either a.c. or d.c. and a maximum output of 250 W or 250 VA (see the standard for further details on products covered).</t>
@@ -1422,55 +1423,53 @@
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
         <v>62</v>
       </c>
       <c r="B7" t="s">
         <v>63</v>
       </c>
       <c r="C7" t="s">
         <v>64</v>
       </c>
       <c r="D7" t="s">
         <v>65</v>
       </c>
       <c r="E7" t="s">
         <v>20</v>
       </c>
       <c r="F7" t="s">
         <v>21</v>
       </c>
       <c r="G7" t="s">
         <v>66</v>
       </c>
       <c r="H7">
-        <v>2009</v>
-[...3 lines deleted...]
-      </c>
+        <v>2025</v>
+      </c>
+      <c r="I7"/>
       <c r="J7" t="s">
         <v>67</v>
       </c>
       <c r="K7" t="s">
         <v>34</v>
       </c>
       <c r="L7" t="s">
         <v>68</v>
       </c>
       <c r="M7" t="s">
         <v>69</v>
       </c>
       <c r="N7" t="s">
         <v>27</v>
       </c>
       <c r="O7" t="s">
         <v>70</v>
       </c>
       <c r="P7" t="s">
         <v>71</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
         <v>72</v>
@@ -1713,137 +1712,137 @@
       </c>
       <c r="P12" t="s">
         <v>108</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
         <v>109</v>
       </c>
       <c r="B13" t="s">
         <v>110</v>
       </c>
       <c r="C13" t="s">
         <v>41</v>
       </c>
       <c r="D13" t="s">
         <v>52</v>
       </c>
       <c r="E13" t="s">
         <v>20</v>
       </c>
       <c r="F13" t="s">
         <v>21</v>
       </c>
       <c r="G13" t="s">
-        <v>22</v>
+        <v>111</v>
       </c>
       <c r="H13">
         <v>2007</v>
       </c>
       <c r="I13">
-        <v>2014</v>
+        <v>2013</v>
       </c>
       <c r="J13" t="s">
         <v>78</v>
       </c>
       <c r="K13" t="s">
         <v>34</v>
       </c>
       <c r="L13" t="s">
         <v>85</v>
       </c>
       <c r="M13" t="s">
         <v>46</v>
       </c>
       <c r="N13" t="s">
         <v>36</v>
       </c>
       <c r="O13" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="P13" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="B14" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="C14" t="s">
         <v>41</v>
       </c>
       <c r="D14" t="s">
         <v>74</v>
       </c>
       <c r="E14" t="s">
         <v>20</v>
       </c>
       <c r="F14" t="s">
         <v>21</v>
       </c>
       <c r="G14" t="s">
         <v>77</v>
       </c>
       <c r="H14">
         <v>2019</v>
       </c>
       <c r="I14"/>
       <c r="J14" t="s">
         <v>90</v>
       </c>
       <c r="K14" t="s">
         <v>34</v>
       </c>
       <c r="L14" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="M14" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="N14" t="s">
         <v>27</v>
       </c>
       <c r="O14" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="P14" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="B15" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="C15" t="s">
-        <v>121</v>
+        <v>41</v>
       </c>
       <c r="D15" t="s">
         <v>42</v>
       </c>
       <c r="E15" t="s">
         <v>75</v>
       </c>
       <c r="F15" t="s">
         <v>21</v>
       </c>
       <c r="G15" t="s">
         <v>122</v>
       </c>
       <c r="H15">
         <v>2025</v>
       </c>
       <c r="I15"/>
       <c r="J15" t="s">
         <v>123</v>
       </c>
       <c r="K15" t="s">
         <v>34</v>
       </c>
       <c r="L15" t="s">
         <v>124</v>