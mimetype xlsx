--- v0 (2025-11-29)
+++ v1 (2026-03-07)
@@ -203,63 +203,64 @@
   <si>
     <t>https://www.legislation.gov.uk/eur/2019/1782/contents</t>
   </si>
   <si>
     <t>European Union</t>
   </si>
   <si>
     <t>Entered into force, Revised, To Be Superseded</t>
   </si>
   <si>
     <t>September 2023</t>
   </si>
   <si>
     <t>European Commission - DG Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20191782-1-october-2019-laying-down-ecodesign-requirements</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=uriserv%3AOJ.L_.2019.272.01.0095.01.ENG&amp;toc=OJ%3AL%3A2019%3A272%3ATOC</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2025/2052 of 13 October 2025  laying down ecodesign requirements for external power supplies, wireless chargers, wireless charging pads, battery chargers for portable batteries of general use and USB Type-C cables</t>
   </si>
   <si>
-    <t>Laying down ecodesign requirements for external power supplies, wireless chargers, wireless charging pads, battery chargers for portable batteries of general use and USB Type-C cables.</t>
+    <t>Laying down ecodesign requirements for external power supplies, wireless chargers, wireless charging pads, battery chargers for portable batteries of general use and USB Type-C cables.
+This policy applies from the 14th December 2028, repealing Commission Regulation (EU) 2019/1782.</t>
   </si>
   <si>
     <t>Europe, European Union</t>
   </si>
   <si>
     <t>Battery Chargers, External Power Supply</t>
   </si>
   <si>
-    <t>Published, Revised</t>
-[...2 lines deleted...]
-    <t>November 2025</t>
+    <t>Published, New</t>
+  </si>
+  <si>
+    <t>December 2025</t>
   </si>
   <si>
     <t>87 FR 51221</t>
   </si>
   <si>
     <t>European Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20252052-13-october-2025-laying-down-ecodesign-requirements</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32025R2052&amp;qid=1763999035842</t>
   </si>
   <si>
     <t>CQC31-461236-2014. CQC Marking Certification: single voltage external AC-DC and AC-AC power supplies</t>
   </si>
   <si>
     <t>Applies to power supplies operating under under 220V and 50Hz;  which transfer AC grid's voltage to a fixed and single way low voltage DC current; no more than 36V; or low voltage AC; no more than 36V; and rated output power is no larger than 250W.</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
@@ -329,63 +330,63 @@
   <si>
     <t>https://laws-lois.justice.gc.ca/eng/regulations/SOR-2016-311/index.html</t>
   </si>
   <si>
     <t>GB 19153-2019 Minimum Allowable Values of Energy Efficiency and Energy Efficiency Grades for Displacement Air Compressors</t>
   </si>
   <si>
     <t>The following types of air compressors are covered: Direct drive portable reciprocating piston air compressors; Reciprocating piston micro air compressors; Oil-free reciprocating piston air compressors; Stationary reciprocating piston air compressors for general use; Oil injected screw air compressors for general use; Oil injected single screw air compressors for general use, and Oil flooded sliding vane air compressor for general use.</t>
   </si>
   <si>
     <t>GB/T 3853; GB/T 4975; GB/T 13279; GB/T 13928; GB/T26967; JB/T 4253; JB/T 6430; JB/T 7662; JB/T 8933; JB/T 8934; JB/T 9107; JB/T 10972; JB/T 11423; JB/T 13345</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-19153-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9B70DDA94001A80CE05397BE0A0A84AC</t>
   </si>
   <si>
     <t>GB 20943-2013 Minimum allowable values of energy efficiency and evaluating values of energy conservation for single voltage external AC-DC and AC-AC power supplies</t>
   </si>
   <si>
     <t>Applies to external power supplies which convert AC current with 220V and 50Hz to single voltage DC -no higher than 36V- or single voltage AC -no higher than 36V- current.It applies to products with rated output power no larger than 250W. Does NOT apply to DC-DC transformer.</t>
   </si>
   <si>
+    <t>Revised, To Be Superseded</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/gb-20943-2013-minimum-allowable-values-energy-efficiency-and-evaluating-values-energy</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E686D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB/T45785—2025 Evaluation of Energy Performance for Compressed Air Stations</t>
   </si>
   <si>
     <t>This voluntary standard applies to compressed air stations consisting of air compressors driven by electric motors, with discharge pressures ranging from 0.25 MPa to 1.6 MPa, an air supply flow rate of no less than 4 m³/min, and a total operating power of no less than 37 kW.</t>
-  </si>
-[...1 lines deleted...]
-    <t>Asia and Pacific, China</t>
   </si>
   <si>
     <t>New</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>GB/T16665
 ,</t>
   </si>
   <si>
     <t>National Technical Committee on Compressor Standardization</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gbt45785-2025-evaluation-energy-performance-compressed-air-stations</t>
   </si>
   <si>
     <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=36DE96AA3EC8CD71E06397BE0A0A23D9</t>
   </si>
   <si>
     <t>Greenhouse and Energy Minimum Standards (External Power Supplies) Determination 2014</t>
   </si>
   <si>
     <t>Products covered include external power supply units with a nominal 230 V a.c. supply input and a single output at extra low voltage (ELV), either a.c. or d.c. and a maximum output of 250 W or 250 VA (see the standard for further details on products covered).</t>
@@ -1306,55 +1307,53 @@
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
         <v>62</v>
       </c>
       <c r="B7" t="s">
         <v>63</v>
       </c>
       <c r="C7" t="s">
         <v>64</v>
       </c>
       <c r="D7" t="s">
         <v>65</v>
       </c>
       <c r="E7" t="s">
         <v>20</v>
       </c>
       <c r="F7" t="s">
         <v>21</v>
       </c>
       <c r="G7" t="s">
         <v>66</v>
       </c>
       <c r="H7">
-        <v>2009</v>
-[...3 lines deleted...]
-      </c>
+        <v>2025</v>
+      </c>
+      <c r="I7"/>
       <c r="J7" t="s">
         <v>67</v>
       </c>
       <c r="K7" t="s">
         <v>34</v>
       </c>
       <c r="L7" t="s">
         <v>68</v>
       </c>
       <c r="M7" t="s">
         <v>69</v>
       </c>
       <c r="N7" t="s">
         <v>27</v>
       </c>
       <c r="O7" t="s">
         <v>70</v>
       </c>
       <c r="P7" t="s">
         <v>71</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
         <v>72</v>
@@ -1549,89 +1548,89 @@
       </c>
       <c r="P11" t="s">
         <v>102</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
         <v>103</v>
       </c>
       <c r="B12" t="s">
         <v>104</v>
       </c>
       <c r="C12" t="s">
         <v>41</v>
       </c>
       <c r="D12" t="s">
         <v>52</v>
       </c>
       <c r="E12" t="s">
         <v>20</v>
       </c>
       <c r="F12" t="s">
         <v>21</v>
       </c>
       <c r="G12" t="s">
-        <v>22</v>
+        <v>105</v>
       </c>
       <c r="H12">
         <v>2007</v>
       </c>
       <c r="I12">
-        <v>2014</v>
+        <v>2013</v>
       </c>
       <c r="J12" t="s">
         <v>76</v>
       </c>
       <c r="K12" t="s">
         <v>34</v>
       </c>
       <c r="L12" t="s">
         <v>77</v>
       </c>
       <c r="M12" t="s">
         <v>46</v>
       </c>
       <c r="N12" t="s">
         <v>36</v>
       </c>
       <c r="O12" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="P12" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="B13" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="C13" t="s">
-        <v>109</v>
+        <v>41</v>
       </c>
       <c r="D13" t="s">
         <v>42</v>
       </c>
       <c r="E13" t="s">
         <v>74</v>
       </c>
       <c r="F13" t="s">
         <v>21</v>
       </c>
       <c r="G13" t="s">
         <v>110</v>
       </c>
       <c r="H13">
         <v>2025</v>
       </c>
       <c r="I13"/>
       <c r="J13" t="s">
         <v>111</v>
       </c>
       <c r="K13" t="s">
         <v>34</v>
       </c>
       <c r="L13" t="s">
         <v>112</v>