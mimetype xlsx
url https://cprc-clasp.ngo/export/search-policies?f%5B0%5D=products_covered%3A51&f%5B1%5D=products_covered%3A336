--- v0 (2025-10-13)
+++ v1 (2025-11-28)
@@ -12,939 +12,1319 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="280">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="406">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>10 CFR 430—Energy Conservation Program for Consumer Products</t>
   </si>
   <si>
+    <t>Conventional cooking top means a class of cooking products which is a household cooking appliance consisting of a horizontal surface containing one or more surface units which utilize a gas flame; electric resistance heating; or electric inductive heating.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Electronics, Uninterruptable Power Supply, Battery Chargers, External Power Supply, Dehumidifiers, Air Cleaners, Ovens, Microwaves, Dishwashers, Clothes Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Ceiling Fans, Duct Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Showers or Showerheads, Urinals, Taps or Faucets, Distribution Transformers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>10 CFR 430 Subpart B</t>
   </si>
   <si>
     <t>U.S. Department of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/10-cfr-430-energy-conservation-program-consumer-products</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-430</t>
+  </si>
+  <si>
     <t>BDS 101:1991 Electric boiling plates for domestic use</t>
   </si>
   <si>
+    <t>Requirements for electric boiling plates, open type and enclose type intended for operation on AC and DC circuits having voltage rating not exceeding 250 volts.</t>
+  </si>
+  <si>
     <t>Bangladesh</t>
   </si>
   <si>
     <t>Cooktops or Hobs</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Bangladesh Standards and Testing Institute</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/bds-1011991-electric-boiling-plates-domestic-use</t>
   </si>
   <si>
+    <t>https://bsti.portal.gov.bd/sites/default/files/files/bsti.portal.gov.bd/page/c82bd863_c051_46ce_af11_eb5bec479d5b/BSTI%20Standards%20Catalogue-2018%20(1).pdf</t>
+  </si>
+  <si>
     <t>BNS 5: Part 8: 2013 Labelling – Energy labelling of household appliances and products - Requirements</t>
   </si>
   <si>
+    <t>This standard Specifies the terms and conditions under which major household appliances shall be labelled. It identifies the information which consumers shall receive on the energy label of major household appliances.</t>
+  </si>
+  <si>
     <t>Barbados</t>
   </si>
   <si>
     <t>Televisions, DVD|Blu-Ray Players, Ovens, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washing Machines, Directional Lamps, 3-Phase Motors, Portable Fans, Room ACs - Stationary ACs, Evaporative Coolers, Storage Water Heaters, Pumps Other, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Ministry of Trade, Energy Division</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/bns-5-part-8-2013-labelling-energy-labelling-household-appliances-and-products</t>
   </si>
   <si>
+    <t>https://commerce.gov.bb/wp-content/uploads/2020/08/BNSI-Standards-Catalogue-2020-.pdf , http://www.oas.org/en/sedi/dsd/Energy/03_CROSQ_Fulgence_StPrix.pdf----https://commerce.gov.bb/wp-content/uploads/2020/08/BNSI-Standards-Catalogue-2020-.pdf</t>
+  </si>
+  <si>
     <t>CEL-034. Cooker Hood</t>
   </si>
   <si>
+    <t>Applies to cooker hoods with the rated voltage not exceeding 250 V and cookers stove and similar types with upper hood</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>GB 29539-2013</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-034-cooker-hood</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/7%E9%99%84%E4%BB%B630_%E5%90%B8%E6%B2%B9%E7%83%9F%E6%9C%BA%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL-036. Household Cookers</t>
   </si>
   <si>
+    <t>Applies to induction cookers with one or more heating units with each unit's rated power ranges from 700W to 3500W. Does not apply to commercial induction cookers, power frequency induction cookers and concave cooker.</t>
+  </si>
+  <si>
     <t>GB 21456-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-036-household-cookers</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/7%E9%99%84%E4%BB%B615_%E5%AE%B6%E7%94%A8%E7%94%B5%E7%A3%81%E7%81%B6%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/1782 of 1 October 2019 laying down ecodesign requirements for external power supplies</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements related to electric power consumption in no-load condition and average active efficiency of external power supplies.  Exclusions: this Regulation shall not apply to:   a. voltage converters;   b. uninterruptible power supplies;   c. battery chargers;     d. halogen lighting converters;   e. external power supplies for medical devices;   f. external power supplies placed on the market no later than 30 June 2015 as a service part or spare part for an identical external power supply which was placed on the market not later than one year after this Regulation has come into force; under the condition that the service part or spare part; or its packaging; clearly indicates the primary load products for which the spare part or service part is intended to be used with.</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>External Power Supply</t>
   </si>
   <si>
     <t>October 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20191782-1-october-2019-laying-down-ecodesign-requirements-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2019/1782/contents</t>
+  </si>
+  <si>
     <t>European Union</t>
   </si>
   <si>
+    <t>Entered into force, Revised, To Be Superseded</t>
+  </si>
+  <si>
     <t>September 2023</t>
   </si>
   <si>
     <t>European Commission - DG Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20191782-1-october-2019-laying-down-ecodesign-requirements</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=uriserv%3AOJ.L_.2019.272.01.0095.01.ENG&amp;toc=OJ%3AL%3A2019%3A272%3ATOC</t>
+  </si>
+  <si>
+    <t>Commission Regulation (EU) 2025/2052 of 13 October 2025  laying down ecodesign requirements for external power supplies, wireless chargers, wireless charging pads, battery chargers for portable batteries of general use and USB Type-C cables</t>
+  </si>
+  <si>
+    <t>Laying down ecodesign requirements for external power supplies, wireless chargers, wireless charging pads, battery chargers for portable batteries of general use and USB Type-C cables.</t>
+  </si>
+  <si>
+    <t>Europe, European Union</t>
+  </si>
+  <si>
+    <t>Battery Chargers, External Power Supply</t>
+  </si>
+  <si>
+    <t>Published, Revised</t>
+  </si>
+  <si>
+    <t>November 2025</t>
+  </si>
+  <si>
+    <t>87 FR 51221</t>
+  </si>
+  <si>
+    <t>European Commission</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20252052-13-october-2025-laying-down-ecodesign-requirements</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32025R2052&amp;qid=1763999035842</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) No 66/2014 of 14 January 2014 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for domestic ovens, hobs and range hoods</t>
   </si>
   <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market and putting into service of domestic ovens; including when incorporated in cookers; domestic hobs and domestic electric range hoods; including when sold for non-domestic purposes.   
+This Policy is under review by the European Commission and is expected to be revised in 2024.</t>
+  </si>
+  <si>
     <t>Ovens, Cooktops or Hobs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-662014-14-january-2014-implementing-directive-2009125ec</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02014R0066-20170109</t>
+  </si>
+  <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market and putting into service of domestic ovens; including when incorporated in cookers; domestic hobs and domestic electric range hoods; including when sold for non-domestic purposes.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-662014-14-january-2014-implementing-directive-2009125ec-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2014/66</t>
+  </si>
+  <si>
     <t>Conpet Seal Gas stoves and ovens</t>
   </si>
   <si>
+    <t>Gas stoves and ovens</t>
+  </si>
+  <si>
     <t>Brazil</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>Gas</t>
   </si>
   <si>
     <t>NBR 13723 1/1999 parte 1, NBR 13723 2/1999 parte 2, NBR 14583/2000</t>
   </si>
   <si>
     <t>National Program of Rational Use of Oil and Natural Gas (Conpet)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/conpet-seal-gas-stoves-and-ovens</t>
   </si>
   <si>
+    <t>https://thebrazilbusiness.com/article/energy-efficiency-labeling-in-brazil</t>
+  </si>
+  <si>
     <t>CQC31-448184-2011. CQC Mark Certification - Commercial Induction Cooker</t>
   </si>
   <si>
+    <t>Applies to household induction coookers with one or more heating units with the rated power of each unit of 700W</t>
+  </si>
+  <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>SB-T 10548</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-448184-2011-cqc-mark-certification-commercial-induction-cooker</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-21/492839.shtml</t>
+  </si>
+  <si>
     <t>CQC31-461236-2014. CQC Marking Certification: single voltage external AC-DC and AC-AC power supplies</t>
   </si>
   <si>
+    <t>Applies to power supplies operating under under 220V and 50Hz;  which transfer AC grid's voltage to a fixed and single way low voltage DC current; no more than 36V; or low voltage AC; no more than 36V; and rated output power is no larger than 250W.</t>
+  </si>
+  <si>
     <t>GB 20943-2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-461236-2014-cqc-marking-certification-single-voltage-external-ac-dc-and-ac-ac-power</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492783.shtml</t>
+  </si>
+  <si>
     <t>CQC31-464245-2018. Energy Conservation Certification Rules for Electric Vehicle Off-Board Charger</t>
   </si>
   <si>
+    <t>Apply to electric vehicle off-board charger</t>
+  </si>
+  <si>
     <t>CQC 3170-2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-464245-2018-energy-conservation-certification-rules-electric-vehicle-board-charger</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-04-26/554396.shtml</t>
+  </si>
+  <si>
     <t>CQC61-445151-2015. CQC Mark Certification - Commercial gas cooking appliances</t>
   </si>
   <si>
+    <t>Applies to commercial gas-to-energy stoves with a rated thermal load of single burner not exceeding 60 kW and a nominal heat load of each burner not exceeding 80 kW. A nominal diameter should not be less than 600 mm.</t>
+  </si>
+  <si>
     <t>GB 30531-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc61-445151-2015-cqc-mark-certification-commercial-gas-cooking-appliances</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2011-08-02/512311.shtml</t>
+  </si>
+  <si>
     <t>CQC61-448151-2018 Energy Conservation and Environmentally-friendly Certification Rules for Range Hood</t>
   </si>
   <si>
+    <t>Applies to venting type range hood products -except for intgrated kitchen; installed above cooker cooking range or appliances of similar purpose with the rated voltage not exceeding 250V.</t>
+  </si>
+  <si>
     <t>CQC6101-2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc61-448151-2018-energy-conservation-and-environmentally-friendly-certification-rules</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2018-05-08/498678.shtml</t>
+  </si>
+  <si>
     <t>CQC61-448211-2015. CQC Mark Certification - domestic gas cooking appliances</t>
   </si>
   <si>
+    <t>Applies to products with rated load no bigger than 5.23kW for a single burner</t>
+  </si>
+  <si>
     <t>CQC 6151-2009 QB/T 1236-2008 GB 30720-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc61-448211-2015-cqc-mark-certification-domestic-gas-cooking-appliances</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-21/512168.shtml</t>
+  </si>
+  <si>
     <t>Decision No. 14/2023/QD-TTg: Lists of Low-Efficiency Equipment Subject to Elimination and Low-Efficiency Generating Sets Banned from Development and Application Roadmaps</t>
   </si>
   <si>
+    <t>This Decision regulates the list of products that have mandatory Minimum Energy Performance Standards (MEPS) that must be met before being imported to Vietnam. Devices such as LED lamps, infrared hobs, induction hobs, refrigerators, refrigerator-freezers and freezers, storage water heaters, non-ducted air conditioners, television sets, notebook computers, desktop computers, LED road and street lighting luminaries, and industrial boilers should comply with the most recent standards beginning April 1, 2025. The Decision comes into force on July 15, 2023, and Decision No. 24/2018/QD-TTg will expire at such time.</t>
+  </si>
+  <si>
     <t>Vietnam*</t>
   </si>
   <si>
     <t>Computers, Imaging Equipment, Televisions, Displays, Induction Cookstoves or Hobs, Rice Cookers, Electric Kettles, Cooktops or Hobs, Washing Machines, Indoor Luminaires, Streetlighting, Tubular Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, Ceiling Fans, Portable Fans, Room ACs - Stationary ACs, Storage Water Heaters, Distribution Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label</t>
   </si>
   <si>
     <t>January 2024</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade (MOIT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/decision-no-142023qd-ttg-lists-low-efficiency-equipment-subject-elimination-and-low</t>
   </si>
   <si>
+    <t>https://vanban.chinhphu.vn/?pageid=27160&amp;docid=207954</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Household Cooker Hoods (DE-UZ 147)</t>
   </si>
   <si>
+    <t>These Basic Award Criteria apply to household cooker hoods with an inbuilt fan for either recirculation operation - or exhaust operation exhibiting a maximum air flow volume of 800 m3 /h at maximum continuous operation. Requirements include energy efficiency of the fan; energy-efficient lighting; and power consumption in off and stand-by mode.</t>
+  </si>
+  <si>
     <t>Germany</t>
   </si>
   <si>
     <t>January 2020</t>
   </si>
   <si>
     <t>DIN EN 61591 and DIN EN ISO/IEC 17025</t>
   </si>
   <si>
     <t>Umweltbundesamt -Federal Environment Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/der-blaue-engel-household-cooker-hoods-de-uz-147</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20147-201001-en%20Criteria-2018-10-17.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Label Qualified Gas Burning Cooking Appliances; En-Tech 10004066280</t>
   </si>
   <si>
+    <t>Gas Burning Cooking Appliances shall meet the requirements of CNS 13604; and the definition of C.C.C. Code 7321.81.00.00-0-A; or recognized by the Bureau of Energy; MOEA.</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>CNS 13604</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-method-label-qualified-gas-burning-cooking</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=19%20</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Label Qualified Range Hoods; No. En-Tech 10105012081</t>
   </si>
   <si>
+    <t>Range Hoods shall meet the requirements of CNS 3765-31 - Safety of household and similar electrical appliances - Part 2: Particular requirements of range hoods. Meanwhile products shall meet the definition of C.C.C. Code 8414.60.00.00-1; or recognized by the Bureau of Energy; MOEA as range hood.</t>
+  </si>
+  <si>
     <t>ISO 5801 or AMCA 210</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-method-label-qualified-range-hoods-no-en-tech</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=47</t>
+  </si>
+  <si>
     <t>Energy Efficiency Label No5 for Cooktop</t>
+  </si>
+  <si>
+    <t>This program covers an electric induction cooker with 1 – 4 heads and the diameter of the cooker does not exceed 220 mm. Covers Portable type and built-in type all sizes (watts), single-phase AC, rated frequency 50 Hz and rated voltage does not exceed 250 V, manufactured locally or imported for sale in Thailand, and must not be a product that does not pass the random test of electric efficiency of the program within 1 year from the notification of the random test result.</t>
   </si>
   <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>TIS 2589-2556 (2013)
 ,   
                     IEC 61817
 ,   
                     IEC 60350-2</t>
   </si>
   <si>
     <t>Electricity Generating Authority Thailand (EGAT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-label-no5-cooktop</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/stove.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Label No5 for Electric Stoves</t>
   </si>
   <si>
+    <t>This program covers shallow bottoms pan type: heating type integrated with pan, separate heating with the pan.</t>
+  </si>
+  <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>TIS 2673-2559 (2016)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-label-no5-electric-stoves</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/pan.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Regulations, 2016 (SOR/2016-311)</t>
   </si>
   <si>
+    <t>This policy is divided into 14 divisions: 1) household appliances, 2) air conditioners, condensing units, and chillers, 3) heat pumps, 4) furnaces, fireplaces, unit heaters, and recovery ventilators, 5) boilers, 6) water heaters, 7) lamps and lamp ballasts, 8) lighting fixtures, 9) electronic products, 10) commercial refrigeration, 11) dry-type transformers, 12) motors, 13) commercial pre-rinse spray valves, and 14) pumps.</t>
+  </si>
+  <si>
     <t>Canada</t>
   </si>
   <si>
     <t>Audio-Visual, Televisions, Displays, Battery Chargers, External Power Supply, Dehumidifiers, Ovens, Microwaves, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washer and Dryers, Washing Machines, Indoor Luminaires, Specialty Luminaires, Specialty Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Ventilation, Ceiling Fans, Space Heating, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Portable ACs, Packaged Terminals, Chillers - Cooler Towers, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Pump Systems, Power Transformers, Distribution Transformers, Wine Chillers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil</t>
   </si>
   <si>
     <t>Natural Resources Canada Office of Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-regulations-2016-sor2016-311</t>
   </si>
   <si>
+    <t>https://laws-lois.justice.gc.ca/eng/regulations/SOR-2016-311/index.html</t>
+  </si>
+  <si>
     <t>Energy-Saving Labeling Program - Gas cooking appliances</t>
   </si>
   <si>
+    <t>This policy covers gas burners.</t>
+  </si>
+  <si>
     <t>Japan</t>
   </si>
   <si>
     <t>September 2018</t>
   </si>
   <si>
     <t>Energy Conservation Centre, Japan</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-saving-labeling-program-gas-cooking-appliances</t>
   </si>
   <si>
+    <t>https://www.asiaeec-col.eccj.or.jp/wpdata/wp-content/uploads/2018/03/09.pdf</t>
+  </si>
+  <si>
     <t>GB 20943-2013 Minimum allowable values of energy efficiency and evaluating values of energy conservation for single voltage external AC-DC and AC-AC power supplies</t>
   </si>
   <si>
+    <t>Applies to external power supplies which convert AC current with 220V and 50Hz to single voltage DC -no higher than 36V- or single voltage AC -no higher than 36V- current.It applies to products with rated output power no larger than 250W. Does NOT apply to DC-DC transformer.</t>
+  </si>
+  <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-20943-2013-minimum-allowable-values-energy-efficiency-and-evaluating-values-energy</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E686D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 29539-2013 Minimum allowable values of energy efficiency and energy efficiency grades for range hoods</t>
   </si>
   <si>
+    <t>This policy applies to efflux-type range hood with rated voltage below 250V and installed above domestic cooktop stove or other similar devices.</t>
+  </si>
+  <si>
     <t>GB/T 17713-2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-29539-2013-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E800D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 30720-2014 Minimum allowable values of energy efficiency and energy efficiency grades for domestic gas cooking appliances</t>
   </si>
   <si>
+    <t>Domestic gas cooking appliances which use urban gas have single combustors and its rated thermal load is not more than 5.23 kW</t>
+  </si>
+  <si>
     <t>LPG Stoves, Cooktops or Hobs</t>
   </si>
   <si>
     <t>CQC6151-20094.24.3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-30720-2014-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7EF80D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB30720—2025 Minimum allowable values of energy efficiency and energy efficiency grades for gas cooking appliances</t>
   </si>
   <si>
+    <t>This revised energy efficiency standards and grades apply to household gas stoves and integrated stoves using utility gas with a rated heat load not exceeding 5.23 kW, and commercial cooking stoves with a rated heat load not exceeding 60 kW, large pot stoves with a rated heat load not exceeding 80 kW, and water-jacketed or steam-generating steam cabinets and steam generators with a rated heat load not exceeding 80 kW.</t>
+  </si>
+  <si>
     <t>Steam Cookers, LPG Stoves, Cooktops or Hobs</t>
   </si>
   <si>
-    <t>Adopted, Revised</t>
-[...4 lines deleted...]
-  <si>
     <t>The Standardization Administration of China</t>
   </si>
   <si>
     <t>Cookstoves, Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb30720-2025-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-gas</t>
   </si>
   <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=301E0388CB71788DE06397BE0A0AE1B4</t>
+  </si>
+  <si>
     <t>GOST 14919-83 Household electric cooking ranges, cooking plates, and cooking ovens - General specifications</t>
   </si>
   <si>
+    <t>This policy covers household electric cooking ranges, cooking plates, and cooking ovens.</t>
+  </si>
+  <si>
     <t>Russia</t>
   </si>
   <si>
     <t>GOST 14919-83</t>
   </si>
   <si>
     <t>Russian Energy Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gost-14919-83-household-electric-cooking-ranges-cooking-plates-and-cooking-ovens-general</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/7652/</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (External Power Supplies) Determination 2014</t>
   </si>
   <si>
+    <t>Products covered include external power supply units with a nominal 230 V a.c. supply input and a single output at extra low voltage (ELV), either a.c. or d.c. and a maximum output of 250 W or 250 VA (see the standard for further details on products covered).</t>
+  </si>
+  <si>
     <t>Australia</t>
   </si>
   <si>
     <t>July 2025</t>
   </si>
   <si>
     <t>AS/NZS 4665.1:2005 AS/NZS 4665.2:2005 AS/NZS 4665</t>
   </si>
   <si>
     <t>Department of Climate Change and Energy Efficiency (DCCEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenhouse-and-energy-minimum-standards-external-power-supplies-determination-2014</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Series/F2014L01580</t>
+  </si>
+  <si>
     <t>Greenmark N108 - Gas Stoves</t>
   </si>
   <si>
+    <t>gas stoves as defined in CNS 13604 on Gas Cooking Appliances.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n108-gas-stoves</t>
   </si>
   <si>
     <t>Greenmark N131 - Range Hoods</t>
   </si>
   <si>
+    <t>This standard is applicable to range hoods which meet the definition of CNS 3805.</t>
+  </si>
+  <si>
     <t>Greenmark Labelling Program</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n131-range-hoods</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/131/3287c4fc-6816-4ef9-ba60-17a5ca19b988.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N72 - Induction Cookers</t>
   </si>
   <si>
+    <t>This standard applies to induction cookers which meet the requirements of CNS12339.</t>
+  </si>
+  <si>
     <t>CNS13803</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n72-induction-cookers</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/Eng/Criteriax_Detail.aspx?Serial=70</t>
+  </si>
+  <si>
     <t>High Energy Performance Label for Range Hood</t>
   </si>
   <si>
+    <t>This scheme covers domestic range hoods, operated by a motor which it controls, intended to collect contaminated air from above a hob, with a rated voltage not exceeding 250 volts. Excluded - Commercial fume hoods or intended to be used in locations with special conditions such as potentially corrosive or explosive atmospheres (dust, vapors, or gases).</t>
+  </si>
+  <si>
     <t>April 2022</t>
   </si>
   <si>
     <t>TIS 710–2530 or JIS C 9603:1988</t>
   </si>
   <si>
     <t>Department of Alternative Energy Development and Efficiency, Ministry of Energy…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/high-energy-performance-label-range-hood</t>
   </si>
   <si>
+    <t>https://www.dede.go.th/download/general_65/18_01032565.pdf</t>
+  </si>
+  <si>
     <t>INTE E17-1 2017</t>
   </si>
   <si>
+    <t>This national standard establishes the minimum limits of energy efficiency that electric cookers; insoles and electric ovens with resistive elements for domestic use and induction templates for domestic use must meet. Applies for electric ranges that use a 60 Hz AC source with a nominal system voltage of 120-240 V.</t>
+  </si>
+  <si>
     <t>Costa Rica</t>
   </si>
   <si>
     <t>ISO 2859-1</t>
   </si>
   <si>
     <t>Institute of Technical Standards of Costa Rica</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/inte-e17-1-2017</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e17-1-2017-eficiencia-energetica-cocinas-electricas-plantillas-plantillas-de-induccion-y-hornos-electricos-de-uso-domestico-parte-1-requisitos-1048?search=INTE+E17-1</t>
+  </si>
+  <si>
     <t>INTE E17-2 2017</t>
   </si>
   <si>
+    <t>This standard applies to electric cookers; insoles and electric ovens for domestic use with electrical connection 120 V; 240 V at 60 Hz</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/inte-e17-2-2017</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e17-2-2017-eficiencia-energetica-cocinas-electricas-plantillas-y-hornos-electricos-de-uso-domestico-parte-2-etiquetado-1558?search=INTE+E17-2</t>
+  </si>
+  <si>
     <t>ISIRI 14628-Determination of Criteria for energy consumption and energy labeling instruction</t>
   </si>
   <si>
+    <t>Covers air units with capacity of 3570m3 per h to 34000m3 per h</t>
+  </si>
+  <si>
     <t>Iran</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>ISIRI 10335</t>
   </si>
   <si>
     <t>Institute of Standards and Industrial Research of Iran (ISIRI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-14628-determination-criteria-energy-consumption-and-energy-labeling-instruction</t>
   </si>
   <si>
+    <t>http://isiri.gov.ir/portal/home/?135546/%D8%A7%D8%B7%D9%84%D8%A7%D8%B9%D8%A7%D8%AA-%D9%85%D8%B1%D8%A8%D9%88%D8%B7-%D8%A8%D9%87-%D8%A7%D8%B3%D8%AA%D8%A7%D9%86%D8%AF%D8%A7%D8%B1%D8%AF%D9%87%D8%A7%DB%8C-%D8%A8%D8%B1%DA%86%D8%B3%D8%A8-%D8%A7%D9%86%D8%B1%DA%98%</t>
+  </si>
+  <si>
     <t>JS 2111:2013 Technical Regulation on eco-design requirements for no-load condition electric power consumption and average active efficiency of external power supplies</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements related to electric power consumption in no-load condition and average active efficiency of external power supplies.</t>
+  </si>
+  <si>
     <t>Jordan</t>
   </si>
   <si>
     <t>JS 2092</t>
   </si>
   <si>
     <t>National Energy Research Centre (NERC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/js-21112013-technical-regulation-eco-design-requirements-no-load-condition-electric-power</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5471</t>
+  </si>
+  <si>
     <t>MEPS for Adapter Charger</t>
   </si>
   <si>
+    <t>For using with mobile phone, notebook, speaker for computer, LCD monitor,printer, PDA, camcorder, digital camera, audio, DVD player, MP3, PMP,portable CD player, set-top box, wire-wireless phone, modem, all AC-DC orAC-AC external power supply shall be included.</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-adapter-charger-0</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_2.asp</t>
+  </si>
+  <si>
     <t>MEPS for Electric stove</t>
   </si>
   <si>
+    <t>Electric stove with the rated power consumption of 500W, less than 10kW.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/meps-electric-stove</t>
   </si>
   <si>
     <t>Minimum Performance of external power supplies</t>
   </si>
   <si>
+    <t>MEPS covers: Mains powered; dc and ac adaptors|power-packs with a single output of up to 250 W or VA  used to power or recharge separate low voltage electronic products; like laptops cellphones etc. They are often sold packaged with the product it will be used with - for examplel; a laptop computer normally comes with a power adaptor.</t>
+  </si>
+  <si>
     <t>New Zealand</t>
   </si>
   <si>
     <t>AS/NZS 4665.1:2005</t>
   </si>
   <si>
     <t>Energy Efficiency and Conservation Authority (EECA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-performance-external-power-supplies</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/external-power-supplies-factsheet.pdf</t>
+  </si>
+  <si>
     <t>Ministerial Regulations Determining High Efficiency Electric Stove, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers electric stoves that have a heat source under the surface of the cooking part for heating the container (one-phase alternating current, with a rated voltage that does not exceed 250 volts and an electric frequency of 50 hertz). This policy covers hot plate electric stoves and induction stoves and excludes industrial electric stoves.</t>
+  </si>
+  <si>
     <t>Kitchen, Cooktops or Hobs</t>
   </si>
   <si>
     <t>High Energy Performance Standard</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulations-determining-high-efficiency-electric-stove-be-2558-2015</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload/?id=2048429</t>
+  </si>
+  <si>
     <t>Ministerial Regulations Prescribing Highly Efficiency Electric Pans, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers electric shallow frying pans, which include pans with built-in and separate heating systems (single-phase AC, a rated frequency of 50 Hz, and a rated voltage that does not exceed 250 V).</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulations-prescribing-highly-efficiency-electric-pans-be-2558-2015</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=17162822</t>
+  </si>
+  <si>
     <t>Ministerial Regulations Prescribing Highly Efficiency Liquefied petroleum gas (LPG) Cookstoves, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers household stoves that use liquefied petroleum gas.</t>
+  </si>
+  <si>
     <t>LPG</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulations-prescribing-highly-efficiency-liquefied-petroleum-gas-lpg</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=2048419</t>
+  </si>
+  <si>
     <t>NOM-029-ENER-2017, Energy efficiency of external power supplies</t>
   </si>
   <si>
+    <t>This standard aims to establish the minimum values ​​of energy efficiency in operation, the maximum limits of electrical power in no-load or empty mode, the test methods for their evaluation and the specifications of the minimum information to be marked on external power supplies (FAE) that are intended to convert the alternating current (AC) line voltage to a single fixed output voltage level in direct current (DC) at a time and with a maximum output power less than or equal to 250.0 W, as well as those that have a switch that allows the user to manually choose between different output voltage levels.</t>
+  </si>
+  <si>
     <t>Mexico</t>
   </si>
   <si>
+    <t>New</t>
+  </si>
+  <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>NMX-I-281-NYCE-2012</t>
   </si>
   <si>
     <t>Comision Nacional para el Uso Eficiente de la Energia (CONUEE, National Commiss…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nom-029-ener-2017-energy-efficiency-external-power-supplies</t>
   </si>
   <si>
+    <t>https://www.dof.gob.mx/nota_detalle_popup.php?codigo=5502802</t>
+  </si>
+  <si>
     <t>Regulation on Energy Efficiency Requirements for Mass-Produced Systems, Vehicles, and Appliances</t>
   </si>
   <si>
+    <t>This policy applies to mass-produced systems, vehicles, and devices as well as their mass-produced components that consume a considerable amount of energy and are placed on the market or sold in Switzerland.</t>
+  </si>
+  <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>Computers, Servers, Networking Equipment, Stand-by and networked devices, Televisions, Set Top Boxes (STB), Displays, External Power Supply, Vacuum Cleaners, Ovens, Dishwashers, Cooktops or Hobs, Coffee Machines, Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires, 3-Phase Motors, Industrial Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Storage Water Heaters, Building Circulator Pumps, Pumps Other, Power Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>Electricity, Other Solid Fuel</t>
   </si>
   <si>
     <t>See Policy</t>
   </si>
   <si>
     <t>Swiss Federal Office of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/regulation-energy-efficiency-requirements-mass-produced-systems-vehicles-and-appliances</t>
   </si>
   <si>
+    <t>https://www.admin.ch/opc/de/classified-compilation/20162950/index.html</t>
+  </si>
+  <si>
     <t>Resolution No. 69 - Labeling for Gas Cooking Appliances</t>
   </si>
   <si>
+    <t>Labeling for gas cooking appliances.</t>
+  </si>
+  <si>
     <t>Chile</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>SEC PC Nº7/1-2</t>
   </si>
   <si>
     <t>Ministry of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/resolution-no-69-labeling-gas-cooking-appliances</t>
   </si>
   <si>
+    <t>http://www.sec.cl/pls/portal/docs/PAGE/SECNORMATIVA/PRODUCTOS/PROTOCOLOS_COMBUSTIBLES/PC_7-1_2.PDF</t>
+  </si>
+  <si>
     <t>Schedule 18 - Diesel Generator Sets</t>
   </si>
   <si>
+    <t>This schedule specifies the star labeling requirements for various classifications for the application, rating and performance of single/three phase Diesel Generating sets consisting of a Reciprocating Internal Combustion (RIC) engine driven by diesel as fuel, Alternating Current (a.c.) generator, any associated control gear, switchgear and auxiliary equipment. It applies to A. C. generating sets driven by RIC engines for land and marine use being manufactured, imported or sold in India. It excludes generating sets used on aircraft or to propel land vehicles and Locomotives. Diesel Generating (DG) Sets up to 19 kW ratings are covered under pilot energy labeling scheme for single/three phase DG Sets.</t>
+  </si>
+  <si>
     <t>India</t>
   </si>
   <si>
     <t>Oil</t>
   </si>
   <si>
     <t>IS 10000, IS 10001, IS 13364, IS 4889:1968</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/schedule-18-diesel-generator-sets</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/DG%20Set%20schedule.pdf</t>
+  </si>
+  <si>
     <t>Schedule 9 - Domestic Liquefied Petroleum Gas Stoves</t>
   </si>
   <si>
+    <t>This schedule specifies the MEPS and labeling requirements for domestic gas stoves using LPG at 30 gf/cm2 gas inlet pressure being manufactured, imported, or sold in India</t>
+  </si>
+  <si>
     <t>IS 4246:2002</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/schedule-9-domestic-liquefied-petroleum-gas-stoves</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/Final_LPG_schedule.pdf</t>
+  </si>
+  <si>
     <t>SI 4665-2 PERFORMANCE OF EXTERNAL POWER SUPPLIES: MINIMUM ENERGY PERFORMANCE STANDARD (MEPS) REQUIREMENTS</t>
   </si>
   <si>
+    <t>Power converters covered under this standard include all single-voltage EPSs with nameplate output power up to 250 watts. Notable exclusions are devices with batteries that attach directly, replacements, and medical devices.</t>
+  </si>
+  <si>
     <t>Israel</t>
   </si>
   <si>
     <t>SI 4665-1</t>
   </si>
   <si>
     <t>Standards Institute of Israel (SII)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/si-4665-2-performance-external-power-supplies-minimum-energy-performance-standard-meps</t>
   </si>
   <si>
+    <t>https://portal.sii.org.il/heb/standardization/teken/?tid=98e117b6-728e-4ade-95e3-47864f20c486</t>
+  </si>
+  <si>
     <t>SI 60350 - Part 2: Ranges, ovens, steam ovens and grills - Methods for measuring Performance</t>
   </si>
   <si>
+    <t>Israeli Standard which covers household electric cooking appliances - hobs</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/si-60350-part-2-ranges-ovens-steam-ovens-and-grills-methods-measuring-performance</t>
   </si>
   <si>
+    <t>https://www.sii.org.il/en/standards-search</t>
+  </si>
+  <si>
     <t>Singapore Green Labelling Scheme: Gas Cookers and Gas-fired Appliances</t>
   </si>
   <si>
+    <t>This category establishes criteria for household gas-powered cooking devices that are isolated in design i.e. individual machines (which operate with gas burners located on steel originated or glass and ceramic layered cooker top) and gas-powered cooking devices with built-in ovens (the latter may be either natural gas or electricity powered). This category does not include gas powered cooking devices which operate with gas burners located below a glass and ceramic layered cooker top.</t>
+  </si>
+  <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Singapore Environment Council</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/singapore-green-labelling-scheme-gas-cookers-and-gas-fired-appliances</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=57</t>
+  </si>
+  <si>
     <t>Standard NOM-025-ENER-2013 - Domestic Gas Cooking Appliances</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for household gas cooking appliances.</t>
+  </si>
+  <si>
     <t>NOM-010-SESH-2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-025-ener-2013-domestic-gas-cooking-appliances</t>
   </si>
   <si>
+    <t>http://www.dof.gob.mx/nota_detalle.php?codigo=5302707&amp;fecha=17/06/2013</t>
+  </si>
+  <si>
     <t>TCVN 13373:2021 - Infrared cookers</t>
   </si>
   <si>
+    <t>This standard specifies minimum energy efficiency levels and methods for determining energy consumption for infrared cookers/hobs. This standard applies to infrared cookers that integrate other types of cooking zones such as induction cooking zones. This policy will enter into force on 1 April 2025.</t>
+  </si>
+  <si>
     <t>Induction Cookstoves or Hobs, Cooktops or Hobs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-133732021-infrared-cookers</t>
   </si>
   <si>
+    <t>https://thuvienphapluat.vn/TCVN/Dien-dien-tu/TCVN-13373-2021-Bep-hong-ngoai-Hieu-suat-nang-luong-920208.aspx</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Secondary Batteries for Portable Applications TGL-67-12</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to secondary batteries containing alkaline or other non-acid electrolytes for portable use by categorizing secondary batteries into two systems: 1. Nickel systems (covers only nickel-cadmium batteries and nickel-metal hydride batteries), and 2. Lithium systems.</t>
   </si>
   <si>
     <t>TIS 2217 (Secondary batteries)
 ,   
                     TIS 2218 or IEC 61960 (or EN 61960, JIS C 8711) (Lithium)
 ,   
                     IEC 61951-1 (or EN 61951-1) (Nickel-Cadmium)
 ,   
                     IEC 61951-2 (or EN 61951-2) (Nickel-metal hydride)</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-secondary-batteries-portable-applications-tgl-67-12</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-67-12.pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Gas Cookers</t>
   </si>
   <si>
+    <t>This policy applies to new gas cookers that are designed for primary use in domestic premises and burn gas defined in Gas Safety Ordinance, have a rated heat input not exceeding 7 kW for each burner, either table-top type or built-in type, and have one or multiple burners.</t>
+  </si>
+  <si>
     <t>Hong Kong SAR of China</t>
   </si>
   <si>
     <t>GB16410-2007</t>
   </si>
   <si>
     <t>Electrical &amp; Mechanical Services Department of Hong Kong</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-gas-cookers</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Gas%20Cooker%202020_eng_v2.6%20(Final).pdf</t>
+  </si>
+  <si>
     <t>TIS 2589-2556 (2013) Electric hobs: Energy efficiency requirements</t>
   </si>
   <si>
+    <t>This standard specifies energy efficiency requirements of electric hobs for household and similar purposes, their rated voltage not more than 250 V at a frequency of 50 Hz and having a diameter not more than 220 mm. This policy specifies types and dimensions, marks, and testing.</t>
+  </si>
+  <si>
     <t>Thai Industrial Standards Institute (TISI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tis-2589-2556-2013-electric-hobs-energy-efficiency-requirements</t>
   </si>
   <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2556/E/127/8.PDF</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 29236 | transposition of EC 65-2017</t>
   </si>
   <si>
+    <t>Domestic electric and gas ovens including when incorporated into cookers and for domestic electric range hoods including when sold for non-domestic purposes. This Regulation shall not apply to:  a. ovens that use energy sources other than electricity or gas; b. ovens which offer a microwave heating function;  c. small ovens;  d. portable ovens;  e. heat storage ovens</t>
+  </si>
+  <si>
     <t>Turkey</t>
   </si>
   <si>
+    <t>EU 65-2014</t>
+  </si>
+  <si>
+    <t>Ministry of Energy and Natural Resources</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-29236-transposition-ec-65-2017</t>
+  </si>
+  <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2015/01/20150114.pdf</t>
+  </si>
+  <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market and putting into service of domestic ovens including when incorporated in cookers; domestic hobs and domestic electric range hoods including when sold for non-domestic purposes. This Regulation does not apply to:  a. appliances that use energy sources other than electricity or gas;   b. appliances which offer microwave heating function;   c. small ovens;   d. portable ovens;    e. heat storage ovens;   f. ovens which are heated with steam as a primary heating function;   g. covered gas burners in hobs;   h. outdoor cooking appliances;   i. appliances designed for use only with gases of the third family propane and butane; and    j. grills.</t>
+  </si>
+  <si>
     <t>EU 66-2014</t>
   </si>
   <si>
-    <t>Ministry of Energy and Natural Resources</t>
-[...1 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-29236-transposition-ec-65-2017-0</t>
-  </si>
-[...4 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-29236-transposition-ec-65-2017</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -1208,2651 +1588,3062 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N60"/>
+  <dimension ref="A1:P61"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="255" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="143" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="284.216" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="970.763" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="891.782" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="54.13" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="91.978" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="143.822" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="303.069" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>1990</v>
       </c>
-      <c r="H2">
+      <c r="I2">
         <v>2016</v>
       </c>
-      <c r="I2" t="s">
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G3" t="s">
+        <v>34</v>
+      </c>
+      <c r="H3">
+        <v>1991</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>35</v>
+      </c>
+      <c r="K3" t="s">
+        <v>36</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>37</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>38</v>
+      </c>
+      <c r="P3" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>40</v>
+      </c>
+      <c r="B4" t="s">
+        <v>41</v>
+      </c>
+      <c r="C4" t="s">
+        <v>42</v>
+      </c>
+      <c r="D4" t="s">
+        <v>43</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>44</v>
+      </c>
+      <c r="G4" t="s">
+        <v>34</v>
+      </c>
+      <c r="H4">
+        <v>2013</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>45</v>
+      </c>
+      <c r="K4" t="s">
+        <v>36</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>46</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>47</v>
+      </c>
+      <c r="P4" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>49</v>
+      </c>
+      <c r="B5" t="s">
+        <v>50</v>
+      </c>
+      <c r="C5" t="s">
+        <v>51</v>
+      </c>
+      <c r="D5" t="s">
+        <v>33</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>44</v>
+      </c>
+      <c r="G5" t="s">
+        <v>34</v>
+      </c>
+      <c r="H5">
+        <v>2015</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>52</v>
+      </c>
+      <c r="K5" t="s">
+        <v>36</v>
+      </c>
+      <c r="L5" t="s">
+        <v>53</v>
+      </c>
+      <c r="M5" t="s">
+        <v>54</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>55</v>
+      </c>
+      <c r="P5" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>57</v>
+      </c>
+      <c r="B6" t="s">
+        <v>58</v>
+      </c>
+      <c r="C6" t="s">
+        <v>51</v>
+      </c>
+      <c r="D6" t="s">
+        <v>33</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>44</v>
+      </c>
+      <c r="G6" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...2 lines deleted...]
-      <c r="M2" t="s">
+      <c r="H6">
+        <v>2008</v>
+      </c>
+      <c r="I6">
+        <v>2015</v>
+      </c>
+      <c r="J6" t="s">
+        <v>52</v>
+      </c>
+      <c r="K6" t="s">
+        <v>36</v>
+      </c>
+      <c r="L6" t="s">
+        <v>59</v>
+      </c>
+      <c r="M6" t="s">
+        <v>54</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>60</v>
+      </c>
+      <c r="P6" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>62</v>
+      </c>
+      <c r="B7" t="s">
+        <v>63</v>
+      </c>
+      <c r="C7" t="s">
+        <v>64</v>
+      </c>
+      <c r="D7" t="s">
+        <v>65</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2009</v>
+      </c>
+      <c r="I7">
+        <v>2019</v>
+      </c>
+      <c r="J7" t="s">
+        <v>66</v>
+      </c>
+      <c r="K7" t="s">
+        <v>36</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7"/>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>67</v>
+      </c>
+      <c r="P7" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>62</v>
+      </c>
+      <c r="B8" t="s">
+        <v>63</v>
+      </c>
+      <c r="C8" t="s">
+        <v>69</v>
+      </c>
+      <c r="D8" t="s">
+        <v>65</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>21</v>
+      </c>
+      <c r="G8" t="s">
+        <v>70</v>
+      </c>
+      <c r="H8">
+        <v>2009</v>
+      </c>
+      <c r="I8">
+        <v>2019</v>
+      </c>
+      <c r="J8" t="s">
+        <v>71</v>
+      </c>
+      <c r="K8" t="s">
+        <v>36</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>72</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>73</v>
+      </c>
+      <c r="P8" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>75</v>
+      </c>
+      <c r="B9" t="s">
+        <v>76</v>
+      </c>
+      <c r="C9" t="s">
+        <v>77</v>
+      </c>
+      <c r="D9" t="s">
+        <v>78</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>21</v>
+      </c>
+      <c r="G9" t="s">
+        <v>79</v>
+      </c>
+      <c r="H9">
+        <v>2009</v>
+      </c>
+      <c r="I9">
+        <v>2019</v>
+      </c>
+      <c r="J9" t="s">
+        <v>80</v>
+      </c>
+      <c r="K9" t="s">
+        <v>36</v>
+      </c>
+      <c r="L9" t="s">
+        <v>81</v>
+      </c>
+      <c r="M9" t="s">
+        <v>82</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>83</v>
+      </c>
+      <c r="P9" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>85</v>
+      </c>
+      <c r="B10" t="s">
+        <v>86</v>
+      </c>
+      <c r="C10" t="s">
+        <v>69</v>
+      </c>
+      <c r="D10" t="s">
+        <v>87</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>21</v>
+      </c>
+      <c r="G10" t="s">
+        <v>34</v>
+      </c>
+      <c r="H10">
+        <v>2014</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>71</v>
+      </c>
+      <c r="K10" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-[...320 lines deleted...]
-      <c r="K10"/>
       <c r="L10"/>
       <c r="M10" t="s">
+        <v>72</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>88</v>
+      </c>
+      <c r="P10" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>85</v>
+      </c>
+      <c r="B11" t="s">
+        <v>90</v>
+      </c>
+      <c r="C11" t="s">
+        <v>64</v>
+      </c>
+      <c r="D11" t="s">
+        <v>87</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>21</v>
+      </c>
+      <c r="G11" t="s">
+        <v>34</v>
+      </c>
+      <c r="H11">
+        <v>2012</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>66</v>
+      </c>
+      <c r="K11" t="s">
         <v>24</v>
       </c>
-      <c r="N10" t="s">
-[...22 lines deleted...]
-      <c r="G11">
+      <c r="L11"/>
+      <c r="M11"/>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>91</v>
+      </c>
+      <c r="P11" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>93</v>
+      </c>
+      <c r="B12" t="s">
+        <v>94</v>
+      </c>
+      <c r="C12" t="s">
+        <v>95</v>
+      </c>
+      <c r="D12" t="s">
+        <v>33</v>
+      </c>
+      <c r="E12" t="s">
+        <v>96</v>
+      </c>
+      <c r="F12" t="s">
+        <v>97</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
         <v>2008</v>
       </c>
-      <c r="H11">
+      <c r="I12">
         <v>2011</v>
       </c>
-      <c r="I11" t="s">
-[...37 lines deleted...]
-      <c r="G12">
+      <c r="J12" t="s">
+        <v>52</v>
+      </c>
+      <c r="K12" t="s">
+        <v>98</v>
+      </c>
+      <c r="L12" t="s">
+        <v>99</v>
+      </c>
+      <c r="M12" t="s">
+        <v>100</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>101</v>
+      </c>
+      <c r="P12" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>103</v>
+      </c>
+      <c r="B13" t="s">
+        <v>104</v>
+      </c>
+      <c r="C13" t="s">
+        <v>51</v>
+      </c>
+      <c r="D13" t="s">
+        <v>33</v>
+      </c>
+      <c r="E13" t="s">
+        <v>96</v>
+      </c>
+      <c r="F13" t="s">
+        <v>97</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
         <v>2015</v>
       </c>
-      <c r="H12">
+      <c r="I13">
         <v>2014</v>
       </c>
-      <c r="I12" t="s">
-[...45 lines deleted...]
-      </c>
       <c r="J13" t="s">
-        <v>31</v>
+        <v>105</v>
       </c>
       <c r="K13" t="s">
-        <v>77</v>
+        <v>36</v>
       </c>
       <c r="L13" t="s">
-        <v>74</v>
+        <v>106</v>
       </c>
       <c r="M13" t="s">
-        <v>24</v>
+        <v>107</v>
       </c>
       <c r="N13" t="s">
-        <v>78</v>
-[...2 lines deleted...]
-    <row r="14" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>108</v>
+      </c>
+      <c r="P13" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
       <c r="A14" t="s">
-        <v>79</v>
+        <v>110</v>
       </c>
       <c r="B14" t="s">
-        <v>42</v>
+        <v>111</v>
       </c>
       <c r="C14" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="D14" t="s">
         <v>65</v>
       </c>
       <c r="E14" t="s">
-        <v>66</v>
+        <v>96</v>
       </c>
       <c r="F14" t="s">
-        <v>29</v>
-[...6 lines deleted...]
-        <v>43</v>
+        <v>97</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>2005</v>
+      </c>
+      <c r="I14">
+        <v>2014</v>
       </c>
       <c r="J14" t="s">
-        <v>31</v>
+        <v>105</v>
       </c>
       <c r="K14" t="s">
-        <v>80</v>
+        <v>36</v>
       </c>
       <c r="L14" t="s">
-        <v>74</v>
+        <v>112</v>
       </c>
       <c r="M14" t="s">
-        <v>24</v>
+        <v>107</v>
       </c>
       <c r="N14" t="s">
-        <v>81</v>
-[...2 lines deleted...]
-    <row r="15" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>113</v>
+      </c>
+      <c r="P14" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
       <c r="A15" t="s">
-        <v>82</v>
+        <v>115</v>
       </c>
       <c r="B15" t="s">
-        <v>42</v>
+        <v>116</v>
       </c>
       <c r="C15" t="s">
-        <v>28</v>
+        <v>51</v>
       </c>
       <c r="D15" t="s">
         <v>65</v>
       </c>
       <c r="E15" t="s">
-        <v>66</v>
+        <v>96</v>
       </c>
       <c r="F15" t="s">
-        <v>29</v>
-[...1 lines deleted...]
-      <c r="G15">
+        <v>97</v>
+      </c>
+      <c r="G15" t="s">
+        <v>34</v>
+      </c>
+      <c r="H15">
+        <v>2018</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>52</v>
+      </c>
+      <c r="K15" t="s">
+        <v>36</v>
+      </c>
+      <c r="L15" t="s">
+        <v>117</v>
+      </c>
+      <c r="M15" t="s">
+        <v>107</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>118</v>
+      </c>
+      <c r="P15" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>120</v>
+      </c>
+      <c r="B16" t="s">
+        <v>121</v>
+      </c>
+      <c r="C16" t="s">
+        <v>51</v>
+      </c>
+      <c r="D16" t="s">
+        <v>33</v>
+      </c>
+      <c r="E16" t="s">
+        <v>96</v>
+      </c>
+      <c r="F16" t="s">
+        <v>97</v>
+      </c>
+      <c r="G16" t="s">
+        <v>34</v>
+      </c>
+      <c r="H16">
         <v>2015</v>
       </c>
-      <c r="H15"/>
-[...29 lines deleted...]
-      <c r="D16" t="s">
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>105</v>
+      </c>
+      <c r="K16" t="s">
+        <v>98</v>
+      </c>
+      <c r="L16" t="s">
+        <v>122</v>
+      </c>
+      <c r="M16" t="s">
+        <v>107</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>123</v>
+      </c>
+      <c r="P16" t="s">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>125</v>
+      </c>
+      <c r="B17" t="s">
+        <v>126</v>
+      </c>
+      <c r="C17" t="s">
+        <v>51</v>
+      </c>
+      <c r="D17" t="s">
+        <v>33</v>
+      </c>
+      <c r="E17" t="s">
+        <v>96</v>
+      </c>
+      <c r="F17" t="s">
+        <v>97</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>2013</v>
+      </c>
+      <c r="I17">
+        <v>2018</v>
+      </c>
+      <c r="J17" t="s">
+        <v>105</v>
+      </c>
+      <c r="K17" t="s">
+        <v>36</v>
+      </c>
+      <c r="L17" t="s">
+        <v>127</v>
+      </c>
+      <c r="M17" t="s">
+        <v>107</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>128</v>
+      </c>
+      <c r="P17" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>130</v>
+      </c>
+      <c r="B18" t="s">
+        <v>131</v>
+      </c>
+      <c r="C18" t="s">
+        <v>51</v>
+      </c>
+      <c r="D18" t="s">
+        <v>33</v>
+      </c>
+      <c r="E18" t="s">
+        <v>96</v>
+      </c>
+      <c r="F18" t="s">
+        <v>97</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>2003</v>
+      </c>
+      <c r="I18">
+        <v>2015</v>
+      </c>
+      <c r="J18" t="s">
+        <v>105</v>
+      </c>
+      <c r="K18" t="s">
+        <v>98</v>
+      </c>
+      <c r="L18" t="s">
+        <v>132</v>
+      </c>
+      <c r="M18" t="s">
+        <v>107</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>133</v>
+      </c>
+      <c r="P18" t="s">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>135</v>
+      </c>
+      <c r="B19" t="s">
+        <v>136</v>
+      </c>
+      <c r="C19" t="s">
+        <v>137</v>
+      </c>
+      <c r="D19" t="s">
+        <v>138</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>139</v>
+      </c>
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
+        <v>2011</v>
+      </c>
+      <c r="I19">
+        <v>2023</v>
+      </c>
+      <c r="J19" t="s">
+        <v>140</v>
+      </c>
+      <c r="K19" t="s">
+        <v>36</v>
+      </c>
+      <c r="L19"/>
+      <c r="M19" t="s">
+        <v>141</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>142</v>
+      </c>
+      <c r="P19" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>144</v>
+      </c>
+      <c r="B20" t="s">
+        <v>145</v>
+      </c>
+      <c r="C20" t="s">
+        <v>146</v>
+      </c>
+      <c r="D20" t="s">
+        <v>33</v>
+      </c>
+      <c r="E20" t="s">
+        <v>96</v>
+      </c>
+      <c r="F20" t="s">
+        <v>97</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
+        <v>2010</v>
+      </c>
+      <c r="I20">
+        <v>2018</v>
+      </c>
+      <c r="J20" t="s">
+        <v>147</v>
+      </c>
+      <c r="K20" t="s">
+        <v>36</v>
+      </c>
+      <c r="L20" t="s">
+        <v>148</v>
+      </c>
+      <c r="M20" t="s">
+        <v>149</v>
+      </c>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>150</v>
+      </c>
+      <c r="P20" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>152</v>
+      </c>
+      <c r="B21" t="s">
+        <v>153</v>
+      </c>
+      <c r="C21" t="s">
+        <v>154</v>
+      </c>
+      <c r="D21" t="s">
+        <v>33</v>
+      </c>
+      <c r="E21" t="s">
+        <v>96</v>
+      </c>
+      <c r="F21" t="s">
+        <v>97</v>
+      </c>
+      <c r="G21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21">
+        <v>2011</v>
+      </c>
+      <c r="I21">
+        <v>2011</v>
+      </c>
+      <c r="J21" t="s">
+        <v>155</v>
+      </c>
+      <c r="K21" t="s">
+        <v>98</v>
+      </c>
+      <c r="L21" t="s">
+        <v>156</v>
+      </c>
+      <c r="M21" t="s">
+        <v>157</v>
+      </c>
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>158</v>
+      </c>
+      <c r="P21" t="s">
+        <v>159</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>160</v>
+      </c>
+      <c r="B22" t="s">
+        <v>161</v>
+      </c>
+      <c r="C22" t="s">
+        <v>154</v>
+      </c>
+      <c r="D22" t="s">
+        <v>33</v>
+      </c>
+      <c r="E22" t="s">
+        <v>96</v>
+      </c>
+      <c r="F22" t="s">
+        <v>97</v>
+      </c>
+      <c r="G22" t="s">
+        <v>34</v>
+      </c>
+      <c r="H22">
+        <v>2013</v>
+      </c>
+      <c r="I22"/>
+      <c r="J22" t="s">
+        <v>155</v>
+      </c>
+      <c r="K22" t="s">
+        <v>36</v>
+      </c>
+      <c r="L22" t="s">
+        <v>162</v>
+      </c>
+      <c r="M22" t="s">
+        <v>157</v>
+      </c>
+      <c r="N22" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>163</v>
+      </c>
+      <c r="P22" t="s">
+        <v>164</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>165</v>
+      </c>
+      <c r="B23" t="s">
+        <v>166</v>
+      </c>
+      <c r="C23" t="s">
+        <v>167</v>
+      </c>
+      <c r="D23" t="s">
+        <v>33</v>
+      </c>
+      <c r="E23" t="s">
+        <v>96</v>
+      </c>
+      <c r="F23" t="s">
+        <v>44</v>
+      </c>
+      <c r="G23" t="s">
+        <v>22</v>
+      </c>
+      <c r="H23">
+        <v>2014</v>
+      </c>
+      <c r="I23">
+        <v>2019</v>
+      </c>
+      <c r="J23" t="s">
+        <v>168</v>
+      </c>
+      <c r="K23" t="s">
+        <v>36</v>
+      </c>
+      <c r="L23" t="s">
+        <v>169</v>
+      </c>
+      <c r="M23" t="s">
+        <v>170</v>
+      </c>
+      <c r="N23" t="s">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>171</v>
+      </c>
+      <c r="P23" t="s">
+        <v>172</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>173</v>
+      </c>
+      <c r="B24" t="s">
+        <v>174</v>
+      </c>
+      <c r="C24" t="s">
+        <v>167</v>
+      </c>
+      <c r="D24" t="s">
+        <v>33</v>
+      </c>
+      <c r="E24" t="s">
+        <v>96</v>
+      </c>
+      <c r="F24" t="s">
+        <v>44</v>
+      </c>
+      <c r="G24" t="s">
+        <v>22</v>
+      </c>
+      <c r="H24">
+        <v>2015</v>
+      </c>
+      <c r="I24">
+        <v>2019</v>
+      </c>
+      <c r="J24" t="s">
+        <v>175</v>
+      </c>
+      <c r="K24" t="s">
+        <v>36</v>
+      </c>
+      <c r="L24" t="s">
+        <v>176</v>
+      </c>
+      <c r="M24" t="s">
+        <v>170</v>
+      </c>
+      <c r="N24" t="s">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>177</v>
+      </c>
+      <c r="P24" t="s">
+        <v>178</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>179</v>
+      </c>
+      <c r="B25" t="s">
+        <v>180</v>
+      </c>
+      <c r="C25" t="s">
+        <v>181</v>
+      </c>
+      <c r="D25" t="s">
+        <v>182</v>
+      </c>
+      <c r="E25" t="s">
+        <v>20</v>
+      </c>
+      <c r="F25" t="s">
+        <v>183</v>
+      </c>
+      <c r="G25" t="s">
+        <v>22</v>
+      </c>
+      <c r="H25">
+        <v>2016</v>
+      </c>
+      <c r="I25">
+        <v>2019</v>
+      </c>
+      <c r="J25" t="s">
+        <v>184</v>
+      </c>
+      <c r="K25" t="s">
+        <v>185</v>
+      </c>
+      <c r="L25"/>
+      <c r="M25" t="s">
+        <v>186</v>
+      </c>
+      <c r="N25" t="s">
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
+        <v>187</v>
+      </c>
+      <c r="P25" t="s">
+        <v>188</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>189</v>
+      </c>
+      <c r="B26" t="s">
+        <v>190</v>
+      </c>
+      <c r="C26" t="s">
+        <v>191</v>
+      </c>
+      <c r="D26" t="s">
+        <v>33</v>
+      </c>
+      <c r="E26" t="s">
+        <v>96</v>
+      </c>
+      <c r="F26" t="s">
+        <v>44</v>
+      </c>
+      <c r="G26" t="s">
+        <v>22</v>
+      </c>
+      <c r="H26">
+        <v>2006</v>
+      </c>
+      <c r="I26">
+        <v>2006</v>
+      </c>
+      <c r="J26" t="s">
+        <v>192</v>
+      </c>
+      <c r="K26" t="s">
+        <v>98</v>
+      </c>
+      <c r="L26"/>
+      <c r="M26" t="s">
+        <v>193</v>
+      </c>
+      <c r="N26" t="s">
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
+        <v>194</v>
+      </c>
+      <c r="P26" t="s">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>196</v>
+      </c>
+      <c r="B27" t="s">
+        <v>197</v>
+      </c>
+      <c r="C27" t="s">
+        <v>51</v>
+      </c>
+      <c r="D27" t="s">
         <v>65</v>
       </c>
-      <c r="E16" t="s">
-[...5 lines deleted...]
-      <c r="G16">
+      <c r="E27" t="s">
+        <v>20</v>
+      </c>
+      <c r="F27" t="s">
+        <v>21</v>
+      </c>
+      <c r="G27" t="s">
+        <v>22</v>
+      </c>
+      <c r="H27">
+        <v>2007</v>
+      </c>
+      <c r="I27">
+        <v>2014</v>
+      </c>
+      <c r="J27" t="s">
+        <v>105</v>
+      </c>
+      <c r="K27" t="s">
+        <v>36</v>
+      </c>
+      <c r="L27" t="s">
+        <v>112</v>
+      </c>
+      <c r="M27" t="s">
+        <v>54</v>
+      </c>
+      <c r="N27" t="s">
+        <v>198</v>
+      </c>
+      <c r="O27" t="s">
+        <v>199</v>
+      </c>
+      <c r="P27" t="s">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>201</v>
+      </c>
+      <c r="B28" t="s">
+        <v>202</v>
+      </c>
+      <c r="C28" t="s">
+        <v>51</v>
+      </c>
+      <c r="D28" t="s">
+        <v>33</v>
+      </c>
+      <c r="E28" t="s">
+        <v>20</v>
+      </c>
+      <c r="F28" t="s">
+        <v>21</v>
+      </c>
+      <c r="G28" t="s">
+        <v>34</v>
+      </c>
+      <c r="H28">
         <v>2013</v>
       </c>
-      <c r="H16">
-[...43 lines deleted...]
-      <c r="H17">
+      <c r="I28"/>
+      <c r="J28" t="s">
+        <v>105</v>
+      </c>
+      <c r="K28" t="s">
+        <v>36</v>
+      </c>
+      <c r="L28" t="s">
+        <v>203</v>
+      </c>
+      <c r="M28" t="s">
+        <v>54</v>
+      </c>
+      <c r="N28" t="s">
+        <v>27</v>
+      </c>
+      <c r="O28" t="s">
+        <v>204</v>
+      </c>
+      <c r="P28" t="s">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>206</v>
+      </c>
+      <c r="B29" t="s">
+        <v>207</v>
+      </c>
+      <c r="C29" t="s">
+        <v>51</v>
+      </c>
+      <c r="D29" t="s">
+        <v>208</v>
+      </c>
+      <c r="E29" t="s">
+        <v>20</v>
+      </c>
+      <c r="F29" t="s">
+        <v>21</v>
+      </c>
+      <c r="G29" t="s">
+        <v>22</v>
+      </c>
+      <c r="H29">
+        <v>2008</v>
+      </c>
+      <c r="I29">
         <v>2015</v>
       </c>
-      <c r="I17" t="s">
-[...50 lines deleted...]
-      <c r="L18" t="s">
+      <c r="J29" t="s">
+        <v>105</v>
+      </c>
+      <c r="K29" t="s">
+        <v>98</v>
+      </c>
+      <c r="L29" t="s">
+        <v>209</v>
+      </c>
+      <c r="M29" t="s">
+        <v>54</v>
+      </c>
+      <c r="N29" t="s">
+        <v>27</v>
+      </c>
+      <c r="O29" t="s">
+        <v>210</v>
+      </c>
+      <c r="P29" t="s">
+        <v>211</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>212</v>
+      </c>
+      <c r="B30" t="s">
+        <v>213</v>
+      </c>
+      <c r="C30" t="s">
+        <v>51</v>
+      </c>
+      <c r="D30" t="s">
+        <v>214</v>
+      </c>
+      <c r="E30" t="s">
+        <v>20</v>
+      </c>
+      <c r="F30" t="s">
+        <v>21</v>
+      </c>
+      <c r="G30" t="s">
+        <v>8</v>
+      </c>
+      <c r="H30">
+        <v>2014</v>
+      </c>
+      <c r="I30">
+        <v>2025</v>
+      </c>
+      <c r="J30" t="s">
+        <v>80</v>
+      </c>
+      <c r="K30" t="s">
+        <v>36</v>
+      </c>
+      <c r="L30"/>
+      <c r="M30" t="s">
+        <v>215</v>
+      </c>
+      <c r="N30" t="s">
+        <v>216</v>
+      </c>
+      <c r="O30" t="s">
+        <v>217</v>
+      </c>
+      <c r="P30" t="s">
+        <v>218</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>219</v>
+      </c>
+      <c r="B31" t="s">
+        <v>220</v>
+      </c>
+      <c r="C31" t="s">
+        <v>221</v>
+      </c>
+      <c r="D31" t="s">
+        <v>33</v>
+      </c>
+      <c r="E31" t="s">
         <v>96</v>
       </c>
-      <c r="M18" t="s">
-[...499 lines deleted...]
-      <c r="G30">
+      <c r="F31" t="s">
+        <v>21</v>
+      </c>
+      <c r="G31" t="s">
+        <v>34</v>
+      </c>
+      <c r="H31">
         <v>1984</v>
       </c>
-      <c r="H30"/>
-[...6 lines deleted...]
-      <c r="K30" t="s">
+      <c r="I31"/>
+      <c r="J31" t="s">
         <v>155</v>
       </c>
-      <c r="L30" t="s">
-[...39 lines deleted...]
-      </c>
       <c r="K31" t="s">
-        <v>161</v>
+        <v>36</v>
       </c>
       <c r="L31" t="s">
-        <v>162</v>
+        <v>222</v>
       </c>
       <c r="M31" t="s">
-        <v>24</v>
+        <v>223</v>
       </c>
       <c r="N31" t="s">
-        <v>163</v>
-[...2 lines deleted...]
-    <row r="32" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O31" t="s">
+        <v>224</v>
+      </c>
+      <c r="P31" t="s">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
       <c r="A32" t="s">
-        <v>164</v>
+        <v>226</v>
       </c>
       <c r="B32" t="s">
-        <v>105</v>
+        <v>227</v>
       </c>
       <c r="C32" t="s">
-        <v>28</v>
+        <v>228</v>
       </c>
       <c r="D32" t="s">
         <v>65</v>
       </c>
       <c r="E32" t="s">
-        <v>66</v>
+        <v>20</v>
       </c>
       <c r="F32" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G32">
+        <v>21</v>
+      </c>
+      <c r="G32" t="s">
+        <v>22</v>
+      </c>
+      <c r="H32">
+        <v>2005</v>
+      </c>
+      <c r="I32">
+        <v>2014</v>
+      </c>
+      <c r="J32" t="s">
+        <v>229</v>
+      </c>
+      <c r="K32" t="s">
+        <v>36</v>
+      </c>
+      <c r="L32" t="s">
+        <v>230</v>
+      </c>
+      <c r="M32" t="s">
+        <v>231</v>
+      </c>
+      <c r="N32" t="s">
+        <v>27</v>
+      </c>
+      <c r="O32" t="s">
+        <v>232</v>
+      </c>
+      <c r="P32" t="s">
+        <v>233</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>234</v>
+      </c>
+      <c r="B33" t="s">
+        <v>235</v>
+      </c>
+      <c r="C33" t="s">
+        <v>154</v>
+      </c>
+      <c r="D33" t="s">
+        <v>33</v>
+      </c>
+      <c r="E33" t="s">
+        <v>96</v>
+      </c>
+      <c r="F33" t="s">
+        <v>97</v>
+      </c>
+      <c r="G33" t="s">
+        <v>22</v>
+      </c>
+      <c r="H33">
         <v>2011</v>
       </c>
-      <c r="H32">
+      <c r="I33">
         <v>2011</v>
       </c>
-      <c r="I32" t="s">
-[...20 lines deleted...]
-      <c r="B33" t="s">
+      <c r="J33" t="s">
+        <v>155</v>
+      </c>
+      <c r="K33" t="s">
+        <v>98</v>
+      </c>
+      <c r="L33"/>
+      <c r="M33" t="s">
+        <v>157</v>
+      </c>
+      <c r="N33" t="s">
+        <v>27</v>
+      </c>
+      <c r="O33" t="s">
+        <v>236</v>
+      </c>
+      <c r="P33"/>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>237</v>
+      </c>
+      <c r="B34" t="s">
+        <v>238</v>
+      </c>
+      <c r="C34" t="s">
+        <v>154</v>
+      </c>
+      <c r="D34" t="s">
+        <v>33</v>
+      </c>
+      <c r="E34" t="s">
+        <v>96</v>
+      </c>
+      <c r="F34" t="s">
+        <v>97</v>
+      </c>
+      <c r="G34" t="s">
+        <v>22</v>
+      </c>
+      <c r="H34">
+        <v>2013</v>
+      </c>
+      <c r="I34">
+        <v>2014</v>
+      </c>
+      <c r="J34" t="s">
+        <v>155</v>
+      </c>
+      <c r="K34" t="s">
+        <v>36</v>
+      </c>
+      <c r="L34"/>
+      <c r="M34" t="s">
+        <v>239</v>
+      </c>
+      <c r="N34" t="s">
+        <v>27</v>
+      </c>
+      <c r="O34" t="s">
+        <v>240</v>
+      </c>
+      <c r="P34" t="s">
+        <v>241</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>242</v>
+      </c>
+      <c r="B35" t="s">
+        <v>243</v>
+      </c>
+      <c r="C35" t="s">
+        <v>154</v>
+      </c>
+      <c r="D35" t="s">
+        <v>33</v>
+      </c>
+      <c r="E35" t="s">
+        <v>96</v>
+      </c>
+      <c r="F35" t="s">
+        <v>97</v>
+      </c>
+      <c r="G35" t="s">
+        <v>22</v>
+      </c>
+      <c r="H35">
+        <v>2011</v>
+      </c>
+      <c r="I35">
+        <v>2011</v>
+      </c>
+      <c r="J35" t="s">
+        <v>155</v>
+      </c>
+      <c r="K35" t="s">
+        <v>36</v>
+      </c>
+      <c r="L35" t="s">
+        <v>244</v>
+      </c>
+      <c r="M35" t="s">
+        <v>239</v>
+      </c>
+      <c r="N35" t="s">
+        <v>27</v>
+      </c>
+      <c r="O35" t="s">
+        <v>245</v>
+      </c>
+      <c r="P35" t="s">
+        <v>246</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>247</v>
+      </c>
+      <c r="B36" t="s">
+        <v>248</v>
+      </c>
+      <c r="C36" t="s">
+        <v>167</v>
+      </c>
+      <c r="D36" t="s">
+        <v>33</v>
+      </c>
+      <c r="E36" t="s">
+        <v>96</v>
+      </c>
+      <c r="F36" t="s">
+        <v>44</v>
+      </c>
+      <c r="G36" t="s">
+        <v>34</v>
+      </c>
+      <c r="H36">
+        <v>2022</v>
+      </c>
+      <c r="I36"/>
+      <c r="J36" t="s">
+        <v>249</v>
+      </c>
+      <c r="K36" t="s">
+        <v>36</v>
+      </c>
+      <c r="L36" t="s">
+        <v>250</v>
+      </c>
+      <c r="M36" t="s">
+        <v>251</v>
+      </c>
+      <c r="N36" t="s">
+        <v>27</v>
+      </c>
+      <c r="O36" t="s">
+        <v>252</v>
+      </c>
+      <c r="P36" t="s">
+        <v>253</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
+      <c r="A37" t="s">
+        <v>254</v>
+      </c>
+      <c r="B37" t="s">
+        <v>255</v>
+      </c>
+      <c r="C37" t="s">
+        <v>256</v>
+      </c>
+      <c r="D37" t="s">
+        <v>87</v>
+      </c>
+      <c r="E37" t="s">
+        <v>20</v>
+      </c>
+      <c r="F37" t="s">
+        <v>21</v>
+      </c>
+      <c r="G37" t="s">
+        <v>22</v>
+      </c>
+      <c r="H37">
+        <v>1996</v>
+      </c>
+      <c r="I37">
+        <v>2017</v>
+      </c>
+      <c r="J37" t="s">
+        <v>192</v>
+      </c>
+      <c r="K37" t="s">
+        <v>36</v>
+      </c>
+      <c r="L37" t="s">
+        <v>257</v>
+      </c>
+      <c r="M37" t="s">
+        <v>258</v>
+      </c>
+      <c r="N37" t="s">
+        <v>27</v>
+      </c>
+      <c r="O37" t="s">
+        <v>259</v>
+      </c>
+      <c r="P37" t="s">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
+      <c r="A38" t="s">
+        <v>261</v>
+      </c>
+      <c r="B38" t="s">
+        <v>262</v>
+      </c>
+      <c r="C38" t="s">
+        <v>256</v>
+      </c>
+      <c r="D38" t="s">
+        <v>87</v>
+      </c>
+      <c r="E38" t="s">
+        <v>20</v>
+      </c>
+      <c r="F38" t="s">
+        <v>44</v>
+      </c>
+      <c r="G38" t="s">
+        <v>22</v>
+      </c>
+      <c r="H38">
+        <v>1996</v>
+      </c>
+      <c r="I38">
+        <v>2017</v>
+      </c>
+      <c r="J38" t="s">
+        <v>192</v>
+      </c>
+      <c r="K38" t="s">
+        <v>36</v>
+      </c>
+      <c r="L38"/>
+      <c r="M38" t="s">
+        <v>258</v>
+      </c>
+      <c r="N38" t="s">
+        <v>27</v>
+      </c>
+      <c r="O38" t="s">
+        <v>263</v>
+      </c>
+      <c r="P38" t="s">
+        <v>264</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
+      <c r="A39" t="s">
+        <v>265</v>
+      </c>
+      <c r="B39" t="s">
+        <v>266</v>
+      </c>
+      <c r="C39" t="s">
+        <v>267</v>
+      </c>
+      <c r="D39" t="s">
+        <v>33</v>
+      </c>
+      <c r="E39" t="s">
+        <v>20</v>
+      </c>
+      <c r="F39" t="s">
+        <v>21</v>
+      </c>
+      <c r="G39" t="s">
+        <v>34</v>
+      </c>
+      <c r="H39">
+        <v>2013</v>
+      </c>
+      <c r="I39"/>
+      <c r="J39" t="s">
+        <v>268</v>
+      </c>
+      <c r="K39" t="s">
+        <v>98</v>
+      </c>
+      <c r="L39" t="s">
+        <v>269</v>
+      </c>
+      <c r="M39" t="s">
+        <v>270</v>
+      </c>
+      <c r="N39" t="s">
+        <v>27</v>
+      </c>
+      <c r="O39" t="s">
+        <v>271</v>
+      </c>
+      <c r="P39" t="s">
+        <v>272</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16">
+      <c r="A40" t="s">
+        <v>273</v>
+      </c>
+      <c r="B40" t="s">
+        <v>274</v>
+      </c>
+      <c r="C40" t="s">
+        <v>275</v>
+      </c>
+      <c r="D40" t="s">
+        <v>65</v>
+      </c>
+      <c r="E40" t="s">
+        <v>20</v>
+      </c>
+      <c r="F40" t="s">
+        <v>21</v>
+      </c>
+      <c r="G40" t="s">
+        <v>22</v>
+      </c>
+      <c r="H40">
+        <v>2013</v>
+      </c>
+      <c r="I40">
+        <v>2014</v>
+      </c>
+      <c r="J40" t="s">
         <v>105</v>
       </c>
-      <c r="C33" t="s">
-[...2 lines deleted...]
-      <c r="D33" t="s">
+      <c r="K40" t="s">
+        <v>36</v>
+      </c>
+      <c r="L40" t="s">
+        <v>276</v>
+      </c>
+      <c r="M40" t="s">
+        <v>277</v>
+      </c>
+      <c r="N40" t="s">
+        <v>27</v>
+      </c>
+      <c r="O40" t="s">
+        <v>278</v>
+      </c>
+      <c r="P40" t="s">
+        <v>279</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16">
+      <c r="A41" t="s">
+        <v>280</v>
+      </c>
+      <c r="B41" t="s">
+        <v>281</v>
+      </c>
+      <c r="C41" t="s">
+        <v>282</v>
+      </c>
+      <c r="D41" t="s">
         <v>65</v>
       </c>
-      <c r="E33" t="s">
-[...305 lines deleted...]
-      <c r="G40">
+      <c r="E41" t="s">
+        <v>20</v>
+      </c>
+      <c r="F41" t="s">
+        <v>21</v>
+      </c>
+      <c r="G41" t="s">
+        <v>34</v>
+      </c>
+      <c r="H41">
         <v>2009</v>
       </c>
-      <c r="H40"/>
-[...44 lines deleted...]
-      </c>
+      <c r="I41"/>
       <c r="J41" t="s">
-        <v>31</v>
-[...4 lines deleted...]
-      </c>
+        <v>268</v>
+      </c>
+      <c r="K41" t="s">
+        <v>36</v>
+      </c>
+      <c r="L41"/>
       <c r="M41" t="s">
-        <v>24</v>
+        <v>283</v>
       </c>
       <c r="N41" t="s">
-        <v>200</v>
-[...2 lines deleted...]
-    <row r="42" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O41" t="s">
+        <v>284</v>
+      </c>
+      <c r="P41" t="s">
+        <v>285</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16">
       <c r="A42" t="s">
-        <v>201</v>
+        <v>286</v>
       </c>
       <c r="B42" t="s">
-        <v>202</v>
+        <v>287</v>
       </c>
       <c r="C42" t="s">
-        <v>52</v>
+        <v>282</v>
       </c>
       <c r="D42" t="s">
-        <v>17</v>
+        <v>33</v>
       </c>
       <c r="E42" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F42" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2005</v>
+        <v>21</v>
+      </c>
+      <c r="G42" t="s">
+        <v>22</v>
       </c>
       <c r="H42">
         <v>2011</v>
       </c>
-      <c r="I42" t="s">
-        <v>106</v>
+      <c r="I42">
+        <v>2015</v>
       </c>
       <c r="J42" t="s">
-        <v>31</v>
+        <v>268</v>
       </c>
       <c r="K42" t="s">
-        <v>203</v>
-[...3 lines deleted...]
-      </c>
+        <v>36</v>
+      </c>
+      <c r="L42"/>
       <c r="M42" t="s">
-        <v>24</v>
+        <v>283</v>
       </c>
       <c r="N42" t="s">
-        <v>205</v>
-[...2 lines deleted...]
-    <row r="43" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O42" t="s">
+        <v>288</v>
+      </c>
+      <c r="P42" t="s">
+        <v>285</v>
+      </c>
+    </row>
+    <row r="43" spans="1:16">
       <c r="A43" t="s">
-        <v>206</v>
+        <v>289</v>
       </c>
       <c r="B43" t="s">
-        <v>114</v>
+        <v>290</v>
       </c>
       <c r="C43" t="s">
-        <v>207</v>
+        <v>291</v>
       </c>
       <c r="D43" t="s">
         <v>65</v>
       </c>
       <c r="E43" t="s">
-        <v>208</v>
+        <v>20</v>
       </c>
       <c r="F43" t="s">
-        <v>29</v>
-[...1 lines deleted...]
-      <c r="G43">
+        <v>21</v>
+      </c>
+      <c r="G43" t="s">
+        <v>22</v>
+      </c>
+      <c r="H43">
+        <v>2005</v>
+      </c>
+      <c r="I43">
+        <v>2011</v>
+      </c>
+      <c r="J43" t="s">
+        <v>155</v>
+      </c>
+      <c r="K43" t="s">
+        <v>36</v>
+      </c>
+      <c r="L43" t="s">
+        <v>292</v>
+      </c>
+      <c r="M43" t="s">
+        <v>293</v>
+      </c>
+      <c r="N43" t="s">
+        <v>27</v>
+      </c>
+      <c r="O43" t="s">
+        <v>294</v>
+      </c>
+      <c r="P43" t="s">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="44" spans="1:16">
+      <c r="A44" t="s">
+        <v>296</v>
+      </c>
+      <c r="B44" t="s">
+        <v>297</v>
+      </c>
+      <c r="C44" t="s">
+        <v>167</v>
+      </c>
+      <c r="D44" t="s">
+        <v>298</v>
+      </c>
+      <c r="E44" t="s">
+        <v>96</v>
+      </c>
+      <c r="F44" t="s">
+        <v>299</v>
+      </c>
+      <c r="G44" t="s">
+        <v>34</v>
+      </c>
+      <c r="H44">
         <v>2015</v>
       </c>
-      <c r="H43"/>
-[...7 lines deleted...]
-      <c r="L43" t="s">
+      <c r="I44"/>
+      <c r="J44" t="s">
+        <v>249</v>
+      </c>
+      <c r="K44" t="s">
+        <v>36</v>
+      </c>
+      <c r="L44"/>
+      <c r="M44" t="s">
+        <v>251</v>
+      </c>
+      <c r="N44" t="s">
+        <v>27</v>
+      </c>
+      <c r="O44" t="s">
+        <v>300</v>
+      </c>
+      <c r="P44" t="s">
+        <v>301</v>
+      </c>
+    </row>
+    <row r="45" spans="1:16">
+      <c r="A45" t="s">
+        <v>302</v>
+      </c>
+      <c r="B45" t="s">
+        <v>303</v>
+      </c>
+      <c r="C45" t="s">
+        <v>167</v>
+      </c>
+      <c r="D45" t="s">
+        <v>298</v>
+      </c>
+      <c r="E45" t="s">
+        <v>96</v>
+      </c>
+      <c r="F45" t="s">
+        <v>299</v>
+      </c>
+      <c r="G45" t="s">
+        <v>34</v>
+      </c>
+      <c r="H45">
+        <v>2015</v>
+      </c>
+      <c r="I45"/>
+      <c r="J45" t="s">
+        <v>249</v>
+      </c>
+      <c r="K45" t="s">
+        <v>36</v>
+      </c>
+      <c r="L45"/>
+      <c r="M45" t="s">
+        <v>251</v>
+      </c>
+      <c r="N45" t="s">
+        <v>27</v>
+      </c>
+      <c r="O45" t="s">
+        <v>304</v>
+      </c>
+      <c r="P45" t="s">
+        <v>305</v>
+      </c>
+    </row>
+    <row r="46" spans="1:16">
+      <c r="A46" t="s">
+        <v>306</v>
+      </c>
+      <c r="B46" t="s">
+        <v>307</v>
+      </c>
+      <c r="C46" t="s">
+        <v>167</v>
+      </c>
+      <c r="D46" t="s">
+        <v>33</v>
+      </c>
+      <c r="E46" t="s">
+        <v>96</v>
+      </c>
+      <c r="F46" t="s">
+        <v>299</v>
+      </c>
+      <c r="G46" t="s">
+        <v>34</v>
+      </c>
+      <c r="H46">
+        <v>2015</v>
+      </c>
+      <c r="I46"/>
+      <c r="J46" t="s">
         <v>175</v>
       </c>
-      <c r="M43" t="s">
-[...16 lines deleted...]
-      <c r="D44" t="s">
+      <c r="K46" t="s">
+        <v>308</v>
+      </c>
+      <c r="L46"/>
+      <c r="M46" t="s">
+        <v>251</v>
+      </c>
+      <c r="N46" t="s">
+        <v>27</v>
+      </c>
+      <c r="O46" t="s">
+        <v>309</v>
+      </c>
+      <c r="P46" t="s">
+        <v>310</v>
+      </c>
+    </row>
+    <row r="47" spans="1:16">
+      <c r="A47" t="s">
+        <v>311</v>
+      </c>
+      <c r="B47" t="s">
+        <v>312</v>
+      </c>
+      <c r="C47" t="s">
+        <v>313</v>
+      </c>
+      <c r="D47" t="s">
         <v>65</v>
       </c>
-      <c r="E44" t="s">
-[...85 lines deleted...]
-      <c r="G46">
+      <c r="E47" t="s">
+        <v>20</v>
+      </c>
+      <c r="F47" t="s">
+        <v>21</v>
+      </c>
+      <c r="G47" t="s">
+        <v>314</v>
+      </c>
+      <c r="H47">
         <v>2017</v>
       </c>
-      <c r="H46"/>
-[...38 lines deleted...]
-      <c r="G47">
+      <c r="I47"/>
+      <c r="J47" t="s">
+        <v>315</v>
+      </c>
+      <c r="K47" t="s">
+        <v>36</v>
+      </c>
+      <c r="L47" t="s">
+        <v>316</v>
+      </c>
+      <c r="M47" t="s">
+        <v>317</v>
+      </c>
+      <c r="N47" t="s">
+        <v>27</v>
+      </c>
+      <c r="O47" t="s">
+        <v>318</v>
+      </c>
+      <c r="P47" t="s">
+        <v>319</v>
+      </c>
+    </row>
+    <row r="48" spans="1:16">
+      <c r="A48" t="s">
+        <v>320</v>
+      </c>
+      <c r="B48" t="s">
+        <v>321</v>
+      </c>
+      <c r="C48" t="s">
+        <v>322</v>
+      </c>
+      <c r="D48" t="s">
+        <v>323</v>
+      </c>
+      <c r="E48" t="s">
+        <v>20</v>
+      </c>
+      <c r="F48" t="s">
+        <v>183</v>
+      </c>
+      <c r="G48" t="s">
+        <v>22</v>
+      </c>
+      <c r="H48">
         <v>2017</v>
       </c>
-      <c r="H47">
+      <c r="I48">
         <v>2021</v>
       </c>
-      <c r="I47" t="s">
-[...37 lines deleted...]
-      <c r="G48">
+      <c r="J48" t="s">
+        <v>324</v>
+      </c>
+      <c r="K48" t="s">
+        <v>325</v>
+      </c>
+      <c r="L48" t="s">
+        <v>326</v>
+      </c>
+      <c r="M48" t="s">
+        <v>327</v>
+      </c>
+      <c r="N48" t="s">
+        <v>198</v>
+      </c>
+      <c r="O48" t="s">
+        <v>328</v>
+      </c>
+      <c r="P48" t="s">
+        <v>329</v>
+      </c>
+    </row>
+    <row r="49" spans="1:16">
+      <c r="A49" t="s">
+        <v>330</v>
+      </c>
+      <c r="B49" t="s">
+        <v>331</v>
+      </c>
+      <c r="C49" t="s">
+        <v>332</v>
+      </c>
+      <c r="D49" t="s">
+        <v>33</v>
+      </c>
+      <c r="E49" t="s">
+        <v>20</v>
+      </c>
+      <c r="F49" t="s">
+        <v>44</v>
+      </c>
+      <c r="G49" t="s">
+        <v>34</v>
+      </c>
+      <c r="H49">
         <v>2014</v>
       </c>
-      <c r="H48"/>
-[...46 lines deleted...]
-      </c>
+      <c r="I49"/>
       <c r="J49" t="s">
-        <v>237</v>
+        <v>333</v>
       </c>
       <c r="K49" t="s">
-        <v>238</v>
+        <v>98</v>
       </c>
       <c r="L49" t="s">
-        <v>239</v>
+        <v>334</v>
       </c>
       <c r="M49" t="s">
-        <v>24</v>
+        <v>335</v>
       </c>
       <c r="N49" t="s">
-        <v>240</v>
-[...2 lines deleted...]
-    <row r="50" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O49" t="s">
+        <v>336</v>
+      </c>
+      <c r="P49" t="s">
+        <v>337</v>
+      </c>
+    </row>
+    <row r="50" spans="1:16">
       <c r="A50" t="s">
-        <v>241</v>
+        <v>338</v>
       </c>
       <c r="B50" t="s">
-        <v>236</v>
+        <v>339</v>
       </c>
       <c r="C50" t="s">
-        <v>28</v>
+        <v>340</v>
       </c>
       <c r="D50" t="s">
         <v>65</v>
       </c>
       <c r="E50" t="s">
-        <v>126</v>
+        <v>96</v>
       </c>
       <c r="F50" t="s">
-        <v>29</v>
-[...1 lines deleted...]
-      <c r="G50">
+        <v>183</v>
+      </c>
+      <c r="G50" t="s">
+        <v>22</v>
+      </c>
+      <c r="H50">
         <v>2014</v>
       </c>
-      <c r="H50"/>
-[...1 lines deleted...]
-        <v>127</v>
+      <c r="I50">
+        <v>2016</v>
       </c>
       <c r="J50" t="s">
-        <v>213</v>
+        <v>184</v>
       </c>
       <c r="K50" t="s">
-        <v>242</v>
+        <v>341</v>
       </c>
       <c r="L50" t="s">
-        <v>239</v>
+        <v>342</v>
       </c>
       <c r="M50" t="s">
-        <v>24</v>
+        <v>343</v>
       </c>
       <c r="N50" t="s">
-        <v>243</v>
-[...2 lines deleted...]
-    <row r="51" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O50" t="s">
+        <v>344</v>
+      </c>
+      <c r="P50" t="s">
+        <v>345</v>
+      </c>
+    </row>
+    <row r="51" spans="1:16">
       <c r="A51" t="s">
-        <v>244</v>
+        <v>346</v>
       </c>
       <c r="B51" t="s">
-        <v>245</v>
+        <v>347</v>
       </c>
       <c r="C51" t="s">
-        <v>52</v>
+        <v>340</v>
       </c>
       <c r="D51" t="s">
-        <v>17</v>
+        <v>33</v>
       </c>
       <c r="E51" t="s">
-        <v>126</v>
+        <v>96</v>
       </c>
       <c r="F51" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G51">
+        <v>183</v>
+      </c>
+      <c r="G51" t="s">
+        <v>34</v>
+      </c>
+      <c r="H51">
+        <v>2014</v>
+      </c>
+      <c r="I51"/>
+      <c r="J51" t="s">
+        <v>184</v>
+      </c>
+      <c r="K51" t="s">
+        <v>308</v>
+      </c>
+      <c r="L51" t="s">
+        <v>348</v>
+      </c>
+      <c r="M51" t="s">
+        <v>343</v>
+      </c>
+      <c r="N51" t="s">
+        <v>27</v>
+      </c>
+      <c r="O51" t="s">
+        <v>349</v>
+      </c>
+      <c r="P51" t="s">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="52" spans="1:16">
+      <c r="A52" t="s">
+        <v>351</v>
+      </c>
+      <c r="B52" t="s">
+        <v>352</v>
+      </c>
+      <c r="C52" t="s">
+        <v>353</v>
+      </c>
+      <c r="D52" t="s">
+        <v>65</v>
+      </c>
+      <c r="E52" t="s">
+        <v>20</v>
+      </c>
+      <c r="F52" t="s">
+        <v>183</v>
+      </c>
+      <c r="G52" t="s">
+        <v>22</v>
+      </c>
+      <c r="H52">
         <v>2007</v>
       </c>
-      <c r="H51">
+      <c r="I52">
         <v>2011</v>
       </c>
-      <c r="I51" t="s">
-[...37 lines deleted...]
-      <c r="G52">
+      <c r="J52" t="s">
+        <v>184</v>
+      </c>
+      <c r="K52" t="s">
+        <v>36</v>
+      </c>
+      <c r="L52" t="s">
+        <v>354</v>
+      </c>
+      <c r="M52" t="s">
+        <v>355</v>
+      </c>
+      <c r="N52" t="s">
+        <v>27</v>
+      </c>
+      <c r="O52" t="s">
+        <v>356</v>
+      </c>
+      <c r="P52" t="s">
+        <v>357</v>
+      </c>
+    </row>
+    <row r="53" spans="1:16">
+      <c r="A53" t="s">
+        <v>358</v>
+      </c>
+      <c r="B53" t="s">
+        <v>359</v>
+      </c>
+      <c r="C53" t="s">
+        <v>353</v>
+      </c>
+      <c r="D53" t="s">
+        <v>33</v>
+      </c>
+      <c r="E53" t="s">
+        <v>20</v>
+      </c>
+      <c r="F53" t="s">
+        <v>21</v>
+      </c>
+      <c r="G53" t="s">
+        <v>22</v>
+      </c>
+      <c r="H53">
         <v>2016</v>
       </c>
-      <c r="H52">
+      <c r="I53">
         <v>2016</v>
       </c>
-      <c r="I52" t="s">
-[...35 lines deleted...]
-      <c r="G53">
+      <c r="J53" t="s">
+        <v>184</v>
+      </c>
+      <c r="K53" t="s">
+        <v>36</v>
+      </c>
+      <c r="L53"/>
+      <c r="M53" t="s">
+        <v>355</v>
+      </c>
+      <c r="N53" t="s">
+        <v>27</v>
+      </c>
+      <c r="O53" t="s">
+        <v>360</v>
+      </c>
+      <c r="P53" t="s">
+        <v>361</v>
+      </c>
+    </row>
+    <row r="54" spans="1:16">
+      <c r="A54" t="s">
+        <v>362</v>
+      </c>
+      <c r="B54" t="s">
+        <v>363</v>
+      </c>
+      <c r="C54" t="s">
+        <v>364</v>
+      </c>
+      <c r="D54" t="s">
+        <v>33</v>
+      </c>
+      <c r="E54" t="s">
+        <v>96</v>
+      </c>
+      <c r="F54" t="s">
+        <v>97</v>
+      </c>
+      <c r="G54" t="s">
+        <v>34</v>
+      </c>
+      <c r="H54">
         <v>2017</v>
       </c>
-      <c r="H53"/>
-[...36 lines deleted...]
-      <c r="G54">
+      <c r="I54"/>
+      <c r="J54" t="s">
+        <v>45</v>
+      </c>
+      <c r="K54" t="s">
+        <v>98</v>
+      </c>
+      <c r="L54"/>
+      <c r="M54" t="s">
+        <v>365</v>
+      </c>
+      <c r="N54" t="s">
+        <v>27</v>
+      </c>
+      <c r="O54" t="s">
+        <v>366</v>
+      </c>
+      <c r="P54" t="s">
+        <v>367</v>
+      </c>
+    </row>
+    <row r="55" spans="1:16">
+      <c r="A55" t="s">
+        <v>368</v>
+      </c>
+      <c r="B55" t="s">
+        <v>369</v>
+      </c>
+      <c r="C55" t="s">
+        <v>313</v>
+      </c>
+      <c r="D55" t="s">
+        <v>87</v>
+      </c>
+      <c r="E55" t="s">
+        <v>20</v>
+      </c>
+      <c r="F55" t="s">
+        <v>183</v>
+      </c>
+      <c r="G55" t="s">
+        <v>34</v>
+      </c>
+      <c r="H55">
         <v>2013</v>
       </c>
-      <c r="H54"/>
-[...38 lines deleted...]
-      <c r="G55">
+      <c r="I55"/>
+      <c r="J55" t="s">
+        <v>168</v>
+      </c>
+      <c r="K55" t="s">
+        <v>98</v>
+      </c>
+      <c r="L55" t="s">
+        <v>370</v>
+      </c>
+      <c r="M55" t="s">
+        <v>317</v>
+      </c>
+      <c r="N55" t="s">
+        <v>27</v>
+      </c>
+      <c r="O55" t="s">
+        <v>371</v>
+      </c>
+      <c r="P55" t="s">
+        <v>372</v>
+      </c>
+    </row>
+    <row r="56" spans="1:16">
+      <c r="A56" t="s">
+        <v>373</v>
+      </c>
+      <c r="B56" t="s">
+        <v>374</v>
+      </c>
+      <c r="C56" t="s">
+        <v>137</v>
+      </c>
+      <c r="D56" t="s">
+        <v>375</v>
+      </c>
+      <c r="E56" t="s">
+        <v>20</v>
+      </c>
+      <c r="F56" t="s">
+        <v>21</v>
+      </c>
+      <c r="G56" t="s">
+        <v>314</v>
+      </c>
+      <c r="H56">
         <v>2021</v>
       </c>
-      <c r="H55"/>
-[...42 lines deleted...]
-      </c>
+      <c r="I56"/>
       <c r="J56" t="s">
-        <v>31</v>
+        <v>140</v>
       </c>
       <c r="K56" t="s">
-        <v>262</v>
-[...3 lines deleted...]
-      </c>
+        <v>36</v>
+      </c>
+      <c r="L56"/>
       <c r="M56" t="s">
-        <v>24</v>
+        <v>141</v>
       </c>
       <c r="N56" t="s">
-        <v>264</v>
-[...2 lines deleted...]
-    <row r="57" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O56" t="s">
+        <v>376</v>
+      </c>
+      <c r="P56" t="s">
+        <v>377</v>
+      </c>
+    </row>
+    <row r="57" spans="1:16">
       <c r="A57" t="s">
-        <v>265</v>
+        <v>378</v>
       </c>
       <c r="B57" t="s">
-        <v>266</v>
+        <v>379</v>
       </c>
       <c r="C57" t="s">
-        <v>28</v>
+        <v>167</v>
       </c>
       <c r="D57" t="s">
         <v>65</v>
       </c>
       <c r="E57" t="s">
-        <v>66</v>
+        <v>96</v>
       </c>
       <c r="F57" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G57">
+        <v>97</v>
+      </c>
+      <c r="G57" t="s">
+        <v>34</v>
+      </c>
+      <c r="H57">
         <v>2012</v>
       </c>
-      <c r="H57">
+      <c r="I57"/>
+      <c r="J57" t="s">
+        <v>175</v>
+      </c>
+      <c r="K57" t="s">
+        <v>36</v>
+      </c>
+      <c r="L57" t="s">
+        <v>380</v>
+      </c>
+      <c r="M57" t="s">
+        <v>381</v>
+      </c>
+      <c r="N57" t="s">
+        <v>27</v>
+      </c>
+      <c r="O57" t="s">
+        <v>382</v>
+      </c>
+      <c r="P57" t="s">
+        <v>383</v>
+      </c>
+    </row>
+    <row r="58" spans="1:16">
+      <c r="A58" t="s">
+        <v>384</v>
+      </c>
+      <c r="B58" t="s">
+        <v>385</v>
+      </c>
+      <c r="C58" t="s">
+        <v>386</v>
+      </c>
+      <c r="D58" t="s">
+        <v>33</v>
+      </c>
+      <c r="E58" t="s">
+        <v>96</v>
+      </c>
+      <c r="F58" t="s">
+        <v>97</v>
+      </c>
+      <c r="G58" t="s">
+        <v>22</v>
+      </c>
+      <c r="H58">
+        <v>2012</v>
+      </c>
+      <c r="I58">
         <v>2020</v>
       </c>
-      <c r="I57" t="s">
-[...11 lines deleted...]
-      <c r="M57" t="s">
+      <c r="J58" t="s">
+        <v>184</v>
+      </c>
+      <c r="K58" t="s">
+        <v>98</v>
+      </c>
+      <c r="L58" t="s">
+        <v>387</v>
+      </c>
+      <c r="M58" t="s">
+        <v>388</v>
+      </c>
+      <c r="N58" t="s">
+        <v>27</v>
+      </c>
+      <c r="O58" t="s">
+        <v>389</v>
+      </c>
+      <c r="P58" t="s">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="59" spans="1:16">
+      <c r="A59" t="s">
+        <v>391</v>
+      </c>
+      <c r="B59" t="s">
+        <v>392</v>
+      </c>
+      <c r="C59" t="s">
+        <v>167</v>
+      </c>
+      <c r="D59" t="s">
+        <v>298</v>
+      </c>
+      <c r="E59" t="s">
+        <v>96</v>
+      </c>
+      <c r="F59" t="s">
+        <v>21</v>
+      </c>
+      <c r="G59" t="s">
+        <v>34</v>
+      </c>
+      <c r="H59">
+        <v>2013</v>
+      </c>
+      <c r="I59"/>
+      <c r="J59" t="s">
+        <v>249</v>
+      </c>
+      <c r="K59" t="s">
+        <v>36</v>
+      </c>
+      <c r="L59"/>
+      <c r="M59" t="s">
+        <v>393</v>
+      </c>
+      <c r="N59" t="s">
+        <v>27</v>
+      </c>
+      <c r="O59" t="s">
+        <v>394</v>
+      </c>
+      <c r="P59" t="s">
+        <v>395</v>
+      </c>
+    </row>
+    <row r="60" spans="1:16">
+      <c r="A60" t="s">
+        <v>396</v>
+      </c>
+      <c r="B60" t="s">
+        <v>397</v>
+      </c>
+      <c r="C60" t="s">
+        <v>398</v>
+      </c>
+      <c r="D60" t="s">
+        <v>87</v>
+      </c>
+      <c r="E60" t="s">
+        <v>20</v>
+      </c>
+      <c r="F60" t="s">
+        <v>44</v>
+      </c>
+      <c r="G60" t="s">
+        <v>22</v>
+      </c>
+      <c r="H60">
+        <v>2011</v>
+      </c>
+      <c r="I60">
+        <v>2014</v>
+      </c>
+      <c r="J60" t="s">
+        <v>168</v>
+      </c>
+      <c r="K60" t="s">
         <v>24</v>
       </c>
-      <c r="N57" t="s">
-[...36 lines deleted...]
-      <c r="M58" t="s">
+      <c r="L60" t="s">
+        <v>399</v>
+      </c>
+      <c r="M60" t="s">
+        <v>400</v>
+      </c>
+      <c r="N60" t="s">
+        <v>27</v>
+      </c>
+      <c r="O60" t="s">
+        <v>401</v>
+      </c>
+      <c r="P60" t="s">
+        <v>402</v>
+      </c>
+    </row>
+    <row r="61" spans="1:16">
+      <c r="A61" t="s">
+        <v>396</v>
+      </c>
+      <c r="B61" t="s">
+        <v>403</v>
+      </c>
+      <c r="C61" t="s">
+        <v>398</v>
+      </c>
+      <c r="D61" t="s">
+        <v>87</v>
+      </c>
+      <c r="E61" t="s">
+        <v>96</v>
+      </c>
+      <c r="F61" t="s">
+        <v>21</v>
+      </c>
+      <c r="G61" t="s">
+        <v>22</v>
+      </c>
+      <c r="H61">
+        <v>2015</v>
+      </c>
+      <c r="I61">
+        <v>2017</v>
+      </c>
+      <c r="J61" t="s">
+        <v>168</v>
+      </c>
+      <c r="K61" t="s">
         <v>24</v>
       </c>
-      <c r="N58" t="s">
-[...88 lines deleted...]
-        <v>279</v>
+      <c r="L61" t="s">
+        <v>404</v>
+      </c>
+      <c r="M61" t="s">
+        <v>400</v>
+      </c>
+      <c r="N61" t="s">
+        <v>27</v>
+      </c>
+      <c r="O61" t="s">
+        <v>405</v>
+      </c>
+      <c r="P61" t="s">
+        <v>402</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>