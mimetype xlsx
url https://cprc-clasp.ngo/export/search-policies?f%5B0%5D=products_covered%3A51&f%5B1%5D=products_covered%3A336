--- v1 (2025-11-28)
+++ v2 (2026-03-05)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="406">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="408">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -242,63 +242,64 @@
   <si>
     <t>https://www.legislation.gov.uk/eur/2019/1782/contents</t>
   </si>
   <si>
     <t>European Union</t>
   </si>
   <si>
     <t>Entered into force, Revised, To Be Superseded</t>
   </si>
   <si>
     <t>September 2023</t>
   </si>
   <si>
     <t>European Commission - DG Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20191782-1-october-2019-laying-down-ecodesign-requirements</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=uriserv%3AOJ.L_.2019.272.01.0095.01.ENG&amp;toc=OJ%3AL%3A2019%3A272%3ATOC</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2025/2052 of 13 October 2025  laying down ecodesign requirements for external power supplies, wireless chargers, wireless charging pads, battery chargers for portable batteries of general use and USB Type-C cables</t>
   </si>
   <si>
-    <t>Laying down ecodesign requirements for external power supplies, wireless chargers, wireless charging pads, battery chargers for portable batteries of general use and USB Type-C cables.</t>
+    <t>Laying down ecodesign requirements for external power supplies, wireless chargers, wireless charging pads, battery chargers for portable batteries of general use and USB Type-C cables.
+This policy applies from the 14th December 2028, repealing Commission Regulation (EU) 2019/1782.</t>
   </si>
   <si>
     <t>Europe, European Union</t>
   </si>
   <si>
     <t>Battery Chargers, External Power Supply</t>
   </si>
   <si>
-    <t>Published, Revised</t>
-[...2 lines deleted...]
-    <t>November 2025</t>
+    <t>Published, New</t>
+  </si>
+  <si>
+    <t>December 2025</t>
   </si>
   <si>
     <t>87 FR 51221</t>
   </si>
   <si>
     <t>European Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20252052-13-october-2025-laying-down-ecodesign-requirements</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32025R2052&amp;qid=1763999035842</t>
   </si>
   <si>
     <t>Commission Regulation (EU) No 66/2014 of 14 January 2014 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for domestic ovens, hobs and range hoods</t>
   </si>
   <si>
     <t>This Regulation establishes eco-design requirements for the placing on the market and putting into service of domestic ovens; including when incorporated in cookers; domestic hobs and domestic electric range hoods; including when sold for non-domestic purposes.   
 This Policy is under review by the European Commission and is expected to be revised in 2024.</t>
   </si>
   <si>
     <t>Ovens, Cooktops or Hobs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-662014-14-january-2014-implementing-directive-2009125ec</t>
@@ -613,81 +614,87 @@
   <si>
     <t>This policy covers gas burners.</t>
   </si>
   <si>
     <t>Japan</t>
   </si>
   <si>
     <t>September 2018</t>
   </si>
   <si>
     <t>Energy Conservation Centre, Japan</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-saving-labeling-program-gas-cooking-appliances</t>
   </si>
   <si>
     <t>https://www.asiaeec-col.eccj.or.jp/wpdata/wp-content/uploads/2018/03/09.pdf</t>
   </si>
   <si>
     <t>GB 20943-2013 Minimum allowable values of energy efficiency and evaluating values of energy conservation for single voltage external AC-DC and AC-AC power supplies</t>
   </si>
   <si>
     <t>Applies to external power supplies which convert AC current with 220V and 50Hz to single voltage DC -no higher than 36V- or single voltage AC -no higher than 36V- current.It applies to products with rated output power no larger than 250W. Does NOT apply to DC-DC transformer.</t>
   </si>
   <si>
+    <t>Revised, To Be Superseded</t>
+  </si>
+  <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-20943-2013-minimum-allowable-values-energy-efficiency-and-evaluating-values-energy</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E686D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 29539-2013 Minimum allowable values of energy efficiency and energy efficiency grades for range hoods</t>
   </si>
   <si>
     <t>This policy applies to efflux-type range hood with rated voltage below 250V and installed above domestic cooktop stove or other similar devices.</t>
   </si>
   <si>
     <t>GB/T 17713-2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-29539-2013-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E800D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 30720-2014 Minimum allowable values of energy efficiency and energy efficiency grades for domestic gas cooking appliances</t>
   </si>
   <si>
     <t>Domestic gas cooking appliances which use urban gas have single combustors and its rated thermal load is not more than 5.23 kW</t>
   </si>
   <si>
     <t>LPG Stoves, Cooktops or Hobs</t>
+  </si>
+  <si>
+    <t>November 2025</t>
   </si>
   <si>
     <t>CQC6151-20094.24.3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-30720-2014-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7EF80D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB30720—2025 Minimum allowable values of energy efficiency and energy efficiency grades for gas cooking appliances</t>
   </si>
   <si>
     <t>This revised energy efficiency standards and grades apply to household gas stoves and integrated stoves using utility gas with a rated heat load not exceeding 5.23 kW, and commercial cooking stoves with a rated heat load not exceeding 60 kW, large pot stoves with a rated heat load not exceeding 80 kW, and water-jacketed or steam-generating steam cabinets and steam generators with a rated heat load not exceeding 80 kW.</t>
   </si>
   <si>
     <t>Steam Cookers, LPG Stoves, Cooktops or Hobs</t>
   </si>
   <si>
     <t>The Standardization Administration of China</t>
   </si>
   <si>
     <t>Cookstoves, Energy Efficiency</t>
   </si>
@@ -2021,55 +2028,53 @@
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
         <v>75</v>
       </c>
       <c r="B9" t="s">
         <v>76</v>
       </c>
       <c r="C9" t="s">
         <v>77</v>
       </c>
       <c r="D9" t="s">
         <v>78</v>
       </c>
       <c r="E9" t="s">
         <v>20</v>
       </c>
       <c r="F9" t="s">
         <v>21</v>
       </c>
       <c r="G9" t="s">
         <v>79</v>
       </c>
       <c r="H9">
-        <v>2009</v>
-[...3 lines deleted...]
-      </c>
+        <v>2025</v>
+      </c>
+      <c r="I9"/>
       <c r="J9" t="s">
         <v>80</v>
       </c>
       <c r="K9" t="s">
         <v>36</v>
       </c>
       <c r="L9" t="s">
         <v>81</v>
       </c>
       <c r="M9" t="s">
         <v>82</v>
       </c>
       <c r="N9" t="s">
         <v>27</v>
       </c>
       <c r="O9" t="s">
         <v>83</v>
       </c>
       <c r="P9" t="s">
         <v>84</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
         <v>85</v>
@@ -2896,1718 +2901,1718 @@
       </c>
       <c r="P26" t="s">
         <v>195</v>
       </c>
     </row>
     <row r="27" spans="1:16">
       <c r="A27" t="s">
         <v>196</v>
       </c>
       <c r="B27" t="s">
         <v>197</v>
       </c>
       <c r="C27" t="s">
         <v>51</v>
       </c>
       <c r="D27" t="s">
         <v>65</v>
       </c>
       <c r="E27" t="s">
         <v>20</v>
       </c>
       <c r="F27" t="s">
         <v>21</v>
       </c>
       <c r="G27" t="s">
-        <v>22</v>
+        <v>198</v>
       </c>
       <c r="H27">
         <v>2007</v>
       </c>
       <c r="I27">
-        <v>2014</v>
+        <v>2013</v>
       </c>
       <c r="J27" t="s">
         <v>105</v>
       </c>
       <c r="K27" t="s">
         <v>36</v>
       </c>
       <c r="L27" t="s">
         <v>112</v>
       </c>
       <c r="M27" t="s">
         <v>54</v>
       </c>
       <c r="N27" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="O27" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="P27" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
     </row>
     <row r="28" spans="1:16">
       <c r="A28" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="B28" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="C28" t="s">
         <v>51</v>
       </c>
       <c r="D28" t="s">
         <v>33</v>
       </c>
       <c r="E28" t="s">
         <v>20</v>
       </c>
       <c r="F28" t="s">
         <v>21</v>
       </c>
       <c r="G28" t="s">
         <v>34</v>
       </c>
       <c r="H28">
         <v>2013</v>
       </c>
       <c r="I28"/>
       <c r="J28" t="s">
         <v>105</v>
       </c>
       <c r="K28" t="s">
         <v>36</v>
       </c>
       <c r="L28" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="M28" t="s">
         <v>54</v>
       </c>
       <c r="N28" t="s">
         <v>27</v>
       </c>
       <c r="O28" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="P28" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="B29" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="C29" t="s">
         <v>51</v>
       </c>
       <c r="D29" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="E29" t="s">
         <v>20</v>
       </c>
       <c r="F29" t="s">
         <v>21</v>
       </c>
       <c r="G29" t="s">
-        <v>22</v>
+        <v>70</v>
       </c>
       <c r="H29">
         <v>2008</v>
       </c>
       <c r="I29">
         <v>2015</v>
       </c>
       <c r="J29" t="s">
-        <v>105</v>
+        <v>210</v>
       </c>
       <c r="K29" t="s">
         <v>98</v>
       </c>
       <c r="L29" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
       <c r="M29" t="s">
         <v>54</v>
       </c>
       <c r="N29" t="s">
         <v>27</v>
       </c>
       <c r="O29" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="P29" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
     </row>
     <row r="30" spans="1:16">
       <c r="A30" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="B30" t="s">
-        <v>213</v>
+        <v>215</v>
       </c>
       <c r="C30" t="s">
         <v>51</v>
       </c>
       <c r="D30" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
       <c r="E30" t="s">
         <v>20</v>
       </c>
       <c r="F30" t="s">
         <v>21</v>
       </c>
       <c r="G30" t="s">
         <v>8</v>
       </c>
       <c r="H30">
         <v>2014</v>
       </c>
       <c r="I30">
         <v>2025</v>
       </c>
       <c r="J30" t="s">
-        <v>80</v>
+        <v>210</v>
       </c>
       <c r="K30" t="s">
         <v>36</v>
       </c>
       <c r="L30"/>
       <c r="M30" t="s">
-        <v>215</v>
+        <v>217</v>
       </c>
       <c r="N30" t="s">
-        <v>216</v>
+        <v>218</v>
       </c>
       <c r="O30" t="s">
-        <v>217</v>
+        <v>219</v>
       </c>
       <c r="P30" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
     </row>
     <row r="31" spans="1:16">
       <c r="A31" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
       <c r="B31" t="s">
-        <v>220</v>
+        <v>222</v>
       </c>
       <c r="C31" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
       <c r="D31" t="s">
         <v>33</v>
       </c>
       <c r="E31" t="s">
         <v>96</v>
       </c>
       <c r="F31" t="s">
         <v>21</v>
       </c>
       <c r="G31" t="s">
         <v>34</v>
       </c>
       <c r="H31">
         <v>1984</v>
       </c>
       <c r="I31"/>
       <c r="J31" t="s">
         <v>155</v>
       </c>
       <c r="K31" t="s">
         <v>36</v>
       </c>
       <c r="L31" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
       <c r="M31" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
       <c r="N31" t="s">
         <v>27</v>
       </c>
       <c r="O31" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="P31" t="s">
-        <v>225</v>
+        <v>227</v>
       </c>
     </row>
     <row r="32" spans="1:16">
       <c r="A32" t="s">
-        <v>226</v>
+        <v>228</v>
       </c>
       <c r="B32" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="C32" t="s">
-        <v>228</v>
+        <v>230</v>
       </c>
       <c r="D32" t="s">
         <v>65</v>
       </c>
       <c r="E32" t="s">
         <v>20</v>
       </c>
       <c r="F32" t="s">
         <v>21</v>
       </c>
       <c r="G32" t="s">
         <v>22</v>
       </c>
       <c r="H32">
         <v>2005</v>
       </c>
       <c r="I32">
         <v>2014</v>
       </c>
       <c r="J32" t="s">
-        <v>229</v>
+        <v>231</v>
       </c>
       <c r="K32" t="s">
         <v>36</v>
       </c>
       <c r="L32" t="s">
-        <v>230</v>
+        <v>232</v>
       </c>
       <c r="M32" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="N32" t="s">
         <v>27</v>
       </c>
       <c r="O32" t="s">
-        <v>232</v>
+        <v>234</v>
       </c>
       <c r="P32" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
     </row>
     <row r="33" spans="1:16">
       <c r="A33" t="s">
-        <v>234</v>
+        <v>236</v>
       </c>
       <c r="B33" t="s">
-        <v>235</v>
+        <v>237</v>
       </c>
       <c r="C33" t="s">
         <v>154</v>
       </c>
       <c r="D33" t="s">
         <v>33</v>
       </c>
       <c r="E33" t="s">
         <v>96</v>
       </c>
       <c r="F33" t="s">
         <v>97</v>
       </c>
       <c r="G33" t="s">
         <v>22</v>
       </c>
       <c r="H33">
         <v>2011</v>
       </c>
       <c r="I33">
         <v>2011</v>
       </c>
       <c r="J33" t="s">
         <v>155</v>
       </c>
       <c r="K33" t="s">
         <v>98</v>
       </c>
       <c r="L33"/>
       <c r="M33" t="s">
         <v>157</v>
       </c>
       <c r="N33" t="s">
         <v>27</v>
       </c>
       <c r="O33" t="s">
-        <v>236</v>
+        <v>238</v>
       </c>
       <c r="P33"/>
     </row>
     <row r="34" spans="1:16">
       <c r="A34" t="s">
-        <v>237</v>
+        <v>239</v>
       </c>
       <c r="B34" t="s">
-        <v>238</v>
+        <v>240</v>
       </c>
       <c r="C34" t="s">
         <v>154</v>
       </c>
       <c r="D34" t="s">
         <v>33</v>
       </c>
       <c r="E34" t="s">
         <v>96</v>
       </c>
       <c r="F34" t="s">
         <v>97</v>
       </c>
       <c r="G34" t="s">
         <v>22</v>
       </c>
       <c r="H34">
         <v>2013</v>
       </c>
       <c r="I34">
         <v>2014</v>
       </c>
       <c r="J34" t="s">
         <v>155</v>
       </c>
       <c r="K34" t="s">
         <v>36</v>
       </c>
       <c r="L34"/>
       <c r="M34" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
       <c r="N34" t="s">
         <v>27</v>
       </c>
       <c r="O34" t="s">
-        <v>240</v>
+        <v>242</v>
       </c>
       <c r="P34" t="s">
-        <v>241</v>
+        <v>243</v>
       </c>
     </row>
     <row r="35" spans="1:16">
       <c r="A35" t="s">
-        <v>242</v>
+        <v>244</v>
       </c>
       <c r="B35" t="s">
-        <v>243</v>
+        <v>245</v>
       </c>
       <c r="C35" t="s">
         <v>154</v>
       </c>
       <c r="D35" t="s">
         <v>33</v>
       </c>
       <c r="E35" t="s">
         <v>96</v>
       </c>
       <c r="F35" t="s">
         <v>97</v>
       </c>
       <c r="G35" t="s">
         <v>22</v>
       </c>
       <c r="H35">
         <v>2011</v>
       </c>
       <c r="I35">
         <v>2011</v>
       </c>
       <c r="J35" t="s">
         <v>155</v>
       </c>
       <c r="K35" t="s">
         <v>36</v>
       </c>
       <c r="L35" t="s">
-        <v>244</v>
+        <v>246</v>
       </c>
       <c r="M35" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
       <c r="N35" t="s">
         <v>27</v>
       </c>
       <c r="O35" t="s">
-        <v>245</v>
+        <v>247</v>
       </c>
       <c r="P35" t="s">
-        <v>246</v>
+        <v>248</v>
       </c>
     </row>
     <row r="36" spans="1:16">
       <c r="A36" t="s">
-        <v>247</v>
+        <v>249</v>
       </c>
       <c r="B36" t="s">
-        <v>248</v>
+        <v>250</v>
       </c>
       <c r="C36" t="s">
         <v>167</v>
       </c>
       <c r="D36" t="s">
         <v>33</v>
       </c>
       <c r="E36" t="s">
         <v>96</v>
       </c>
       <c r="F36" t="s">
         <v>44</v>
       </c>
       <c r="G36" t="s">
         <v>34</v>
       </c>
       <c r="H36">
         <v>2022</v>
       </c>
       <c r="I36"/>
       <c r="J36" t="s">
-        <v>249</v>
+        <v>251</v>
       </c>
       <c r="K36" t="s">
         <v>36</v>
       </c>
       <c r="L36" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="M36" t="s">
-        <v>251</v>
+        <v>253</v>
       </c>
       <c r="N36" t="s">
         <v>27</v>
       </c>
       <c r="O36" t="s">
-        <v>252</v>
+        <v>254</v>
       </c>
       <c r="P36" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
     </row>
     <row r="37" spans="1:16">
       <c r="A37" t="s">
-        <v>254</v>
+        <v>256</v>
       </c>
       <c r="B37" t="s">
-        <v>255</v>
+        <v>257</v>
       </c>
       <c r="C37" t="s">
-        <v>256</v>
+        <v>258</v>
       </c>
       <c r="D37" t="s">
         <v>87</v>
       </c>
       <c r="E37" t="s">
         <v>20</v>
       </c>
       <c r="F37" t="s">
         <v>21</v>
       </c>
       <c r="G37" t="s">
         <v>22</v>
       </c>
       <c r="H37">
         <v>1996</v>
       </c>
       <c r="I37">
         <v>2017</v>
       </c>
       <c r="J37" t="s">
         <v>192</v>
       </c>
       <c r="K37" t="s">
         <v>36</v>
       </c>
       <c r="L37" t="s">
-        <v>257</v>
+        <v>259</v>
       </c>
       <c r="M37" t="s">
-        <v>258</v>
+        <v>260</v>
       </c>
       <c r="N37" t="s">
         <v>27</v>
       </c>
       <c r="O37" t="s">
-        <v>259</v>
+        <v>261</v>
       </c>
       <c r="P37" t="s">
-        <v>260</v>
+        <v>262</v>
       </c>
     </row>
     <row r="38" spans="1:16">
       <c r="A38" t="s">
-        <v>261</v>
+        <v>263</v>
       </c>
       <c r="B38" t="s">
-        <v>262</v>
+        <v>264</v>
       </c>
       <c r="C38" t="s">
-        <v>256</v>
+        <v>258</v>
       </c>
       <c r="D38" t="s">
         <v>87</v>
       </c>
       <c r="E38" t="s">
         <v>20</v>
       </c>
       <c r="F38" t="s">
         <v>44</v>
       </c>
       <c r="G38" t="s">
         <v>22</v>
       </c>
       <c r="H38">
         <v>1996</v>
       </c>
       <c r="I38">
         <v>2017</v>
       </c>
       <c r="J38" t="s">
         <v>192</v>
       </c>
       <c r="K38" t="s">
         <v>36</v>
       </c>
       <c r="L38"/>
       <c r="M38" t="s">
-        <v>258</v>
+        <v>260</v>
       </c>
       <c r="N38" t="s">
         <v>27</v>
       </c>
       <c r="O38" t="s">
-        <v>263</v>
+        <v>265</v>
       </c>
       <c r="P38" t="s">
-        <v>264</v>
+        <v>266</v>
       </c>
     </row>
     <row r="39" spans="1:16">
       <c r="A39" t="s">
-        <v>265</v>
+        <v>267</v>
       </c>
       <c r="B39" t="s">
-        <v>266</v>
+        <v>268</v>
       </c>
       <c r="C39" t="s">
-        <v>267</v>
+        <v>269</v>
       </c>
       <c r="D39" t="s">
         <v>33</v>
       </c>
       <c r="E39" t="s">
         <v>20</v>
       </c>
       <c r="F39" t="s">
         <v>21</v>
       </c>
       <c r="G39" t="s">
         <v>34</v>
       </c>
       <c r="H39">
         <v>2013</v>
       </c>
       <c r="I39"/>
       <c r="J39" t="s">
-        <v>268</v>
+        <v>270</v>
       </c>
       <c r="K39" t="s">
         <v>98</v>
       </c>
       <c r="L39" t="s">
-        <v>269</v>
+        <v>271</v>
       </c>
       <c r="M39" t="s">
-        <v>270</v>
+        <v>272</v>
       </c>
       <c r="N39" t="s">
         <v>27</v>
       </c>
       <c r="O39" t="s">
-        <v>271</v>
+        <v>273</v>
       </c>
       <c r="P39" t="s">
-        <v>272</v>
+        <v>274</v>
       </c>
     </row>
     <row r="40" spans="1:16">
       <c r="A40" t="s">
-        <v>273</v>
+        <v>275</v>
       </c>
       <c r="B40" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="C40" t="s">
-        <v>275</v>
+        <v>277</v>
       </c>
       <c r="D40" t="s">
         <v>65</v>
       </c>
       <c r="E40" t="s">
         <v>20</v>
       </c>
       <c r="F40" t="s">
         <v>21</v>
       </c>
       <c r="G40" t="s">
         <v>22</v>
       </c>
       <c r="H40">
         <v>2013</v>
       </c>
       <c r="I40">
         <v>2014</v>
       </c>
       <c r="J40" t="s">
         <v>105</v>
       </c>
       <c r="K40" t="s">
         <v>36</v>
       </c>
       <c r="L40" t="s">
-        <v>276</v>
+        <v>278</v>
       </c>
       <c r="M40" t="s">
-        <v>277</v>
+        <v>279</v>
       </c>
       <c r="N40" t="s">
         <v>27</v>
       </c>
       <c r="O40" t="s">
-        <v>278</v>
+        <v>280</v>
       </c>
       <c r="P40" t="s">
-        <v>279</v>
+        <v>281</v>
       </c>
     </row>
     <row r="41" spans="1:16">
       <c r="A41" t="s">
-        <v>280</v>
+        <v>282</v>
       </c>
       <c r="B41" t="s">
-        <v>281</v>
+        <v>283</v>
       </c>
       <c r="C41" t="s">
-        <v>282</v>
+        <v>284</v>
       </c>
       <c r="D41" t="s">
         <v>65</v>
       </c>
       <c r="E41" t="s">
         <v>20</v>
       </c>
       <c r="F41" t="s">
         <v>21</v>
       </c>
       <c r="G41" t="s">
         <v>34</v>
       </c>
       <c r="H41">
         <v>2009</v>
       </c>
       <c r="I41"/>
       <c r="J41" t="s">
-        <v>268</v>
+        <v>270</v>
       </c>
       <c r="K41" t="s">
         <v>36</v>
       </c>
       <c r="L41"/>
       <c r="M41" t="s">
-        <v>283</v>
+        <v>285</v>
       </c>
       <c r="N41" t="s">
         <v>27</v>
       </c>
       <c r="O41" t="s">
-        <v>284</v>
+        <v>286</v>
       </c>
       <c r="P41" t="s">
-        <v>285</v>
+        <v>287</v>
       </c>
     </row>
     <row r="42" spans="1:16">
       <c r="A42" t="s">
-        <v>286</v>
+        <v>288</v>
       </c>
       <c r="B42" t="s">
-        <v>287</v>
+        <v>289</v>
       </c>
       <c r="C42" t="s">
-        <v>282</v>
+        <v>284</v>
       </c>
       <c r="D42" t="s">
         <v>33</v>
       </c>
       <c r="E42" t="s">
         <v>20</v>
       </c>
       <c r="F42" t="s">
         <v>21</v>
       </c>
       <c r="G42" t="s">
         <v>22</v>
       </c>
       <c r="H42">
         <v>2011</v>
       </c>
       <c r="I42">
         <v>2015</v>
       </c>
       <c r="J42" t="s">
-        <v>268</v>
+        <v>270</v>
       </c>
       <c r="K42" t="s">
         <v>36</v>
       </c>
       <c r="L42"/>
       <c r="M42" t="s">
-        <v>283</v>
+        <v>285</v>
       </c>
       <c r="N42" t="s">
         <v>27</v>
       </c>
       <c r="O42" t="s">
-        <v>288</v>
+        <v>290</v>
       </c>
       <c r="P42" t="s">
-        <v>285</v>
+        <v>287</v>
       </c>
     </row>
     <row r="43" spans="1:16">
       <c r="A43" t="s">
-        <v>289</v>
+        <v>291</v>
       </c>
       <c r="B43" t="s">
-        <v>290</v>
+        <v>292</v>
       </c>
       <c r="C43" t="s">
-        <v>291</v>
+        <v>293</v>
       </c>
       <c r="D43" t="s">
         <v>65</v>
       </c>
       <c r="E43" t="s">
         <v>20</v>
       </c>
       <c r="F43" t="s">
         <v>21</v>
       </c>
       <c r="G43" t="s">
         <v>22</v>
       </c>
       <c r="H43">
         <v>2005</v>
       </c>
       <c r="I43">
         <v>2011</v>
       </c>
       <c r="J43" t="s">
         <v>155</v>
       </c>
       <c r="K43" t="s">
         <v>36</v>
       </c>
       <c r="L43" t="s">
-        <v>292</v>
+        <v>294</v>
       </c>
       <c r="M43" t="s">
-        <v>293</v>
+        <v>295</v>
       </c>
       <c r="N43" t="s">
         <v>27</v>
       </c>
       <c r="O43" t="s">
-        <v>294</v>
+        <v>296</v>
       </c>
       <c r="P43" t="s">
-        <v>295</v>
+        <v>297</v>
       </c>
     </row>
     <row r="44" spans="1:16">
       <c r="A44" t="s">
-        <v>296</v>
+        <v>298</v>
       </c>
       <c r="B44" t="s">
-        <v>297</v>
+        <v>299</v>
       </c>
       <c r="C44" t="s">
         <v>167</v>
       </c>
       <c r="D44" t="s">
-        <v>298</v>
+        <v>300</v>
       </c>
       <c r="E44" t="s">
         <v>96</v>
       </c>
       <c r="F44" t="s">
-        <v>299</v>
+        <v>301</v>
       </c>
       <c r="G44" t="s">
         <v>34</v>
       </c>
       <c r="H44">
         <v>2015</v>
       </c>
       <c r="I44"/>
       <c r="J44" t="s">
-        <v>249</v>
+        <v>251</v>
       </c>
       <c r="K44" t="s">
         <v>36</v>
       </c>
       <c r="L44"/>
       <c r="M44" t="s">
-        <v>251</v>
+        <v>253</v>
       </c>
       <c r="N44" t="s">
         <v>27</v>
       </c>
       <c r="O44" t="s">
-        <v>300</v>
+        <v>302</v>
       </c>
       <c r="P44" t="s">
-        <v>301</v>
+        <v>303</v>
       </c>
     </row>
     <row r="45" spans="1:16">
       <c r="A45" t="s">
-        <v>302</v>
+        <v>304</v>
       </c>
       <c r="B45" t="s">
-        <v>303</v>
+        <v>305</v>
       </c>
       <c r="C45" t="s">
         <v>167</v>
       </c>
       <c r="D45" t="s">
-        <v>298</v>
+        <v>300</v>
       </c>
       <c r="E45" t="s">
         <v>96</v>
       </c>
       <c r="F45" t="s">
-        <v>299</v>
+        <v>301</v>
       </c>
       <c r="G45" t="s">
         <v>34</v>
       </c>
       <c r="H45">
         <v>2015</v>
       </c>
       <c r="I45"/>
       <c r="J45" t="s">
-        <v>249</v>
+        <v>251</v>
       </c>
       <c r="K45" t="s">
         <v>36</v>
       </c>
       <c r="L45"/>
       <c r="M45" t="s">
-        <v>251</v>
+        <v>253</v>
       </c>
       <c r="N45" t="s">
         <v>27</v>
       </c>
       <c r="O45" t="s">
-        <v>304</v>
+        <v>306</v>
       </c>
       <c r="P45" t="s">
-        <v>305</v>
+        <v>307</v>
       </c>
     </row>
     <row r="46" spans="1:16">
       <c r="A46" t="s">
-        <v>306</v>
+        <v>308</v>
       </c>
       <c r="B46" t="s">
-        <v>307</v>
+        <v>309</v>
       </c>
       <c r="C46" t="s">
         <v>167</v>
       </c>
       <c r="D46" t="s">
         <v>33</v>
       </c>
       <c r="E46" t="s">
         <v>96</v>
       </c>
       <c r="F46" t="s">
-        <v>299</v>
+        <v>301</v>
       </c>
       <c r="G46" t="s">
         <v>34</v>
       </c>
       <c r="H46">
         <v>2015</v>
       </c>
       <c r="I46"/>
       <c r="J46" t="s">
         <v>175</v>
       </c>
       <c r="K46" t="s">
-        <v>308</v>
+        <v>310</v>
       </c>
       <c r="L46"/>
       <c r="M46" t="s">
-        <v>251</v>
+        <v>253</v>
       </c>
       <c r="N46" t="s">
         <v>27</v>
       </c>
       <c r="O46" t="s">
-        <v>309</v>
+        <v>311</v>
       </c>
       <c r="P46" t="s">
-        <v>310</v>
+        <v>312</v>
       </c>
     </row>
     <row r="47" spans="1:16">
       <c r="A47" t="s">
-        <v>311</v>
+        <v>313</v>
       </c>
       <c r="B47" t="s">
-        <v>312</v>
+        <v>314</v>
       </c>
       <c r="C47" t="s">
-        <v>313</v>
+        <v>315</v>
       </c>
       <c r="D47" t="s">
         <v>65</v>
       </c>
       <c r="E47" t="s">
         <v>20</v>
       </c>
       <c r="F47" t="s">
         <v>21</v>
       </c>
       <c r="G47" t="s">
-        <v>314</v>
+        <v>316</v>
       </c>
       <c r="H47">
         <v>2017</v>
       </c>
       <c r="I47"/>
       <c r="J47" t="s">
-        <v>315</v>
+        <v>317</v>
       </c>
       <c r="K47" t="s">
         <v>36</v>
       </c>
       <c r="L47" t="s">
-        <v>316</v>
+        <v>318</v>
       </c>
       <c r="M47" t="s">
-        <v>317</v>
+        <v>319</v>
       </c>
       <c r="N47" t="s">
         <v>27</v>
       </c>
       <c r="O47" t="s">
-        <v>318</v>
+        <v>320</v>
       </c>
       <c r="P47" t="s">
-        <v>319</v>
+        <v>321</v>
       </c>
     </row>
     <row r="48" spans="1:16">
       <c r="A48" t="s">
-        <v>320</v>
+        <v>322</v>
       </c>
       <c r="B48" t="s">
-        <v>321</v>
+        <v>323</v>
       </c>
       <c r="C48" t="s">
-        <v>322</v>
+        <v>324</v>
       </c>
       <c r="D48" t="s">
-        <v>323</v>
+        <v>325</v>
       </c>
       <c r="E48" t="s">
         <v>20</v>
       </c>
       <c r="F48" t="s">
         <v>183</v>
       </c>
       <c r="G48" t="s">
         <v>22</v>
       </c>
       <c r="H48">
         <v>2017</v>
       </c>
       <c r="I48">
         <v>2021</v>
       </c>
       <c r="J48" t="s">
-        <v>324</v>
+        <v>326</v>
       </c>
       <c r="K48" t="s">
-        <v>325</v>
+        <v>327</v>
       </c>
       <c r="L48" t="s">
-        <v>326</v>
+        <v>328</v>
       </c>
       <c r="M48" t="s">
-        <v>327</v>
+        <v>329</v>
       </c>
       <c r="N48" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="O48" t="s">
-        <v>328</v>
+        <v>330</v>
       </c>
       <c r="P48" t="s">
-        <v>329</v>
+        <v>331</v>
       </c>
     </row>
     <row r="49" spans="1:16">
       <c r="A49" t="s">
-        <v>330</v>
+        <v>332</v>
       </c>
       <c r="B49" t="s">
-        <v>331</v>
+        <v>333</v>
       </c>
       <c r="C49" t="s">
-        <v>332</v>
+        <v>334</v>
       </c>
       <c r="D49" t="s">
         <v>33</v>
       </c>
       <c r="E49" t="s">
         <v>20</v>
       </c>
       <c r="F49" t="s">
         <v>44</v>
       </c>
       <c r="G49" t="s">
         <v>34</v>
       </c>
       <c r="H49">
         <v>2014</v>
       </c>
       <c r="I49"/>
       <c r="J49" t="s">
-        <v>333</v>
+        <v>335</v>
       </c>
       <c r="K49" t="s">
         <v>98</v>
       </c>
       <c r="L49" t="s">
-        <v>334</v>
+        <v>336</v>
       </c>
       <c r="M49" t="s">
-        <v>335</v>
+        <v>337</v>
       </c>
       <c r="N49" t="s">
         <v>27</v>
       </c>
       <c r="O49" t="s">
-        <v>336</v>
+        <v>338</v>
       </c>
       <c r="P49" t="s">
-        <v>337</v>
+        <v>339</v>
       </c>
     </row>
     <row r="50" spans="1:16">
       <c r="A50" t="s">
-        <v>338</v>
+        <v>340</v>
       </c>
       <c r="B50" t="s">
-        <v>339</v>
+        <v>341</v>
       </c>
       <c r="C50" t="s">
-        <v>340</v>
+        <v>342</v>
       </c>
       <c r="D50" t="s">
         <v>65</v>
       </c>
       <c r="E50" t="s">
         <v>96</v>
       </c>
       <c r="F50" t="s">
         <v>183</v>
       </c>
       <c r="G50" t="s">
         <v>22</v>
       </c>
       <c r="H50">
         <v>2014</v>
       </c>
       <c r="I50">
         <v>2016</v>
       </c>
       <c r="J50" t="s">
         <v>184</v>
       </c>
       <c r="K50" t="s">
-        <v>341</v>
+        <v>343</v>
       </c>
       <c r="L50" t="s">
-        <v>342</v>
+        <v>344</v>
       </c>
       <c r="M50" t="s">
-        <v>343</v>
+        <v>345</v>
       </c>
       <c r="N50" t="s">
         <v>27</v>
       </c>
       <c r="O50" t="s">
-        <v>344</v>
+        <v>346</v>
       </c>
       <c r="P50" t="s">
-        <v>345</v>
+        <v>347</v>
       </c>
     </row>
     <row r="51" spans="1:16">
       <c r="A51" t="s">
-        <v>346</v>
+        <v>348</v>
       </c>
       <c r="B51" t="s">
-        <v>347</v>
+        <v>349</v>
       </c>
       <c r="C51" t="s">
-        <v>340</v>
+        <v>342</v>
       </c>
       <c r="D51" t="s">
         <v>33</v>
       </c>
       <c r="E51" t="s">
         <v>96</v>
       </c>
       <c r="F51" t="s">
         <v>183</v>
       </c>
       <c r="G51" t="s">
         <v>34</v>
       </c>
       <c r="H51">
         <v>2014</v>
       </c>
       <c r="I51"/>
       <c r="J51" t="s">
         <v>184</v>
       </c>
       <c r="K51" t="s">
-        <v>308</v>
+        <v>310</v>
       </c>
       <c r="L51" t="s">
-        <v>348</v>
+        <v>350</v>
       </c>
       <c r="M51" t="s">
-        <v>343</v>
+        <v>345</v>
       </c>
       <c r="N51" t="s">
         <v>27</v>
       </c>
       <c r="O51" t="s">
-        <v>349</v>
+        <v>351</v>
       </c>
       <c r="P51" t="s">
-        <v>350</v>
+        <v>352</v>
       </c>
     </row>
     <row r="52" spans="1:16">
       <c r="A52" t="s">
-        <v>351</v>
+        <v>353</v>
       </c>
       <c r="B52" t="s">
-        <v>352</v>
+        <v>354</v>
       </c>
       <c r="C52" t="s">
-        <v>353</v>
+        <v>355</v>
       </c>
       <c r="D52" t="s">
         <v>65</v>
       </c>
       <c r="E52" t="s">
         <v>20</v>
       </c>
       <c r="F52" t="s">
         <v>183</v>
       </c>
       <c r="G52" t="s">
         <v>22</v>
       </c>
       <c r="H52">
         <v>2007</v>
       </c>
       <c r="I52">
         <v>2011</v>
       </c>
       <c r="J52" t="s">
         <v>184</v>
       </c>
       <c r="K52" t="s">
         <v>36</v>
       </c>
       <c r="L52" t="s">
-        <v>354</v>
+        <v>356</v>
       </c>
       <c r="M52" t="s">
-        <v>355</v>
+        <v>357</v>
       </c>
       <c r="N52" t="s">
         <v>27</v>
       </c>
       <c r="O52" t="s">
-        <v>356</v>
+        <v>358</v>
       </c>
       <c r="P52" t="s">
-        <v>357</v>
+        <v>359</v>
       </c>
     </row>
     <row r="53" spans="1:16">
       <c r="A53" t="s">
-        <v>358</v>
+        <v>360</v>
       </c>
       <c r="B53" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="C53" t="s">
-        <v>353</v>
+        <v>355</v>
       </c>
       <c r="D53" t="s">
         <v>33</v>
       </c>
       <c r="E53" t="s">
         <v>20</v>
       </c>
       <c r="F53" t="s">
         <v>21</v>
       </c>
       <c r="G53" t="s">
         <v>22</v>
       </c>
       <c r="H53">
         <v>2016</v>
       </c>
       <c r="I53">
         <v>2016</v>
       </c>
       <c r="J53" t="s">
         <v>184</v>
       </c>
       <c r="K53" t="s">
         <v>36</v>
       </c>
       <c r="L53"/>
       <c r="M53" t="s">
-        <v>355</v>
+        <v>357</v>
       </c>
       <c r="N53" t="s">
         <v>27</v>
       </c>
       <c r="O53" t="s">
-        <v>360</v>
+        <v>362</v>
       </c>
       <c r="P53" t="s">
-        <v>361</v>
+        <v>363</v>
       </c>
     </row>
     <row r="54" spans="1:16">
       <c r="A54" t="s">
-        <v>362</v>
+        <v>364</v>
       </c>
       <c r="B54" t="s">
-        <v>363</v>
+        <v>365</v>
       </c>
       <c r="C54" t="s">
-        <v>364</v>
+        <v>366</v>
       </c>
       <c r="D54" t="s">
         <v>33</v>
       </c>
       <c r="E54" t="s">
         <v>96</v>
       </c>
       <c r="F54" t="s">
         <v>97</v>
       </c>
       <c r="G54" t="s">
         <v>34</v>
       </c>
       <c r="H54">
         <v>2017</v>
       </c>
       <c r="I54"/>
       <c r="J54" t="s">
         <v>45</v>
       </c>
       <c r="K54" t="s">
         <v>98</v>
       </c>
       <c r="L54"/>
       <c r="M54" t="s">
-        <v>365</v>
+        <v>367</v>
       </c>
       <c r="N54" t="s">
         <v>27</v>
       </c>
       <c r="O54" t="s">
-        <v>366</v>
+        <v>368</v>
       </c>
       <c r="P54" t="s">
-        <v>367</v>
+        <v>369</v>
       </c>
     </row>
     <row r="55" spans="1:16">
       <c r="A55" t="s">
-        <v>368</v>
+        <v>370</v>
       </c>
       <c r="B55" t="s">
-        <v>369</v>
+        <v>371</v>
       </c>
       <c r="C55" t="s">
-        <v>313</v>
+        <v>315</v>
       </c>
       <c r="D55" t="s">
         <v>87</v>
       </c>
       <c r="E55" t="s">
         <v>20</v>
       </c>
       <c r="F55" t="s">
         <v>183</v>
       </c>
       <c r="G55" t="s">
         <v>34</v>
       </c>
       <c r="H55">
         <v>2013</v>
       </c>
       <c r="I55"/>
       <c r="J55" t="s">
         <v>168</v>
       </c>
       <c r="K55" t="s">
         <v>98</v>
       </c>
       <c r="L55" t="s">
-        <v>370</v>
+        <v>372</v>
       </c>
       <c r="M55" t="s">
-        <v>317</v>
+        <v>319</v>
       </c>
       <c r="N55" t="s">
         <v>27</v>
       </c>
       <c r="O55" t="s">
-        <v>371</v>
+        <v>373</v>
       </c>
       <c r="P55" t="s">
-        <v>372</v>
+        <v>374</v>
       </c>
     </row>
     <row r="56" spans="1:16">
       <c r="A56" t="s">
-        <v>373</v>
+        <v>375</v>
       </c>
       <c r="B56" t="s">
-        <v>374</v>
+        <v>376</v>
       </c>
       <c r="C56" t="s">
         <v>137</v>
       </c>
       <c r="D56" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
       <c r="E56" t="s">
         <v>20</v>
       </c>
       <c r="F56" t="s">
         <v>21</v>
       </c>
       <c r="G56" t="s">
-        <v>314</v>
+        <v>316</v>
       </c>
       <c r="H56">
         <v>2021</v>
       </c>
       <c r="I56"/>
       <c r="J56" t="s">
         <v>140</v>
       </c>
       <c r="K56" t="s">
         <v>36</v>
       </c>
       <c r="L56"/>
       <c r="M56" t="s">
         <v>141</v>
       </c>
       <c r="N56" t="s">
         <v>27</v>
       </c>
       <c r="O56" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="P56" t="s">
-        <v>377</v>
+        <v>379</v>
       </c>
     </row>
     <row r="57" spans="1:16">
       <c r="A57" t="s">
-        <v>378</v>
+        <v>380</v>
       </c>
       <c r="B57" t="s">
-        <v>379</v>
+        <v>381</v>
       </c>
       <c r="C57" t="s">
         <v>167</v>
       </c>
       <c r="D57" t="s">
         <v>65</v>
       </c>
       <c r="E57" t="s">
         <v>96</v>
       </c>
       <c r="F57" t="s">
         <v>97</v>
       </c>
       <c r="G57" t="s">
         <v>34</v>
       </c>
       <c r="H57">
         <v>2012</v>
       </c>
       <c r="I57"/>
       <c r="J57" t="s">
         <v>175</v>
       </c>
       <c r="K57" t="s">
         <v>36</v>
       </c>
       <c r="L57" t="s">
-        <v>380</v>
+        <v>382</v>
       </c>
       <c r="M57" t="s">
-        <v>381</v>
+        <v>383</v>
       </c>
       <c r="N57" t="s">
         <v>27</v>
       </c>
       <c r="O57" t="s">
-        <v>382</v>
+        <v>384</v>
       </c>
       <c r="P57" t="s">
-        <v>383</v>
+        <v>385</v>
       </c>
     </row>
     <row r="58" spans="1:16">
       <c r="A58" t="s">
-        <v>384</v>
+        <v>386</v>
       </c>
       <c r="B58" t="s">
-        <v>385</v>
+        <v>387</v>
       </c>
       <c r="C58" t="s">
-        <v>386</v>
+        <v>388</v>
       </c>
       <c r="D58" t="s">
         <v>33</v>
       </c>
       <c r="E58" t="s">
         <v>96</v>
       </c>
       <c r="F58" t="s">
         <v>97</v>
       </c>
       <c r="G58" t="s">
         <v>22</v>
       </c>
       <c r="H58">
         <v>2012</v>
       </c>
       <c r="I58">
         <v>2020</v>
       </c>
       <c r="J58" t="s">
         <v>184</v>
       </c>
       <c r="K58" t="s">
         <v>98</v>
       </c>
       <c r="L58" t="s">
-        <v>387</v>
+        <v>389</v>
       </c>
       <c r="M58" t="s">
-        <v>388</v>
+        <v>390</v>
       </c>
       <c r="N58" t="s">
         <v>27</v>
       </c>
       <c r="O58" t="s">
-        <v>389</v>
+        <v>391</v>
       </c>
       <c r="P58" t="s">
-        <v>390</v>
+        <v>392</v>
       </c>
     </row>
     <row r="59" spans="1:16">
       <c r="A59" t="s">
-        <v>391</v>
+        <v>393</v>
       </c>
       <c r="B59" t="s">
-        <v>392</v>
+        <v>394</v>
       </c>
       <c r="C59" t="s">
         <v>167</v>
       </c>
       <c r="D59" t="s">
-        <v>298</v>
+        <v>300</v>
       </c>
       <c r="E59" t="s">
         <v>96</v>
       </c>
       <c r="F59" t="s">
         <v>21</v>
       </c>
       <c r="G59" t="s">
         <v>34</v>
       </c>
       <c r="H59">
         <v>2013</v>
       </c>
       <c r="I59"/>
       <c r="J59" t="s">
-        <v>249</v>
+        <v>251</v>
       </c>
       <c r="K59" t="s">
         <v>36</v>
       </c>
       <c r="L59"/>
       <c r="M59" t="s">
-        <v>393</v>
+        <v>395</v>
       </c>
       <c r="N59" t="s">
         <v>27</v>
       </c>
       <c r="O59" t="s">
-        <v>394</v>
+        <v>396</v>
       </c>
       <c r="P59" t="s">
-        <v>395</v>
+        <v>397</v>
       </c>
     </row>
     <row r="60" spans="1:16">
       <c r="A60" t="s">
-        <v>396</v>
+        <v>398</v>
       </c>
       <c r="B60" t="s">
-        <v>397</v>
+        <v>399</v>
       </c>
       <c r="C60" t="s">
-        <v>398</v>
+        <v>400</v>
       </c>
       <c r="D60" t="s">
         <v>87</v>
       </c>
       <c r="E60" t="s">
         <v>20</v>
       </c>
       <c r="F60" t="s">
         <v>44</v>
       </c>
       <c r="G60" t="s">
         <v>22</v>
       </c>
       <c r="H60">
         <v>2011</v>
       </c>
       <c r="I60">
         <v>2014</v>
       </c>
       <c r="J60" t="s">
         <v>168</v>
       </c>
       <c r="K60" t="s">
         <v>24</v>
       </c>
       <c r="L60" t="s">
-        <v>399</v>
+        <v>401</v>
       </c>
       <c r="M60" t="s">
-        <v>400</v>
+        <v>402</v>
       </c>
       <c r="N60" t="s">
         <v>27</v>
       </c>
       <c r="O60" t="s">
-        <v>401</v>
+        <v>403</v>
       </c>
       <c r="P60" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
     </row>
     <row r="61" spans="1:16">
       <c r="A61" t="s">
-        <v>396</v>
+        <v>398</v>
       </c>
       <c r="B61" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="C61" t="s">
-        <v>398</v>
+        <v>400</v>
       </c>
       <c r="D61" t="s">
         <v>87</v>
       </c>
       <c r="E61" t="s">
         <v>96</v>
       </c>
       <c r="F61" t="s">
         <v>21</v>
       </c>
       <c r="G61" t="s">
         <v>22</v>
       </c>
       <c r="H61">
         <v>2015</v>
       </c>
       <c r="I61">
         <v>2017</v>
       </c>
       <c r="J61" t="s">
         <v>168</v>
       </c>
       <c r="K61" t="s">
         <v>24</v>
       </c>
       <c r="L61" t="s">
+        <v>406</v>
+      </c>
+      <c r="M61" t="s">
+        <v>402</v>
+      </c>
+      <c r="N61" t="s">
+        <v>27</v>
+      </c>
+      <c r="O61" t="s">
+        <v>407</v>
+      </c>
+      <c r="P61" t="s">
         <v>404</v>
-      </c>
-[...10 lines deleted...]
-        <v>402</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">