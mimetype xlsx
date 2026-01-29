--- v0 (2025-11-29)
+++ v1 (2026-01-29)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="239">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="240">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -206,63 +206,64 @@
   <si>
     <t>https://www.legislation.gov.uk/eur/2019/1782/contents</t>
   </si>
   <si>
     <t>European Union</t>
   </si>
   <si>
     <t>Entered into force, Revised, To Be Superseded</t>
   </si>
   <si>
     <t>September 2023</t>
   </si>
   <si>
     <t>European Commission - DG Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20191782-1-october-2019-laying-down-ecodesign-requirements</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=uriserv%3AOJ.L_.2019.272.01.0095.01.ENG&amp;toc=OJ%3AL%3A2019%3A272%3ATOC</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2025/2052 of 13 October 2025  laying down ecodesign requirements for external power supplies, wireless chargers, wireless charging pads, battery chargers for portable batteries of general use and USB Type-C cables</t>
   </si>
   <si>
-    <t>Laying down ecodesign requirements for external power supplies, wireless chargers, wireless charging pads, battery chargers for portable batteries of general use and USB Type-C cables.</t>
+    <t>Laying down ecodesign requirements for external power supplies, wireless chargers, wireless charging pads, battery chargers for portable batteries of general use and USB Type-C cables.
+This policy applies from the 14th December 2028, repealing Commission Regulation (EU) 2019/1782.</t>
   </si>
   <si>
     <t>Europe, European Union</t>
   </si>
   <si>
     <t>Battery Chargers, External Power Supply</t>
   </si>
   <si>
-    <t>Published, Revised</t>
-[...2 lines deleted...]
-    <t>November 2025</t>
+    <t>Published, New</t>
+  </si>
+  <si>
+    <t>December 2025</t>
   </si>
   <si>
     <t>87 FR 51221</t>
   </si>
   <si>
     <t>European Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20252052-13-october-2025-laying-down-ecodesign-requirements</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32025R2052&amp;qid=1763999035842</t>
   </si>
   <si>
     <t>CQC31-461236-2014. CQC Marking Certification: single voltage external AC-DC and AC-AC power supplies</t>
   </si>
   <si>
     <t>Applies to power supplies operating under under 220V and 50Hz;  which transfer AC grid's voltage to a fixed and single way low voltage DC current; no more than 36V; or low voltage AC; no more than 36V; and rated output power is no larger than 250W.</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
@@ -423,50 +424,53 @@
     <t>Audio-Visual, Televisions, Displays, Battery Chargers, External Power Supply, Dehumidifiers, Ovens, Microwaves, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washer and Dryers, Washing Machines, Indoor Luminaires, Specialty Luminaires, Specialty Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Ventilation, Ceiling Fans, Space Heating, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Portable ACs, Packaged Terminals, Chillers - Cooler Towers, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Pump Systems, Power Transformers, Distribution Transformers, Wine Chillers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil</t>
   </si>
   <si>
     <t>Natural Resources Canada Office of Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-regulations-2016-sor2016-311</t>
   </si>
   <si>
     <t>https://laws-lois.justice.gc.ca/eng/regulations/SOR-2016-311/index.html</t>
   </si>
   <si>
     <t>GB 20943-2013 Minimum allowable values of energy efficiency and evaluating values of energy conservation for single voltage external AC-DC and AC-AC power supplies</t>
   </si>
   <si>
     <t>Applies to external power supplies which convert AC current with 220V and 50Hz to single voltage DC -no higher than 36V- or single voltage AC -no higher than 36V- current.It applies to products with rated output power no larger than 250W. Does NOT apply to DC-DC transformer.</t>
+  </si>
+  <si>
+    <t>Revised, To Be Superseded</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-20943-2013-minimum-allowable-values-energy-efficiency-and-evaluating-values-energy</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E686D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 38450-2019 Minimum allowable values of energy efficiency and energy efficiency grades of LED flat panel luminaires</t>
   </si>
   <si>
     <t>This policy covers LED flat panel luminaires.</t>
   </si>
   <si>
     <t>GB/T 24826; GB/T 31897.201</t>
   </si>
   <si>
     <t>The Standardisation Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-38450-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-led</t>
   </si>
@@ -1423,55 +1427,53 @@
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
         <v>63</v>
       </c>
       <c r="B7" t="s">
         <v>64</v>
       </c>
       <c r="C7" t="s">
         <v>65</v>
       </c>
       <c r="D7" t="s">
         <v>66</v>
       </c>
       <c r="E7" t="s">
         <v>20</v>
       </c>
       <c r="F7" t="s">
         <v>21</v>
       </c>
       <c r="G7" t="s">
         <v>67</v>
       </c>
       <c r="H7">
-        <v>2009</v>
-[...3 lines deleted...]
-      </c>
+        <v>2025</v>
+      </c>
+      <c r="I7"/>
       <c r="J7" t="s">
         <v>68</v>
       </c>
       <c r="K7" t="s">
         <v>35</v>
       </c>
       <c r="L7" t="s">
         <v>69</v>
       </c>
       <c r="M7" t="s">
         <v>70</v>
       </c>
       <c r="N7" t="s">
         <v>27</v>
       </c>
       <c r="O7" t="s">
         <v>71</v>
       </c>
       <c r="P7" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
         <v>73</v>
@@ -1906,716 +1908,716 @@
       </c>
       <c r="P16" t="s">
         <v>134</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
         <v>135</v>
       </c>
       <c r="B17" t="s">
         <v>136</v>
       </c>
       <c r="C17" t="s">
         <v>42</v>
       </c>
       <c r="D17" t="s">
         <v>53</v>
       </c>
       <c r="E17" t="s">
         <v>20</v>
       </c>
       <c r="F17" t="s">
         <v>21</v>
       </c>
       <c r="G17" t="s">
-        <v>22</v>
+        <v>137</v>
       </c>
       <c r="H17">
         <v>2007</v>
       </c>
       <c r="I17">
-        <v>2014</v>
+        <v>2013</v>
       </c>
       <c r="J17" t="s">
         <v>45</v>
       </c>
       <c r="K17" t="s">
         <v>35</v>
       </c>
       <c r="L17" t="s">
         <v>77</v>
       </c>
       <c r="M17" t="s">
         <v>47</v>
       </c>
       <c r="N17" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="O17" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="P17" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="B18" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="C18" t="s">
         <v>42</v>
       </c>
       <c r="D18" t="s">
         <v>43</v>
       </c>
       <c r="E18" t="s">
         <v>20</v>
       </c>
       <c r="F18" t="s">
         <v>21</v>
       </c>
       <c r="G18" t="s">
         <v>44</v>
       </c>
       <c r="H18">
         <v>2021</v>
       </c>
       <c r="I18"/>
       <c r="J18" t="s">
         <v>83</v>
       </c>
       <c r="K18" t="s">
         <v>35</v>
       </c>
       <c r="L18" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="M18" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="N18" t="s">
         <v>27</v>
       </c>
       <c r="O18" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="P18" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="B19" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="C19" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="D19" t="s">
         <v>53</v>
       </c>
       <c r="E19" t="s">
         <v>20</v>
       </c>
       <c r="F19" t="s">
         <v>21</v>
       </c>
       <c r="G19" t="s">
         <v>22</v>
       </c>
       <c r="H19">
         <v>2005</v>
       </c>
       <c r="I19">
         <v>2014</v>
       </c>
       <c r="J19" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="K19" t="s">
         <v>35</v>
       </c>
       <c r="L19" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="M19" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="N19" t="s">
         <v>27</v>
       </c>
       <c r="O19" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="P19" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="B20" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="C20" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="D20" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="E20" t="s">
         <v>20</v>
       </c>
       <c r="F20" t="s">
         <v>129</v>
       </c>
       <c r="G20" t="s">
         <v>22</v>
       </c>
       <c r="H20">
         <v>2009</v>
       </c>
       <c r="I20">
         <v>2016</v>
       </c>
       <c r="J20" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="K20" t="s">
         <v>35</v>
       </c>
       <c r="L20" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="M20" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="N20" t="s">
         <v>27</v>
       </c>
       <c r="O20" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="P20" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="B21" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="C21" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="D21" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="E21" t="s">
         <v>20</v>
       </c>
       <c r="F21" t="s">
         <v>21</v>
       </c>
       <c r="G21" t="s">
         <v>22</v>
       </c>
       <c r="H21">
         <v>2009</v>
       </c>
       <c r="I21">
         <v>2017</v>
       </c>
       <c r="J21" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="K21" t="s">
         <v>35</v>
       </c>
       <c r="L21" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="M21" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="N21" t="s">
         <v>27</v>
       </c>
       <c r="O21" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="P21" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="B22" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="C22" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="D22" t="s">
         <v>53</v>
       </c>
       <c r="E22" t="s">
         <v>20</v>
       </c>
       <c r="F22" t="s">
         <v>21</v>
       </c>
       <c r="G22" t="s">
         <v>22</v>
       </c>
       <c r="H22">
         <v>2013</v>
       </c>
       <c r="I22">
         <v>2014</v>
       </c>
       <c r="J22" t="s">
         <v>45</v>
       </c>
       <c r="K22" t="s">
         <v>35</v>
       </c>
       <c r="L22" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="M22" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="N22" t="s">
         <v>27</v>
       </c>
       <c r="O22" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="P22" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="B23" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="C23" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="D23" t="s">
         <v>53</v>
       </c>
       <c r="E23" t="s">
         <v>20</v>
       </c>
       <c r="F23" t="s">
         <v>21</v>
       </c>
       <c r="G23" t="s">
         <v>44</v>
       </c>
       <c r="H23">
         <v>2009</v>
       </c>
       <c r="I23"/>
       <c r="J23" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="K23" t="s">
         <v>35</v>
       </c>
       <c r="L23"/>
       <c r="M23" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="N23" t="s">
         <v>27</v>
       </c>
       <c r="O23" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="P23" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="B24" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="C24" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="D24" t="s">
         <v>53</v>
       </c>
       <c r="E24" t="s">
         <v>20</v>
       </c>
       <c r="F24" t="s">
         <v>21</v>
       </c>
       <c r="G24" t="s">
         <v>22</v>
       </c>
       <c r="H24">
         <v>2005</v>
       </c>
       <c r="I24">
         <v>2011</v>
       </c>
       <c r="J24" t="s">
         <v>114</v>
       </c>
       <c r="K24" t="s">
         <v>35</v>
       </c>
       <c r="L24" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="M24" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="N24" t="s">
         <v>27</v>
       </c>
       <c r="O24" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="P24" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="B25" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="C25" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="D25" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="E25" t="s">
         <v>75</v>
       </c>
       <c r="F25" t="s">
         <v>129</v>
       </c>
       <c r="G25" t="s">
         <v>44</v>
       </c>
       <c r="H25">
         <v>2014</v>
       </c>
       <c r="I25"/>
       <c r="J25" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="K25" t="s">
         <v>35</v>
       </c>
       <c r="L25" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="M25" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="N25" t="s">
         <v>27</v>
       </c>
       <c r="O25" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="P25" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="B26" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="C26" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="D26" t="s">
         <v>53</v>
       </c>
       <c r="E26" t="s">
         <v>20</v>
       </c>
       <c r="F26" t="s">
         <v>21</v>
       </c>
       <c r="G26" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="H26">
         <v>2017</v>
       </c>
       <c r="I26"/>
       <c r="J26" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="K26" t="s">
         <v>35</v>
       </c>
       <c r="L26" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="M26" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="N26" t="s">
         <v>27</v>
       </c>
       <c r="O26" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="P26" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
     </row>
     <row r="27" spans="1:16">
       <c r="A27" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="B27" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="C27" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="D27" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="E27" t="s">
         <v>20</v>
       </c>
       <c r="F27" t="s">
         <v>129</v>
       </c>
       <c r="G27" t="s">
         <v>22</v>
       </c>
       <c r="H27">
         <v>2017</v>
       </c>
       <c r="I27">
         <v>2021</v>
       </c>
       <c r="J27" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="K27" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="L27" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="M27" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="N27" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="O27" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="P27" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
     </row>
     <row r="28" spans="1:16">
       <c r="A28" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="B28" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="C28" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="D28" t="s">
         <v>53</v>
       </c>
       <c r="E28" t="s">
         <v>75</v>
       </c>
       <c r="F28" t="s">
         <v>129</v>
       </c>
       <c r="G28" t="s">
         <v>22</v>
       </c>
       <c r="H28">
         <v>2014</v>
       </c>
       <c r="I28">
         <v>2016</v>
       </c>
       <c r="J28" t="s">
         <v>130</v>
       </c>
       <c r="K28" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="L28" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="M28" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="N28" t="s">
         <v>27</v>
       </c>
       <c r="O28" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="P28" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="B29" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="C29" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="D29" t="s">
         <v>53</v>
       </c>
       <c r="E29" t="s">
         <v>20</v>
       </c>
       <c r="F29" t="s">
         <v>129</v>
       </c>
       <c r="G29" t="s">
         <v>22</v>
       </c>
       <c r="H29">
         <v>2007</v>
       </c>
       <c r="I29">
         <v>2011</v>
       </c>
       <c r="J29" t="s">
         <v>130</v>
       </c>
       <c r="K29" t="s">
         <v>35</v>
       </c>
       <c r="L29" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="M29" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="N29" t="s">
         <v>27</v>
       </c>
       <c r="O29" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="P29" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
     </row>
     <row r="30" spans="1:16">
       <c r="A30" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="B30" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="C30" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="D30" t="s">
         <v>53</v>
       </c>
       <c r="E30" t="s">
         <v>75</v>
       </c>
       <c r="F30" t="s">
         <v>76</v>
       </c>
       <c r="G30" t="s">
         <v>44</v>
       </c>
       <c r="H30">
         <v>2012</v>
       </c>
       <c r="I30"/>
       <c r="J30" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="K30" t="s">
         <v>35</v>
       </c>
       <c r="L30" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="M30" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="N30" t="s">
         <v>27</v>
       </c>
       <c r="O30" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="P30" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">