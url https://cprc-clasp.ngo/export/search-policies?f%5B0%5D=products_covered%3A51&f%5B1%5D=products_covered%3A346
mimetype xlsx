--- v0 (2025-11-29)
+++ v1 (2026-03-06)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="197">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="198">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -177,63 +177,64 @@
     <t>Stand-by and networked devices, Televisions, Coffee Machines</t>
   </si>
   <si>
     <t>Entered into force, New</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-2023826-17-april-2023-laying-down-ecodesign-requirements-mode-0</t>
   </si>
   <si>
     <t>https://www.legislation.gov.uk/eur/2008/1275/contents</t>
   </si>
   <si>
     <t>Power management requirements for household or non-tertiary coffee machines -- ecodesign requirements for standby; off mode electric power consumption of electrical and electronic household and office equipment.
 This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2030.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-2023826-17-april-2023-laying-down-ecodesign-requirements-mode</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32023R0826&amp;qid=1681803866374</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2025/2052 of 13 October 2025  laying down ecodesign requirements for external power supplies, wireless chargers, wireless charging pads, battery chargers for portable batteries of general use and USB Type-C cables</t>
   </si>
   <si>
-    <t>Laying down ecodesign requirements for external power supplies, wireless chargers, wireless charging pads, battery chargers for portable batteries of general use and USB Type-C cables.</t>
+    <t>Laying down ecodesign requirements for external power supplies, wireless chargers, wireless charging pads, battery chargers for portable batteries of general use and USB Type-C cables.
+This policy applies from the 14th December 2028, repealing Commission Regulation (EU) 2019/1782.</t>
   </si>
   <si>
     <t>Europe, European Union</t>
   </si>
   <si>
     <t>Battery Chargers, External Power Supply</t>
   </si>
   <si>
-    <t>Published, Revised</t>
-[...2 lines deleted...]
-    <t>November 2025</t>
+    <t>Published, New</t>
+  </si>
+  <si>
+    <t>December 2025</t>
   </si>
   <si>
     <t>87 FR 51221</t>
   </si>
   <si>
     <t>European Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20252052-13-october-2025-laying-down-ecodesign-requirements</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32025R2052&amp;qid=1763999035842</t>
   </si>
   <si>
     <t>Commission Regulation EC No 1275-2008 of 17 December 2008</t>
   </si>
   <si>
     <t>This Regulation establishes ecodesign requirements related to standby and off mode electric power consumption. This Regulation applies to electrical and electronic household and office equipment.</t>
   </si>
   <si>
     <t>Stand-by and networked devices</t>
   </si>
   <si>
     <t>December 2018</t>
   </si>
@@ -304,50 +305,53 @@
     <t>Audio-Visual, Televisions, Displays, Battery Chargers, External Power Supply, Dehumidifiers, Ovens, Microwaves, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washer and Dryers, Washing Machines, Indoor Luminaires, Specialty Luminaires, Specialty Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Ventilation, Ceiling Fans, Space Heating, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Portable ACs, Packaged Terminals, Chillers - Cooler Towers, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Pump Systems, Power Transformers, Distribution Transformers, Wine Chillers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil</t>
   </si>
   <si>
     <t>Natural Resources Canada Office of Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-regulations-2016-sor2016-311</t>
   </si>
   <si>
     <t>https://laws-lois.justice.gc.ca/eng/regulations/SOR-2016-311/index.html</t>
   </si>
   <si>
     <t>GB 20943-2013 Minimum allowable values of energy efficiency and evaluating values of energy conservation for single voltage external AC-DC and AC-AC power supplies</t>
   </si>
   <si>
     <t>Applies to external power supplies which convert AC current with 220V and 50Hz to single voltage DC -no higher than 36V- or single voltage AC -no higher than 36V- current.It applies to products with rated output power no larger than 250W. Does NOT apply to DC-DC transformer.</t>
+  </si>
+  <si>
+    <t>Revised, To Be Superseded</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-20943-2013-minimum-allowable-values-energy-efficiency-and-evaluating-values-energy</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E686D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>Greenhouse and Energy Minimum Standards (External Power Supplies) Determination 2014</t>
   </si>
   <si>
     <t>Products covered include external power supply units with a nominal 230 V a.c. supply input and a single output at extra low voltage (ELV), either a.c. or d.c. and a maximum output of 250 W or 250 VA (see the standard for further details on products covered).</t>
   </si>
   <si>
     <t>Australia</t>
   </si>
   <si>
     <t>July 2025</t>
   </si>
@@ -1292,55 +1296,53 @@
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
         <v>53</v>
       </c>
       <c r="B7" t="s">
         <v>54</v>
       </c>
       <c r="C7" t="s">
         <v>55</v>
       </c>
       <c r="D7" t="s">
         <v>56</v>
       </c>
       <c r="E7" t="s">
         <v>20</v>
       </c>
       <c r="F7" t="s">
         <v>21</v>
       </c>
       <c r="G7" t="s">
         <v>57</v>
       </c>
       <c r="H7">
-        <v>2009</v>
-[...3 lines deleted...]
-      </c>
+        <v>2025</v>
+      </c>
+      <c r="I7"/>
       <c r="J7" t="s">
         <v>58</v>
       </c>
       <c r="K7" t="s">
         <v>35</v>
       </c>
       <c r="L7" t="s">
         <v>59</v>
       </c>
       <c r="M7" t="s">
         <v>60</v>
       </c>
       <c r="N7" t="s">
         <v>27</v>
       </c>
       <c r="O7" t="s">
         <v>61</v>
       </c>
       <c r="P7" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
         <v>63</v>
@@ -1531,716 +1533,716 @@
       </c>
       <c r="P11" t="s">
         <v>94</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
         <v>95</v>
       </c>
       <c r="B12" t="s">
         <v>96</v>
       </c>
       <c r="C12" t="s">
         <v>71</v>
       </c>
       <c r="D12" t="s">
         <v>33</v>
       </c>
       <c r="E12" t="s">
         <v>20</v>
       </c>
       <c r="F12" t="s">
         <v>21</v>
       </c>
       <c r="G12" t="s">
-        <v>22</v>
+        <v>97</v>
       </c>
       <c r="H12">
         <v>2007</v>
       </c>
       <c r="I12">
-        <v>2014</v>
+        <v>2013</v>
       </c>
       <c r="J12" t="s">
         <v>74</v>
       </c>
       <c r="K12" t="s">
         <v>35</v>
       </c>
       <c r="L12" t="s">
         <v>75</v>
       </c>
       <c r="M12" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="N12" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="O12" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="P12" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="B13" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="C13" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="D13" t="s">
         <v>33</v>
       </c>
       <c r="E13" t="s">
         <v>20</v>
       </c>
       <c r="F13" t="s">
         <v>21</v>
       </c>
       <c r="G13" t="s">
         <v>22</v>
       </c>
       <c r="H13">
         <v>2005</v>
       </c>
       <c r="I13">
         <v>2014</v>
       </c>
       <c r="J13" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="K13" t="s">
         <v>35</v>
       </c>
       <c r="L13" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="M13" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="N13" t="s">
         <v>27</v>
       </c>
       <c r="O13" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="P13" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="B14" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="C14" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="D14" t="s">
         <v>33</v>
       </c>
       <c r="E14" t="s">
         <v>20</v>
       </c>
       <c r="F14" t="s">
         <v>21</v>
       </c>
       <c r="G14" t="s">
         <v>22</v>
       </c>
       <c r="H14">
         <v>2013</v>
       </c>
       <c r="I14">
         <v>2014</v>
       </c>
       <c r="J14" t="s">
         <v>74</v>
       </c>
       <c r="K14" t="s">
         <v>35</v>
       </c>
       <c r="L14" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="M14" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="N14" t="s">
         <v>27</v>
       </c>
       <c r="O14" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="P14" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="B15" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="C15" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="D15" t="s">
         <v>65</v>
       </c>
       <c r="E15" t="s">
         <v>20</v>
       </c>
       <c r="F15" t="s">
         <v>21</v>
       </c>
       <c r="G15" t="s">
         <v>22</v>
       </c>
       <c r="H15">
         <v>2012</v>
       </c>
       <c r="I15">
         <v>2013</v>
       </c>
       <c r="J15" t="s">
         <v>74</v>
       </c>
       <c r="K15" t="s">
         <v>35</v>
       </c>
       <c r="L15" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="M15" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="N15" t="s">
         <v>27</v>
       </c>
       <c r="O15" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="P15" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="B16" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="C16" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="D16" t="s">
         <v>33</v>
       </c>
       <c r="E16" t="s">
         <v>20</v>
       </c>
       <c r="F16" t="s">
         <v>21</v>
       </c>
       <c r="G16" t="s">
         <v>47</v>
       </c>
       <c r="H16">
         <v>2009</v>
       </c>
       <c r="I16"/>
       <c r="J16" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="K16" t="s">
         <v>35</v>
       </c>
       <c r="L16"/>
       <c r="M16" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="N16" t="s">
         <v>27</v>
       </c>
       <c r="O16" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="P16" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="B17" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="C17" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="D17" t="s">
         <v>33</v>
       </c>
       <c r="E17" t="s">
         <v>20</v>
       </c>
       <c r="F17" t="s">
         <v>21</v>
       </c>
       <c r="G17" t="s">
         <v>22</v>
       </c>
       <c r="H17">
         <v>2005</v>
       </c>
       <c r="I17">
         <v>2011</v>
       </c>
       <c r="J17" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="K17" t="s">
         <v>35</v>
       </c>
       <c r="L17" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="M17" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="N17" t="s">
         <v>27</v>
       </c>
       <c r="O17" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="P17" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="B18" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="C18" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="D18" t="s">
         <v>33</v>
       </c>
       <c r="E18" t="s">
         <v>20</v>
       </c>
       <c r="F18" t="s">
         <v>21</v>
       </c>
       <c r="G18" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="H18">
         <v>2017</v>
       </c>
       <c r="I18"/>
       <c r="J18" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="K18" t="s">
         <v>35</v>
       </c>
       <c r="L18" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="M18" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="N18" t="s">
         <v>27</v>
       </c>
       <c r="O18" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="P18" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="B19" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="C19" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="D19" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="E19" t="s">
         <v>20</v>
       </c>
       <c r="F19" t="s">
         <v>89</v>
       </c>
       <c r="G19" t="s">
         <v>22</v>
       </c>
       <c r="H19">
         <v>2017</v>
       </c>
       <c r="I19">
         <v>2021</v>
       </c>
       <c r="J19" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="K19" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="L19" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="M19" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="N19" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="O19" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="P19" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="B20" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="C20" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="D20" t="s">
         <v>65</v>
       </c>
       <c r="E20" t="s">
         <v>20</v>
       </c>
       <c r="F20" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="G20" t="s">
         <v>47</v>
       </c>
       <c r="H20">
         <v>2011</v>
       </c>
       <c r="I20"/>
       <c r="J20" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="K20" t="s">
         <v>35</v>
       </c>
       <c r="L20" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="M20" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="N20" t="s">
         <v>27</v>
       </c>
       <c r="O20" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="P20" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="B21" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="C21" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="D21" t="s">
         <v>33</v>
       </c>
       <c r="E21" t="s">
         <v>72</v>
       </c>
       <c r="F21" t="s">
         <v>89</v>
       </c>
       <c r="G21" t="s">
         <v>22</v>
       </c>
       <c r="H21">
         <v>2014</v>
       </c>
       <c r="I21">
         <v>2016</v>
       </c>
       <c r="J21" t="s">
         <v>90</v>
       </c>
       <c r="K21" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="L21" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="M21" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="N21" t="s">
         <v>27</v>
       </c>
       <c r="O21" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="P21" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="B22" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="C22" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="D22" t="s">
         <v>33</v>
       </c>
       <c r="E22" t="s">
         <v>20</v>
       </c>
       <c r="F22" t="s">
         <v>89</v>
       </c>
       <c r="G22" t="s">
         <v>22</v>
       </c>
       <c r="H22">
         <v>2007</v>
       </c>
       <c r="I22">
         <v>2011</v>
       </c>
       <c r="J22" t="s">
         <v>90</v>
       </c>
       <c r="K22" t="s">
         <v>35</v>
       </c>
       <c r="L22" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="M22" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="N22" t="s">
         <v>27</v>
       </c>
       <c r="O22" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="P22" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="B23" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="C23" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="D23" t="s">
         <v>65</v>
       </c>
       <c r="E23" t="s">
         <v>20</v>
       </c>
       <c r="F23" t="s">
         <v>21</v>
       </c>
       <c r="G23" t="s">
         <v>22</v>
       </c>
       <c r="H23">
         <v>2012</v>
       </c>
       <c r="I23">
         <v>2013</v>
       </c>
       <c r="J23" t="s">
         <v>90</v>
       </c>
       <c r="K23" t="s">
         <v>35</v>
       </c>
       <c r="L23" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="M23" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="N23" t="s">
         <v>27</v>
       </c>
       <c r="O23" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="P23" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="B24" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="C24" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="D24" t="s">
         <v>65</v>
       </c>
       <c r="E24" t="s">
         <v>20</v>
       </c>
       <c r="F24" t="s">
         <v>89</v>
       </c>
       <c r="G24" t="s">
         <v>47</v>
       </c>
       <c r="H24">
         <v>2014</v>
       </c>
       <c r="I24"/>
       <c r="J24" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="K24" t="s">
         <v>35</v>
       </c>
       <c r="L24" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="M24" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="N24" t="s">
         <v>27</v>
       </c>
       <c r="O24" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="P24" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="B25" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="C25" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="D25" t="s">
         <v>33</v>
       </c>
       <c r="E25" t="s">
         <v>72</v>
       </c>
       <c r="F25" t="s">
         <v>73</v>
       </c>
       <c r="G25" t="s">
         <v>47</v>
       </c>
       <c r="H25">
         <v>2012</v>
       </c>
       <c r="I25"/>
       <c r="J25" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="K25" t="s">
         <v>35</v>
       </c>
       <c r="L25" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="M25" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="N25" t="s">
         <v>27</v>
       </c>
       <c r="O25" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="P25" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">