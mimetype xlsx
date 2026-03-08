--- v0 (2025-11-29)
+++ v1 (2026-03-08)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="196">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="198">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -149,63 +149,64 @@
   <si>
     <t>https://www.legislation.gov.uk/eur/2019/1782/contents</t>
   </si>
   <si>
     <t>European Union</t>
   </si>
   <si>
     <t>Entered into force, Revised, To Be Superseded</t>
   </si>
   <si>
     <t>September 2023</t>
   </si>
   <si>
     <t>European Commission - DG Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20191782-1-october-2019-laying-down-ecodesign-requirements</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=uriserv%3AOJ.L_.2019.272.01.0095.01.ENG&amp;toc=OJ%3AL%3A2019%3A272%3ATOC</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2025/2052 of 13 October 2025  laying down ecodesign requirements for external power supplies, wireless chargers, wireless charging pads, battery chargers for portable batteries of general use and USB Type-C cables</t>
   </si>
   <si>
-    <t>Laying down ecodesign requirements for external power supplies, wireless chargers, wireless charging pads, battery chargers for portable batteries of general use and USB Type-C cables.</t>
+    <t>Laying down ecodesign requirements for external power supplies, wireless chargers, wireless charging pads, battery chargers for portable batteries of general use and USB Type-C cables.
+This policy applies from the 14th December 2028, repealing Commission Regulation (EU) 2019/1782.</t>
   </si>
   <si>
     <t>Europe, European Union</t>
   </si>
   <si>
     <t>Battery Chargers, External Power Supply</t>
   </si>
   <si>
-    <t>Published, Revised</t>
-[...2 lines deleted...]
-    <t>November 2025</t>
+    <t>Published, New</t>
+  </si>
+  <si>
+    <t>December 2025</t>
   </si>
   <si>
     <t>87 FR 51221</t>
   </si>
   <si>
     <t>European Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20252052-13-october-2025-laying-down-ecodesign-requirements</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32025R2052&amp;qid=1763999035842</t>
   </si>
   <si>
     <t>CQC31-461236-2014. CQC Marking Certification: single voltage external AC-DC and AC-AC power supplies</t>
   </si>
   <si>
     <t>Applies to power supplies operating under under 220V and 50Hz;  which transfer AC grid's voltage to a fixed and single way low voltage DC current; no more than 36V; or low voltage AC; no more than 36V; and rated output power is no larger than 250W.</t>
   </si>
   <si>
     <t>China</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
@@ -262,108 +263,114 @@
   </si>
   <si>
     <t>New</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>LPG</t>
   </si>
   <si>
     <t>IS 4246:2002
 ,   
                     IS 4246:2002</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)</t>
   </si>
   <si>
     <t>Cookstoves, Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-policy-domestic-liquefied-petroleum-gas-stove</t>
   </si>
   <si>
-    <t>https://beestarlabel.com/Content/LPG-Gas-Stove-Notification-14(a).pdf</t>
+    <t>https://beeindia.gov.in/star-label.php</t>
   </si>
   <si>
     <t>Energy Efficiency Regulations, 2016 (SOR/2016-311)</t>
   </si>
   <si>
     <t>This policy is divided into 14 divisions: 1) household appliances, 2) air conditioners, condensing units, and chillers, 3) heat pumps, 4) furnaces, fireplaces, unit heaters, and recovery ventilators, 5) boilers, 6) water heaters, 7) lamps and lamp ballasts, 8) lighting fixtures, 9) electronic products, 10) commercial refrigeration, 11) dry-type transformers, 12) motors, 13) commercial pre-rinse spray valves, and 14) pumps.</t>
   </si>
   <si>
     <t>Canada</t>
   </si>
   <si>
     <t>Audio-Visual, Televisions, Displays, Battery Chargers, External Power Supply, Dehumidifiers, Ovens, Microwaves, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washer and Dryers, Washing Machines, Indoor Luminaires, Specialty Luminaires, Specialty Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Ventilation, Ceiling Fans, Space Heating, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Portable ACs, Packaged Terminals, Chillers - Cooler Towers, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Pump Systems, Power Transformers, Distribution Transformers, Wine Chillers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil</t>
   </si>
   <si>
     <t>Natural Resources Canada Office of Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-regulations-2016-sor2016-311</t>
   </si>
   <si>
     <t>https://laws-lois.justice.gc.ca/eng/regulations/SOR-2016-311/index.html</t>
   </si>
   <si>
     <t>GB 20943-2013 Minimum allowable values of energy efficiency and evaluating values of energy conservation for single voltage external AC-DC and AC-AC power supplies</t>
   </si>
   <si>
     <t>Applies to external power supplies which convert AC current with 220V and 50Hz to single voltage DC -no higher than 36V- or single voltage AC -no higher than 36V- current.It applies to products with rated output power no larger than 250W. Does NOT apply to DC-DC transformer.</t>
   </si>
   <si>
+    <t>Revised, To Be Superseded</t>
+  </si>
+  <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-20943-2013-minimum-allowable-values-energy-efficiency-and-evaluating-values-energy</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E686D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 30720-2014 Minimum allowable values of energy efficiency and energy efficiency grades for domestic gas cooking appliances</t>
   </si>
   <si>
     <t>Domestic gas cooking appliances which use urban gas have single combustors and its rated thermal load is not more than 5.23 kW</t>
   </si>
   <si>
     <t>LPG Stoves, Cooktops or Hobs</t>
+  </si>
+  <si>
+    <t>November 2025</t>
   </si>
   <si>
     <t>Gas</t>
   </si>
   <si>
     <t>CQC6151-20094.24.3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-30720-2014-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7EF80D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB30720—2025 Minimum allowable values of energy efficiency and energy efficiency grades for gas cooking appliances</t>
   </si>
   <si>
     <t>This revised energy efficiency standards and grades apply to household gas stoves and integrated stoves using utility gas with a rated heat load not exceeding 5.23 kW, and commercial cooking stoves with a rated heat load not exceeding 60 kW, large pot stoves with a rated heat load not exceeding 80 kW, and water-jacketed or steam-generating steam cabinets and steam generators with a rated heat load not exceeding 80 kW.</t>
   </si>
   <si>
     <t>Steam Cookers, LPG Stoves, Cooktops or Hobs</t>
   </si>
   <si>
     <t>The Standardization Administration of China</t>
   </si>
@@ -1198,55 +1205,53 @@
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
         <v>44</v>
       </c>
       <c r="B5" t="s">
         <v>45</v>
       </c>
       <c r="C5" t="s">
         <v>46</v>
       </c>
       <c r="D5" t="s">
         <v>47</v>
       </c>
       <c r="E5" t="s">
         <v>20</v>
       </c>
       <c r="F5" t="s">
         <v>21</v>
       </c>
       <c r="G5" t="s">
         <v>48</v>
       </c>
       <c r="H5">
-        <v>2009</v>
-[...3 lines deleted...]
-      </c>
+        <v>2025</v>
+      </c>
+      <c r="I5"/>
       <c r="J5" t="s">
         <v>49</v>
       </c>
       <c r="K5" t="s">
         <v>35</v>
       </c>
       <c r="L5" t="s">
         <v>50</v>
       </c>
       <c r="M5" t="s">
         <v>51</v>
       </c>
       <c r="N5" t="s">
         <v>27</v>
       </c>
       <c r="O5" t="s">
         <v>52</v>
       </c>
       <c r="P5" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
         <v>54</v>
@@ -1439,714 +1444,714 @@
       </c>
       <c r="P9" t="s">
         <v>92</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
         <v>93</v>
       </c>
       <c r="B10" t="s">
         <v>94</v>
       </c>
       <c r="C10" t="s">
         <v>56</v>
       </c>
       <c r="D10" t="s">
         <v>33</v>
       </c>
       <c r="E10" t="s">
         <v>20</v>
       </c>
       <c r="F10" t="s">
         <v>21</v>
       </c>
       <c r="G10" t="s">
-        <v>22</v>
+        <v>95</v>
       </c>
       <c r="H10">
         <v>2007</v>
       </c>
       <c r="I10">
-        <v>2014</v>
+        <v>2013</v>
       </c>
       <c r="J10" t="s">
         <v>59</v>
       </c>
       <c r="K10" t="s">
         <v>35</v>
       </c>
       <c r="L10" t="s">
         <v>60</v>
       </c>
       <c r="M10" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="N10" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="O10" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="P10" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="B11" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="C11" t="s">
         <v>56</v>
       </c>
       <c r="D11" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="E11" t="s">
         <v>20</v>
       </c>
       <c r="F11" t="s">
         <v>21</v>
       </c>
       <c r="G11" t="s">
-        <v>22</v>
+        <v>39</v>
       </c>
       <c r="H11">
         <v>2008</v>
       </c>
       <c r="I11">
         <v>2015</v>
       </c>
       <c r="J11" t="s">
-        <v>59</v>
+        <v>103</v>
       </c>
       <c r="K11" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="L11" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="M11" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="N11" t="s">
         <v>27</v>
       </c>
       <c r="O11" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="P11" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="B12" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="C12" t="s">
         <v>56</v>
       </c>
       <c r="D12" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="E12" t="s">
         <v>20</v>
       </c>
       <c r="F12" t="s">
         <v>21</v>
       </c>
       <c r="G12" t="s">
         <v>8</v>
       </c>
       <c r="H12">
         <v>2014</v>
       </c>
       <c r="I12">
         <v>2025</v>
       </c>
       <c r="J12" t="s">
-        <v>49</v>
+        <v>103</v>
       </c>
       <c r="K12" t="s">
         <v>35</v>
       </c>
       <c r="L12"/>
       <c r="M12" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="N12" t="s">
         <v>80</v>
       </c>
       <c r="O12" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="P12" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="B13" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
       <c r="C13" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
       <c r="D13" t="s">
         <v>33</v>
       </c>
       <c r="E13" t="s">
         <v>20</v>
       </c>
       <c r="F13" t="s">
         <v>21</v>
       </c>
       <c r="G13" t="s">
         <v>22</v>
       </c>
       <c r="H13">
         <v>2005</v>
       </c>
       <c r="I13">
         <v>2014</v>
       </c>
       <c r="J13" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
       <c r="K13" t="s">
         <v>35</v>
       </c>
       <c r="L13" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
       <c r="M13" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="N13" t="s">
         <v>27</v>
       </c>
       <c r="O13" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="P13" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="B14" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="C14" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="D14" t="s">
         <v>74</v>
       </c>
       <c r="E14" t="s">
         <v>57</v>
       </c>
       <c r="F14" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
       <c r="G14" t="s">
         <v>66</v>
       </c>
       <c r="H14">
         <v>2022</v>
       </c>
       <c r="I14"/>
       <c r="J14" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="K14" t="s">
         <v>77</v>
       </c>
       <c r="L14" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="M14" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="N14" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="O14" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="P14" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="B15" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
       <c r="C15" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="D15" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
       <c r="E15" t="s">
         <v>57</v>
       </c>
       <c r="F15" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
       <c r="G15" t="s">
         <v>66</v>
       </c>
       <c r="H15">
         <v>2022</v>
       </c>
       <c r="I15"/>
       <c r="J15" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="K15" t="s">
         <v>77</v>
       </c>
       <c r="L15" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="M15" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="N15" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="O15" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="P15" t="s">
-        <v>135</v>
+        <v>137</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="B16" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="C16" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="D16" t="s">
         <v>33</v>
       </c>
       <c r="E16" t="s">
         <v>20</v>
       </c>
       <c r="F16" t="s">
         <v>21</v>
       </c>
       <c r="G16" t="s">
         <v>22</v>
       </c>
       <c r="H16">
         <v>2013</v>
       </c>
       <c r="I16">
         <v>2014</v>
       </c>
       <c r="J16" t="s">
         <v>59</v>
       </c>
       <c r="K16" t="s">
         <v>35</v>
       </c>
       <c r="L16" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
       <c r="M16" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
       <c r="N16" t="s">
         <v>27</v>
       </c>
       <c r="O16" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="P16" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="B17" t="s">
-        <v>144</v>
+        <v>146</v>
       </c>
       <c r="C17" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
       <c r="D17" t="s">
         <v>33</v>
       </c>
       <c r="E17" t="s">
         <v>20</v>
       </c>
       <c r="F17" t="s">
         <v>21</v>
       </c>
       <c r="G17" t="s">
         <v>66</v>
       </c>
       <c r="H17">
         <v>2009</v>
       </c>
       <c r="I17"/>
       <c r="J17" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
       <c r="K17" t="s">
         <v>35</v>
       </c>
       <c r="L17"/>
       <c r="M17" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="N17" t="s">
         <v>27</v>
       </c>
       <c r="O17" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="P17" t="s">
-        <v>149</v>
+        <v>151</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="B18" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
       <c r="C18" t="s">
-        <v>152</v>
+        <v>154</v>
       </c>
       <c r="D18" t="s">
         <v>33</v>
       </c>
       <c r="E18" t="s">
         <v>20</v>
       </c>
       <c r="F18" t="s">
         <v>21</v>
       </c>
       <c r="G18" t="s">
         <v>22</v>
       </c>
       <c r="H18">
         <v>2005</v>
       </c>
       <c r="I18">
         <v>2011</v>
       </c>
       <c r="J18" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="K18" t="s">
         <v>35</v>
       </c>
       <c r="L18" t="s">
-        <v>154</v>
+        <v>156</v>
       </c>
       <c r="M18" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
       <c r="N18" t="s">
         <v>27</v>
       </c>
       <c r="O18" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
       <c r="P18" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="B19" t="s">
-        <v>159</v>
+        <v>161</v>
       </c>
       <c r="C19" t="s">
-        <v>160</v>
+        <v>162</v>
       </c>
       <c r="D19" t="s">
         <v>33</v>
       </c>
       <c r="E19" t="s">
         <v>20</v>
       </c>
       <c r="F19" t="s">
         <v>21</v>
       </c>
       <c r="G19" t="s">
         <v>75</v>
       </c>
       <c r="H19">
         <v>2017</v>
       </c>
       <c r="I19"/>
       <c r="J19" t="s">
-        <v>161</v>
+        <v>163</v>
       </c>
       <c r="K19" t="s">
         <v>35</v>
       </c>
       <c r="L19" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
       <c r="M19" t="s">
-        <v>163</v>
+        <v>165</v>
       </c>
       <c r="N19" t="s">
         <v>27</v>
       </c>
       <c r="O19" t="s">
-        <v>164</v>
+        <v>166</v>
       </c>
       <c r="P19" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="B20" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
       <c r="C20" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
       <c r="D20" t="s">
-        <v>169</v>
+        <v>171</v>
       </c>
       <c r="E20" t="s">
         <v>20</v>
       </c>
       <c r="F20" t="s">
         <v>87</v>
       </c>
       <c r="G20" t="s">
         <v>22</v>
       </c>
       <c r="H20">
         <v>2017</v>
       </c>
       <c r="I20">
         <v>2021</v>
       </c>
       <c r="J20" t="s">
-        <v>170</v>
+        <v>172</v>
       </c>
       <c r="K20" t="s">
-        <v>171</v>
+        <v>173</v>
       </c>
       <c r="L20" t="s">
-        <v>172</v>
+        <v>174</v>
       </c>
       <c r="M20" t="s">
-        <v>173</v>
+        <v>175</v>
       </c>
       <c r="N20" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="O20" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
       <c r="P20" t="s">
-        <v>175</v>
+        <v>177</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
-        <v>176</v>
+        <v>178</v>
       </c>
       <c r="B21" t="s">
-        <v>177</v>
+        <v>179</v>
       </c>
       <c r="C21" t="s">
         <v>73</v>
       </c>
       <c r="D21" t="s">
         <v>33</v>
       </c>
       <c r="E21" t="s">
         <v>57</v>
       </c>
       <c r="F21" t="s">
         <v>87</v>
       </c>
       <c r="G21" t="s">
         <v>22</v>
       </c>
       <c r="H21">
         <v>2014</v>
       </c>
       <c r="I21">
         <v>2016</v>
       </c>
       <c r="J21" t="s">
         <v>88</v>
       </c>
       <c r="K21" t="s">
-        <v>178</v>
+        <v>180</v>
       </c>
       <c r="L21" t="s">
-        <v>179</v>
+        <v>181</v>
       </c>
       <c r="M21" t="s">
         <v>79</v>
       </c>
       <c r="N21" t="s">
         <v>27</v>
       </c>
       <c r="O21" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="P21" t="s">
-        <v>181</v>
+        <v>183</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
       <c r="B22" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="C22" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="D22" t="s">
         <v>33</v>
       </c>
       <c r="E22" t="s">
         <v>20</v>
       </c>
       <c r="F22" t="s">
         <v>87</v>
       </c>
       <c r="G22" t="s">
         <v>22</v>
       </c>
       <c r="H22">
         <v>2007</v>
       </c>
       <c r="I22">
         <v>2011</v>
       </c>
       <c r="J22" t="s">
         <v>88</v>
       </c>
       <c r="K22" t="s">
         <v>35</v>
       </c>
       <c r="L22" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="M22" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="N22" t="s">
         <v>27</v>
       </c>
       <c r="O22" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="P22" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
       <c r="B23" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="C23" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="D23" t="s">
         <v>33</v>
       </c>
       <c r="E23" t="s">
         <v>57</v>
       </c>
       <c r="F23" t="s">
         <v>58</v>
       </c>
       <c r="G23" t="s">
         <v>66</v>
       </c>
       <c r="H23">
         <v>2012</v>
       </c>
       <c r="I23"/>
       <c r="J23" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
       <c r="K23" t="s">
         <v>35</v>
       </c>
       <c r="L23" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="M23" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="N23" t="s">
         <v>27</v>
       </c>
       <c r="O23" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="P23" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">