--- v0 (2025-10-12)
+++ v1 (2025-11-27)
@@ -12,230 +12,261 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="45">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="55">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>CQC31-461236-2014. CQC Marking Certification: single voltage external AC-DC and AC-AC power supplies</t>
   </si>
   <si>
+    <t>Applies to power supplies operating under under 220V and 50Hz;  which transfer AC grid's voltage to a fixed and single way low voltage DC current; no more than 36V; or low voltage AC; no more than 36V; and rated output power is no larger than 250W.</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>External Power Supply</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>GB 20943-2013</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-461236-2014-cqc-marking-certification-single-voltage-external-ac-dc-and-ac-ac-power</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492783.shtml</t>
+  </si>
+  <si>
     <t>CQC31-464245-2018. Energy Conservation Certification Rules for Electric Vehicle Off-Board Charger</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Apply to electric vehicle off-board charger</t>
+  </si>
+  <si>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>CQC 3170-2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-464245-2018-energy-conservation-certification-rules-electric-vehicle-board-charger</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-04-26/554396.shtml</t>
+  </si>
+  <si>
     <t>Schedule 18 - Diesel Generator Sets</t>
   </si>
   <si>
+    <t>This schedule specifies the star labeling requirements for various classifications for the application, rating and performance of single/three phase Diesel Generating sets consisting of a Reciprocating Internal Combustion (RIC) engine driven by diesel as fuel, Alternating Current (a.c.) generator, any associated control gear, switchgear and auxiliary equipment. It applies to A. C. generating sets driven by RIC engines for land and marine use being manufactured, imported or sold in India. It excludes generating sets used on aircraft or to propel land vehicles and Locomotives. Diesel Generating (DG) Sets up to 19 kW ratings are covered under pilot energy labeling scheme for single/three phase DG Sets.</t>
+  </si>
+  <si>
     <t>India</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Oil</t>
   </si>
   <si>
     <t>IS 10000, IS 10001, IS 13364, IS 4889:1968</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/schedule-18-diesel-generator-sets</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/DG%20Set%20schedule.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Secondary Batteries for Portable Applications TGL-67-12</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to secondary batteries containing alkaline or other non-acid electrolytes for portable use by categorizing secondary batteries into two systems: 1. Nickel systems (covers only nickel-cadmium batteries and nickel-metal hydride batteries), and 2. Lithium systems.</t>
   </si>
   <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>TIS 2217 (Secondary batteries)
 ,   
                     TIS 2218 or IEC 61960 (or EN 61960, JIS C 8711) (Lithium)
 ,   
                     IEC 61951-1 (or EN 61951-1) (Nickel-Cadmium)
 ,   
                     IEC 61951-2 (or EN 61951-2) (Nickel-metal hydride)</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-secondary-batteries-portable-applications-tgl-67-12</t>
+  </si>
+  <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-67-12.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -499,323 +530,356 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N5"/>
+  <dimension ref="A1:P5"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="119" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="143" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="119.114" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="836.367" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="91.978" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="48.274" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="143.822" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="74.268" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2005</v>
+      </c>
+      <c r="I2">
+        <v>2014</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
+      <c r="D3" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
-[...2 lines deleted...]
-      <c r="H2">
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>32</v>
+      </c>
+      <c r="H3">
+        <v>2018</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>33</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>34</v>
+      </c>
+      <c r="M3" t="s">
+        <v>26</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>35</v>
+      </c>
+      <c r="P3" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>37</v>
+      </c>
+      <c r="B4" t="s">
+        <v>38</v>
+      </c>
+      <c r="C4" t="s">
+        <v>39</v>
+      </c>
+      <c r="D4" t="s">
+        <v>19</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>40</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
         <v>2014</v>
       </c>
-      <c r="I2" t="s">
+      <c r="I4">
+        <v>2016</v>
+      </c>
+      <c r="J4" t="s">
+        <v>41</v>
+      </c>
+      <c r="K4" t="s">
+        <v>42</v>
+      </c>
+      <c r="L4" t="s">
+        <v>43</v>
+      </c>
+      <c r="M4" t="s">
+        <v>44</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>45</v>
+      </c>
+      <c r="P4" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>47</v>
+      </c>
+      <c r="B5" t="s">
+        <v>48</v>
+      </c>
+      <c r="C5" t="s">
+        <v>49</v>
+      </c>
+      <c r="D5" t="s">
+        <v>19</v>
+      </c>
+      <c r="E5" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F5" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
-[...5 lines deleted...]
-      <c r="M2" t="s">
+      <c r="G5" t="s">
+        <v>32</v>
+      </c>
+      <c r="H5">
+        <v>2012</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>50</v>
+      </c>
+      <c r="K5" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-[...19 lines deleted...]
-      <c r="F3" t="s">
+      <c r="L5" t="s">
+        <v>51</v>
+      </c>
+      <c r="M5" t="s">
+        <v>52</v>
+      </c>
+      <c r="N5" t="s">
         <v>27</v>
       </c>
-      <c r="G3">
-[...105 lines deleted...]
-        <v>44</v>
+      <c r="O5" t="s">
+        <v>53</v>
+      </c>
+      <c r="P5" t="s">
+        <v>54</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>