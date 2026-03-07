--- v0 (2025-10-12)
+++ v1 (2026-03-07)
@@ -12,326 +12,381 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="79">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="97">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>CQC31-448314-2013. Energy Conservation Certification Rules for Solar Collectors</t>
   </si>
   <si>
+    <t>Apply to solar collectors</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Solar Inverters</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>Solar</t>
   </si>
   <si>
     <t>CQC3188-2012</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-448314-2013-energy-conservation-certification-rules-solar-collectors</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/509581.shtml</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Residential Windows, Doors, and Skylights Version 6.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a residential Window, Door, or Skylight as specified in the policy document are eligible for ENERGY STAR qualification, with the exception of products that are assembled onsite, including but not limited to sash packs or sash kits; Windows, Doors, or Skylights that are intended for installation in non-Residential Buildings; Window, Door, or Skylight attachments that are not included in a product’s NFRC-certified rating.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Doors, Windows, Envelopes</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>Other</t>
   </si>
   <si>
     <t>NFRC 100; SHGC NFRC 200; ASTM E283 in accordance with NFRC 400 or AAMA/WDMA/CSA 101/I.S.2/A440-11</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-residential-windows-doors-and-skylights-version-60</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/building_products/residential_windows_doors_and_skylights/partners</t>
+  </si>
+  <si>
     <t>High Energy Performance Label for Aerated Concrete</t>
   </si>
   <si>
+    <t>This scheme covers aerated concrete components. Must be lightweight concrete than general concrete of the same size and suitable for building walls with a thickness of 75 or 100 millimeters.</t>
+  </si>
+  <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>Building Materials, Envelopes</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>April 2022</t>
   </si>
   <si>
     <t>ASTM C177-04</t>
   </si>
   <si>
     <t>Department of Alternative Energy Development and Efficiency, Ministry of Energy…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/high-energy-performance-label-aerated-concrete</t>
   </si>
   <si>
+    <t>https://www.dede.go.th/download/general_65/15_01032565.pdf</t>
+  </si>
+  <si>
     <t>IRAM 11900 Voluntary Label for Building Envelopes</t>
   </si>
   <si>
+    <t>Building heating energy efficiency label. Classification according to the thermal transmittance of the building envelope.</t>
+  </si>
+  <si>
     <t>Argentina</t>
   </si>
   <si>
     <t>Envelopes</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>IRAM 11900</t>
   </si>
   <si>
     <t>Secretaria de Energia (Secretary of Energy)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/iram-11900-voluntary-label-building-envelopes</t>
   </si>
   <si>
+    <t>https://www.argentina.gob.ar/economia/energia/eficiencia-energetica/etiquetado-en-eficiencia-energetica</t>
+  </si>
+  <si>
     <t>LI 2461 Renewable Energy (Standards and Labelling) (Inverters) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to an inverter intended for use in a stand-alone energy system or utility-interactive energy system where the output of the inverter is a stable alternating current of constant frequency; and a single-phase inverter or 3-phase inverter intended for use in a stand alone energy system or utility interactive energy system intended to be operated in parallel with an electric power system to supply power to common loads manufactured in the country or imported into the country for display, sale or use.</t>
+  </si>
+  <si>
     <t>Ghana</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>March 2023</t>
   </si>
   <si>
     <t>Electricity, Solar</t>
   </si>
   <si>
     <t>Ghana Energy Commission</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/li-2461-renewable-energy-standards-and-labelling-inverters-regulations-2022</t>
   </si>
   <si>
+    <t>https://www.energycom.gov.gh/regulation/regulation-and-codes</t>
+  </si>
+  <si>
     <t>Schedule 17 - Solid state inverters</t>
   </si>
   <si>
+    <t>This schedule specifies the minimum DC to AC efficiency and labeling instructions for Solid State Inverters run from Storage Batteries of 12 Volts Direct Current source being manufactured, imported or sold in India. The output rating of the Solid State Inverters run from Storage Batteries, covered under this schedule shall be between 250 VA to 2000 VA for continuous output. Note: Inclusion of Solid State Inverters run from Storage Batteries of 24 Volts Direct Current source is under consideration.</t>
+  </si>
+  <si>
     <t>India</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>IS 13314:1992</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/schedule-17-solid-state-inverters</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/Inverter%20Schedule.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4176 - Solar Inverters</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for single-phase inverters, pure or modified sine wave, with an input voltage of 12, 24 or 48 VDC and an output voltage from 110 VAC to 240 VAC, 60 HZ, with a power output from 100W to 5kW and for stand alone operation or for connection to a low voltage network.</t>
+  </si>
+  <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>NOM-008-SCFI / NMX-J-655/2-ANCE / NMX-J-656/1-ANCE / NMX-J-676-ANCE-2013 / RES/142/2017 / ACUERDO / EN 50530 / IEC 61683 / UL 1741 / AS 4777.2 / CSA 22.2 No. 107.1-M91 / IEEE Std. 1547 / IEEE Std. 1547.1 / IEEE Std. 929 (PV) / EN 50438 / IEC 61727 / AS 4777.3 / IEC 61000-6-1 / IEC 61000-6-3 / CFR 47, FCC Part. 15</t>
   </si>
   <si>
     <t>Fideicomiso para el Ahorro de Energía Eléctrica (FIDE) - Trust for Saving Elect…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4176-solar-inverters</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/ESP076.pdf</t>
+  </si>
+  <si>
     <t>SRO 604(I)/2019 Import Policy on Solar Equipment</t>
   </si>
   <si>
+    <t>Solar PV panels, inverters, charge controllers, junction boxes, cables and standalone solar products including solar kits, solar water pumps, solar water heaters and solar cookers. No policy link available.</t>
+  </si>
+  <si>
     <t>Pakistan</t>
   </si>
   <si>
     <t>Solar Inverters, Solar Stoves, Solar Water Pumps, Solar Energy Kits</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>National Energy Efficiency and Conservation Authority (NEECA)</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid, Productive Use</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sro-604i2019-import-policy-solar-equipment</t>
+  </si>
+  <si>
+    <t>https://www.commerce.gov.pk/wp-content/uploads/2019/06/SRO-604.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -595,489 +650,546 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N9"/>
+  <dimension ref="A1:P9"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="107" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="136" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="107.26" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="620.42" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="80.123" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="371.481" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="51.845" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="136.681" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="122.542" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2013</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>34</v>
+      </c>
+      <c r="H3">
+        <v>2003</v>
+      </c>
+      <c r="I3">
+        <v>2015</v>
+      </c>
+      <c r="J3" t="s">
+        <v>35</v>
+      </c>
+      <c r="K3" t="s">
+        <v>36</v>
+      </c>
+      <c r="L3" t="s">
+        <v>37</v>
+      </c>
+      <c r="M3" t="s">
+        <v>38</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>39</v>
+      </c>
+      <c r="P3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>41</v>
+      </c>
+      <c r="B4" t="s">
+        <v>42</v>
+      </c>
+      <c r="C4" t="s">
+        <v>43</v>
+      </c>
+      <c r="D4" t="s">
+        <v>44</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>45</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2022</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>46</v>
+      </c>
+      <c r="K4" t="s">
+        <v>36</v>
+      </c>
+      <c r="L4" t="s">
+        <v>47</v>
+      </c>
+      <c r="M4" t="s">
+        <v>48</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>49</v>
+      </c>
+      <c r="P4" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>51</v>
+      </c>
+      <c r="B5" t="s">
+        <v>52</v>
+      </c>
+      <c r="C5" t="s">
+        <v>53</v>
+      </c>
+      <c r="D5" t="s">
+        <v>54</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>45</v>
+      </c>
+      <c r="G5" t="s">
+        <v>34</v>
+      </c>
+      <c r="H5">
+        <v>2002</v>
+      </c>
+      <c r="I5">
+        <v>2010</v>
+      </c>
+      <c r="J5" t="s">
+        <v>55</v>
+      </c>
+      <c r="K5" t="s">
+        <v>36</v>
+      </c>
+      <c r="L5" t="s">
+        <v>56</v>
+      </c>
+      <c r="M5" t="s">
+        <v>57</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>58</v>
+      </c>
+      <c r="P5" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>60</v>
+      </c>
+      <c r="B6" t="s">
+        <v>61</v>
+      </c>
+      <c r="C6" t="s">
+        <v>62</v>
+      </c>
+      <c r="D6" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>63</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2022</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>64</v>
+      </c>
+      <c r="K6" t="s">
+        <v>65</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>66</v>
+      </c>
+      <c r="N6" t="s">
+        <v>67</v>
+      </c>
+      <c r="O6" t="s">
+        <v>68</v>
+      </c>
+      <c r="P6" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>70</v>
+      </c>
+      <c r="B7" t="s">
+        <v>71</v>
+      </c>
+      <c r="C7" t="s">
+        <v>72</v>
+      </c>
+      <c r="D7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>73</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
         <v>2013</v>
       </c>
-      <c r="H2"/>
-      <c r="I2" t="s">
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>74</v>
+      </c>
+      <c r="K7" t="s">
+        <v>75</v>
+      </c>
+      <c r="L7" t="s">
+        <v>76</v>
+      </c>
+      <c r="M7" t="s">
+        <v>77</v>
+      </c>
+      <c r="N7" t="s">
+        <v>67</v>
+      </c>
+      <c r="O7" t="s">
+        <v>78</v>
+      </c>
+      <c r="P7" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>80</v>
+      </c>
+      <c r="B8" t="s">
+        <v>81</v>
+      </c>
+      <c r="C8" t="s">
+        <v>82</v>
+      </c>
+      <c r="D8" t="s">
+        <v>19</v>
+      </c>
+      <c r="E8" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F8" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G8" t="s">
+        <v>34</v>
+      </c>
+      <c r="H8">
+        <v>2011</v>
+      </c>
+      <c r="I8">
+        <v>2022</v>
+      </c>
+      <c r="J8" t="s">
+        <v>55</v>
+      </c>
+      <c r="K8" t="s">
+        <v>65</v>
+      </c>
+      <c r="L8" t="s">
+        <v>83</v>
+      </c>
+      <c r="M8" t="s">
+        <v>84</v>
+      </c>
+      <c r="N8" t="s">
+        <v>67</v>
+      </c>
+      <c r="O8" t="s">
+        <v>85</v>
+      </c>
+      <c r="P8" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>87</v>
+      </c>
+      <c r="B9" t="s">
+        <v>88</v>
+      </c>
+      <c r="C9" t="s">
+        <v>89</v>
+      </c>
+      <c r="D9" t="s">
+        <v>90</v>
+      </c>
+      <c r="E9" t="s">
+        <v>91</v>
+      </c>
+      <c r="F9" t="s">
+        <v>63</v>
+      </c>
+      <c r="G9" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...2 lines deleted...]
-      <c r="M2" t="s">
+      <c r="H9">
+        <v>2019</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>92</v>
+      </c>
+      <c r="K9" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-[...291 lines deleted...]
-      </c>
+      <c r="L9"/>
       <c r="M9" t="s">
-        <v>77</v>
+        <v>93</v>
       </c>
       <c r="N9" t="s">
-        <v>78</v>
+        <v>94</v>
+      </c>
+      <c r="O9" t="s">
+        <v>95</v>
+      </c>
+      <c r="P9" t="s">
+        <v>96</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>