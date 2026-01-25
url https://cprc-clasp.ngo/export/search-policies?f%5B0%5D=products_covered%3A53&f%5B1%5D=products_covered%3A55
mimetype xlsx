--- v0 (2025-10-13)
+++ v1 (2026-01-25)
@@ -12,371 +12,450 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="94">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="120">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>10 CFR 430—Energy Conservation Program for Consumer Products</t>
   </si>
   <si>
+    <t>Conventional cooking top means a class of cooking products which is a household cooking appliance consisting of a horizontal surface containing one or more surface units which utilize a gas flame; electric resistance heating; or electric inductive heating.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Electronics, Uninterruptable Power Supply, Battery Chargers, External Power Supply, Dehumidifiers, Air Cleaners, Ovens, Microwaves, Dishwashers, Clothes Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Ceiling Fans, Duct Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Showers or Showerheads, Urinals, Taps or Faucets, Distribution Transformers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>10 CFR 430 Subpart B</t>
   </si>
   <si>
     <t>U.S. Department of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/10-cfr-430-energy-conservation-program-consumer-products</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-430</t>
+  </si>
+  <si>
     <t>CQC31-448314-2013. Energy Conservation Certification Rules for Solar Collectors</t>
   </si>
   <si>
+    <t>Apply to solar collectors</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Solar Inverters</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>Solar</t>
   </si>
   <si>
     <t>CQC3188-2012</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-448314-2013-energy-conservation-certification-rules-solar-collectors</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/509581.shtml</t>
+  </si>
+  <si>
     <t>CQC31-461234-2009. CQC Mark Certification - Uninterruptible Power Supplies (UPS)</t>
   </si>
   <si>
+    <t>This policy applies to uninterruptible power supplies.</t>
+  </si>
+  <si>
     <t>Uninterruptable Power Supply</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>CQC 3108-2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-461234-2009-cqc-mark-certification-uninterruptible-power-supplies-ups</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-04-26/492771.shtml</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Uninterruptible Power Supplies (UPSs) Version 2.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of an Uninterruptible Power Supply (UPS) as specified in the policy document, including Static and Rotary UPSs and Ac-output UPSs and Dc-output UPSs/Rectifiers, are eligible for ENERGY STAR certification, with the exception of products listed in Section 2.2. Eligible products include:</t>
+  </si>
+  <si>
     <t>Canada, United States of America*</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Uninterruptible Power Supplies Rev. Dec-2017; 10 CFR 430, Section 4, Subpart B, Appendix Y</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-uninterruptible-power-supplies-upss-version-20</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/data_center_equipment/uninterruptible_power_supplies/partners</t>
+  </si>
+  <si>
     <t>Greenmark N141 - Uninterruptible Power Supply Systems</t>
   </si>
   <si>
+    <t>This standard is applicable to the uninterruptible power supply systems as defined in CNS 14843-1 and CNS 14843-2.</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>Greenmark Labelling Program</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n141-uninterruptible-power-supply-systems</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/141/0e5d3b89-12e8-40de-b8d2-5ee476cb445d.pdf</t>
+  </si>
+  <si>
     <t>High-efficiency Appliances Certification Program for Uniterruptible Power System</t>
   </si>
   <si>
+    <t>Uniterruptible power system: controlling its function according to the amount of loads</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/high-efficiency-appliances-certification-program-uniterruptible-power-system</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100101.asp</t>
+  </si>
+  <si>
     <t>LI 2461 Renewable Energy (Standards and Labelling) (Inverters) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to an inverter intended for use in a stand-alone energy system or utility-interactive energy system where the output of the inverter is a stable alternating current of constant frequency; and a single-phase inverter or 3-phase inverter intended for use in a stand alone energy system or utility interactive energy system intended to be operated in parallel with an electric power system to supply power to common loads manufactured in the country or imported into the country for display, sale or use.</t>
+  </si>
+  <si>
     <t>Ghana</t>
   </si>
   <si>
     <t>March 2023</t>
   </si>
   <si>
     <t>Electricity, Solar</t>
   </si>
   <si>
     <t>Ghana Energy Commission</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/li-2461-renewable-energy-standards-and-labelling-inverters-regulations-2022</t>
   </si>
   <si>
+    <t>https://www.energycom.gov.gh/regulation/regulation-and-codes</t>
+  </si>
+  <si>
     <t>Schedule 17 - Solid state inverters</t>
   </si>
   <si>
+    <t>This schedule specifies the minimum DC to AC efficiency and labeling instructions for Solid State Inverters run from Storage Batteries of 12 Volts Direct Current source being manufactured, imported or sold in India. The output rating of the Solid State Inverters run from Storage Batteries, covered under this schedule shall be between 250 VA to 2000 VA for continuous output. Note: Inclusion of Solid State Inverters run from Storage Batteries of 24 Volts Direct Current source is under consideration.</t>
+  </si>
+  <si>
     <t>India</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>IS 13314:1992</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/schedule-17-solid-state-inverters</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/Inverter%20Schedule.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4167 - Uninterruptible Power Supplies</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for uninterruptible power systems (UPS) in standby, interactive and double conversion line, with nominal supply voltage of 120 V to 480 V to deliver regulated voltage of 120 V up to 480 V and a frequency of 60 Hz.</t>
+  </si>
+  <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>NMX-I-163-NYCE / NOM-001-SCFI / IEC 62040-3 / CAN/CSA C813.1-01</t>
   </si>
   <si>
     <t>Fideicomiso para el Ahorro de Energía Eléctrica (FIDE) - Trust for Saving Elect…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4167-uninterruptible-power-supplies</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4167_01.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4176 - Solar Inverters</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for single-phase inverters, pure or modified sine wave, with an input voltage of 12, 24 or 48 VDC and an output voltage from 110 VAC to 240 VAC, 60 HZ, with a power output from 100W to 5kW and for stand alone operation or for connection to a low voltage network.</t>
+  </si>
+  <si>
     <t>NOM-008-SCFI / NMX-J-655/2-ANCE / NMX-J-656/1-ANCE / NMX-J-676-ANCE-2013 / RES/142/2017 / ACUERDO / EN 50530 / IEC 61683 / UL 1741 / AS 4777.2 / CSA 22.2 No. 107.1-M91 / IEEE Std. 1547 / IEEE Std. 1547.1 / IEEE Std. 929 (PV) / EN 50438 / IEC 61727 / AS 4777.3 / IEC 61000-6-1 / IEC 61000-6-3 / CFR 47, FCC Part. 15</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4176-solar-inverters</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/ESP076.pdf</t>
+  </si>
+  <si>
     <t>SRO 604(I)/2019 Import Policy on Solar Equipment</t>
   </si>
   <si>
+    <t>Solar PV panels, inverters, charge controllers, junction boxes, cables and standalone solar products including solar kits, solar water pumps, solar water heaters and solar cookers. No policy link available.</t>
+  </si>
+  <si>
     <t>Pakistan</t>
   </si>
   <si>
     <t>Solar Inverters, Solar Stoves, Solar Water Pumps, Solar Energy Kits</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>National Energy Efficiency and Conservation Authority (NEECA)</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid, Productive Use</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sro-604i2019-import-policy-solar-equipment</t>
   </si>
   <si>
+    <t>https://www.commerce.gov.pk/wp-content/uploads/2019/06/SRO-604.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Uninterruptible Power System TGL-106-15</t>
   </si>
   <si>
+    <t>These criteria shall apply to uninterrupted power system (UPS) products that have electrical energy storage devices in the DC connection.</t>
+  </si>
+  <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>TIS 1291 P 3</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-uninterruptible-power-system-tgl-106-15</t>
+  </si>
+  <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-106-15.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -640,661 +719,742 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N13"/>
+  <dimension ref="A1:P13"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="102" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="131" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="102.546" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="620.42" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="643.986" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="371.481" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="51.845" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="131.968" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="124.97" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>1990</v>
       </c>
-      <c r="H2">
+      <c r="I2">
         <v>2016</v>
       </c>
-      <c r="I2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J2" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
+        <v>34</v>
+      </c>
+      <c r="F3" t="s">
+        <v>35</v>
+      </c>
+      <c r="G3" t="s">
+        <v>36</v>
+      </c>
+      <c r="H3">
+        <v>2013</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>37</v>
+      </c>
+      <c r="K3" t="s">
+        <v>38</v>
+      </c>
+      <c r="L3" t="s">
+        <v>39</v>
+      </c>
+      <c r="M3" t="s">
+        <v>40</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>41</v>
+      </c>
+      <c r="P3" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>43</v>
+      </c>
+      <c r="B4" t="s">
+        <v>44</v>
+      </c>
+      <c r="C4" t="s">
+        <v>32</v>
+      </c>
+      <c r="D4" t="s">
+        <v>45</v>
+      </c>
+      <c r="E4" t="s">
+        <v>34</v>
+      </c>
+      <c r="F4" t="s">
+        <v>35</v>
+      </c>
+      <c r="G4" t="s">
+        <v>36</v>
+      </c>
+      <c r="H4">
+        <v>2009</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>46</v>
+      </c>
+      <c r="K4" t="s">
+        <v>47</v>
+      </c>
+      <c r="L4" t="s">
+        <v>48</v>
+      </c>
+      <c r="M4" t="s">
+        <v>40</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>49</v>
+      </c>
+      <c r="P4" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>51</v>
+      </c>
+      <c r="B5" t="s">
+        <v>52</v>
+      </c>
+      <c r="C5" t="s">
+        <v>53</v>
+      </c>
+      <c r="D5" t="s">
+        <v>45</v>
+      </c>
+      <c r="E5" t="s">
+        <v>34</v>
+      </c>
+      <c r="F5" t="s">
+        <v>35</v>
+      </c>
+      <c r="G5" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...6 lines deleted...]
-        <v>25</v>
+      <c r="H5">
+        <v>2012</v>
+      </c>
+      <c r="I5">
+        <v>2019</v>
+      </c>
+      <c r="J5" t="s">
+        <v>46</v>
+      </c>
+      <c r="K5" t="s">
+        <v>47</v>
+      </c>
+      <c r="L5" t="s">
+        <v>54</v>
+      </c>
+      <c r="M5" t="s">
+        <v>55</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>56</v>
+      </c>
+      <c r="P5" t="s">
+        <v>57</v>
       </c>
     </row>
-    <row r="3" spans="1:14">
-[...28 lines deleted...]
-      <c r="K3" t="s">
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>58</v>
+      </c>
+      <c r="B6" t="s">
+        <v>59</v>
+      </c>
+      <c r="C6" t="s">
+        <v>60</v>
+      </c>
+      <c r="D6" t="s">
+        <v>45</v>
+      </c>
+      <c r="E6" t="s">
         <v>34</v>
       </c>
-      <c r="L3" t="s">
+      <c r="F6" t="s">
         <v>35</v>
       </c>
-      <c r="M3" t="s">
-[...112 lines deleted...]
-        <v>2015</v>
+      <c r="G6" t="s">
+        <v>22</v>
       </c>
       <c r="H6">
         <v>2015</v>
       </c>
-      <c r="I6" t="s">
-        <v>50</v>
+      <c r="I6">
+        <v>2015</v>
       </c>
       <c r="J6" t="s">
-        <v>40</v>
+        <v>61</v>
       </c>
       <c r="K6" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="L6" t="s">
-        <v>51</v>
+        <v>58</v>
       </c>
       <c r="M6" t="s">
-        <v>24</v>
+        <v>62</v>
       </c>
       <c r="N6" t="s">
-        <v>52</v>
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>63</v>
+      </c>
+      <c r="P6" t="s">
+        <v>64</v>
       </c>
     </row>
-    <row r="7" spans="1:14">
+    <row r="7" spans="1:16">
       <c r="A7" t="s">
-        <v>53</v>
+        <v>65</v>
       </c>
       <c r="B7" t="s">
-        <v>54</v>
+        <v>66</v>
       </c>
       <c r="C7" t="s">
+        <v>67</v>
+      </c>
+      <c r="D7" t="s">
+        <v>45</v>
+      </c>
+      <c r="E7" t="s">
+        <v>34</v>
+      </c>
+      <c r="F7" t="s">
+        <v>35</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>1996</v>
+      </c>
+      <c r="I7">
+        <v>2010</v>
+      </c>
+      <c r="J7" t="s">
+        <v>68</v>
+      </c>
+      <c r="K7" t="s">
+        <v>47</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7" t="s">
+        <v>69</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>70</v>
+      </c>
+      <c r="P7" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>72</v>
+      </c>
+      <c r="B8" t="s">
+        <v>73</v>
+      </c>
+      <c r="C8" t="s">
+        <v>74</v>
+      </c>
+      <c r="D8" t="s">
+        <v>33</v>
+      </c>
+      <c r="E8" t="s">
+        <v>34</v>
+      </c>
+      <c r="F8" t="s">
+        <v>21</v>
+      </c>
+      <c r="G8" t="s">
+        <v>36</v>
+      </c>
+      <c r="H8">
+        <v>2022</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>75</v>
+      </c>
+      <c r="K8" t="s">
+        <v>76</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>77</v>
+      </c>
+      <c r="N8" t="s">
+        <v>78</v>
+      </c>
+      <c r="O8" t="s">
+        <v>79</v>
+      </c>
+      <c r="P8" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>81</v>
+      </c>
+      <c r="B9" t="s">
+        <v>82</v>
+      </c>
+      <c r="C9" t="s">
+        <v>83</v>
+      </c>
+      <c r="D9" t="s">
+        <v>33</v>
+      </c>
+      <c r="E9" t="s">
+        <v>34</v>
+      </c>
+      <c r="F9" t="s">
+        <v>84</v>
+      </c>
+      <c r="G9" t="s">
+        <v>36</v>
+      </c>
+      <c r="H9">
+        <v>2013</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>85</v>
+      </c>
+      <c r="K9" t="s">
+        <v>47</v>
+      </c>
+      <c r="L9" t="s">
+        <v>86</v>
+      </c>
+      <c r="M9" t="s">
+        <v>87</v>
+      </c>
+      <c r="N9" t="s">
+        <v>78</v>
+      </c>
+      <c r="O9" t="s">
+        <v>88</v>
+      </c>
+      <c r="P9" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>90</v>
+      </c>
+      <c r="B10" t="s">
+        <v>91</v>
+      </c>
+      <c r="C10" t="s">
+        <v>92</v>
+      </c>
+      <c r="D10" t="s">
+        <v>45</v>
+      </c>
+      <c r="E10" t="s">
+        <v>34</v>
+      </c>
+      <c r="F10" t="s">
+        <v>35</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2010</v>
+      </c>
+      <c r="I10">
+        <v>2012</v>
+      </c>
+      <c r="J10" t="s">
+        <v>93</v>
+      </c>
+      <c r="K10" t="s">
+        <v>47</v>
+      </c>
+      <c r="L10" t="s">
+        <v>94</v>
+      </c>
+      <c r="M10" t="s">
+        <v>95</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>96</v>
+      </c>
+      <c r="P10" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>98</v>
+      </c>
+      <c r="B11" t="s">
+        <v>99</v>
+      </c>
+      <c r="C11" t="s">
+        <v>92</v>
+      </c>
+      <c r="D11" t="s">
+        <v>33</v>
+      </c>
+      <c r="E11" t="s">
+        <v>34</v>
+      </c>
+      <c r="F11" t="s">
+        <v>35</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2011</v>
+      </c>
+      <c r="I11">
+        <v>2022</v>
+      </c>
+      <c r="J11" t="s">
+        <v>93</v>
+      </c>
+      <c r="K11" t="s">
+        <v>76</v>
+      </c>
+      <c r="L11" t="s">
+        <v>100</v>
+      </c>
+      <c r="M11" t="s">
+        <v>95</v>
+      </c>
+      <c r="N11" t="s">
+        <v>78</v>
+      </c>
+      <c r="O11" t="s">
+        <v>101</v>
+      </c>
+      <c r="P11" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>103</v>
+      </c>
+      <c r="B12" t="s">
+        <v>104</v>
+      </c>
+      <c r="C12" t="s">
+        <v>105</v>
+      </c>
+      <c r="D12" t="s">
+        <v>106</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>21</v>
+      </c>
+      <c r="G12" t="s">
+        <v>36</v>
+      </c>
+      <c r="H12">
+        <v>2019</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>107</v>
+      </c>
+      <c r="K12" t="s">
         <v>38</v>
       </c>
-      <c r="D7" t="s">
-[...28 lines deleted...]
-        <v>57</v>
+      <c r="L12"/>
+      <c r="M12" t="s">
+        <v>108</v>
+      </c>
+      <c r="N12" t="s">
+        <v>109</v>
+      </c>
+      <c r="O12" t="s">
+        <v>110</v>
+      </c>
+      <c r="P12" t="s">
+        <v>111</v>
       </c>
     </row>
-    <row r="8" spans="1:14">
-[...209 lines deleted...]
-    <row r="13" spans="1:14">
+    <row r="13" spans="1:16">
       <c r="A13" t="s">
-        <v>88</v>
+        <v>112</v>
       </c>
       <c r="B13" t="s">
-        <v>89</v>
+        <v>113</v>
       </c>
       <c r="C13" t="s">
-        <v>38</v>
+        <v>114</v>
       </c>
       <c r="D13" t="s">
-        <v>29</v>
+        <v>45</v>
       </c>
       <c r="E13" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="F13" t="s">
-        <v>31</v>
-[...1 lines deleted...]
-      <c r="G13">
+        <v>35</v>
+      </c>
+      <c r="G13" t="s">
+        <v>36</v>
+      </c>
+      <c r="H13">
         <v>2015</v>
       </c>
-      <c r="H13"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I13"/>
       <c r="J13" t="s">
-        <v>40</v>
+        <v>115</v>
       </c>
       <c r="K13" t="s">
-        <v>91</v>
+        <v>47</v>
       </c>
       <c r="L13" t="s">
-        <v>92</v>
+        <v>116</v>
       </c>
       <c r="M13" t="s">
-        <v>24</v>
+        <v>117</v>
       </c>
       <c r="N13" t="s">
-        <v>93</v>
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>118</v>
+      </c>
+      <c r="P13" t="s">
+        <v>119</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>