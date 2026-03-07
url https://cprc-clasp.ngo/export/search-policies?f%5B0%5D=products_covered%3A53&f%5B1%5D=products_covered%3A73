--- v0 (2025-10-12)
+++ v1 (2026-03-07)
@@ -12,285 +12,328 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="64">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="78">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>CQC31-448314-2013. Energy Conservation Certification Rules for Solar Collectors</t>
   </si>
   <si>
+    <t>Apply to solar collectors</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Solar Inverters</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>Solar</t>
   </si>
   <si>
     <t>CQC3188-2012</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-448314-2013-energy-conservation-certification-rules-solar-collectors</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/509581.shtml</t>
+  </si>
+  <si>
     <t>LI 2461 Renewable Energy (Standards and Labelling) (Inverters) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to an inverter intended for use in a stand-alone energy system or utility-interactive energy system where the output of the inverter is a stable alternating current of constant frequency; and a single-phase inverter or 3-phase inverter intended for use in a stand alone energy system or utility interactive energy system intended to be operated in parallel with an electric power system to supply power to common loads manufactured in the country or imported into the country for display, sale or use.</t>
+  </si>
+  <si>
     <t>Ghana</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>March 2023</t>
   </si>
   <si>
     <t>Electricity, Solar</t>
   </si>
   <si>
     <t>Ghana Energy Commission</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/li-2461-renewable-energy-standards-and-labelling-inverters-regulations-2022</t>
   </si>
   <si>
+    <t>https://www.energycom.gov.gh/regulation/regulation-and-codes</t>
+  </si>
+  <si>
     <t>Schedule 17 - Solid state inverters</t>
   </si>
   <si>
+    <t>This schedule specifies the minimum DC to AC efficiency and labeling instructions for Solid State Inverters run from Storage Batteries of 12 Volts Direct Current source being manufactured, imported or sold in India. The output rating of the Solid State Inverters run from Storage Batteries, covered under this schedule shall be between 250 VA to 2000 VA for continuous output. Note: Inclusion of Solid State Inverters run from Storage Batteries of 24 Volts Direct Current source is under consideration.</t>
+  </si>
+  <si>
     <t>India</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>IS 13314:1992</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/schedule-17-solid-state-inverters</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/Inverter%20Schedule.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4176 - Solar Inverters</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for single-phase inverters, pure or modified sine wave, with an input voltage of 12, 24 or 48 VDC and an output voltage from 110 VAC to 240 VAC, 60 HZ, with a power output from 100W to 5kW and for stand alone operation or for connection to a low voltage network.</t>
+  </si>
+  <si>
     <t>Mexico</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>NOM-008-SCFI / NMX-J-655/2-ANCE / NMX-J-656/1-ANCE / NMX-J-676-ANCE-2013 / RES/142/2017 / ACUERDO / EN 50530 / IEC 61683 / UL 1741 / AS 4777.2 / CSA 22.2 No. 107.1-M91 / IEEE Std. 1547 / IEEE Std. 1547.1 / IEEE Std. 929 (PV) / EN 50438 / IEC 61727 / AS 4777.3 / IEC 61000-6-1 / IEC 61000-6-3 / CFR 47, FCC Part. 15</t>
   </si>
   <si>
     <t>Fideicomiso para el Ahorro de Energía Eléctrica (FIDE) - Trust for Saving Elect…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4176-solar-inverters</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/ESP076.pdf</t>
+  </si>
+  <si>
     <t>SRO 604(I)/2019 Import Policy on Solar Equipment</t>
   </si>
   <si>
+    <t>Solar PV panels, inverters, charge controllers, junction boxes, cables and standalone solar products including solar kits, solar water pumps, solar water heaters and solar cookers. No policy link available.</t>
+  </si>
+  <si>
     <t>Pakistan</t>
   </si>
   <si>
     <t>Solar Inverters, Solar Stoves, Solar Water Pumps, Solar Energy Kits</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>National Energy Efficiency and Conservation Authority (NEECA)</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid, Productive Use</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sro-604i2019-import-policy-solar-equipment</t>
   </si>
   <si>
+    <t>https://www.commerce.gov.pk/wp-content/uploads/2019/06/SRO-604.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Toaster TGL-92-14</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to automatic pop-up toasters.</t>
   </si>
   <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>Kitchen, Toasters</t>
   </si>
   <si>
     <t>April 2022</t>
   </si>
   <si>
     <t>TIS 1641
 ,   
                     IEC 60335-2-9
 ,   
                     TIS 2238</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-toaster-tgl-92-14</t>
+  </si>
+  <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-92-14.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -554,401 +597,446 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N7"/>
+  <dimension ref="A1:P7"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="95" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="127" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="620.42" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="80.123" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="371.481" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="51.845" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="127.255" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="96.691" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2013</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>33</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2022</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>34</v>
+      </c>
+      <c r="K3" t="s">
+        <v>35</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>36</v>
+      </c>
+      <c r="N3" t="s">
+        <v>37</v>
+      </c>
+      <c r="O3" t="s">
+        <v>38</v>
+      </c>
+      <c r="P3" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>40</v>
+      </c>
+      <c r="B4" t="s">
+        <v>41</v>
+      </c>
+      <c r="C4" t="s">
+        <v>42</v>
+      </c>
+      <c r="D4" t="s">
+        <v>19</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>43</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
         <v>2013</v>
       </c>
-      <c r="H2"/>
-      <c r="I2" t="s">
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>44</v>
+      </c>
+      <c r="K4" t="s">
+        <v>45</v>
+      </c>
+      <c r="L4" t="s">
+        <v>46</v>
+      </c>
+      <c r="M4" t="s">
+        <v>47</v>
+      </c>
+      <c r="N4" t="s">
+        <v>37</v>
+      </c>
+      <c r="O4" t="s">
+        <v>48</v>
+      </c>
+      <c r="P4" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>50</v>
+      </c>
+      <c r="B5" t="s">
+        <v>51</v>
+      </c>
+      <c r="C5" t="s">
+        <v>52</v>
+      </c>
+      <c r="D5" t="s">
+        <v>19</v>
+      </c>
+      <c r="E5" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F5" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G5" t="s">
+        <v>53</v>
+      </c>
+      <c r="H5">
+        <v>2011</v>
+      </c>
+      <c r="I5">
+        <v>2022</v>
+      </c>
+      <c r="J5" t="s">
+        <v>54</v>
+      </c>
+      <c r="K5" t="s">
+        <v>35</v>
+      </c>
+      <c r="L5" t="s">
+        <v>55</v>
+      </c>
+      <c r="M5" t="s">
+        <v>56</v>
+      </c>
+      <c r="N5" t="s">
+        <v>37</v>
+      </c>
+      <c r="O5" t="s">
+        <v>57</v>
+      </c>
+      <c r="P5" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>59</v>
+      </c>
+      <c r="B6" t="s">
+        <v>60</v>
+      </c>
+      <c r="C6" t="s">
+        <v>61</v>
+      </c>
+      <c r="D6" t="s">
+        <v>62</v>
+      </c>
+      <c r="E6" t="s">
+        <v>63</v>
+      </c>
+      <c r="F6" t="s">
+        <v>33</v>
+      </c>
+      <c r="G6" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...2 lines deleted...]
-      <c r="M2" t="s">
+      <c r="H6">
+        <v>2019</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>64</v>
+      </c>
+      <c r="K6" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-        <v>25</v>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>65</v>
+      </c>
+      <c r="N6" t="s">
+        <v>66</v>
+      </c>
+      <c r="O6" t="s">
+        <v>67</v>
+      </c>
+      <c r="P6" t="s">
+        <v>68</v>
       </c>
     </row>
-    <row r="3" spans="1:14">
-[...3 lines deleted...]
-      <c r="B3" t="s">
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>69</v>
+      </c>
+      <c r="B7" t="s">
+        <v>70</v>
+      </c>
+      <c r="C7" t="s">
+        <v>71</v>
+      </c>
+      <c r="D7" t="s">
+        <v>72</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2014</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>73</v>
+      </c>
+      <c r="K7" t="s">
+        <v>45</v>
+      </c>
+      <c r="L7" t="s">
+        <v>74</v>
+      </c>
+      <c r="M7" t="s">
+        <v>75</v>
+      </c>
+      <c r="N7" t="s">
         <v>27</v>
       </c>
-      <c r="C3" t="s">
-[...197 lines deleted...]
-        <v>63</v>
+      <c r="O7" t="s">
+        <v>76</v>
+      </c>
+      <c r="P7" t="s">
+        <v>77</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>