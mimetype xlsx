--- v0 (2025-11-26)
+++ v1 (2026-03-07)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="231">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="232">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -352,85 +352,88 @@
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7C8C1D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 12021.9-2021  Minimum allowable values of energy efficiency and energy efficiency grades for electric fans</t>
   </si>
   <si>
     <t>This standard applies to table fans, louver fans, wall fans, pedestal fans, floor fans, and ceiling fans driven by AC or DC motors, with a single-phase rated voltage not exceeding 250 V and other rated voltages not exceeding 480 V.</t>
   </si>
   <si>
     <t>ＧＢ／Ｔ３５７５８—２０１7
 ,   
                     ＧＢ／Ｔ３５７５８—２０１７ 
 ,   
                     ＱＢ／Ｔ５２６２—２０１８</t>
   </si>
   <si>
     <t>The Standardization Administration of China</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-120219-2021-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
     <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=CE1E6A1DD41F58F6E05397BE0A0A68DF</t>
   </si>
   <si>
-    <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Fans</t>
+    <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Domestic Fans</t>
   </si>
   <si>
     <t>This guideline specifies minimum energy performance standards and star rating for domestic fan that are used in household that is connected to main power supply, including—(a) the ceiling fan with size from 48 inch up to 60 inch (1200mm up to 1500mm);
 (b) the pedestal fan with size from 10 inch up to 16 inch (250mm up to 400mm); 
 (c) the wall fan with size from 10 inch up to16 inch (250mm up to 400mm);
 (d) the desk fan with size from 10 inch up to16 inch (250mm up to 400mm); and
 (e) the box/mist/moving louver fan (250mm/10inch-350mm/14 inch).</t>
   </si>
   <si>
     <t>Malaysia</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>MS 1220:2010</t>
   </si>
   <si>
     <t>Suruhanjaya Tenaga - ST (Energy Commission)</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-fans</t>
+    <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-domestic-fans</t>
   </si>
   <si>
     <t>https://www.st.gov.my/contents/2025/EECA/20250505%20GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
   </si>
   <si>
     <t>Guide on Minimum Energy Performance Standards for Fans</t>
   </si>
   <si>
     <t>This Guide applies to (a) wall (b) desk (c) pedestal (d) ceiling fans.</t>
+  </si>
+  <si>
+    <t>New, Superseded</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>MS 2574:2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/guide-minimum-energy-performance-standards-fans</t>
   </si>
   <si>
     <t>https://www.st.gov.my/web/consumer/details/7/2----http://portal.unimap.edu.my/portal/page/portal30/Lecture%20Notes/KEJURUTERAAN_SISTEM_ELEKTRIK/Semester%202%20Sidang%20Akademik%2020182019/EET432%20Electrical%20Energy%20Utilization/Reading%20References/MS%202574%202014%20(MEPS%20for%20Domestic%20Fan).pdf</t>
   </si>
   <si>
     <t>Implementing Guidelines of the Philippine Energy Labeling Program for Electric Fans</t>
   </si>
   <si>
     <t>This policy contains MEPS and labeling requirements for washing machines according to Department Circular No. 2020-06-0015. The policy applies to electric fans operating in Alternating Current (AC) sources and may perform additional functionalities (such as but not limited to lamps, radio, etc.) with a rated power input of less than 125 watts (W) and falls under the following types: pedestal or stand fans;  desk or table fans; wall-mounted fans; floor, ground or box fans; orbit or ceiling bracket fans; ceiling fans; tower fans; bladeless fans.</t>
   </si>
   <si>
     <t>Ceiling Fans, Window Fans, Portable Fans</t>
   </si>
   <si>
     <t>PNS IEC 60879:2020 (IEC published 2019)</t>
   </si>
@@ -1745,834 +1748,834 @@
       </c>
       <c r="P13" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
         <v>120</v>
       </c>
       <c r="B14" t="s">
         <v>121</v>
       </c>
       <c r="C14" t="s">
         <v>113</v>
       </c>
       <c r="D14" t="s">
         <v>82</v>
       </c>
       <c r="E14" t="s">
         <v>20</v>
       </c>
       <c r="F14" t="s">
         <v>114</v>
       </c>
       <c r="G14" t="s">
-        <v>22</v>
+        <v>122</v>
       </c>
       <c r="H14">
         <v>2013</v>
       </c>
       <c r="I14"/>
       <c r="J14" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="K14" t="s">
         <v>24</v>
       </c>
       <c r="L14" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="M14" t="s">
         <v>117</v>
       </c>
       <c r="N14" t="s">
         <v>26</v>
       </c>
       <c r="O14" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="P14" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="B15" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="C15" t="s">
         <v>67</v>
       </c>
       <c r="D15" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="E15" t="s">
         <v>20</v>
       </c>
       <c r="F15" t="s">
         <v>114</v>
       </c>
       <c r="G15" t="s">
         <v>22</v>
       </c>
       <c r="H15">
         <v>2023</v>
       </c>
       <c r="I15"/>
       <c r="J15" t="s">
         <v>61</v>
       </c>
       <c r="K15" t="s">
         <v>24</v>
       </c>
       <c r="L15" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="M15" t="s">
         <v>69</v>
       </c>
       <c r="N15" t="s">
         <v>26</v>
       </c>
       <c r="O15" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="P15" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="B16" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="C16" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="D16" t="s">
         <v>91</v>
       </c>
       <c r="E16" t="s">
         <v>20</v>
       </c>
       <c r="F16" t="s">
         <v>21</v>
       </c>
       <c r="G16" t="s">
         <v>50</v>
       </c>
       <c r="H16">
         <v>2008</v>
       </c>
       <c r="I16">
         <v>2021</v>
       </c>
       <c r="J16" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="K16" t="s">
         <v>24</v>
       </c>
       <c r="L16" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="M16" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="N16" t="s">
         <v>26</v>
       </c>
       <c r="O16" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="P16" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="B17" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="C17" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="D17" t="s">
         <v>32</v>
       </c>
       <c r="E17" t="s">
         <v>20</v>
       </c>
       <c r="F17" t="s">
         <v>33</v>
       </c>
       <c r="G17" t="s">
         <v>50</v>
       </c>
       <c r="H17">
         <v>2013</v>
       </c>
       <c r="I17">
         <v>2014</v>
       </c>
       <c r="J17" t="s">
         <v>51</v>
       </c>
       <c r="K17" t="s">
         <v>24</v>
       </c>
       <c r="L17" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="M17" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="N17" t="s">
         <v>26</v>
       </c>
       <c r="O17" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="P17"/>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="B18" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="C18" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="D18" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="E18" t="s">
         <v>20</v>
       </c>
       <c r="F18" t="s">
         <v>33</v>
       </c>
       <c r="G18" t="s">
         <v>22</v>
       </c>
       <c r="H18">
         <v>2022</v>
       </c>
       <c r="I18"/>
       <c r="J18" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="K18" t="s">
         <v>24</v>
       </c>
       <c r="L18"/>
       <c r="M18" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="N18" t="s">
         <v>26</v>
       </c>
       <c r="O18" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="P18" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="B19" t="s">
         <v>89</v>
       </c>
       <c r="C19" t="s">
         <v>90</v>
       </c>
       <c r="D19" t="s">
         <v>91</v>
       </c>
       <c r="E19" t="s">
         <v>20</v>
       </c>
       <c r="F19" t="s">
         <v>33</v>
       </c>
       <c r="G19" t="s">
         <v>22</v>
       </c>
       <c r="H19">
         <v>2009</v>
       </c>
       <c r="I19"/>
       <c r="J19" t="s">
         <v>92</v>
       </c>
       <c r="K19" t="s">
         <v>24</v>
       </c>
       <c r="L19" t="s">
         <v>93</v>
       </c>
       <c r="M19" t="s">
         <v>94</v>
       </c>
       <c r="N19" t="s">
         <v>26</v>
       </c>
       <c r="O19" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="P19" t="s">
         <v>96</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="B20" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="C20" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="D20" t="s">
         <v>91</v>
       </c>
       <c r="E20" t="s">
         <v>20</v>
       </c>
       <c r="F20" t="s">
         <v>114</v>
       </c>
       <c r="G20" t="s">
         <v>22</v>
       </c>
       <c r="H20">
         <v>2021</v>
       </c>
       <c r="I20"/>
       <c r="J20" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="K20" t="s">
         <v>24</v>
       </c>
       <c r="L20" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="M20" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="N20" t="s">
         <v>26</v>
       </c>
       <c r="O20" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="P20" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="B21" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="C21" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="D21" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="E21" t="s">
         <v>20</v>
       </c>
       <c r="F21" t="s">
         <v>114</v>
       </c>
       <c r="G21" t="s">
         <v>22</v>
       </c>
       <c r="H21">
         <v>2021</v>
       </c>
       <c r="I21"/>
       <c r="J21" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="K21" t="s">
         <v>24</v>
       </c>
       <c r="L21"/>
       <c r="M21" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="N21" t="s">
         <v>26</v>
       </c>
       <c r="O21" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="P21" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="B22" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="C22" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="D22" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="E22" t="s">
         <v>48</v>
       </c>
       <c r="F22" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="G22" t="s">
         <v>22</v>
       </c>
       <c r="H22">
         <v>2009</v>
       </c>
       <c r="I22"/>
       <c r="J22" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="K22" t="s">
         <v>24</v>
       </c>
       <c r="L22"/>
       <c r="M22" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="N22" t="s">
         <v>26</v>
       </c>
       <c r="O22" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="P22" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="B23" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="C23" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="D23" t="s">
         <v>82</v>
       </c>
       <c r="E23" t="s">
         <v>48</v>
       </c>
       <c r="F23" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="G23" t="s">
         <v>22</v>
       </c>
       <c r="H23">
         <v>2015</v>
       </c>
       <c r="I23"/>
       <c r="J23" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="K23" t="s">
         <v>24</v>
       </c>
       <c r="L23"/>
       <c r="M23" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="N23" t="s">
         <v>26</v>
       </c>
       <c r="O23" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="P23" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="B24" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="C24" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="D24" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="E24" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="F24" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="G24" t="s">
         <v>22</v>
       </c>
       <c r="H24">
         <v>2023</v>
       </c>
       <c r="I24"/>
       <c r="J24" t="s">
         <v>61</v>
       </c>
       <c r="K24" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="L24"/>
       <c r="M24" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="N24" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="O24" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="P24" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="B25" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="C25" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="D25" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="E25" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="F25" t="s">
         <v>114</v>
       </c>
       <c r="G25" t="s">
         <v>83</v>
       </c>
       <c r="H25"/>
       <c r="I25"/>
       <c r="J25" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="K25" t="s">
         <v>24</v>
       </c>
       <c r="L25"/>
       <c r="M25"/>
       <c r="N25" t="s">
         <v>26</v>
       </c>
       <c r="O25" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="P25" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="B26" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="C26" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="D26" t="s">
         <v>82</v>
       </c>
       <c r="E26" t="s">
         <v>48</v>
       </c>
       <c r="F26" t="s">
         <v>49</v>
       </c>
       <c r="G26" t="s">
         <v>50</v>
       </c>
       <c r="H26">
         <v>1997</v>
       </c>
       <c r="I26">
         <v>2011</v>
       </c>
       <c r="J26" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="K26" t="s">
         <v>24</v>
       </c>
       <c r="L26" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="M26" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="N26" t="s">
         <v>26</v>
       </c>
       <c r="O26" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="P26" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
     </row>
     <row r="27" spans="1:16">
       <c r="A27" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="B27" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="C27" t="s">
         <v>58</v>
       </c>
       <c r="D27" t="s">
         <v>82</v>
       </c>
       <c r="E27" t="s">
         <v>20</v>
       </c>
       <c r="F27" t="s">
         <v>114</v>
       </c>
       <c r="G27" t="s">
         <v>50</v>
       </c>
       <c r="H27">
         <v>2007</v>
       </c>
       <c r="I27">
         <v>2020</v>
       </c>
       <c r="J27" t="s">
         <v>61</v>
       </c>
       <c r="K27" t="s">
         <v>24</v>
       </c>
       <c r="L27" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="M27" t="s">
         <v>62</v>
       </c>
       <c r="N27" t="s">
         <v>26</v>
       </c>
       <c r="O27" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="P27" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
     </row>
     <row r="28" spans="1:16">
       <c r="A28" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="B28" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="C28" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="D28" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="E28" t="s">
         <v>48</v>
       </c>
       <c r="F28" t="s">
         <v>49</v>
       </c>
       <c r="G28" t="s">
         <v>22</v>
       </c>
       <c r="H28">
         <v>2011</v>
       </c>
       <c r="I28"/>
       <c r="J28" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="K28" t="s">
         <v>24</v>
       </c>
       <c r="L28" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="M28" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="N28" t="s">
         <v>26</v>
       </c>
       <c r="O28" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="P28" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="B29" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="C29" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="D29" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="E29" t="s">
         <v>48</v>
       </c>
       <c r="F29" t="s">
         <v>21</v>
       </c>
       <c r="G29" t="s">
         <v>50</v>
       </c>
       <c r="H29">
         <v>2001</v>
       </c>
       <c r="I29">
         <v>2019</v>
       </c>
       <c r="J29" t="s">
         <v>84</v>
       </c>
       <c r="K29" t="s">
         <v>24</v>
       </c>
       <c r="L29" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="M29" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="N29" t="s">
         <v>26</v>
       </c>
       <c r="O29" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="P29" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
     </row>
     <row r="30" spans="1:16">
       <c r="A30" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="B30" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="C30" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="D30" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="E30" t="s">
         <v>48</v>
       </c>
       <c r="F30" t="s">
         <v>33</v>
       </c>
       <c r="G30" t="s">
         <v>22</v>
       </c>
       <c r="H30">
         <v>2012</v>
       </c>
       <c r="I30"/>
       <c r="J30" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="K30" t="s">
         <v>24</v>
       </c>
       <c r="L30"/>
       <c r="M30" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="N30" t="s">
         <v>26</v>
       </c>
       <c r="O30" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="P30" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">