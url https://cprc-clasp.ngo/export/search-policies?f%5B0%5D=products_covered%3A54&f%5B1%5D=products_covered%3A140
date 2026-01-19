--- v0 (2025-10-12)
+++ v1 (2026-01-19)
@@ -12,269 +12,312 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="60">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="74">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>CQC31-462191-2010. CQC Mark Certification - Socket-outlets and adaptors</t>
   </si>
   <si>
+    <t>Applies to products that are used indoor or outdoor; household or similar type; working under AC current; rated voltage higher than 50V and lower than 250V; rated current 10A and 16A; with or without earth contactor; with conservative stand-by power function.</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Power strips</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>CQC 3121-2009</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-462191-2010-cqc-mark-certification-socket-outlets-and-adaptors</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492763.shtml</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Auto-Off Power Strips and Socket Adapters (DE-UZ 134)</t>
   </si>
   <si>
+    <t>These Basic Criteria apply to auto-off power strips or socket adapters (with and without surge protector).</t>
+  </si>
+  <si>
     <t>Germany</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>DIN EN ISO/IEC 17025; DIN EN 62301</t>
   </si>
   <si>
     <t>Umweltbundesamt -Federal Environment Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/der-blaue-engel-auto-power-strips-and-socket-adapters-de-uz-134</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20134-201407-en%20Criteria-2020-01-07.pdf</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Residential Windows, Doors, and Skylights Version 6.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a residential Window, Door, or Skylight as specified in the policy document are eligible for ENERGY STAR qualification, with the exception of products that are assembled onsite, including but not limited to sash packs or sash kits; Windows, Doors, or Skylights that are intended for installation in non-Residential Buildings; Window, Door, or Skylight attachments that are not included in a product’s NFRC-certified rating.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Doors, Windows, Envelopes</t>
   </si>
   <si>
     <t>Other</t>
   </si>
   <si>
     <t>NFRC 100; SHGC NFRC 200; ASTM E283 in accordance with NFRC 400 or AAMA/WDMA/CSA 101/I.S.2/A440-11</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-residential-windows-doors-and-skylights-version-60</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/building_products/residential_windows_doors_and_skylights/partners</t>
+  </si>
+  <si>
     <t>High Energy Performance Label for Aerated Concrete</t>
   </si>
   <si>
+    <t>This scheme covers aerated concrete components. Must be lightweight concrete than general concrete of the same size and suitable for building walls with a thickness of 75 or 100 millimeters.</t>
+  </si>
+  <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>Building Materials, Envelopes</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>April 2022</t>
   </si>
   <si>
     <t>ASTM C177-04</t>
   </si>
   <si>
     <t>Department of Alternative Energy Development and Efficiency, Ministry of Energy…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/high-energy-performance-label-aerated-concrete</t>
   </si>
   <si>
+    <t>https://www.dede.go.th/download/general_65/15_01032565.pdf</t>
+  </si>
+  <si>
     <t>IRAM 11900 Voluntary Label for Building Envelopes</t>
   </si>
   <si>
+    <t>Building heating energy efficiency label. Classification according to the thermal transmittance of the building envelope.</t>
+  </si>
+  <si>
     <t>Argentina</t>
   </si>
   <si>
     <t>Envelopes</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>IRAM 11900</t>
   </si>
   <si>
     <t>Secretaria de Energia (Secretary of Energy)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/iram-11900-voluntary-label-building-envelopes</t>
   </si>
   <si>
+    <t>https://www.argentina.gob.ar/economia/energia/eficiencia-energetica/etiquetado-en-eficiencia-energetica</t>
+  </si>
+  <si>
     <t>TIS 2432-2555 (2012) Plugs and socket-outlets for household and similar purposes: cord extension sets</t>
   </si>
   <si>
+    <t>This standard applies to cord extension sets (rewirable and non-rewirable) with a rated voltage greater than 50 V but not exceeding 440 V and a rated current not exceeding 16 A, intended for household and similar purposes, either indoors or outdoors. This standard does not apply to cord extension sets with means for reeling.</t>
+  </si>
+  <si>
     <t>Electronics, Power Supply and Power Conversion, Power strips</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>Thai Industrial Standards Institute (TISI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tis-2432-2555-2012-plugs-and-socket-outlets-household-and-similar-purposes-cord-extension</t>
+  </si>
+  <si>
+    <t>https://service.tisi.go.th/fulltext/TIS-2432-2555m_Auto1849.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -538,409 +581,454 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N7"/>
+  <dimension ref="A1:P7"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="120" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="143" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="120.256" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="543.724" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="71.84" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="115.543" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="143.822" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="127.255" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2010</v>
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
       </c>
       <c r="H2">
         <v>2010</v>
       </c>
-      <c r="I2" t="s">
+      <c r="I2">
+        <v>2010</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>19</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G3" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
+      <c r="H3">
+        <v>2012</v>
+      </c>
+      <c r="I3">
+        <v>2020</v>
+      </c>
+      <c r="J3" t="s">
+        <v>33</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>34</v>
+      </c>
+      <c r="M3" t="s">
+        <v>35</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>36</v>
+      </c>
+      <c r="P3" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>38</v>
+      </c>
+      <c r="B4" t="s">
+        <v>39</v>
+      </c>
+      <c r="C4" t="s">
+        <v>40</v>
+      </c>
+      <c r="D4" t="s">
+        <v>41</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2003</v>
+      </c>
+      <c r="I4">
+        <v>2015</v>
+      </c>
+      <c r="J4" t="s">
         <v>23</v>
       </c>
-      <c r="M2" t="s">
+      <c r="K4" t="s">
+        <v>42</v>
+      </c>
+      <c r="L4" t="s">
+        <v>43</v>
+      </c>
+      <c r="M4" t="s">
+        <v>44</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>45</v>
+      </c>
+      <c r="P4" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>47</v>
+      </c>
+      <c r="B5" t="s">
+        <v>48</v>
+      </c>
+      <c r="C5" t="s">
+        <v>49</v>
+      </c>
+      <c r="D5" t="s">
+        <v>50</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>51</v>
+      </c>
+      <c r="G5" t="s">
+        <v>52</v>
+      </c>
+      <c r="H5">
+        <v>2022</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>53</v>
+      </c>
+      <c r="K5" t="s">
+        <v>42</v>
+      </c>
+      <c r="L5" t="s">
+        <v>54</v>
+      </c>
+      <c r="M5" t="s">
+        <v>55</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>56</v>
+      </c>
+      <c r="P5" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>58</v>
+      </c>
+      <c r="B6" t="s">
+        <v>59</v>
+      </c>
+      <c r="C6" t="s">
+        <v>60</v>
+      </c>
+      <c r="D6" t="s">
+        <v>61</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>51</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2002</v>
+      </c>
+      <c r="I6">
+        <v>2010</v>
+      </c>
+      <c r="J6" t="s">
+        <v>62</v>
+      </c>
+      <c r="K6" t="s">
+        <v>42</v>
+      </c>
+      <c r="L6" t="s">
+        <v>63</v>
+      </c>
+      <c r="M6" t="s">
+        <v>64</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>65</v>
+      </c>
+      <c r="P6" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>67</v>
+      </c>
+      <c r="B7" t="s">
+        <v>68</v>
+      </c>
+      <c r="C7" t="s">
+        <v>49</v>
+      </c>
+      <c r="D7" t="s">
+        <v>69</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>70</v>
+      </c>
+      <c r="G7" t="s">
+        <v>52</v>
+      </c>
+      <c r="H7">
+        <v>2012</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>53</v>
+      </c>
+      <c r="K7" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-[...7 lines deleted...]
-      <c r="B3" t="s">
+      <c r="L7"/>
+      <c r="M7" t="s">
+        <v>71</v>
+      </c>
+      <c r="N7" t="s">
         <v>27</v>
       </c>
-      <c r="C3" t="s">
-[...203 lines deleted...]
-        <v>59</v>
+      <c r="O7" t="s">
+        <v>72</v>
+      </c>
+      <c r="P7" t="s">
+        <v>73</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>