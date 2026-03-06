--- v0 (2025-11-28)
+++ v1 (2026-03-06)
@@ -549,50 +549,53 @@
   <si>
     <t>ANSI/AHAM AC-3-2009 for evaluating the performance of air cleaners</t>
   </si>
   <si>
     <t>Electricity Generating Authority Thailand (EGAT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-label-no5-air-purifiers</t>
   </si>
   <si>
     <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/#.pdf</t>
   </si>
   <si>
     <t>Energy Efficiency Of Household Electrical Appliances Methods For Measuring And Calculating Energy Efficiency Of Vacuum Cleaners(ES 8057/2017)</t>
   </si>
   <si>
     <t>This standard identifies the methods for measuring and calculating the energy efficiency of vacuum cleaners.</t>
   </si>
   <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Electronics, Other-Electronics, Vacuum Cleaners</t>
   </si>
   <si>
+    <t>Superseded</t>
+  </si>
+  <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>IEC 62885-2/2016
 ,   
                     (EU) No 665/2013</t>
   </si>
   <si>
     <t>Egyptian Organization for Standards &amp; Quality</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-household-electrical-appliances-methods-measuring-and-calculating-energy</t>
   </si>
   <si>
     <t>https://www.eos.org.eg/en/standard/14543</t>
   </si>
   <si>
     <t>Energy Efficiency Regulations, 2016 (SOR/2016-311)</t>
   </si>
   <si>
     <t>This policy is divided into 14 divisions: 1) household appliances, 2) air conditioners, condensing units, and chillers, 3) heat pumps, 4) furnaces, fireplaces, unit heaters, and recovery ventilators, 5) boilers, 6) water heaters, 7) lamps and lamp ballasts, 8) lighting fixtures, 9) electronic products, 10) commercial refrigeration, 11) dry-type transformers, 12) motors, 13) commercial pre-rinse spray valves, and 14) pumps.</t>
   </si>
   <si>
     <t>Canada</t>
   </si>
@@ -645,53 +648,50 @@
     <t>ANSI/AHAM AC-1-2006; UL 867 Ed. 4.0; IEC 62301 Ed. 1.0</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-room-air-cleaners-version-20</t>
   </si>
   <si>
     <t>https://www.energystar.gov/products/appliances/air_purifiers_cleaners/partners</t>
   </si>
   <si>
     <t>ENERGY STAR Program Requirements for Uninterruptible Power Supplies (UPSs) Version 2.0</t>
   </si>
   <si>
     <t>Products that meet the definition of an Uninterruptible Power Supply (UPS) as specified in the policy document, including Static and Rotary UPSs and Ac-output UPSs and Dc-output UPSs/Rectifiers, are eligible for ENERGY STAR certification, with the exception of products listed in Section 2.2. Eligible products include:</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Uninterruptible Power Supplies Rev. Dec-2017; 10 CFR 430, Section 4, Subpart B, Appendix Y</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-uninterruptible-power-supplies-upss-version-20</t>
   </si>
   <si>
     <t>https://www.energystar.gov/products/data_center_equipment/uninterruptible_power_supplies/partners</t>
   </si>
   <si>
     <t>GB 36893-2018 Minimum allowable values of the energy efficiency and energy efficiency grades for air cleaners</t>
-  </si>
-[...1 lines deleted...]
-    <t>Superseded</t>
   </si>
   <si>
     <t>November 2025</t>
   </si>
   <si>
     <t>The Standardisation Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-36893-2018-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-air</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=7AC3075CD358B4B1E05397BE0A0AC4DE</t>
   </si>
   <si>
     <t>GB 36893-2024 Minimum allowable values of energy efficiency and energy efficiency grades for air cleaner</t>
   </si>
   <si>
     <t>This standard revised minimum energy performance standards and grades for air cleaners:
  — Air cleaners with a single-phase rated voltage greater than 5 V and not exceeding 250 V, and other rated voltages not exceeding 480 V;
 — Air cleaners with functions for removing particulate matter and gaseous pollutants;
 — Humidifying purifiers and purifying fans with an independent air purification function mode.</t>
   </si>
   <si>
     <t>GB/T 18801—2022</t>
   </si>
@@ -2928,297 +2928,297 @@
       </c>
       <c r="P25" t="s">
         <v>173</v>
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" t="s">
         <v>174</v>
       </c>
       <c r="B26" t="s">
         <v>175</v>
       </c>
       <c r="C26" t="s">
         <v>176</v>
       </c>
       <c r="D26" t="s">
         <v>177</v>
       </c>
       <c r="E26" t="s">
         <v>20</v>
       </c>
       <c r="F26" t="s">
         <v>21</v>
       </c>
       <c r="G26" t="s">
-        <v>35</v>
+        <v>178</v>
       </c>
       <c r="H26">
         <v>2017</v>
       </c>
       <c r="I26"/>
       <c r="J26" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="K26" t="s">
         <v>37</v>
       </c>
       <c r="L26" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="M26" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="N26" t="s">
         <v>27</v>
       </c>
       <c r="O26" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="P26" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
     </row>
     <row r="27" spans="1:16">
       <c r="A27" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="B27" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="C27" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="D27" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="E27" t="s">
         <v>20</v>
       </c>
       <c r="F27" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="G27" t="s">
         <v>22</v>
       </c>
       <c r="H27">
         <v>2016</v>
       </c>
       <c r="I27">
         <v>2019</v>
       </c>
       <c r="J27" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="K27" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="L27"/>
       <c r="M27" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="N27" t="s">
         <v>27</v>
       </c>
       <c r="O27" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="P27" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
     </row>
     <row r="28" spans="1:16">
       <c r="A28" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="B28" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="C28" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="D28" t="s">
         <v>57</v>
       </c>
       <c r="E28" t="s">
         <v>58</v>
       </c>
       <c r="F28" t="s">
         <v>59</v>
       </c>
       <c r="G28" t="s">
         <v>22</v>
       </c>
       <c r="H28">
         <v>2012</v>
       </c>
       <c r="I28">
         <v>2019</v>
       </c>
       <c r="J28" t="s">
         <v>60</v>
       </c>
       <c r="K28" t="s">
         <v>37</v>
       </c>
       <c r="L28" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="M28" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="N28" t="s">
         <v>27</v>
       </c>
       <c r="O28" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="P28" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="B29" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="C29" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="D29" t="s">
         <v>33</v>
       </c>
       <c r="E29" t="s">
         <v>58</v>
       </c>
       <c r="F29" t="s">
         <v>59</v>
       </c>
       <c r="G29" t="s">
         <v>22</v>
       </c>
       <c r="H29">
         <v>2004</v>
       </c>
       <c r="I29">
         <v>2020</v>
       </c>
       <c r="J29" t="s">
         <v>60</v>
       </c>
       <c r="K29" t="s">
         <v>37</v>
       </c>
       <c r="L29" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="M29" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="N29" t="s">
         <v>27</v>
       </c>
       <c r="O29" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="P29" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
     </row>
     <row r="30" spans="1:16">
       <c r="A30" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="B30" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="C30" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="D30" t="s">
         <v>67</v>
       </c>
       <c r="E30" t="s">
         <v>58</v>
       </c>
       <c r="F30" t="s">
         <v>59</v>
       </c>
       <c r="G30" t="s">
         <v>22</v>
       </c>
       <c r="H30">
         <v>2012</v>
       </c>
       <c r="I30">
         <v>2019</v>
       </c>
       <c r="J30" t="s">
         <v>60</v>
       </c>
       <c r="K30" t="s">
         <v>37</v>
       </c>
       <c r="L30" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="M30" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="N30" t="s">
         <v>27</v>
       </c>
       <c r="O30" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="P30" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
     </row>
     <row r="31" spans="1:16">
       <c r="A31" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="B31" t="s">
         <v>31</v>
       </c>
       <c r="C31" t="s">
         <v>32</v>
       </c>
       <c r="D31" t="s">
         <v>33</v>
       </c>
       <c r="E31" t="s">
         <v>20</v>
       </c>
       <c r="F31" t="s">
         <v>21</v>
       </c>
       <c r="G31" t="s">
-        <v>210</v>
+        <v>178</v>
       </c>
       <c r="H31">
         <v>2018</v>
       </c>
       <c r="I31"/>
       <c r="J31" t="s">
         <v>211</v>
       </c>
       <c r="K31" t="s">
         <v>37</v>
       </c>
       <c r="L31" t="s">
         <v>38</v>
       </c>
       <c r="M31" t="s">
         <v>212</v>
       </c>
       <c r="N31" t="s">
         <v>27</v>
       </c>
       <c r="O31" t="s">
         <v>213</v>
       </c>
       <c r="P31" t="s">
         <v>214</v>
@@ -3745,101 +3745,101 @@
       </c>
       <c r="O42" t="s">
         <v>265</v>
       </c>
       <c r="P42" t="s">
         <v>266</v>
       </c>
     </row>
     <row r="43" spans="1:16">
       <c r="A43" t="s">
         <v>267</v>
       </c>
       <c r="B43" t="s">
         <v>268</v>
       </c>
       <c r="C43" t="s">
         <v>269</v>
       </c>
       <c r="D43" t="s">
         <v>45</v>
       </c>
       <c r="E43" t="s">
         <v>20</v>
       </c>
       <c r="F43" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="G43" t="s">
         <v>22</v>
       </c>
       <c r="H43">
         <v>2012</v>
       </c>
       <c r="I43">
         <v>2014</v>
       </c>
       <c r="J43" t="s">
         <v>126</v>
       </c>
       <c r="K43" t="s">
         <v>37</v>
       </c>
       <c r="L43" t="s">
         <v>270</v>
       </c>
       <c r="M43" t="s">
         <v>271</v>
       </c>
       <c r="N43" t="s">
         <v>27</v>
       </c>
       <c r="O43" t="s">
         <v>272</v>
       </c>
       <c r="P43" t="s">
         <v>273</v>
       </c>
     </row>
     <row r="44" spans="1:16">
       <c r="A44" t="s">
         <v>274</v>
       </c>
       <c r="B44" t="s">
         <v>275</v>
       </c>
       <c r="C44" t="s">
         <v>276</v>
       </c>
       <c r="D44" t="s">
         <v>277</v>
       </c>
       <c r="E44" t="s">
         <v>20</v>
       </c>
       <c r="F44" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="G44" t="s">
         <v>22</v>
       </c>
       <c r="H44">
         <v>2008</v>
       </c>
       <c r="I44">
         <v>2020</v>
       </c>
       <c r="J44" t="s">
         <v>278</v>
       </c>
       <c r="K44" t="s">
         <v>37</v>
       </c>
       <c r="L44" t="s">
         <v>279</v>
       </c>
       <c r="M44" t="s">
         <v>280</v>
       </c>
       <c r="N44" t="s">
         <v>224</v>
       </c>
@@ -4049,51 +4049,51 @@
         <v>294</v>
       </c>
       <c r="B49"/>
       <c r="C49" t="s">
         <v>132</v>
       </c>
       <c r="D49" t="s">
         <v>57</v>
       </c>
       <c r="E49" t="s">
         <v>20</v>
       </c>
       <c r="F49" t="s">
         <v>21</v>
       </c>
       <c r="G49" t="s">
         <v>22</v>
       </c>
       <c r="H49">
         <v>2011</v>
       </c>
       <c r="I49">
         <v>2018</v>
       </c>
       <c r="J49" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="K49" t="s">
         <v>37</v>
       </c>
       <c r="L49"/>
       <c r="M49" t="s">
         <v>295</v>
       </c>
       <c r="N49" t="s">
         <v>27</v>
       </c>
       <c r="O49" t="s">
         <v>296</v>
       </c>
       <c r="P49" t="s">
         <v>297</v>
       </c>
     </row>
     <row r="50" spans="1:16">
       <c r="A50" t="s">
         <v>298</v>
       </c>
       <c r="B50" t="s">
         <v>299</v>
       </c>
@@ -4181,101 +4181,101 @@
       </c>
       <c r="O51" t="s">
         <v>313</v>
       </c>
       <c r="P51" t="s">
         <v>314</v>
       </c>
     </row>
     <row r="52" spans="1:16">
       <c r="A52" t="s">
         <v>315</v>
       </c>
       <c r="B52" t="s">
         <v>316</v>
       </c>
       <c r="C52" t="s">
         <v>317</v>
       </c>
       <c r="D52" t="s">
         <v>318</v>
       </c>
       <c r="E52" t="s">
         <v>20</v>
       </c>
       <c r="F52" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="G52" t="s">
         <v>22</v>
       </c>
       <c r="H52">
         <v>2017</v>
       </c>
       <c r="I52">
         <v>2021</v>
       </c>
       <c r="J52" t="s">
         <v>319</v>
       </c>
       <c r="K52" t="s">
         <v>320</v>
       </c>
       <c r="L52" t="s">
         <v>321</v>
       </c>
       <c r="M52" t="s">
         <v>322</v>
       </c>
       <c r="N52" t="s">
         <v>224</v>
       </c>
       <c r="O52" t="s">
         <v>323</v>
       </c>
       <c r="P52" t="s">
         <v>324</v>
       </c>
     </row>
     <row r="53" spans="1:16">
       <c r="A53" t="s">
         <v>325</v>
       </c>
       <c r="B53" t="s">
         <v>326</v>
       </c>
       <c r="C53" t="s">
         <v>327</v>
       </c>
       <c r="D53" t="s">
         <v>79</v>
       </c>
       <c r="E53" t="s">
         <v>20</v>
       </c>
       <c r="F53" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="G53" t="s">
         <v>328</v>
       </c>
       <c r="H53">
         <v>2024</v>
       </c>
       <c r="I53"/>
       <c r="J53" t="s">
         <v>329</v>
       </c>
       <c r="K53" t="s">
         <v>37</v>
       </c>
       <c r="L53" t="s">
         <v>330</v>
       </c>
       <c r="M53" t="s">
         <v>331</v>
       </c>
       <c r="N53" t="s">
         <v>27</v>
       </c>
       <c r="O53" t="s">
         <v>332</v>
@@ -4387,51 +4387,51 @@
     <row r="56" spans="1:16">
       <c r="A56" t="s">
         <v>346</v>
       </c>
       <c r="B56" t="s">
         <v>347</v>
       </c>
       <c r="C56" t="s">
         <v>348</v>
       </c>
       <c r="D56" t="s">
         <v>349</v>
       </c>
       <c r="E56" t="s">
         <v>58</v>
       </c>
       <c r="F56" t="s">
         <v>59</v>
       </c>
       <c r="G56" t="s">
         <v>350</v>
       </c>
       <c r="H56"/>
       <c r="I56"/>
       <c r="J56" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="K56" t="s">
         <v>37</v>
       </c>
       <c r="L56"/>
       <c r="M56" t="s">
         <v>351</v>
       </c>
       <c r="N56" t="s">
         <v>27</v>
       </c>
       <c r="O56" t="s">
         <v>352</v>
       </c>
       <c r="P56" t="s">
         <v>353</v>
       </c>
     </row>
     <row r="57" spans="1:16">
       <c r="A57" t="s">
         <v>354</v>
       </c>
       <c r="B57" t="s">
         <v>355</v>
       </c>