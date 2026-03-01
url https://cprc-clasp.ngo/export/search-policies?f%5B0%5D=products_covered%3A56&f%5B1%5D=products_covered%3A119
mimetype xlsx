--- v0 (2025-11-27)
+++ v1 (2026-03-01)
@@ -549,50 +549,53 @@
   <si>
     <t>ANSI/AHAM AC-3-2009 for evaluating the performance of air cleaners</t>
   </si>
   <si>
     <t>Electricity Generating Authority Thailand (EGAT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-label-no5-air-purifiers</t>
   </si>
   <si>
     <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/#.pdf</t>
   </si>
   <si>
     <t>Energy Efficiency Of Household Electrical Appliances Methods For Measuring And Calculating Energy Efficiency Of Vacuum Cleaners(ES 8057/2017)</t>
   </si>
   <si>
     <t>This standard identifies the methods for measuring and calculating the energy efficiency of vacuum cleaners.</t>
   </si>
   <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Electronics, Other-Electronics, Vacuum Cleaners</t>
   </si>
   <si>
+    <t>Superseded</t>
+  </si>
+  <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>IEC 62885-2/2016
 ,   
                     (EU) No 665/2013</t>
   </si>
   <si>
     <t>Egyptian Organization for Standards &amp; Quality</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-household-electrical-appliances-methods-measuring-and-calculating-energy</t>
   </si>
   <si>
     <t>https://www.eos.org.eg/en/standard/14543</t>
   </si>
   <si>
     <t>Energy Efficiency Regulations, 2016 (SOR/2016-311)</t>
   </si>
   <si>
     <t>This policy is divided into 14 divisions: 1) household appliances, 2) air conditioners, condensing units, and chillers, 3) heat pumps, 4) furnaces, fireplaces, unit heaters, and recovery ventilators, 5) boilers, 6) water heaters, 7) lamps and lamp ballasts, 8) lighting fixtures, 9) electronic products, 10) commercial refrigeration, 11) dry-type transformers, 12) motors, 13) commercial pre-rinse spray valves, and 14) pumps.</t>
   </si>
   <si>
     <t>Canada</t>
   </si>
@@ -648,53 +651,50 @@
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-room-air-cleaners-version-20</t>
   </si>
   <si>
     <t>https://www.energystar.gov/products/appliances/air_purifiers_cleaners/partners</t>
   </si>
   <si>
     <t>ENERGY STAR Technical Specification for Residential Heat-Recovery Ventilators and Energy-Recovery Ventilators (H/ERVs) sold in Canada Version 2.2</t>
   </si>
   <si>
     <t>A product model must meet the definition of a residential H/ERV as defined in Section 1A or 1B as specified in the policy document, comply with the testing and minimum performance requirements provided in this specification and have a capacity of no greater than 500 CFM (236 L/s) to be eligible for ENERGY STAR certification under this specification. H/ERVs with electric resistance heaters are not eligible for ENERGY STAR certification.</t>
   </si>
   <si>
     <t>CAN/CSA C439–18</t>
   </si>
   <si>
     <t>ENERGY STAR Canada</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-technical-specification-residential-heat-recovery-ventilators-and-energy</t>
   </si>
   <si>
     <t>https://www.nrcan.gc.ca/energy-efficiency/energy-star-canada/about/participant-resources/technical-specifications/heatenergy-recovery-ventilators-hrvs-and-ervs/13695</t>
   </si>
   <si>
     <t>GB 36893-2018 Minimum allowable values of the energy efficiency and energy efficiency grades for air cleaners</t>
-  </si>
-[...1 lines deleted...]
-    <t>Superseded</t>
   </si>
   <si>
     <t>November 2025</t>
   </si>
   <si>
     <t>The Standardisation Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-36893-2018-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-air</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=7AC3075CD358B4B1E05397BE0A0AC4DE</t>
   </si>
   <si>
     <t>GB 36893-2024 Minimum allowable values of energy efficiency and energy efficiency grades for air cleaner</t>
   </si>
   <si>
     <t>This standard revised minimum energy performance standards and grades for air cleaners:
  — Air cleaners with a single-phase rated voltage greater than 5 V and not exceeding 250 V, and other rated voltages not exceeding 480 V;
 — Air cleaners with functions for removing particulate matter and gaseous pollutants;
 — Humidifying purifiers and purifying fans with an independent air purification function mode.</t>
   </si>
   <si>
     <t>GB/T 18801—2022</t>
   </si>
@@ -2868,297 +2868,297 @@
       </c>
       <c r="P25" t="s">
         <v>173</v>
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" t="s">
         <v>174</v>
       </c>
       <c r="B26" t="s">
         <v>175</v>
       </c>
       <c r="C26" t="s">
         <v>176</v>
       </c>
       <c r="D26" t="s">
         <v>177</v>
       </c>
       <c r="E26" t="s">
         <v>20</v>
       </c>
       <c r="F26" t="s">
         <v>21</v>
       </c>
       <c r="G26" t="s">
-        <v>35</v>
+        <v>178</v>
       </c>
       <c r="H26">
         <v>2017</v>
       </c>
       <c r="I26"/>
       <c r="J26" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="K26" t="s">
         <v>37</v>
       </c>
       <c r="L26" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="M26" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="N26" t="s">
         <v>27</v>
       </c>
       <c r="O26" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="P26" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
     </row>
     <row r="27" spans="1:16">
       <c r="A27" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="B27" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="C27" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="D27" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="E27" t="s">
         <v>20</v>
       </c>
       <c r="F27" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="G27" t="s">
         <v>22</v>
       </c>
       <c r="H27">
         <v>2016</v>
       </c>
       <c r="I27">
         <v>2019</v>
       </c>
       <c r="J27" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="K27" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="L27"/>
       <c r="M27" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="N27" t="s">
         <v>27</v>
       </c>
       <c r="O27" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="P27" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
     </row>
     <row r="28" spans="1:16">
       <c r="A28" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="B28" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="C28" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="D28" t="s">
         <v>57</v>
       </c>
       <c r="E28" t="s">
         <v>58</v>
       </c>
       <c r="F28" t="s">
         <v>59</v>
       </c>
       <c r="G28" t="s">
         <v>22</v>
       </c>
       <c r="H28">
         <v>2012</v>
       </c>
       <c r="I28">
         <v>2019</v>
       </c>
       <c r="J28" t="s">
         <v>60</v>
       </c>
       <c r="K28" t="s">
         <v>37</v>
       </c>
       <c r="L28" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="M28" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="N28" t="s">
         <v>27</v>
       </c>
       <c r="O28" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="P28" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="B29" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="C29" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="D29" t="s">
         <v>33</v>
       </c>
       <c r="E29" t="s">
         <v>58</v>
       </c>
       <c r="F29" t="s">
         <v>59</v>
       </c>
       <c r="G29" t="s">
         <v>22</v>
       </c>
       <c r="H29">
         <v>2004</v>
       </c>
       <c r="I29">
         <v>2020</v>
       </c>
       <c r="J29" t="s">
         <v>60</v>
       </c>
       <c r="K29" t="s">
         <v>37</v>
       </c>
       <c r="L29" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="M29" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="N29" t="s">
         <v>27</v>
       </c>
       <c r="O29" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="P29" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
     </row>
     <row r="30" spans="1:16">
       <c r="A30" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="B30" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="C30" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="D30" t="s">
         <v>138</v>
       </c>
       <c r="E30" t="s">
         <v>58</v>
       </c>
       <c r="F30" t="s">
         <v>59</v>
       </c>
       <c r="G30" t="s">
         <v>22</v>
       </c>
       <c r="H30">
         <v>2009</v>
       </c>
       <c r="I30">
         <v>2020</v>
       </c>
       <c r="J30" t="s">
         <v>60</v>
       </c>
       <c r="K30" t="s">
         <v>37</v>
       </c>
       <c r="L30" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="M30" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="N30" t="s">
         <v>27</v>
       </c>
       <c r="O30" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="P30" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
     </row>
     <row r="31" spans="1:16">
       <c r="A31" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="B31" t="s">
         <v>31</v>
       </c>
       <c r="C31" t="s">
         <v>32</v>
       </c>
       <c r="D31" t="s">
         <v>33</v>
       </c>
       <c r="E31" t="s">
         <v>20</v>
       </c>
       <c r="F31" t="s">
         <v>21</v>
       </c>
       <c r="G31" t="s">
-        <v>211</v>
+        <v>178</v>
       </c>
       <c r="H31">
         <v>2018</v>
       </c>
       <c r="I31"/>
       <c r="J31" t="s">
         <v>212</v>
       </c>
       <c r="K31" t="s">
         <v>37</v>
       </c>
       <c r="L31" t="s">
         <v>38</v>
       </c>
       <c r="M31" t="s">
         <v>213</v>
       </c>
       <c r="N31" t="s">
         <v>27</v>
       </c>
       <c r="O31" t="s">
         <v>214</v>
       </c>
       <c r="P31" t="s">
         <v>215</v>
@@ -3587,101 +3587,101 @@
       </c>
       <c r="O40" t="s">
         <v>258</v>
       </c>
       <c r="P40" t="s">
         <v>259</v>
       </c>
     </row>
     <row r="41" spans="1:16">
       <c r="A41" t="s">
         <v>260</v>
       </c>
       <c r="B41" t="s">
         <v>261</v>
       </c>
       <c r="C41" t="s">
         <v>262</v>
       </c>
       <c r="D41" t="s">
         <v>45</v>
       </c>
       <c r="E41" t="s">
         <v>20</v>
       </c>
       <c r="F41" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="G41" t="s">
         <v>22</v>
       </c>
       <c r="H41">
         <v>2012</v>
       </c>
       <c r="I41">
         <v>2014</v>
       </c>
       <c r="J41" t="s">
         <v>120</v>
       </c>
       <c r="K41" t="s">
         <v>37</v>
       </c>
       <c r="L41" t="s">
         <v>263</v>
       </c>
       <c r="M41" t="s">
         <v>264</v>
       </c>
       <c r="N41" t="s">
         <v>27</v>
       </c>
       <c r="O41" t="s">
         <v>265</v>
       </c>
       <c r="P41" t="s">
         <v>266</v>
       </c>
     </row>
     <row r="42" spans="1:16">
       <c r="A42" t="s">
         <v>267</v>
       </c>
       <c r="B42" t="s">
         <v>268</v>
       </c>
       <c r="C42" t="s">
         <v>269</v>
       </c>
       <c r="D42" t="s">
         <v>270</v>
       </c>
       <c r="E42" t="s">
         <v>20</v>
       </c>
       <c r="F42" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="G42" t="s">
         <v>22</v>
       </c>
       <c r="H42">
         <v>2008</v>
       </c>
       <c r="I42">
         <v>2020</v>
       </c>
       <c r="J42" t="s">
         <v>271</v>
       </c>
       <c r="K42" t="s">
         <v>37</v>
       </c>
       <c r="L42" t="s">
         <v>272</v>
       </c>
       <c r="M42" t="s">
         <v>273</v>
       </c>
       <c r="N42" t="s">
         <v>225</v>
       </c>
@@ -3891,51 +3891,51 @@
         <v>287</v>
       </c>
       <c r="B47"/>
       <c r="C47" t="s">
         <v>126</v>
       </c>
       <c r="D47" t="s">
         <v>57</v>
       </c>
       <c r="E47" t="s">
         <v>20</v>
       </c>
       <c r="F47" t="s">
         <v>21</v>
       </c>
       <c r="G47" t="s">
         <v>22</v>
       </c>
       <c r="H47">
         <v>2011</v>
       </c>
       <c r="I47">
         <v>2018</v>
       </c>
       <c r="J47" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="K47" t="s">
         <v>37</v>
       </c>
       <c r="L47"/>
       <c r="M47" t="s">
         <v>288</v>
       </c>
       <c r="N47" t="s">
         <v>27</v>
       </c>
       <c r="O47" t="s">
         <v>289</v>
       </c>
       <c r="P47" t="s">
         <v>290</v>
       </c>
     </row>
     <row r="48" spans="1:16">
       <c r="A48" t="s">
         <v>291</v>
       </c>
       <c r="B48" t="s">
         <v>292</v>
       </c>
@@ -4023,101 +4023,101 @@
       </c>
       <c r="O49" t="s">
         <v>306</v>
       </c>
       <c r="P49" t="s">
         <v>307</v>
       </c>
     </row>
     <row r="50" spans="1:16">
       <c r="A50" t="s">
         <v>308</v>
       </c>
       <c r="B50" t="s">
         <v>309</v>
       </c>
       <c r="C50" t="s">
         <v>310</v>
       </c>
       <c r="D50" t="s">
         <v>311</v>
       </c>
       <c r="E50" t="s">
         <v>20</v>
       </c>
       <c r="F50" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="G50" t="s">
         <v>22</v>
       </c>
       <c r="H50">
         <v>2017</v>
       </c>
       <c r="I50">
         <v>2021</v>
       </c>
       <c r="J50" t="s">
         <v>312</v>
       </c>
       <c r="K50" t="s">
         <v>313</v>
       </c>
       <c r="L50" t="s">
         <v>314</v>
       </c>
       <c r="M50" t="s">
         <v>315</v>
       </c>
       <c r="N50" t="s">
         <v>225</v>
       </c>
       <c r="O50" t="s">
         <v>316</v>
       </c>
       <c r="P50" t="s">
         <v>317</v>
       </c>
     </row>
     <row r="51" spans="1:16">
       <c r="A51" t="s">
         <v>318</v>
       </c>
       <c r="B51" t="s">
         <v>319</v>
       </c>
       <c r="C51" t="s">
         <v>320</v>
       </c>
       <c r="D51" t="s">
         <v>73</v>
       </c>
       <c r="E51" t="s">
         <v>20</v>
       </c>
       <c r="F51" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="G51" t="s">
         <v>321</v>
       </c>
       <c r="H51">
         <v>2024</v>
       </c>
       <c r="I51"/>
       <c r="J51" t="s">
         <v>322</v>
       </c>
       <c r="K51" t="s">
         <v>37</v>
       </c>
       <c r="L51" t="s">
         <v>323</v>
       </c>
       <c r="M51" t="s">
         <v>324</v>
       </c>
       <c r="N51" t="s">
         <v>27</v>
       </c>
       <c r="O51" t="s">
         <v>325</v>
@@ -4179,51 +4179,51 @@
     <row r="53" spans="1:16">
       <c r="A53" t="s">
         <v>331</v>
       </c>
       <c r="B53" t="s">
         <v>332</v>
       </c>
       <c r="C53" t="s">
         <v>333</v>
       </c>
       <c r="D53" t="s">
         <v>334</v>
       </c>
       <c r="E53" t="s">
         <v>58</v>
       </c>
       <c r="F53" t="s">
         <v>59</v>
       </c>
       <c r="G53" t="s">
         <v>335</v>
       </c>
       <c r="H53"/>
       <c r="I53"/>
       <c r="J53" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="K53" t="s">
         <v>37</v>
       </c>
       <c r="L53"/>
       <c r="M53" t="s">
         <v>336</v>
       </c>
       <c r="N53" t="s">
         <v>27</v>
       </c>
       <c r="O53" t="s">
         <v>337</v>
       </c>
       <c r="P53" t="s">
         <v>338</v>
       </c>
     </row>
     <row r="54" spans="1:16">
       <c r="A54" t="s">
         <v>339</v>
       </c>
       <c r="B54" t="s">
         <v>340</v>
       </c>