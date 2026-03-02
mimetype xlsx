--- v0 (2025-12-14)
+++ v1 (2026-03-02)
@@ -588,50 +588,53 @@
   <si>
     <t>ANSI/AHAM AC-3-2009 for evaluating the performance of air cleaners</t>
   </si>
   <si>
     <t>Electricity Generating Authority Thailand (EGAT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-label-no5-air-purifiers</t>
   </si>
   <si>
     <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/#.pdf</t>
   </si>
   <si>
     <t>Energy Efficiency Of Household Electrical Appliances Methods For Measuring And Calculating Energy Efficiency Of Vacuum Cleaners(ES 8057/2017)</t>
   </si>
   <si>
     <t>This standard identifies the methods for measuring and calculating the energy efficiency of vacuum cleaners.</t>
   </si>
   <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Electronics, Other-Electronics, Vacuum Cleaners</t>
   </si>
   <si>
+    <t>Superseded</t>
+  </si>
+  <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>IEC 62885-2/2016
 ,   
                     (EU) No 665/2013</t>
   </si>
   <si>
     <t>Egyptian Organization for Standards &amp; Quality</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-household-electrical-appliances-methods-measuring-and-calculating-energy</t>
   </si>
   <si>
     <t>https://www.eos.org.eg/en/standard/14543</t>
   </si>
   <si>
     <t>Energy Efficiency Regulations, 2016 (SOR/2016-311)</t>
   </si>
   <si>
     <t>This policy is divided into 14 divisions: 1) household appliances, 2) air conditioners, condensing units, and chillers, 3) heat pumps, 4) furnaces, fireplaces, unit heaters, and recovery ventilators, 5) boilers, 6) water heaters, 7) lamps and lamp ballasts, 8) lighting fixtures, 9) electronic products, 10) commercial refrigeration, 11) dry-type transformers, 12) motors, 13) commercial pre-rinse spray valves, and 14) pumps.</t>
   </si>
   <si>
     <t>Canada</t>
   </si>
@@ -729,53 +732,50 @@
     <t>https://cprc-clasp.ngo/policies/eta-0806-specifications-assigning-anqip-water-efficiency-labels-showers-and-shower-systems</t>
   </si>
   <si>
     <t>https://anqip.pt/images/stories/ETA_0806_v.4_novo.1.pdf</t>
   </si>
   <si>
     <t>GB 28378-2019 Minimum allowable values of water efficiency and water efficiency grades for showers</t>
   </si>
   <si>
     <t>This standard specifies the water efficiency grade, technical requirements, and test methods for showers. It is applicable to the water efficiency evaluation of showers (including shower heads or combinations) used in sanitary facilities such as lavatories and shower rooms installed in buildings with nominal pressure (static pressure) less than 1.0 MPa and medium temperature of 4℃~90℃.</t>
   </si>
   <si>
     <t>GB/T 33733</t>
   </si>
   <si>
     <t>The Standardisation Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-28378-2019-minimum-allowable-values-water-efficiency-and-water-efficiency-grades</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9B70DDA9400CA80CE05397BE0A0A84AC</t>
   </si>
   <si>
     <t>GB 36893-2018 Minimum allowable values of the energy efficiency and energy efficiency grades for air cleaners</t>
-  </si>
-[...1 lines deleted...]
-    <t>Superseded</t>
   </si>
   <si>
     <t>November 2025</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-36893-2018-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-air</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=7AC3075CD358B4B1E05397BE0A0AC4DE</t>
   </si>
   <si>
     <t>GB 36893-2024 Minimum allowable values of energy efficiency and energy efficiency grades for air cleaner</t>
   </si>
   <si>
     <t>This standard revised minimum energy performance standards and grades for air cleaners:
  — Air cleaners with a single-phase rated voltage greater than 5 V and not exceeding 250 V, and other rated voltages not exceeding 480 V;
 — Air cleaners with functions for removing particulate matter and gaseous pollutants;
 — Humidifying purifiers and purifying fans with an independent air purification function mode.</t>
   </si>
   <si>
     <t>GB/T 18801—2022</t>
   </si>
   <si>
     <t>The Standardization Administration of China</t>
   </si>
@@ -3151,409 +3151,409 @@
       </c>
       <c r="P27" t="s">
         <v>186</v>
       </c>
     </row>
     <row r="28" spans="1:16">
       <c r="A28" t="s">
         <v>187</v>
       </c>
       <c r="B28" t="s">
         <v>188</v>
       </c>
       <c r="C28" t="s">
         <v>189</v>
       </c>
       <c r="D28" t="s">
         <v>190</v>
       </c>
       <c r="E28" t="s">
         <v>20</v>
       </c>
       <c r="F28" t="s">
         <v>21</v>
       </c>
       <c r="G28" t="s">
-        <v>35</v>
+        <v>191</v>
       </c>
       <c r="H28">
         <v>2017</v>
       </c>
       <c r="I28"/>
       <c r="J28" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="K28" t="s">
         <v>37</v>
       </c>
       <c r="L28" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="M28" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="N28" t="s">
         <v>27</v>
       </c>
       <c r="O28" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="P28" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="B29" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="C29" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="D29" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="E29" t="s">
         <v>20</v>
       </c>
       <c r="F29" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="G29" t="s">
         <v>22</v>
       </c>
       <c r="H29">
         <v>2016</v>
       </c>
       <c r="I29">
         <v>2019</v>
       </c>
       <c r="J29" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="K29" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="L29"/>
       <c r="M29" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="N29" t="s">
         <v>27</v>
       </c>
       <c r="O29" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="P29" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
     </row>
     <row r="30" spans="1:16">
       <c r="A30" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="B30" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="C30" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="D30" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="E30" t="s">
         <v>67</v>
       </c>
       <c r="F30" t="s">
         <v>34</v>
       </c>
       <c r="G30" t="s">
         <v>22</v>
       </c>
       <c r="H30">
         <v>2010</v>
       </c>
       <c r="I30">
         <v>2017</v>
       </c>
       <c r="J30" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="K30" t="s">
         <v>46</v>
       </c>
       <c r="L30"/>
       <c r="M30" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="N30" t="s">
         <v>48</v>
       </c>
       <c r="O30" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="P30" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
     </row>
     <row r="31" spans="1:16">
       <c r="A31" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="B31" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="C31" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="D31" t="s">
         <v>66</v>
       </c>
       <c r="E31" t="s">
         <v>67</v>
       </c>
       <c r="F31" t="s">
         <v>68</v>
       </c>
       <c r="G31" t="s">
         <v>22</v>
       </c>
       <c r="H31">
         <v>2012</v>
       </c>
       <c r="I31">
         <v>2019</v>
       </c>
       <c r="J31" t="s">
         <v>69</v>
       </c>
       <c r="K31" t="s">
         <v>37</v>
       </c>
       <c r="L31" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="M31" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="N31" t="s">
         <v>27</v>
       </c>
       <c r="O31" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="P31" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
     </row>
     <row r="32" spans="1:16">
       <c r="A32" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="B32" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="C32" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="D32" t="s">
         <v>33</v>
       </c>
       <c r="E32" t="s">
         <v>67</v>
       </c>
       <c r="F32" t="s">
         <v>68</v>
       </c>
       <c r="G32" t="s">
         <v>22</v>
       </c>
       <c r="H32">
         <v>2004</v>
       </c>
       <c r="I32">
         <v>2020</v>
       </c>
       <c r="J32" t="s">
         <v>69</v>
       </c>
       <c r="K32" t="s">
         <v>37</v>
       </c>
       <c r="L32" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="M32" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="N32" t="s">
         <v>27</v>
       </c>
       <c r="O32" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="P32" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
     </row>
     <row r="33" spans="1:16">
       <c r="A33" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="B33" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="C33" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="D33" t="s">
         <v>44</v>
       </c>
       <c r="E33" t="s">
         <v>67</v>
       </c>
       <c r="F33" t="s">
         <v>34</v>
       </c>
       <c r="G33" t="s">
         <v>22</v>
       </c>
       <c r="H33">
         <v>2008</v>
       </c>
       <c r="I33">
         <v>2015</v>
       </c>
       <c r="J33" t="s">
         <v>45</v>
       </c>
       <c r="K33" t="s">
         <v>46</v>
       </c>
       <c r="L33"/>
       <c r="M33" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="N33" t="s">
         <v>48</v>
       </c>
       <c r="O33" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="P33" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
     </row>
     <row r="34" spans="1:16">
       <c r="A34" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="B34" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="C34" t="s">
         <v>32</v>
       </c>
       <c r="D34" t="s">
         <v>44</v>
       </c>
       <c r="E34" t="s">
         <v>20</v>
       </c>
       <c r="F34" t="s">
         <v>21</v>
       </c>
       <c r="G34" t="s">
         <v>22</v>
       </c>
       <c r="H34">
         <v>2013</v>
       </c>
       <c r="I34">
         <v>2020</v>
       </c>
       <c r="J34" t="s">
         <v>69</v>
       </c>
       <c r="K34" t="s">
         <v>46</v>
       </c>
       <c r="L34" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="M34" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="N34" t="s">
         <v>48</v>
       </c>
       <c r="O34" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="P34" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
     </row>
     <row r="35" spans="1:16">
       <c r="A35" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="B35" t="s">
         <v>31</v>
       </c>
       <c r="C35" t="s">
         <v>32</v>
       </c>
       <c r="D35" t="s">
         <v>33</v>
       </c>
       <c r="E35" t="s">
         <v>20</v>
       </c>
       <c r="F35" t="s">
         <v>21</v>
       </c>
       <c r="G35" t="s">
-        <v>238</v>
+        <v>191</v>
       </c>
       <c r="H35">
         <v>2018</v>
       </c>
       <c r="I35"/>
       <c r="J35" t="s">
         <v>239</v>
       </c>
       <c r="K35" t="s">
         <v>37</v>
       </c>
       <c r="L35" t="s">
         <v>38</v>
       </c>
       <c r="M35" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="N35" t="s">
         <v>27</v>
       </c>
       <c r="O35" t="s">
         <v>240</v>
       </c>
       <c r="P35" t="s">
         <v>241</v>
       </c>
     </row>
     <row r="36" spans="1:16">
       <c r="A36" t="s">
         <v>242</v>
       </c>
       <c r="B36" t="s">
         <v>243</v>
       </c>
       <c r="C36" t="s">
         <v>32</v>
       </c>
       <c r="D36" t="s">
         <v>33</v>
       </c>
       <c r="E36" t="s">
@@ -3607,51 +3607,51 @@
         <v>33</v>
       </c>
       <c r="E37" t="s">
         <v>20</v>
       </c>
       <c r="F37" t="s">
         <v>21</v>
       </c>
       <c r="G37" t="s">
         <v>35</v>
       </c>
       <c r="H37">
         <v>2020</v>
       </c>
       <c r="I37"/>
       <c r="J37" t="s">
         <v>36</v>
       </c>
       <c r="K37" t="s">
         <v>37</v>
       </c>
       <c r="L37" t="s">
         <v>250</v>
       </c>
       <c r="M37" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="N37" t="s">
         <v>251</v>
       </c>
       <c r="O37" t="s">
         <v>252</v>
       </c>
       <c r="P37" t="s">
         <v>253</v>
       </c>
     </row>
     <row r="38" spans="1:16">
       <c r="A38" t="s">
         <v>254</v>
       </c>
       <c r="B38" t="s">
         <v>255</v>
       </c>
       <c r="C38" t="s">
         <v>256</v>
       </c>
       <c r="D38" t="s">
         <v>54</v>
       </c>
       <c r="E38" t="s">
@@ -3960,101 +3960,101 @@
       <c r="L44"/>
       <c r="M44" t="s">
         <v>148</v>
       </c>
       <c r="N44" t="s">
         <v>27</v>
       </c>
       <c r="O44" t="s">
         <v>284</v>
       </c>
       <c r="P44" t="s">
         <v>285</v>
       </c>
     </row>
     <row r="45" spans="1:16">
       <c r="A45" t="s">
         <v>286</v>
       </c>
       <c r="B45" t="s">
         <v>287</v>
       </c>
       <c r="C45" t="s">
         <v>288</v>
       </c>
       <c r="D45" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="E45" t="s">
         <v>67</v>
       </c>
       <c r="F45" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="G45" t="s">
         <v>289</v>
       </c>
       <c r="H45"/>
       <c r="I45"/>
       <c r="J45" t="s">
         <v>69</v>
       </c>
       <c r="K45" t="s">
         <v>46</v>
       </c>
       <c r="L45"/>
       <c r="M45" t="s">
         <v>290</v>
       </c>
       <c r="N45" t="s">
         <v>48</v>
       </c>
       <c r="O45" t="s">
         <v>291</v>
       </c>
       <c r="P45" t="s">
         <v>292</v>
       </c>
     </row>
     <row r="46" spans="1:16">
       <c r="A46" t="s">
         <v>293</v>
       </c>
       <c r="B46" t="s">
         <v>294</v>
       </c>
       <c r="C46" t="s">
         <v>295</v>
       </c>
       <c r="D46" t="s">
         <v>54</v>
       </c>
       <c r="E46" t="s">
         <v>20</v>
       </c>
       <c r="F46" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="G46" t="s">
         <v>22</v>
       </c>
       <c r="H46">
         <v>2012</v>
       </c>
       <c r="I46">
         <v>2014</v>
       </c>
       <c r="J46" t="s">
         <v>139</v>
       </c>
       <c r="K46" t="s">
         <v>37</v>
       </c>
       <c r="L46" t="s">
         <v>296</v>
       </c>
       <c r="M46" t="s">
         <v>297</v>
       </c>
       <c r="N46" t="s">
         <v>27</v>
       </c>
@@ -4072,89 +4072,89 @@
       <c r="B47" t="s">
         <v>301</v>
       </c>
       <c r="C47" t="s">
         <v>138</v>
       </c>
       <c r="D47" t="s">
         <v>44</v>
       </c>
       <c r="E47" t="s">
         <v>67</v>
       </c>
       <c r="F47" t="s">
         <v>68</v>
       </c>
       <c r="G47" t="s">
         <v>22</v>
       </c>
       <c r="H47">
         <v>2001</v>
       </c>
       <c r="I47">
         <v>2012</v>
       </c>
       <c r="J47" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="K47" t="s">
         <v>46</v>
       </c>
       <c r="L47" t="s">
         <v>302</v>
       </c>
       <c r="M47" t="s">
         <v>303</v>
       </c>
       <c r="N47" t="s">
         <v>48</v>
       </c>
       <c r="O47" t="s">
         <v>304</v>
       </c>
       <c r="P47" t="s">
         <v>305</v>
       </c>
     </row>
     <row r="48" spans="1:16">
       <c r="A48" t="s">
         <v>306</v>
       </c>
       <c r="B48" t="s">
         <v>307</v>
       </c>
       <c r="C48" t="s">
         <v>308</v>
       </c>
       <c r="D48" t="s">
         <v>309</v>
       </c>
       <c r="E48" t="s">
         <v>20</v>
       </c>
       <c r="F48" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="G48" t="s">
         <v>22</v>
       </c>
       <c r="H48">
         <v>2008</v>
       </c>
       <c r="I48">
         <v>2020</v>
       </c>
       <c r="J48" t="s">
         <v>310</v>
       </c>
       <c r="K48" t="s">
         <v>37</v>
       </c>
       <c r="L48" t="s">
         <v>311</v>
       </c>
       <c r="M48" t="s">
         <v>312</v>
       </c>
       <c r="N48" t="s">
         <v>251</v>
       </c>
@@ -4364,51 +4364,51 @@
         <v>326</v>
       </c>
       <c r="B53"/>
       <c r="C53" t="s">
         <v>145</v>
       </c>
       <c r="D53" t="s">
         <v>66</v>
       </c>
       <c r="E53" t="s">
         <v>20</v>
       </c>
       <c r="F53" t="s">
         <v>21</v>
       </c>
       <c r="G53" t="s">
         <v>22</v>
       </c>
       <c r="H53">
         <v>2011</v>
       </c>
       <c r="I53">
         <v>2018</v>
       </c>
       <c r="J53" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="K53" t="s">
         <v>37</v>
       </c>
       <c r="L53"/>
       <c r="M53" t="s">
         <v>327</v>
       </c>
       <c r="N53" t="s">
         <v>27</v>
       </c>
       <c r="O53" t="s">
         <v>328</v>
       </c>
       <c r="P53" t="s">
         <v>329</v>
       </c>
     </row>
     <row r="54" spans="1:16">
       <c r="A54" t="s">
         <v>330</v>
       </c>
       <c r="B54" t="s">
         <v>331</v>
       </c>
@@ -4487,110 +4487,110 @@
       </c>
       <c r="L55" t="s">
         <v>343</v>
       </c>
       <c r="M55" t="s">
         <v>344</v>
       </c>
       <c r="N55" t="s">
         <v>27</v>
       </c>
       <c r="O55" t="s">
         <v>345</v>
       </c>
       <c r="P55" t="s">
         <v>346</v>
       </c>
     </row>
     <row r="56" spans="1:16">
       <c r="A56" t="s">
         <v>347</v>
       </c>
       <c r="B56" t="s">
         <v>348</v>
       </c>
       <c r="C56" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="D56" t="s">
         <v>349</v>
       </c>
       <c r="E56" t="s">
         <v>20</v>
       </c>
       <c r="F56" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="G56" t="s">
         <v>22</v>
       </c>
       <c r="H56">
         <v>2017</v>
       </c>
       <c r="I56">
         <v>2021</v>
       </c>
       <c r="J56" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="K56" t="s">
         <v>350</v>
       </c>
       <c r="L56" t="s">
         <v>351</v>
       </c>
       <c r="M56" t="s">
         <v>352</v>
       </c>
       <c r="N56" t="s">
         <v>251</v>
       </c>
       <c r="O56" t="s">
         <v>353</v>
       </c>
       <c r="P56" t="s">
         <v>354</v>
       </c>
     </row>
     <row r="57" spans="1:16">
       <c r="A57" t="s">
         <v>355</v>
       </c>
       <c r="B57" t="s">
         <v>356</v>
       </c>
       <c r="C57" t="s">
         <v>357</v>
       </c>
       <c r="D57" t="s">
         <v>88</v>
       </c>
       <c r="E57" t="s">
         <v>20</v>
       </c>
       <c r="F57" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="G57" t="s">
         <v>358</v>
       </c>
       <c r="H57">
         <v>2024</v>
       </c>
       <c r="I57"/>
       <c r="J57" t="s">
         <v>359</v>
       </c>
       <c r="K57" t="s">
         <v>37</v>
       </c>
       <c r="L57" t="s">
         <v>360</v>
       </c>
       <c r="M57" t="s">
         <v>361</v>
       </c>
       <c r="N57" t="s">
         <v>27</v>
       </c>
       <c r="O57" t="s">
         <v>362</v>
@@ -4652,51 +4652,51 @@
     <row r="59" spans="1:16">
       <c r="A59" t="s">
         <v>368</v>
       </c>
       <c r="B59" t="s">
         <v>369</v>
       </c>
       <c r="C59" t="s">
         <v>370</v>
       </c>
       <c r="D59" t="s">
         <v>371</v>
       </c>
       <c r="E59" t="s">
         <v>67</v>
       </c>
       <c r="F59" t="s">
         <v>68</v>
       </c>
       <c r="G59" t="s">
         <v>372</v>
       </c>
       <c r="H59"/>
       <c r="I59"/>
       <c r="J59" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="K59" t="s">
         <v>37</v>
       </c>
       <c r="L59"/>
       <c r="M59" t="s">
         <v>373</v>
       </c>
       <c r="N59" t="s">
         <v>27</v>
       </c>
       <c r="O59" t="s">
         <v>374</v>
       </c>
       <c r="P59" t="s">
         <v>375</v>
       </c>
     </row>
     <row r="60" spans="1:16">
       <c r="A60" t="s">
         <v>376</v>
       </c>
       <c r="B60" t="s">
         <v>377</v>
       </c>
@@ -5268,51 +5268,51 @@
       <c r="B72" t="s">
         <v>449</v>
       </c>
       <c r="C72" t="s">
         <v>450</v>
       </c>
       <c r="D72" t="s">
         <v>451</v>
       </c>
       <c r="E72" t="s">
         <v>67</v>
       </c>
       <c r="F72" t="s">
         <v>34</v>
       </c>
       <c r="G72" t="s">
         <v>22</v>
       </c>
       <c r="H72">
         <v>2015</v>
       </c>
       <c r="I72">
         <v>2016</v>
       </c>
       <c r="J72" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="K72" t="s">
         <v>46</v>
       </c>
       <c r="L72" t="s">
         <v>452</v>
       </c>
       <c r="M72" t="s">
         <v>453</v>
       </c>
       <c r="N72" t="s">
         <v>48</v>
       </c>
       <c r="O72" t="s">
         <v>454</v>
       </c>
       <c r="P72" t="s">
         <v>455</v>
       </c>
     </row>
     <row r="73" spans="1:16">
       <c r="A73" t="s">
         <v>456</v>
       </c>
       <c r="B73" t="s">
@@ -5366,51 +5366,51 @@
       <c r="B74" t="s">
         <v>463</v>
       </c>
       <c r="C74" t="s">
         <v>18</v>
       </c>
       <c r="D74" t="s">
         <v>44</v>
       </c>
       <c r="E74" t="s">
         <v>67</v>
       </c>
       <c r="F74" t="s">
         <v>464</v>
       </c>
       <c r="G74" t="s">
         <v>22</v>
       </c>
       <c r="H74">
         <v>2018</v>
       </c>
       <c r="I74">
         <v>2018</v>
       </c>
       <c r="J74" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="K74" t="s">
         <v>46</v>
       </c>
       <c r="L74" t="s">
         <v>465</v>
       </c>
       <c r="M74" t="s">
         <v>466</v>
       </c>
       <c r="N74" t="s">
         <v>48</v>
       </c>
       <c r="O74" t="s">
         <v>467</v>
       </c>
       <c r="P74" t="s">
         <v>468</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">