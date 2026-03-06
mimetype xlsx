--- v0 (2025-11-28)
+++ v1 (2026-03-06)
@@ -663,50 +663,53 @@
   <si>
     <t>ANSI/AHAM AC-3-2009 for evaluating the performance of air cleaners</t>
   </si>
   <si>
     <t>Electricity Generating Authority Thailand (EGAT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-label-no5-air-purifiers</t>
   </si>
   <si>
     <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/#.pdf</t>
   </si>
   <si>
     <t>Energy Efficiency Of Household Electrical Appliances Methods For Measuring And Calculating Energy Efficiency Of Vacuum Cleaners(ES 8057/2017)</t>
   </si>
   <si>
     <t>This standard identifies the methods for measuring and calculating the energy efficiency of vacuum cleaners.</t>
   </si>
   <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Electronics, Other-Electronics, Vacuum Cleaners</t>
   </si>
   <si>
+    <t>Superseded</t>
+  </si>
+  <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>IEC 62885-2/2016
 ,   
                     (EU) No 665/2013</t>
   </si>
   <si>
     <t>Egyptian Organization for Standards &amp; Quality</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-household-electrical-appliances-methods-measuring-and-calculating-energy</t>
   </si>
   <si>
     <t>https://www.eos.org.eg/en/standard/14543</t>
   </si>
   <si>
     <t>Energy Efficiency Regulations, 2016 (SOR/2016-311)</t>
   </si>
   <si>
     <t>This policy is divided into 14 divisions: 1) household appliances, 2) air conditioners, condensing units, and chillers, 3) heat pumps, 4) furnaces, fireplaces, unit heaters, and recovery ventilators, 5) boilers, 6) water heaters, 7) lamps and lamp ballasts, 8) lighting fixtures, 9) electronic products, 10) commercial refrigeration, 11) dry-type transformers, 12) motors, 13) commercial pre-rinse spray valves, and 14) pumps.</t>
   </si>
   <si>
     <t>Canada</t>
   </si>
@@ -766,53 +769,50 @@
   </si>
   <si>
     <t>ES 6087:2017 Requirements for plug - and - play DC solar home system kit</t>
   </si>
   <si>
     <t>This Ethiopian Standard specifies requirements for performance, safety and durability for plug – and – play type DC Solar Home Systems Kit that have the peak power rating above 10 and up to 350W.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/es-60872017-requirements-plug-and-play-dc-solar-home-system-kit</t>
   </si>
   <si>
     <t>http://www.et.undp.org/content/dam/ethiopia/docs/Ethiopia%20Final%20-%20ES%206087-2017%20Requirements%20for%20DC%20Solar%20Home%20System%20Kit.pdf</t>
   </si>
   <si>
     <t>Ethiopian standard for pico-solar and SHS kits</t>
   </si>
   <si>
     <t>Standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.
 No policy link available.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ethiopian-standard-pico-solar-and-shs-kits</t>
   </si>
   <si>
     <t>GB 36893-2018 Minimum allowable values of the energy efficiency and energy efficiency grades for air cleaners</t>
-  </si>
-[...1 lines deleted...]
-    <t>Superseded</t>
   </si>
   <si>
     <t>November 2025</t>
   </si>
   <si>
     <t>The Standardisation Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-36893-2018-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-air</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=7AC3075CD358B4B1E05397BE0A0AC4DE</t>
   </si>
   <si>
     <t>GB 36893-2024 Minimum allowable values of energy efficiency and energy efficiency grades for air cleaner</t>
   </si>
   <si>
     <t>This standard revised minimum energy performance standards and grades for air cleaners:
  — Air cleaners with a single-phase rated voltage greater than 5 V and not exceeding 250 V, and other rated voltages not exceeding 480 V;
 — Air cleaners with functions for removing particulate matter and gaseous pollutants;
 — Humidifying purifiers and purifying fans with an independent air purification function mode.</t>
   </si>
   <si>
     <t>GB/T 18801—2022</t>
   </si>
@@ -3546,341 +3546,341 @@
       </c>
       <c r="P29" t="s">
         <v>211</v>
       </c>
     </row>
     <row r="30" spans="1:16">
       <c r="A30" t="s">
         <v>212</v>
       </c>
       <c r="B30" t="s">
         <v>213</v>
       </c>
       <c r="C30" t="s">
         <v>214</v>
       </c>
       <c r="D30" t="s">
         <v>215</v>
       </c>
       <c r="E30" t="s">
         <v>20</v>
       </c>
       <c r="F30" t="s">
         <v>21</v>
       </c>
       <c r="G30" t="s">
-        <v>36</v>
+        <v>216</v>
       </c>
       <c r="H30">
         <v>2017</v>
       </c>
       <c r="I30"/>
       <c r="J30" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="K30" t="s">
         <v>38</v>
       </c>
       <c r="L30" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="M30" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="N30" t="s">
         <v>27</v>
       </c>
       <c r="O30" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="P30" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
     </row>
     <row r="31" spans="1:16">
       <c r="A31" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="B31" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="C31" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="D31" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="E31" t="s">
         <v>20</v>
       </c>
       <c r="F31" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="G31" t="s">
         <v>22</v>
       </c>
       <c r="H31">
         <v>2016</v>
       </c>
       <c r="I31">
         <v>2019</v>
       </c>
       <c r="J31" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="K31" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="L31"/>
       <c r="M31" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="N31" t="s">
         <v>27</v>
       </c>
       <c r="O31" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="P31" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
     </row>
     <row r="32" spans="1:16">
       <c r="A32" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="B32" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="C32" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="D32" t="s">
         <v>77</v>
       </c>
       <c r="E32" t="s">
         <v>78</v>
       </c>
       <c r="F32" t="s">
         <v>79</v>
       </c>
       <c r="G32" t="s">
         <v>22</v>
       </c>
       <c r="H32">
         <v>2012</v>
       </c>
       <c r="I32">
         <v>2019</v>
       </c>
       <c r="J32" t="s">
         <v>80</v>
       </c>
       <c r="K32" t="s">
         <v>38</v>
       </c>
       <c r="L32" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="M32" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="N32" t="s">
         <v>27</v>
       </c>
       <c r="O32" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="P32" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
     </row>
     <row r="33" spans="1:16">
       <c r="A33" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="B33" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="C33" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="D33" t="s">
         <v>47</v>
       </c>
       <c r="E33" t="s">
         <v>78</v>
       </c>
       <c r="F33" t="s">
         <v>79</v>
       </c>
       <c r="G33" t="s">
         <v>22</v>
       </c>
       <c r="H33">
         <v>2004</v>
       </c>
       <c r="I33">
         <v>2020</v>
       </c>
       <c r="J33" t="s">
         <v>80</v>
       </c>
       <c r="K33" t="s">
         <v>38</v>
       </c>
       <c r="L33" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="M33" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="N33" t="s">
         <v>27</v>
       </c>
       <c r="O33" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="P33" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
     </row>
     <row r="34" spans="1:16">
       <c r="A34" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="B34" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="C34" t="s">
         <v>56</v>
       </c>
       <c r="D34" t="s">
         <v>33</v>
       </c>
       <c r="E34" t="s">
         <v>78</v>
       </c>
       <c r="F34" t="s">
         <v>35</v>
       </c>
       <c r="G34" t="s">
         <v>36</v>
       </c>
       <c r="H34">
         <v>2017</v>
       </c>
       <c r="I34"/>
       <c r="J34" t="s">
         <v>57</v>
       </c>
       <c r="K34" t="s">
         <v>58</v>
       </c>
       <c r="L34" t="s">
         <v>59</v>
       </c>
       <c r="M34" t="s">
         <v>60</v>
       </c>
       <c r="N34" t="s">
         <v>41</v>
       </c>
       <c r="O34" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="P34" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
     </row>
     <row r="35" spans="1:16">
       <c r="A35" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="B35" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="C35" t="s">
         <v>56</v>
       </c>
       <c r="D35" t="s">
         <v>33</v>
       </c>
       <c r="E35" t="s">
         <v>20</v>
       </c>
       <c r="F35" t="s">
         <v>35</v>
       </c>
       <c r="G35" t="s">
         <v>36</v>
       </c>
       <c r="H35">
         <v>2021</v>
       </c>
       <c r="I35"/>
       <c r="J35" t="s">
         <v>155</v>
       </c>
       <c r="K35" t="s">
         <v>58</v>
       </c>
       <c r="L35" t="s">
         <v>59</v>
       </c>
       <c r="M35" t="s">
         <v>60</v>
       </c>
       <c r="N35" t="s">
         <v>41</v>
       </c>
       <c r="O35" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="P35"/>
     </row>
     <row r="36" spans="1:16">
       <c r="A36" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="B36" t="s">
         <v>45</v>
       </c>
       <c r="C36" t="s">
         <v>46</v>
       </c>
       <c r="D36" t="s">
         <v>47</v>
       </c>
       <c r="E36" t="s">
         <v>20</v>
       </c>
       <c r="F36" t="s">
         <v>21</v>
       </c>
       <c r="G36" t="s">
-        <v>250</v>
+        <v>216</v>
       </c>
       <c r="H36">
         <v>2018</v>
       </c>
       <c r="I36"/>
       <c r="J36" t="s">
         <v>251</v>
       </c>
       <c r="K36" t="s">
         <v>38</v>
       </c>
       <c r="L36" t="s">
         <v>50</v>
       </c>
       <c r="M36" t="s">
         <v>252</v>
       </c>
       <c r="N36" t="s">
         <v>27</v>
       </c>
       <c r="O36" t="s">
         <v>253</v>
       </c>
       <c r="P36" t="s">
         <v>254</v>
@@ -4447,51 +4447,51 @@
       </c>
       <c r="O48" t="s">
         <v>315</v>
       </c>
       <c r="P48" t="s">
         <v>316</v>
       </c>
     </row>
     <row r="49" spans="1:16">
       <c r="A49" t="s">
         <v>317</v>
       </c>
       <c r="B49" t="s">
         <v>318</v>
       </c>
       <c r="C49" t="s">
         <v>319</v>
       </c>
       <c r="D49" t="s">
         <v>66</v>
       </c>
       <c r="E49" t="s">
         <v>20</v>
       </c>
       <c r="F49" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="G49" t="s">
         <v>22</v>
       </c>
       <c r="H49">
         <v>2012</v>
       </c>
       <c r="I49">
         <v>2014</v>
       </c>
       <c r="J49" t="s">
         <v>147</v>
       </c>
       <c r="K49" t="s">
         <v>38</v>
       </c>
       <c r="L49" t="s">
         <v>320</v>
       </c>
       <c r="M49" t="s">
         <v>321</v>
       </c>
       <c r="N49" t="s">
         <v>27</v>
       </c>
@@ -4689,51 +4689,51 @@
       </c>
       <c r="O53" t="s">
         <v>345</v>
       </c>
       <c r="P53" t="s">
         <v>346</v>
       </c>
     </row>
     <row r="54" spans="1:16">
       <c r="A54" t="s">
         <v>347</v>
       </c>
       <c r="B54" t="s">
         <v>348</v>
       </c>
       <c r="C54" t="s">
         <v>349</v>
       </c>
       <c r="D54" t="s">
         <v>350</v>
       </c>
       <c r="E54" t="s">
         <v>20</v>
       </c>
       <c r="F54" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="G54" t="s">
         <v>22</v>
       </c>
       <c r="H54">
         <v>2008</v>
       </c>
       <c r="I54">
         <v>2020</v>
       </c>
       <c r="J54" t="s">
         <v>57</v>
       </c>
       <c r="K54" t="s">
         <v>38</v>
       </c>
       <c r="L54" t="s">
         <v>351</v>
       </c>
       <c r="M54" t="s">
         <v>352</v>
       </c>
       <c r="N54" t="s">
         <v>264</v>
       </c>
@@ -4943,51 +4943,51 @@
         <v>366</v>
       </c>
       <c r="B59"/>
       <c r="C59" t="s">
         <v>171</v>
       </c>
       <c r="D59" t="s">
         <v>77</v>
       </c>
       <c r="E59" t="s">
         <v>20</v>
       </c>
       <c r="F59" t="s">
         <v>21</v>
       </c>
       <c r="G59" t="s">
         <v>22</v>
       </c>
       <c r="H59">
         <v>2011</v>
       </c>
       <c r="I59">
         <v>2018</v>
       </c>
       <c r="J59" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="K59" t="s">
         <v>38</v>
       </c>
       <c r="L59"/>
       <c r="M59" t="s">
         <v>367</v>
       </c>
       <c r="N59" t="s">
         <v>27</v>
       </c>
       <c r="O59" t="s">
         <v>368</v>
       </c>
       <c r="P59" t="s">
         <v>369</v>
       </c>
     </row>
     <row r="60" spans="1:16">
       <c r="A60" t="s">
         <v>370</v>
       </c>
       <c r="B60" t="s">
         <v>371</v>
       </c>
@@ -5505,101 +5505,101 @@
       <c r="N70" t="s">
         <v>41</v>
       </c>
       <c r="O70" t="s">
         <v>432</v>
       </c>
       <c r="P70"/>
     </row>
     <row r="71" spans="1:16">
       <c r="A71" t="s">
         <v>433</v>
       </c>
       <c r="B71" t="s">
         <v>434</v>
       </c>
       <c r="C71" t="s">
         <v>435</v>
       </c>
       <c r="D71" t="s">
         <v>436</v>
       </c>
       <c r="E71" t="s">
         <v>20</v>
       </c>
       <c r="F71" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="G71" t="s">
         <v>22</v>
       </c>
       <c r="H71">
         <v>2017</v>
       </c>
       <c r="I71">
         <v>2021</v>
       </c>
       <c r="J71" t="s">
         <v>140</v>
       </c>
       <c r="K71" t="s">
         <v>437</v>
       </c>
       <c r="L71" t="s">
         <v>438</v>
       </c>
       <c r="M71" t="s">
         <v>439</v>
       </c>
       <c r="N71" t="s">
         <v>264</v>
       </c>
       <c r="O71" t="s">
         <v>440</v>
       </c>
       <c r="P71" t="s">
         <v>441</v>
       </c>
     </row>
     <row r="72" spans="1:16">
       <c r="A72" t="s">
         <v>442</v>
       </c>
       <c r="B72" t="s">
         <v>443</v>
       </c>
       <c r="C72" t="s">
         <v>444</v>
       </c>
       <c r="D72" t="s">
         <v>93</v>
       </c>
       <c r="E72" t="s">
         <v>20</v>
       </c>
       <c r="F72" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="G72" t="s">
         <v>162</v>
       </c>
       <c r="H72">
         <v>2024</v>
       </c>
       <c r="I72"/>
       <c r="J72" t="s">
         <v>445</v>
       </c>
       <c r="K72" t="s">
         <v>38</v>
       </c>
       <c r="L72" t="s">
         <v>446</v>
       </c>
       <c r="M72" t="s">
         <v>447</v>
       </c>
       <c r="N72" t="s">
         <v>27</v>
       </c>
       <c r="O72" t="s">
         <v>448</v>
@@ -5709,51 +5709,51 @@
     <row r="75" spans="1:16">
       <c r="A75" t="s">
         <v>460</v>
       </c>
       <c r="B75" t="s">
         <v>461</v>
       </c>
       <c r="C75" t="s">
         <v>462</v>
       </c>
       <c r="D75" t="s">
         <v>463</v>
       </c>
       <c r="E75" t="s">
         <v>78</v>
       </c>
       <c r="F75" t="s">
         <v>79</v>
       </c>
       <c r="G75" t="s">
         <v>464</v>
       </c>
       <c r="H75"/>
       <c r="I75"/>
       <c r="J75" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="K75" t="s">
         <v>38</v>
       </c>
       <c r="L75"/>
       <c r="M75" t="s">
         <v>465</v>
       </c>
       <c r="N75" t="s">
         <v>27</v>
       </c>
       <c r="O75" t="s">
         <v>466</v>
       </c>
       <c r="P75" t="s">
         <v>467</v>
       </c>
     </row>
     <row r="76" spans="1:16">
       <c r="A76" t="s">
         <v>468</v>
       </c>
       <c r="B76" t="s">
         <v>469</v>
       </c>