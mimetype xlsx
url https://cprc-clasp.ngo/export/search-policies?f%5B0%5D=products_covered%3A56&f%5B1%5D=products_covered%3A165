--- v0 (2025-12-14)
+++ v1 (2026-03-02)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="401">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="402">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -529,50 +529,53 @@
     <t>March 2022</t>
   </si>
   <si>
     <t>ANSI/AHAM AC-3-2009 for evaluating the performance of air cleaners</t>
   </si>
   <si>
     <t>Electricity Generating Authority Thailand (EGAT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-label-no5-air-purifiers</t>
   </si>
   <si>
     <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/#.pdf</t>
   </si>
   <si>
     <t>Energy Efficiency Of Household Electrical Appliances Methods For Measuring And Calculating Energy Efficiency Of Vacuum Cleaners(ES 8057/2017)</t>
   </si>
   <si>
     <t>This standard identifies the methods for measuring and calculating the energy efficiency of vacuum cleaners.</t>
   </si>
   <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Electronics, Other-Electronics, Vacuum Cleaners</t>
+  </si>
+  <si>
+    <t>Superseded</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>IEC 62885-2/2016
 ,   
                     (EU) No 665/2013</t>
   </si>
   <si>
     <t>Egyptian Organization for Standards &amp; Quality</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-household-electrical-appliances-methods-measuring-and-calculating-energy</t>
   </si>
   <si>
     <t>https://www.eos.org.eg/en/standard/14543</t>
   </si>
   <si>
     <t>Energy Efficiency Regulations, 2016 (SOR/2016-311)</t>
   </si>
   <si>
     <t>This policy is divided into 14 divisions: 1) household appliances, 2) air conditioners, condensing units, and chillers, 3) heat pumps, 4) furnaces, fireplaces, unit heaters, and recovery ventilators, 5) boilers, 6) water heaters, 7) lamps and lamp ballasts, 8) lighting fixtures, 9) electronic products, 10) commercial refrigeration, 11) dry-type transformers, 12) motors, 13) commercial pre-rinse spray valves, and 14) pumps.</t>
   </si>
   <si>
@@ -612,53 +615,50 @@
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-dehumidifiers-version-50</t>
   </si>
   <si>
     <t>https://www.energystar.gov/products/appliances/dehumidifiers/partners</t>
   </si>
   <si>
     <t>ENERGY STAR Program Requirements for Room Air Cleaners Version 2.0</t>
   </si>
   <si>
     <t>Products that meet the definition of a Room Air Cleaner as specified in the policy document are eligible for ENERGY STAR qualification; with the exception of Combination products and ozone generators. Qualifying air cleaner models shall produce a minimum 50 CADR for Dust to be considered under this specification.</t>
   </si>
   <si>
     <t>ANSI/AHAM AC-1-2006; UL 867 Ed. 4.0; IEC 62301 Ed. 1.0</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-room-air-cleaners-version-20</t>
   </si>
   <si>
     <t>https://www.energystar.gov/products/appliances/air_purifiers_cleaners/partners</t>
   </si>
   <si>
     <t>GB 36893-2018 Minimum allowable values of the energy efficiency and energy efficiency grades for air cleaners</t>
-  </si>
-[...1 lines deleted...]
-    <t>Superseded</t>
   </si>
   <si>
     <t>November 2025</t>
   </si>
   <si>
     <t>The Standardisation Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-36893-2018-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-air</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=7AC3075CD358B4B1E05397BE0A0AC4DE</t>
   </si>
   <si>
     <t>GB 36893-2024 Minimum allowable values of energy efficiency and energy efficiency grades for air cleaner</t>
   </si>
   <si>
     <t>This standard revised minimum energy performance standards and grades for air cleaners:
  — Air cleaners with a single-phase rated voltage greater than 5 V and not exceeding 250 V, and other rated voltages not exceeding 480 V;
 — Air cleaners with functions for removing particulate matter and gaseous pollutants;
 — Humidifying purifiers and purifying fans with an independent air purification function mode.</t>
   </si>
   <si>
     <t>GB/T 18801—2022</t>
   </si>
@@ -846,50 +846,53 @@
     <t>http://www.moeaboe.gov.tw/ECW/english/content/Content.aspx?menu_id=1535</t>
   </si>
   <si>
     <t>MEPS for Air Cleaners</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-air-cleaners</t>
   </si>
   <si>
     <t>MEPS for Dehumidifier</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-dehumidifier</t>
   </si>
   <si>
     <t>MEPS for General Lighting</t>
   </si>
   <si>
     <t>This policy sets minimum energy performance requirements for the following products: incandescent lamps (25-200W), Compact fluorescent lamps with integrated ballast (CFLi) (up to 60W),  LED lamps with an Edison screw or a bayonet lamp cap (up to 60W), Compact fluorescent lamps without integrated ballast (CFLni), T8 Linear, double-capped, fluorescent lamps (LFL)[0.5 - 1.5]m, and LED lamps designed as a direct replacement for CFLni and T8 LFL without requiring any internal modification of the luminaires.</t>
   </si>
   <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Lighting, Lamps, Tubular Lamps, Non-Directional lamps, HD lamps and retrofits</t>
+  </si>
+  <si>
+    <t>Revised, Superseded</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>CIE3 84:1989 and IEC 60064, Measurement of luminous flux
 ,   
                     CIE 84:1989 and IEC 60064 or IEC 60357, Measurement of luminous flux
 ,   
                     IEC 60969:2001, Performance tests
 ,   
                     IEC 60901:2001, Performance tests
 ,   
                     IEC 60081:2002, Performance tests
 ,   
                     IEC 62612:2013, Performance tests
 ,   
                     IEC 62612:2013, Performance tests</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-general-lighting</t>
   </si>
@@ -2817,247 +2820,247 @@
       </c>
       <c r="P24" t="s">
         <v>167</v>
       </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" t="s">
         <v>168</v>
       </c>
       <c r="B25" t="s">
         <v>169</v>
       </c>
       <c r="C25" t="s">
         <v>170</v>
       </c>
       <c r="D25" t="s">
         <v>171</v>
       </c>
       <c r="E25" t="s">
         <v>20</v>
       </c>
       <c r="F25" t="s">
         <v>21</v>
       </c>
       <c r="G25" t="s">
-        <v>35</v>
+        <v>172</v>
       </c>
       <c r="H25">
         <v>2017</v>
       </c>
       <c r="I25"/>
       <c r="J25" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="K25" t="s">
         <v>37</v>
       </c>
       <c r="L25" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="M25" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="N25" t="s">
         <v>27</v>
       </c>
       <c r="O25" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="P25" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="B26" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="C26" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D26" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="E26" t="s">
         <v>20</v>
       </c>
       <c r="F26" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="G26" t="s">
         <v>22</v>
       </c>
       <c r="H26">
         <v>2016</v>
       </c>
       <c r="I26">
         <v>2019</v>
       </c>
       <c r="J26" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="K26" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="L26"/>
       <c r="M26" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="N26" t="s">
         <v>27</v>
       </c>
       <c r="O26" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="P26" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
     </row>
     <row r="27" spans="1:16">
       <c r="A27" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="B27" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="C27" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="D27" t="s">
         <v>57</v>
       </c>
       <c r="E27" t="s">
         <v>58</v>
       </c>
       <c r="F27" t="s">
         <v>59</v>
       </c>
       <c r="G27" t="s">
         <v>22</v>
       </c>
       <c r="H27">
         <v>2012</v>
       </c>
       <c r="I27">
         <v>2019</v>
       </c>
       <c r="J27" t="s">
         <v>60</v>
       </c>
       <c r="K27" t="s">
         <v>37</v>
       </c>
       <c r="L27" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="M27" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="N27" t="s">
         <v>27</v>
       </c>
       <c r="O27" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="P27" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
     </row>
     <row r="28" spans="1:16">
       <c r="A28" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="B28" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="C28" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="D28" t="s">
         <v>33</v>
       </c>
       <c r="E28" t="s">
         <v>58</v>
       </c>
       <c r="F28" t="s">
         <v>59</v>
       </c>
       <c r="G28" t="s">
         <v>22</v>
       </c>
       <c r="H28">
         <v>2004</v>
       </c>
       <c r="I28">
         <v>2020</v>
       </c>
       <c r="J28" t="s">
         <v>60</v>
       </c>
       <c r="K28" t="s">
         <v>37</v>
       </c>
       <c r="L28" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="M28" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="N28" t="s">
         <v>27</v>
       </c>
       <c r="O28" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="P28" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="B29" t="s">
         <v>31</v>
       </c>
       <c r="C29" t="s">
         <v>32</v>
       </c>
       <c r="D29" t="s">
         <v>33</v>
       </c>
       <c r="E29" t="s">
         <v>20</v>
       </c>
       <c r="F29" t="s">
         <v>21</v>
       </c>
       <c r="G29" t="s">
-        <v>199</v>
+        <v>172</v>
       </c>
       <c r="H29">
         <v>2018</v>
       </c>
       <c r="I29"/>
       <c r="J29" t="s">
         <v>200</v>
       </c>
       <c r="K29" t="s">
         <v>37</v>
       </c>
       <c r="L29" t="s">
         <v>38</v>
       </c>
       <c r="M29" t="s">
         <v>201</v>
       </c>
       <c r="N29" t="s">
         <v>27</v>
       </c>
       <c r="O29" t="s">
         <v>202</v>
       </c>
       <c r="P29" t="s">
         <v>203</v>
@@ -3486,101 +3489,101 @@
       </c>
       <c r="O38" t="s">
         <v>246</v>
       </c>
       <c r="P38" t="s">
         <v>247</v>
       </c>
     </row>
     <row r="39" spans="1:16">
       <c r="A39" t="s">
         <v>248</v>
       </c>
       <c r="B39" t="s">
         <v>249</v>
       </c>
       <c r="C39" t="s">
         <v>250</v>
       </c>
       <c r="D39" t="s">
         <v>45</v>
       </c>
       <c r="E39" t="s">
         <v>20</v>
       </c>
       <c r="F39" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="G39" t="s">
         <v>22</v>
       </c>
       <c r="H39">
         <v>2012</v>
       </c>
       <c r="I39">
         <v>2014</v>
       </c>
       <c r="J39" t="s">
         <v>120</v>
       </c>
       <c r="K39" t="s">
         <v>37</v>
       </c>
       <c r="L39" t="s">
         <v>251</v>
       </c>
       <c r="M39" t="s">
         <v>252</v>
       </c>
       <c r="N39" t="s">
         <v>27</v>
       </c>
       <c r="O39" t="s">
         <v>253</v>
       </c>
       <c r="P39" t="s">
         <v>254</v>
       </c>
     </row>
     <row r="40" spans="1:16">
       <c r="A40" t="s">
         <v>255</v>
       </c>
       <c r="B40" t="s">
         <v>256</v>
       </c>
       <c r="C40" t="s">
         <v>257</v>
       </c>
       <c r="D40" t="s">
         <v>258</v>
       </c>
       <c r="E40" t="s">
         <v>20</v>
       </c>
       <c r="F40" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="G40" t="s">
         <v>22</v>
       </c>
       <c r="H40">
         <v>2008</v>
       </c>
       <c r="I40">
         <v>2020</v>
       </c>
       <c r="J40" t="s">
         <v>259</v>
       </c>
       <c r="K40" t="s">
         <v>37</v>
       </c>
       <c r="L40" t="s">
         <v>260</v>
       </c>
       <c r="M40" t="s">
         <v>261</v>
       </c>
       <c r="N40" t="s">
         <v>213</v>
       </c>
@@ -3735,982 +3738,982 @@
       </c>
       <c r="P43" t="s">
         <v>150</v>
       </c>
     </row>
     <row r="44" spans="1:16">
       <c r="A44" t="s">
         <v>272</v>
       </c>
       <c r="B44" t="s">
         <v>273</v>
       </c>
       <c r="C44" t="s">
         <v>274</v>
       </c>
       <c r="D44" t="s">
         <v>275</v>
       </c>
       <c r="E44" t="s">
         <v>20</v>
       </c>
       <c r="F44" t="s">
         <v>21</v>
       </c>
       <c r="G44" t="s">
-        <v>8</v>
+        <v>276</v>
       </c>
       <c r="H44">
         <v>2015</v>
       </c>
       <c r="I44">
         <v>2019</v>
       </c>
       <c r="J44" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="K44" t="s">
         <v>37</v>
       </c>
       <c r="L44" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="M44" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="N44" t="s">
         <v>27</v>
       </c>
       <c r="O44" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="P44" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
     </row>
     <row r="45" spans="1:16">
       <c r="A45" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="B45" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="C45" t="s">
         <v>119</v>
       </c>
       <c r="D45" t="s">
         <v>45</v>
       </c>
       <c r="E45" t="s">
         <v>20</v>
       </c>
       <c r="F45" t="s">
         <v>21</v>
       </c>
       <c r="G45" t="s">
         <v>35</v>
       </c>
       <c r="H45">
         <v>2009</v>
       </c>
       <c r="I45"/>
       <c r="J45" t="s">
         <v>120</v>
       </c>
       <c r="K45" t="s">
         <v>37</v>
       </c>
       <c r="L45" t="s">
         <v>158</v>
       </c>
       <c r="M45" t="s">
         <v>121</v>
       </c>
       <c r="N45" t="s">
         <v>27</v>
       </c>
       <c r="O45" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="P45" t="s">
         <v>150</v>
       </c>
     </row>
     <row r="46" spans="1:16">
       <c r="A46" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="B46"/>
       <c r="C46" t="s">
         <v>126</v>
       </c>
       <c r="D46" t="s">
         <v>57</v>
       </c>
       <c r="E46" t="s">
         <v>20</v>
       </c>
       <c r="F46" t="s">
         <v>21</v>
       </c>
       <c r="G46" t="s">
         <v>22</v>
       </c>
       <c r="H46">
         <v>2011</v>
       </c>
       <c r="I46">
         <v>2018</v>
       </c>
       <c r="J46" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="K46" t="s">
         <v>37</v>
       </c>
       <c r="L46"/>
       <c r="M46" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="N46" t="s">
         <v>27</v>
       </c>
       <c r="O46" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="P46" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
     </row>
     <row r="47" spans="1:16">
       <c r="A47" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="B47" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="C47" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="D47" t="s">
         <v>45</v>
       </c>
       <c r="E47" t="s">
         <v>58</v>
       </c>
       <c r="F47" t="s">
         <v>21</v>
       </c>
       <c r="G47" t="s">
         <v>35</v>
       </c>
       <c r="H47">
         <v>2015</v>
       </c>
       <c r="I47"/>
       <c r="J47" t="s">
         <v>259</v>
       </c>
       <c r="K47" t="s">
         <v>37</v>
       </c>
       <c r="L47" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="M47" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="N47" t="s">
         <v>27</v>
       </c>
       <c r="O47" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="P47" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
     </row>
     <row r="48" spans="1:16">
       <c r="A48" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="B48" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="C48" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="D48" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="E48" t="s">
         <v>58</v>
       </c>
       <c r="F48" t="s">
         <v>59</v>
       </c>
       <c r="G48" t="s">
         <v>35</v>
       </c>
       <c r="H48">
         <v>2014</v>
       </c>
       <c r="I48"/>
       <c r="J48" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="K48" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="L48" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="M48" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="N48" t="s">
         <v>27</v>
       </c>
       <c r="O48" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="P48" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
     </row>
     <row r="49" spans="1:16">
       <c r="A49" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="B49" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="C49" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="D49" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="E49" t="s">
         <v>20</v>
       </c>
       <c r="F49" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="G49" t="s">
         <v>22</v>
       </c>
       <c r="H49">
         <v>2017</v>
       </c>
       <c r="I49">
         <v>2021</v>
       </c>
       <c r="J49" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="K49" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="L49" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="M49" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="N49" t="s">
         <v>213</v>
       </c>
       <c r="O49" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="P49" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
     </row>
     <row r="50" spans="1:16">
       <c r="A50" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="B50" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="C50" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="D50" t="s">
         <v>73</v>
       </c>
       <c r="E50" t="s">
         <v>20</v>
       </c>
       <c r="F50" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="G50" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="H50">
         <v>2024</v>
       </c>
       <c r="I50"/>
       <c r="J50" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
       <c r="K50" t="s">
         <v>37</v>
       </c>
       <c r="L50" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="M50" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="N50" t="s">
         <v>27</v>
       </c>
       <c r="O50" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
       <c r="P50" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
     </row>
     <row r="51" spans="1:16">
       <c r="A51" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="B51" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="C51" t="s">
         <v>126</v>
       </c>
       <c r="D51" t="s">
         <v>57</v>
       </c>
       <c r="E51" t="s">
         <v>58</v>
       </c>
       <c r="F51" t="s">
         <v>34</v>
       </c>
       <c r="G51" t="s">
         <v>22</v>
       </c>
       <c r="H51">
         <v>2011</v>
       </c>
       <c r="I51">
         <v>2011</v>
       </c>
       <c r="J51" t="s">
         <v>85</v>
       </c>
       <c r="K51" t="s">
         <v>37</v>
       </c>
       <c r="L51" t="s">
         <v>144</v>
       </c>
       <c r="M51" t="s">
         <v>129</v>
       </c>
       <c r="N51" t="s">
         <v>27</v>
       </c>
       <c r="O51" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="P51" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
     </row>
     <row r="52" spans="1:16">
       <c r="A52" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="B52" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="C52" t="s">
         <v>274</v>
       </c>
       <c r="D52" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="E52" t="s">
         <v>58</v>
       </c>
       <c r="F52" t="s">
         <v>59</v>
       </c>
       <c r="G52" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="H52"/>
       <c r="I52"/>
       <c r="J52" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="K52" t="s">
         <v>37</v>
       </c>
       <c r="L52"/>
       <c r="M52" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="N52" t="s">
         <v>27</v>
       </c>
       <c r="O52" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="P52" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
     </row>
     <row r="53" spans="1:16">
       <c r="A53" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="B53" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="C53" t="s">
         <v>274</v>
       </c>
       <c r="D53" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="E53" t="s">
         <v>58</v>
       </c>
       <c r="F53" t="s">
         <v>59</v>
       </c>
       <c r="G53" t="s">
         <v>35</v>
       </c>
       <c r="H53">
         <v>2017</v>
       </c>
       <c r="I53"/>
       <c r="J53" t="s">
         <v>259</v>
       </c>
       <c r="K53" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
       <c r="L53"/>
       <c r="M53" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="N53" t="s">
         <v>27</v>
       </c>
       <c r="O53" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="P53" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
     </row>
     <row r="54" spans="1:16">
       <c r="A54" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
       <c r="B54" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
       <c r="C54" t="s">
         <v>274</v>
       </c>
       <c r="D54" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
       <c r="E54" t="s">
         <v>58</v>
       </c>
       <c r="F54" t="s">
         <v>59</v>
       </c>
       <c r="G54" t="s">
         <v>35</v>
       </c>
       <c r="H54">
         <v>2017</v>
       </c>
       <c r="I54"/>
       <c r="J54" t="s">
         <v>259</v>
       </c>
       <c r="K54" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
       <c r="L54"/>
       <c r="M54" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="N54" t="s">
         <v>27</v>
       </c>
       <c r="O54" t="s">
-        <v>344</v>
+        <v>345</v>
       </c>
       <c r="P54" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
     </row>
     <row r="55" spans="1:16">
       <c r="A55" t="s">
-        <v>346</v>
+        <v>347</v>
       </c>
       <c r="B55" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
       <c r="C55" t="s">
         <v>162</v>
       </c>
       <c r="D55" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="E55" t="s">
         <v>58</v>
       </c>
       <c r="F55" t="s">
         <v>59</v>
       </c>
       <c r="G55" t="s">
         <v>35</v>
       </c>
       <c r="H55">
         <v>2014</v>
       </c>
       <c r="I55"/>
       <c r="J55" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
       <c r="K55" t="s">
         <v>37</v>
       </c>
       <c r="L55" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
       <c r="M55" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="N55" t="s">
         <v>27</v>
       </c>
       <c r="O55" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="P55" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
     </row>
     <row r="56" spans="1:16">
       <c r="A56" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="B56" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="C56" t="s">
         <v>162</v>
       </c>
       <c r="D56" t="s">
         <v>127</v>
       </c>
       <c r="E56" t="s">
         <v>58</v>
       </c>
       <c r="F56" t="s">
         <v>59</v>
       </c>
       <c r="G56" t="s">
         <v>35</v>
       </c>
       <c r="H56">
         <v>2013</v>
       </c>
       <c r="I56"/>
       <c r="J56" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="K56" t="s">
         <v>37</v>
       </c>
       <c r="L56" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="M56" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="N56" t="s">
         <v>27</v>
       </c>
       <c r="O56" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="P56" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
     </row>
     <row r="57" spans="1:16">
       <c r="A57" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
       <c r="B57" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="C57" t="s">
         <v>162</v>
       </c>
       <c r="D57" t="s">
         <v>114</v>
       </c>
       <c r="E57" t="s">
         <v>58</v>
       </c>
       <c r="F57" t="s">
         <v>59</v>
       </c>
       <c r="G57" t="s">
         <v>35</v>
       </c>
       <c r="H57">
         <v>2012</v>
       </c>
       <c r="I57"/>
       <c r="J57" t="s">
         <v>163</v>
       </c>
       <c r="K57" t="s">
         <v>37</v>
       </c>
       <c r="L57" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="M57" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="N57" t="s">
         <v>27</v>
       </c>
       <c r="O57" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="P57" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
     </row>
     <row r="58" spans="1:16">
       <c r="A58" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
       <c r="B58" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="C58" t="s">
         <v>162</v>
       </c>
       <c r="D58" t="s">
         <v>45</v>
       </c>
       <c r="E58" t="s">
         <v>58</v>
       </c>
       <c r="F58" t="s">
         <v>59</v>
       </c>
       <c r="G58" t="s">
         <v>35</v>
       </c>
       <c r="H58">
         <v>2012</v>
       </c>
       <c r="I58"/>
       <c r="J58" t="s">
         <v>163</v>
       </c>
       <c r="K58" t="s">
         <v>37</v>
       </c>
       <c r="L58" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
       <c r="M58" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="N58" t="s">
         <v>27</v>
       </c>
       <c r="O58" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="P58" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
     </row>
     <row r="59" spans="1:16">
       <c r="A59" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
       <c r="B59" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="C59" t="s">
         <v>162</v>
       </c>
       <c r="D59" t="s">
         <v>33</v>
       </c>
       <c r="E59" t="s">
         <v>58</v>
       </c>
       <c r="F59" t="s">
         <v>34</v>
       </c>
       <c r="G59" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="H59">
         <v>2021</v>
       </c>
       <c r="I59"/>
       <c r="J59" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="K59" t="s">
         <v>37</v>
       </c>
       <c r="L59" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
       <c r="M59" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
       <c r="N59" t="s">
         <v>27</v>
       </c>
       <c r="O59" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
       <c r="P59" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
     </row>
     <row r="60" spans="1:16">
       <c r="A60" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
       <c r="B60" t="s">
-        <v>377</v>
+        <v>378</v>
       </c>
       <c r="C60" t="s">
         <v>257</v>
       </c>
       <c r="D60" t="s">
         <v>57</v>
       </c>
       <c r="E60" t="s">
         <v>58</v>
       </c>
       <c r="F60" t="s">
         <v>59</v>
       </c>
       <c r="G60" t="s">
         <v>22</v>
       </c>
       <c r="H60">
         <v>2013</v>
       </c>
       <c r="I60">
         <v>2020</v>
       </c>
       <c r="J60" t="s">
-        <v>378</v>
+        <v>379</v>
       </c>
       <c r="K60" t="s">
         <v>37</v>
       </c>
       <c r="L60" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
       <c r="M60" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
       <c r="N60" t="s">
         <v>27</v>
       </c>
       <c r="O60" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
       <c r="P60" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
     </row>
     <row r="61" spans="1:16">
       <c r="A61" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="B61" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
       <c r="C61" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
       <c r="D61" t="s">
         <v>45</v>
       </c>
       <c r="E61" t="s">
         <v>58</v>
       </c>
       <c r="F61" t="s">
         <v>21</v>
       </c>
       <c r="G61" t="s">
         <v>35</v>
       </c>
       <c r="H61">
         <v>2015</v>
       </c>
       <c r="I61"/>
       <c r="J61" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="K61" t="s">
         <v>37</v>
       </c>
       <c r="L61" t="s">
-        <v>386</v>
+        <v>387</v>
       </c>
       <c r="M61" t="s">
-        <v>387</v>
+        <v>388</v>
       </c>
       <c r="N61" t="s">
         <v>27</v>
       </c>
       <c r="O61" t="s">
-        <v>388</v>
+        <v>389</v>
       </c>
       <c r="P61" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
     </row>
     <row r="62" spans="1:16">
       <c r="A62" t="s">
-        <v>390</v>
+        <v>391</v>
       </c>
       <c r="B62" t="s">
-        <v>391</v>
+        <v>392</v>
       </c>
       <c r="C62" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
       <c r="D62" t="s">
         <v>45</v>
       </c>
       <c r="E62" t="s">
         <v>58</v>
       </c>
       <c r="F62" t="s">
         <v>34</v>
       </c>
       <c r="G62" t="s">
         <v>35</v>
       </c>
       <c r="H62">
         <v>2015</v>
       </c>
       <c r="I62"/>
       <c r="J62" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
       <c r="K62" t="s">
         <v>37</v>
       </c>
       <c r="L62" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
       <c r="M62" t="s">
-        <v>387</v>
+        <v>388</v>
       </c>
       <c r="N62" t="s">
         <v>27</v>
       </c>
       <c r="O62" t="s">
-        <v>394</v>
+        <v>395</v>
       </c>
       <c r="P62" t="s">
-        <v>395</v>
+        <v>396</v>
       </c>
     </row>
     <row r="63" spans="1:16">
       <c r="A63" t="s">
-        <v>396</v>
+        <v>397</v>
       </c>
       <c r="B63" t="s">
-        <v>397</v>
+        <v>398</v>
       </c>
       <c r="C63" t="s">
         <v>50</v>
       </c>
       <c r="D63" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="E63" t="s">
         <v>58</v>
       </c>
       <c r="F63" t="s">
         <v>21</v>
       </c>
       <c r="G63" t="s">
         <v>35</v>
       </c>
       <c r="H63">
         <v>2014</v>
       </c>
       <c r="I63"/>
       <c r="J63" t="s">
-        <v>398</v>
+        <v>399</v>
       </c>
       <c r="K63" t="s">
         <v>37</v>
       </c>
       <c r="L63"/>
       <c r="M63"/>
       <c r="N63" t="s">
         <v>27</v>
       </c>
       <c r="O63" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="P63" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">