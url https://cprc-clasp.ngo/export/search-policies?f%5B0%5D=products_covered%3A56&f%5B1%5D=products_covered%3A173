--- v0 (2025-11-27)
+++ v1 (2026-03-07)
@@ -820,50 +820,53 @@
   <si>
     <t>AS 4934.2-2011; AS/NZS 4934.1:2014</t>
   </si>
   <si>
     <t>Vanuatu Department of Energy, Mines and Minerals</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-electrical-appliances-equipment-and-lighting-products-act-no-24-2016</t>
   </si>
   <si>
     <t>http://www.paclii.org/vu/legis/num_act/eeoeaealpa2016660/</t>
   </si>
   <si>
     <t>Energy Efficiency Of Household Electrical Appliances Methods For Measuring And Calculating Energy Efficiency Of Vacuum Cleaners(ES 8057/2017)</t>
   </si>
   <si>
     <t>This standard identifies the methods for measuring and calculating the energy efficiency of vacuum cleaners.</t>
   </si>
   <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Electronics, Other-Electronics, Vacuum Cleaners</t>
   </si>
   <si>
+    <t>Superseded</t>
+  </si>
+  <si>
     <t>IEC 62885-2/2016
 ,   
                     (EU) No 665/2013</t>
   </si>
   <si>
     <t>Egyptian Organization for Standards &amp; Quality</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-household-electrical-appliances-methods-measuring-and-calculating-energy</t>
   </si>
   <si>
     <t>https://www.eos.org.eg/en/standard/14543</t>
   </si>
   <si>
     <t>Energy Efficiency Regulations, 2016 (SOR/2016-311)</t>
   </si>
   <si>
     <t>This policy is divided into 14 divisions: 1) household appliances, 2) air conditioners, condensing units, and chillers, 3) heat pumps, 4) furnaces, fireplaces, unit heaters, and recovery ventilators, 5) boilers, 6) water heaters, 7) lamps and lamp ballasts, 8) lighting fixtures, 9) electronic products, 10) commercial refrigeration, 11) dry-type transformers, 12) motors, 13) commercial pre-rinse spray valves, and 14) pumps.</t>
   </si>
   <si>
     <t>Canada</t>
   </si>
   <si>
     <t>Audio-Visual, Televisions, Displays, Battery Chargers, External Power Supply, Dehumidifiers, Ovens, Microwaves, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washer and Dryers, Washing Machines, Indoor Luminaires, Specialty Luminaires, Specialty Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Ventilation, Ceiling Fans, Space Heating, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Portable ACs, Packaged Terminals, Chillers - Cooler Towers, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Pump Systems, Power Transformers, Distribution Transformers, Wine Chillers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
@@ -913,53 +916,50 @@
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-room-air-cleaners-version-20</t>
   </si>
   <si>
     <t>https://www.energystar.gov/products/appliances/air_purifiers_cleaners/partners</t>
   </si>
   <si>
     <t>Fluorescent lamp Ballast Efficiency Factor</t>
   </si>
   <si>
     <t>This standard program is regulated by CNS 1375. Fluorescent lamp Ballast includes conventional ballast and electronic ballast.</t>
   </si>
   <si>
     <t>CNS 1375 CNS 691</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/fluorescent-lamp-ballast-efficiency-factor</t>
   </si>
   <si>
     <t>http://www.moeaboe.gov.tw/ECW/english/content/Content.aspx?menu_id=1535</t>
   </si>
   <si>
     <t>GB 17896-2012 Minimum allowable values of energy efficiency and energy efficiency grades of ballasts for tubular fluorescent lamps</t>
   </si>
   <si>
     <t>Applies to independent type of magnetic and electronic ballasts working under 220V and 50Hz AC used for tubular fluorescent lamps with rated power range of 4W-120W. Does NOT apply to non-preheating type electronic ballasts.</t>
-  </si>
-[...1 lines deleted...]
-    <t>Superseded</t>
   </si>
   <si>
     <t>November 2025</t>
   </si>
   <si>
     <t>GB 29144-2012, GB 17625.1-2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-17896-2012-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E425D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 17896-2022 Minimum allowable values of energy efficiency and energy efficiency grades of ballasts for gas discharge lamps for general lighting</t>
   </si>
   <si>
     <t>This standards revised minimum energy performance standards and rating for
 ballasts for tubular fluorescent lamps with a rated power of 4 W to 120 W, supplied by AC power at 220 V and 50 Hz;
 electronic ballasts for external electrode fluorescent lamps with a rated power of 30 W to 400 W;
 independent and built-in electromagnetic and electronic ballasts for metal halide lamps with a rated power of 20 W to 1,500 W;
 and independent and built-in electromagnetic ballasts for high-pressure sodium lamps with a rated power of 70 W to 1,000 W. It replaces GB 17896-2012,GB 29143-2012,GB 20053-2015,GB 19574-2004</t>
   </si>
   <si>
     <t>Lighting, Fluorescent and HID Lighting</t>
@@ -4526,295 +4526,295 @@
       </c>
       <c r="P37" t="s">
         <v>257</v>
       </c>
     </row>
     <row r="38" spans="1:16">
       <c r="A38" t="s">
         <v>258</v>
       </c>
       <c r="B38" t="s">
         <v>259</v>
       </c>
       <c r="C38" t="s">
         <v>260</v>
       </c>
       <c r="D38" t="s">
         <v>261</v>
       </c>
       <c r="E38" t="s">
         <v>20</v>
       </c>
       <c r="F38" t="s">
         <v>21</v>
       </c>
       <c r="G38" t="s">
-        <v>45</v>
+        <v>262</v>
       </c>
       <c r="H38">
         <v>2017</v>
       </c>
       <c r="I38"/>
       <c r="J38" t="s">
         <v>187</v>
       </c>
       <c r="K38" t="s">
         <v>35</v>
       </c>
       <c r="L38" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="M38" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="N38" t="s">
         <v>27</v>
       </c>
       <c r="O38" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="P38" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
     </row>
     <row r="39" spans="1:16">
       <c r="A39" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="B39" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="C39" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="D39" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="E39" t="s">
         <v>20</v>
       </c>
       <c r="F39" t="s">
         <v>78</v>
       </c>
       <c r="G39" t="s">
         <v>22</v>
       </c>
       <c r="H39">
         <v>2016</v>
       </c>
       <c r="I39">
         <v>2019</v>
       </c>
       <c r="J39" t="s">
         <v>187</v>
       </c>
       <c r="K39" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="L39"/>
       <c r="M39" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="N39" t="s">
         <v>27</v>
       </c>
       <c r="O39" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="P39" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
     </row>
     <row r="40" spans="1:16">
       <c r="A40" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="B40" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="C40" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="D40" t="s">
         <v>86</v>
       </c>
       <c r="E40" t="s">
         <v>87</v>
       </c>
       <c r="F40" t="s">
         <v>88</v>
       </c>
       <c r="G40" t="s">
         <v>22</v>
       </c>
       <c r="H40">
         <v>2012</v>
       </c>
       <c r="I40">
         <v>2019</v>
       </c>
       <c r="J40" t="s">
         <v>89</v>
       </c>
       <c r="K40" t="s">
         <v>35</v>
       </c>
       <c r="L40" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="M40" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="N40" t="s">
         <v>27</v>
       </c>
       <c r="O40" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="P40" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
     </row>
     <row r="41" spans="1:16">
       <c r="A41" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="B41" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="C41" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="D41" t="s">
         <v>43</v>
       </c>
       <c r="E41" t="s">
         <v>87</v>
       </c>
       <c r="F41" t="s">
         <v>88</v>
       </c>
       <c r="G41" t="s">
         <v>22</v>
       </c>
       <c r="H41">
         <v>2004</v>
       </c>
       <c r="I41">
         <v>2020</v>
       </c>
       <c r="J41" t="s">
         <v>89</v>
       </c>
       <c r="K41" t="s">
         <v>35</v>
       </c>
       <c r="L41" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="M41" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="N41" t="s">
         <v>27</v>
       </c>
       <c r="O41" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="P41" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
     </row>
     <row r="42" spans="1:16">
       <c r="A42" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="B42" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="C42" t="s">
         <v>202</v>
       </c>
       <c r="D42" t="s">
         <v>33</v>
       </c>
       <c r="E42" t="s">
         <v>87</v>
       </c>
       <c r="F42" t="s">
         <v>21</v>
       </c>
       <c r="G42" t="s">
         <v>45</v>
       </c>
       <c r="H42">
         <v>2009</v>
       </c>
       <c r="I42"/>
       <c r="J42" t="s">
         <v>135</v>
       </c>
       <c r="K42" t="s">
         <v>35</v>
       </c>
       <c r="L42" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="M42" t="s">
         <v>205</v>
       </c>
       <c r="N42" t="s">
         <v>27</v>
       </c>
       <c r="O42" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="P42" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
     </row>
     <row r="43" spans="1:16">
       <c r="A43" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="B43" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="C43" t="s">
         <v>42</v>
       </c>
       <c r="D43" t="s">
         <v>33</v>
       </c>
       <c r="E43" t="s">
         <v>20</v>
       </c>
       <c r="F43" t="s">
         <v>21</v>
       </c>
       <c r="G43" t="s">
-        <v>293</v>
+        <v>262</v>
       </c>
       <c r="H43">
         <v>2000</v>
       </c>
       <c r="I43">
         <v>2012</v>
       </c>
       <c r="J43" t="s">
         <v>294</v>
       </c>
       <c r="K43" t="s">
         <v>35</v>
       </c>
       <c r="L43" t="s">
         <v>295</v>
       </c>
       <c r="M43" t="s">
         <v>48</v>
       </c>
       <c r="N43" t="s">
         <v>27</v>
       </c>
       <c r="O43" t="s">
         <v>296</v>
       </c>
@@ -4868,201 +4868,201 @@
       </c>
       <c r="P44" t="s">
         <v>303</v>
       </c>
     </row>
     <row r="45" spans="1:16">
       <c r="A45" t="s">
         <v>304</v>
       </c>
       <c r="B45" t="s">
         <v>305</v>
       </c>
       <c r="C45" t="s">
         <v>42</v>
       </c>
       <c r="D45" t="s">
         <v>33</v>
       </c>
       <c r="E45" t="s">
         <v>20</v>
       </c>
       <c r="F45" t="s">
         <v>21</v>
       </c>
       <c r="G45" t="s">
-        <v>293</v>
+        <v>262</v>
       </c>
       <c r="H45">
         <v>2005</v>
       </c>
       <c r="I45">
         <v>2004</v>
       </c>
       <c r="J45" t="s">
         <v>294</v>
       </c>
       <c r="K45" t="s">
         <v>35</v>
       </c>
       <c r="L45" t="s">
         <v>96</v>
       </c>
       <c r="M45" t="s">
         <v>48</v>
       </c>
       <c r="N45" t="s">
         <v>27</v>
       </c>
       <c r="O45" t="s">
         <v>306</v>
       </c>
       <c r="P45" t="s">
         <v>307</v>
       </c>
     </row>
     <row r="46" spans="1:16">
       <c r="A46" t="s">
         <v>308</v>
       </c>
       <c r="B46" t="s">
         <v>309</v>
       </c>
       <c r="C46" t="s">
         <v>42</v>
       </c>
       <c r="D46" t="s">
         <v>33</v>
       </c>
       <c r="E46" t="s">
         <v>20</v>
       </c>
       <c r="F46" t="s">
         <v>21</v>
       </c>
       <c r="G46" t="s">
-        <v>293</v>
+        <v>262</v>
       </c>
       <c r="H46">
         <v>2005</v>
       </c>
       <c r="I46">
         <v>2015</v>
       </c>
       <c r="J46" t="s">
         <v>294</v>
       </c>
       <c r="K46" t="s">
         <v>35</v>
       </c>
       <c r="L46" t="s">
         <v>310</v>
       </c>
       <c r="M46" t="s">
         <v>48</v>
       </c>
       <c r="N46" t="s">
         <v>27</v>
       </c>
       <c r="O46" t="s">
         <v>311</v>
       </c>
       <c r="P46" t="s">
         <v>312</v>
       </c>
     </row>
     <row r="47" spans="1:16">
       <c r="A47" t="s">
         <v>313</v>
       </c>
       <c r="B47" t="s">
         <v>314</v>
       </c>
       <c r="C47" t="s">
         <v>42</v>
       </c>
       <c r="D47" t="s">
         <v>33</v>
       </c>
       <c r="E47" t="s">
         <v>20</v>
       </c>
       <c r="F47" t="s">
         <v>21</v>
       </c>
       <c r="G47" t="s">
-        <v>293</v>
+        <v>262</v>
       </c>
       <c r="H47">
         <v>2000</v>
       </c>
       <c r="I47">
         <v>2012</v>
       </c>
       <c r="J47" t="s">
         <v>89</v>
       </c>
       <c r="K47" t="s">
         <v>35</v>
       </c>
       <c r="L47" t="s">
         <v>315</v>
       </c>
       <c r="M47" t="s">
         <v>48</v>
       </c>
       <c r="N47" t="s">
         <v>27</v>
       </c>
       <c r="O47" t="s">
         <v>316</v>
       </c>
       <c r="P47" t="s">
         <v>317</v>
       </c>
     </row>
     <row r="48" spans="1:16">
       <c r="A48" t="s">
         <v>318</v>
       </c>
       <c r="B48" t="s">
         <v>41</v>
       </c>
       <c r="C48" t="s">
         <v>42</v>
       </c>
       <c r="D48" t="s">
         <v>43</v>
       </c>
       <c r="E48" t="s">
         <v>20</v>
       </c>
       <c r="F48" t="s">
         <v>21</v>
       </c>
       <c r="G48" t="s">
-        <v>293</v>
+        <v>262</v>
       </c>
       <c r="H48">
         <v>2018</v>
       </c>
       <c r="I48"/>
       <c r="J48" t="s">
         <v>294</v>
       </c>
       <c r="K48" t="s">
         <v>35</v>
       </c>
       <c r="L48" t="s">
         <v>47</v>
       </c>
       <c r="M48" t="s">
         <v>319</v>
       </c>
       <c r="N48" t="s">
         <v>27</v>
       </c>
       <c r="O48" t="s">
         <v>320</v>
       </c>
       <c r="P48" t="s">
         <v>321</v>
@@ -5965,51 +5965,51 @@
         <v>45</v>
       </c>
       <c r="H67">
         <v>2011</v>
       </c>
       <c r="I67"/>
       <c r="J67" t="s">
         <v>135</v>
       </c>
       <c r="K67" t="s">
         <v>35</v>
       </c>
       <c r="L67" t="s">
         <v>220</v>
       </c>
       <c r="M67" t="s">
         <v>205</v>
       </c>
       <c r="N67" t="s">
         <v>27</v>
       </c>
       <c r="O67" t="s">
         <v>424</v>
       </c>
       <c r="P67" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
     </row>
     <row r="68" spans="1:16">
       <c r="A68" t="s">
         <v>425</v>
       </c>
       <c r="B68" t="s">
         <v>233</v>
       </c>
       <c r="C68" t="s">
         <v>178</v>
       </c>
       <c r="D68" t="s">
         <v>43</v>
       </c>
       <c r="E68" t="s">
         <v>20</v>
       </c>
       <c r="F68" t="s">
         <v>21</v>
       </c>
       <c r="G68" t="s">
         <v>22</v>
       </c>
       <c r="H68">