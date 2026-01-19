--- v0 (2025-11-27)
+++ v1 (2026-01-19)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="609">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="610">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -850,50 +850,53 @@
     <t>August 2019</t>
   </si>
   <si>
     <t>AS 4934.2-2011; AS/NZS 4934.1:2014</t>
   </si>
   <si>
     <t>Vanuatu Department of Energy, Mines and Minerals</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-electrical-appliances-equipment-and-lighting-products-act-no-24-2016</t>
   </si>
   <si>
     <t>http://www.paclii.org/vu/legis/num_act/eeoeaealpa2016660/</t>
   </si>
   <si>
     <t>Energy Efficiency Of Household Electrical Appliances Methods For Measuring And Calculating Energy Efficiency Of Vacuum Cleaners(ES 8057/2017)</t>
   </si>
   <si>
     <t>This standard identifies the methods for measuring and calculating the energy efficiency of vacuum cleaners.</t>
   </si>
   <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Electronics, Other-Electronics, Vacuum Cleaners</t>
+  </si>
+  <si>
+    <t>Superseded</t>
   </si>
   <si>
     <t>IEC 62885-2/2016
 ,   
                     (EU) No 665/2013</t>
   </si>
   <si>
     <t>Egyptian Organization for Standards &amp; Quality</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-household-electrical-appliances-methods-measuring-and-calculating-energy</t>
   </si>
   <si>
     <t>https://www.eos.org.eg/en/standard/14543</t>
   </si>
   <si>
     <t>Energy Efficiency Regulations, 2016 (SOR/2016-311)</t>
   </si>
   <si>
     <t>This policy is divided into 14 divisions: 1) household appliances, 2) air conditioners, condensing units, and chillers, 3) heat pumps, 4) furnaces, fireplaces, unit heaters, and recovery ventilators, 5) boilers, 6) water heaters, 7) lamps and lamp ballasts, 8) lighting fixtures, 9) electronic products, 10) commercial refrigeration, 11) dry-type transformers, 12) motors, 13) commercial pre-rinse spray valves, and 14) pumps.</t>
   </si>
   <si>
     <t>Canada</t>
   </si>
   <si>
@@ -997,53 +1000,50 @@
     <t>This standard covers requirements for domestic and commercial air conditioning products such as: (1) portable AC; (2) unitary AC; (3) split AC, and (4) centralised AC system, which are single or double ducts, mobile or others; manufactured, assembled, imported or sold in any of the ECOWAS countries. Descriptions and illustrations of these products are available in Appendix 1. This standard covers equipment up to 20kW. It covers appliances designed to be plugged on the electric grid, it excludes appliances not powered by alternate current that use non-electric energys ources.</t>
   </si>
   <si>
     <t>Nigeria</t>
   </si>
   <si>
     <t>Standards Organisation of Nigeria (SON)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/fdnis-ecostand-071-22017ee-minimum-energy-performance-standards-part-2-air-conditioning</t>
   </si>
   <si>
     <t>http://son.gov.ng/son-introduces-national-energy-efficiency-label-for-air-conditioners-electrical-appliances-and-equipment</t>
   </si>
   <si>
     <t>GB 21454-2008 Minimum allowable values of the IPLV and energy efficiency grades for multi-connected air- condition -heat pump unit</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-21454-2008-minimum-allowable-values-iplv-and-energy-efficiency-grades-multi-connected</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D767B7D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 36893-2018 Minimum allowable values of the energy efficiency and energy efficiency grades for air cleaners</t>
-  </si>
-[...1 lines deleted...]
-    <t>Superseded</t>
   </si>
   <si>
     <t>November 2025</t>
   </si>
   <si>
     <t>The Standardisation Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-36893-2018-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-air</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=7AC3075CD358B4B1E05397BE0A0AC4DE</t>
   </si>
   <si>
     <t>GB 36893-2024 Minimum allowable values of energy efficiency and energy efficiency grades for air cleaner</t>
   </si>
   <si>
     <t>This standard revised minimum energy performance standards and grades for air cleaners:
  — Air cleaners with a single-phase rated voltage greater than 5 V and not exceeding 250 V, and other rated voltages not exceeding 480 V;
 — Air cleaners with functions for removing particulate matter and gaseous pollutants;
 — Humidifying purifiers and purifying fans with an independent air purification function mode.</t>
   </si>
   <si>
     <t>GB/T 18801—2022</t>
   </si>
@@ -1275,67 +1275,67 @@
   <si>
     <t>MEPS for Air Cleaners</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-air-cleaners</t>
   </si>
   <si>
     <t>MEPS for Dehumidifier</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-dehumidifier</t>
   </si>
   <si>
     <t>MEPS for Multi Heat Pump System(VRF)</t>
   </si>
   <si>
     <t>Electrical driven multi heat pump which has one indoor unit standard rated cooling capacity over 1kW less than 30kW, and outdoor unit standard rated cooling capacity in accordance with Annex 1 is over 20kW less than 70kW. The indoor unit that comes with a heating device, rated power consumption of heating device is limited to one indoor unit standard less than 30kW</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-multi-heat-pump-systemvrf</t>
   </si>
   <si>
-    <t>MEPS for Three-Phase VRF Air-Conditioners</t>
+    <t>MEPS for Three-Phase VRF Air-Conditioners (2021)</t>
   </si>
   <si>
     <t>A base module/unit of a three-phase VRF air-conditioner (unit efficiency) of all cooling capacities must meet the following Minimum Integrated Energy Efficiency Ratio (IEER): ≥ 4.35.
 Integrated Energy Efficiency Ratio (IEER) = (0.020 x A) + (0.617 x B) + (0.238 x C) + (0.125 x D)
 where A = COP at full load cooling capacity tested under ISO 15042 T1 condition,
             B = COP at 75% part load cooling capacity tested under ISO 15042 T1 condition,
             C = COP at 50% part load cooling capacity tested under ISO 15042 T1 condition,
             D = COP at 25% part load cooling capacity tested under ISO 15042 T1 condition.</t>
   </si>
   <si>
     <t>ISO 15042:2017, Section 6.1: Cooling capacity test, climate class T1
 ,   
                     IEC 62301:2005 or IEC 62301:2011, Section 5.3.1 or 5.3.2 of IEC 62301:2005 or Section 5.3.2, 5.3.3 or 5.3.4 of IEC 62301:2011</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/meps-three-phase-vrf-air-conditioners</t>
+    <t>https://cprc-clasp.ngo/policies/meps-three-phase-vrf-air-conditioners-2021</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/about-mandatory-energy-labelling-and-minimum-energy-performance-standards</t>
   </si>
   <si>
     <t>MEPS for Vacuum Cleaners</t>
   </si>
   <si>
     <t>Vacuum cleaner of rated power consumption of 800W-2,500W, and shall bemoveable, dry only</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-vacuum-cleaners</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Dehumidifiers</t>
   </si>
   <si>
     <t>https://www.moeaboe.gov.tw/ECW/english/home/English.aspx</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standards-dehumidifiers</t>
   </si>
   <si>
     <t>https://www.moeaboe.gov.tw/ECW/english/content/Content.aspx?menu_id=1535</t>
   </si>
@@ -1660,50 +1660,53 @@
     <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=71</t>
   </si>
   <si>
     <t>Singapore Green Labelling Scheme: Solar-Powered Products</t>
   </si>
   <si>
     <t>The scope of certification under this category includes solar powered products such as watches/clocks, caliper gauges, desktop and pocket calculators, scales for small utilisation, e.g. letter, parcel, bathroom and kitchen scales, titrating devices, toys, solar construction kits, solar training kits, and solar experimental kits.</t>
   </si>
   <si>
     <t>Small-Solar Powered Electronics, Solar Energy Kits</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/singapore-green-labelling-scheme-solar-powered-products</t>
   </si>
   <si>
     <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=62</t>
   </si>
   <si>
     <t>Standard NOM-011-ENER-2006 - Air Conditioners</t>
   </si>
   <si>
     <t>This policy covers labeling and minimum efficiency requirements for central, package and split type air conditioners, powered by electricity, with nominal cooling capacities of 8,800W to 19,050W, which operate by mechanical compression and which include an air-cooling evaporator coil, a compressor and either an air- or water-cooled condensing coil. Standard NOM-011-ENER-2006 applies to central, package and split type air conditioners, powered by electricity, with nominal cooling capacities of 8,800W to 19,050W, which operate by mechanical compression and which include an air-cooling evaporator coil, a compressor and either an air- or water-cooled condensing coil.</t>
   </si>
   <si>
     <t>Packaged Terminals, Central ACs</t>
+  </si>
+  <si>
+    <t>Revised, Superseded</t>
   </si>
   <si>
     <t>NOM-008-SCFI-2002 / NOM-050-SCFI-2004</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-011-ener-2006-air-conditioners</t>
   </si>
   <si>
     <t>http://www.dof.gob.mx/normasOficiales/2464/SENER_2_22062007/SENER_2_22062007.htm</t>
   </si>
   <si>
     <t>Thai Green Label Scheme - Air Cleaners TGL-91-14</t>
   </si>
   <si>
     <t>These criteria shall apply to air purifiers for residential or similar purposes with a rated voltage not exceeding 250 V for single-phase alternating current (AC).</t>
   </si>
   <si>
     <t>Electronics, Other-Electronics, Air Cleaners</t>
   </si>
   <si>
     <t>April 2022</t>
   </si>
   <si>
     <t>TIS 1516 (or IEC 60335-2-65)</t>
   </si>
@@ -4213,495 +4216,495 @@
       </c>
       <c r="P40" t="s">
         <v>274</v>
       </c>
     </row>
     <row r="41" spans="1:16">
       <c r="A41" t="s">
         <v>275</v>
       </c>
       <c r="B41" t="s">
         <v>276</v>
       </c>
       <c r="C41" t="s">
         <v>277</v>
       </c>
       <c r="D41" t="s">
         <v>278</v>
       </c>
       <c r="E41" t="s">
         <v>20</v>
       </c>
       <c r="F41" t="s">
         <v>21</v>
       </c>
       <c r="G41" t="s">
-        <v>54</v>
+        <v>279</v>
       </c>
       <c r="H41">
         <v>2017</v>
       </c>
       <c r="I41"/>
       <c r="J41" t="s">
         <v>217</v>
       </c>
       <c r="K41" t="s">
         <v>34</v>
       </c>
       <c r="L41" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="M41" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="N41" t="s">
         <v>27</v>
       </c>
       <c r="O41" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="P41" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
     </row>
     <row r="42" spans="1:16">
       <c r="A42" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="B42" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="C42" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="D42" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="E42" t="s">
         <v>20</v>
       </c>
       <c r="F42" t="s">
         <v>110</v>
       </c>
       <c r="G42" t="s">
         <v>22</v>
       </c>
       <c r="H42">
         <v>2016</v>
       </c>
       <c r="I42">
         <v>2019</v>
       </c>
       <c r="J42" t="s">
         <v>217</v>
       </c>
       <c r="K42" t="s">
         <v>45</v>
       </c>
       <c r="L42"/>
       <c r="M42" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="N42" t="s">
         <v>27</v>
       </c>
       <c r="O42" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="P42" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
     </row>
     <row r="43" spans="1:16">
       <c r="A43" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="B43" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="C43" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="D43" t="s">
         <v>131</v>
       </c>
       <c r="E43" t="s">
         <v>42</v>
       </c>
       <c r="F43" t="s">
         <v>88</v>
       </c>
       <c r="G43" t="s">
         <v>22</v>
       </c>
       <c r="H43">
         <v>2012</v>
       </c>
       <c r="I43">
         <v>2019</v>
       </c>
       <c r="J43" t="s">
         <v>62</v>
       </c>
       <c r="K43" t="s">
         <v>34</v>
       </c>
       <c r="L43" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="M43" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="N43" t="s">
         <v>27</v>
       </c>
       <c r="O43" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="P43" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
     </row>
     <row r="44" spans="1:16">
       <c r="A44" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="B44" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="C44" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="D44" t="s">
         <v>53</v>
       </c>
       <c r="E44" t="s">
         <v>42</v>
       </c>
       <c r="F44" t="s">
         <v>88</v>
       </c>
       <c r="G44" t="s">
         <v>54</v>
       </c>
       <c r="H44">
         <v>2001</v>
       </c>
       <c r="I44">
         <v>2012</v>
       </c>
       <c r="J44" t="s">
         <v>62</v>
       </c>
       <c r="K44" t="s">
         <v>34</v>
       </c>
       <c r="L44" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="M44" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="N44" t="s">
         <v>27</v>
       </c>
       <c r="O44" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="P44" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
     </row>
     <row r="45" spans="1:16">
       <c r="A45" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="B45" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="C45" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="D45" t="s">
         <v>53</v>
       </c>
       <c r="E45" t="s">
         <v>42</v>
       </c>
       <c r="F45" t="s">
         <v>88</v>
       </c>
       <c r="G45" t="s">
         <v>54</v>
       </c>
       <c r="H45">
         <v>2001</v>
       </c>
       <c r="I45">
         <v>2018</v>
       </c>
       <c r="J45" t="s">
         <v>62</v>
       </c>
       <c r="K45" t="s">
         <v>34</v>
       </c>
       <c r="L45" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="M45" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="N45" t="s">
         <v>27</v>
       </c>
       <c r="O45" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="P45" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
     </row>
     <row r="46" spans="1:16">
       <c r="A46" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="B46" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="C46" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="D46" t="s">
         <v>53</v>
       </c>
       <c r="E46" t="s">
         <v>42</v>
       </c>
       <c r="F46" t="s">
         <v>88</v>
       </c>
       <c r="G46" t="s">
         <v>22</v>
       </c>
       <c r="H46">
         <v>1995</v>
       </c>
       <c r="I46">
         <v>2015</v>
       </c>
       <c r="J46" t="s">
         <v>62</v>
       </c>
       <c r="K46" t="s">
         <v>34</v>
       </c>
       <c r="L46" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="M46" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="N46" t="s">
         <v>27</v>
       </c>
       <c r="O46" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="P46" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
     </row>
     <row r="47" spans="1:16">
       <c r="A47" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="B47" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="C47" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="D47" t="s">
         <v>68</v>
       </c>
       <c r="E47" t="s">
         <v>42</v>
       </c>
       <c r="F47" t="s">
         <v>88</v>
       </c>
       <c r="G47" t="s">
         <v>22</v>
       </c>
       <c r="H47">
         <v>2004</v>
       </c>
       <c r="I47">
         <v>2020</v>
       </c>
       <c r="J47" t="s">
         <v>62</v>
       </c>
       <c r="K47" t="s">
         <v>34</v>
       </c>
       <c r="L47" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
       <c r="M47" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="N47" t="s">
         <v>27</v>
       </c>
       <c r="O47" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="P47" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
     </row>
     <row r="48" spans="1:16">
       <c r="A48" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="B48" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="C48" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
       <c r="D48" t="s">
         <v>210</v>
       </c>
       <c r="E48" t="s">
         <v>20</v>
       </c>
       <c r="F48" t="s">
         <v>21</v>
       </c>
       <c r="G48" t="s">
         <v>54</v>
       </c>
       <c r="H48">
         <v>2017</v>
       </c>
       <c r="I48"/>
       <c r="J48" t="s">
         <v>89</v>
       </c>
       <c r="K48" t="s">
         <v>34</v>
       </c>
       <c r="L48" t="s">
         <v>211</v>
       </c>
       <c r="M48" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="N48" t="s">
         <v>27</v>
       </c>
       <c r="O48" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="P48" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
     </row>
     <row r="49" spans="1:16">
       <c r="A49" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="B49" t="s">
         <v>141</v>
       </c>
       <c r="C49" t="s">
         <v>52</v>
       </c>
       <c r="D49" t="s">
         <v>53</v>
       </c>
       <c r="E49" t="s">
         <v>20</v>
       </c>
       <c r="F49" t="s">
         <v>21</v>
       </c>
       <c r="G49" t="s">
         <v>22</v>
       </c>
       <c r="H49">
         <v>2008</v>
       </c>
       <c r="I49">
         <v>2008</v>
       </c>
       <c r="J49" t="s">
         <v>62</v>
       </c>
       <c r="K49" t="s">
         <v>34</v>
       </c>
       <c r="L49" t="s">
         <v>81</v>
       </c>
       <c r="M49" t="s">
         <v>57</v>
       </c>
       <c r="N49" t="s">
         <v>27</v>
       </c>
       <c r="O49" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="P49" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
     </row>
     <row r="50" spans="1:16">
       <c r="A50" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="B50" t="s">
         <v>67</v>
       </c>
       <c r="C50" t="s">
         <v>52</v>
       </c>
       <c r="D50" t="s">
         <v>68</v>
       </c>
       <c r="E50" t="s">
         <v>20</v>
       </c>
       <c r="F50" t="s">
         <v>21</v>
       </c>
       <c r="G50" t="s">
-        <v>327</v>
+        <v>279</v>
       </c>
       <c r="H50">
         <v>2018</v>
       </c>
       <c r="I50"/>
       <c r="J50" t="s">
         <v>328</v>
       </c>
       <c r="K50" t="s">
         <v>34</v>
       </c>
       <c r="L50" t="s">
         <v>69</v>
       </c>
       <c r="M50" t="s">
         <v>329</v>
       </c>
       <c r="N50" t="s">
         <v>27</v>
       </c>
       <c r="O50" t="s">
         <v>330</v>
       </c>
       <c r="P50" t="s">
         <v>331</v>
@@ -5749,86 +5752,86 @@
       </c>
       <c r="L72" t="s">
         <v>433</v>
       </c>
       <c r="M72" t="s">
         <v>434</v>
       </c>
       <c r="N72" t="s">
         <v>27</v>
       </c>
       <c r="O72" t="s">
         <v>435</v>
       </c>
       <c r="P72" t="s">
         <v>436</v>
       </c>
     </row>
     <row r="73" spans="1:16">
       <c r="A73" t="s">
         <v>437</v>
       </c>
       <c r="B73" t="s">
         <v>438</v>
       </c>
       <c r="C73" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
       <c r="D73" t="s">
         <v>87</v>
       </c>
       <c r="E73" t="s">
         <v>42</v>
       </c>
       <c r="F73" t="s">
         <v>43</v>
       </c>
       <c r="G73" t="s">
         <v>54</v>
       </c>
       <c r="H73">
         <v>2017</v>
       </c>
       <c r="I73"/>
       <c r="J73" t="s">
         <v>439</v>
       </c>
       <c r="K73" t="s">
         <v>34</v>
       </c>
       <c r="L73"/>
       <c r="M73" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="N73" t="s">
         <v>27</v>
       </c>
       <c r="O73" t="s">
         <v>440</v>
       </c>
       <c r="P73" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
     </row>
     <row r="74" spans="1:16">
       <c r="A74" t="s">
         <v>441</v>
       </c>
       <c r="B74" t="s">
         <v>442</v>
       </c>
       <c r="C74" t="s">
         <v>443</v>
       </c>
       <c r="D74" t="s">
         <v>53</v>
       </c>
       <c r="E74" t="s">
         <v>20</v>
       </c>
       <c r="F74" t="s">
         <v>110</v>
       </c>
       <c r="G74" t="s">
         <v>22</v>
       </c>
       <c r="H74">
@@ -6469,604 +6472,604 @@
       </c>
       <c r="P87" t="s">
         <v>537</v>
       </c>
     </row>
     <row r="88" spans="1:16">
       <c r="A88" t="s">
         <v>538</v>
       </c>
       <c r="B88" t="s">
         <v>539</v>
       </c>
       <c r="C88" t="s">
         <v>443</v>
       </c>
       <c r="D88" t="s">
         <v>540</v>
       </c>
       <c r="E88" t="s">
         <v>20</v>
       </c>
       <c r="F88" t="s">
         <v>110</v>
       </c>
       <c r="G88" t="s">
-        <v>22</v>
+        <v>541</v>
       </c>
       <c r="H88">
         <v>2002</v>
       </c>
       <c r="I88">
         <v>2007</v>
       </c>
       <c r="J88" t="s">
         <v>401</v>
       </c>
       <c r="K88" t="s">
         <v>34</v>
       </c>
       <c r="L88" t="s">
-        <v>541</v>
+        <v>542</v>
       </c>
       <c r="M88" t="s">
         <v>446</v>
       </c>
       <c r="N88" t="s">
         <v>27</v>
       </c>
       <c r="O88" t="s">
-        <v>542</v>
+        <v>543</v>
       </c>
       <c r="P88" t="s">
-        <v>543</v>
+        <v>544</v>
       </c>
     </row>
     <row r="89" spans="1:16">
       <c r="A89" t="s">
-        <v>544</v>
+        <v>545</v>
       </c>
       <c r="B89" t="s">
-        <v>545</v>
+        <v>546</v>
       </c>
       <c r="C89" t="s">
         <v>260</v>
       </c>
       <c r="D89" t="s">
-        <v>546</v>
+        <v>547</v>
       </c>
       <c r="E89" t="s">
         <v>42</v>
       </c>
       <c r="F89" t="s">
         <v>88</v>
       </c>
       <c r="G89" t="s">
         <v>54</v>
       </c>
       <c r="H89">
         <v>2014</v>
       </c>
       <c r="I89"/>
       <c r="J89" t="s">
-        <v>547</v>
+        <v>548</v>
       </c>
       <c r="K89" t="s">
         <v>34</v>
       </c>
       <c r="L89" t="s">
-        <v>548</v>
+        <v>549</v>
       </c>
       <c r="M89" t="s">
-        <v>549</v>
+        <v>550</v>
       </c>
       <c r="N89" t="s">
         <v>27</v>
       </c>
       <c r="O89" t="s">
-        <v>550</v>
+        <v>551</v>
       </c>
       <c r="P89" t="s">
-        <v>551</v>
+        <v>552</v>
       </c>
     </row>
     <row r="90" spans="1:16">
       <c r="A90" t="s">
-        <v>552</v>
+        <v>553</v>
       </c>
       <c r="B90" t="s">
-        <v>553</v>
+        <v>554</v>
       </c>
       <c r="C90" t="s">
         <v>260</v>
       </c>
       <c r="D90" t="s">
         <v>225</v>
       </c>
       <c r="E90" t="s">
         <v>42</v>
       </c>
       <c r="F90" t="s">
         <v>88</v>
       </c>
       <c r="G90" t="s">
         <v>54</v>
       </c>
       <c r="H90">
         <v>2013</v>
       </c>
       <c r="I90"/>
       <c r="J90" t="s">
         <v>439</v>
       </c>
       <c r="K90" t="s">
         <v>34</v>
       </c>
       <c r="L90" t="s">
-        <v>554</v>
+        <v>555</v>
       </c>
       <c r="M90" t="s">
-        <v>549</v>
+        <v>550</v>
       </c>
       <c r="N90" t="s">
         <v>27</v>
       </c>
       <c r="O90" t="s">
-        <v>555</v>
+        <v>556</v>
       </c>
       <c r="P90" t="s">
-        <v>556</v>
+        <v>557</v>
       </c>
     </row>
     <row r="91" spans="1:16">
       <c r="A91" t="s">
-        <v>557</v>
+        <v>558</v>
       </c>
       <c r="B91" t="s">
-        <v>558</v>
+        <v>559</v>
       </c>
       <c r="C91" t="s">
         <v>260</v>
       </c>
       <c r="D91" t="s">
         <v>197</v>
       </c>
       <c r="E91" t="s">
         <v>42</v>
       </c>
       <c r="F91" t="s">
         <v>88</v>
       </c>
       <c r="G91" t="s">
         <v>54</v>
       </c>
       <c r="H91">
         <v>2012</v>
       </c>
       <c r="I91"/>
       <c r="J91" t="s">
         <v>261</v>
       </c>
       <c r="K91" t="s">
         <v>34</v>
       </c>
       <c r="L91" t="s">
-        <v>559</v>
+        <v>560</v>
       </c>
       <c r="M91" t="s">
-        <v>549</v>
+        <v>550</v>
       </c>
       <c r="N91" t="s">
         <v>27</v>
       </c>
       <c r="O91" t="s">
-        <v>560</v>
+        <v>561</v>
       </c>
       <c r="P91" t="s">
-        <v>561</v>
+        <v>562</v>
       </c>
     </row>
     <row r="92" spans="1:16">
       <c r="A92" t="s">
-        <v>562</v>
+        <v>563</v>
       </c>
       <c r="B92" t="s">
-        <v>563</v>
+        <v>564</v>
       </c>
       <c r="C92" t="s">
         <v>260</v>
       </c>
       <c r="D92" t="s">
         <v>97</v>
       </c>
       <c r="E92" t="s">
         <v>42</v>
       </c>
       <c r="F92" t="s">
         <v>88</v>
       </c>
       <c r="G92" t="s">
         <v>54</v>
       </c>
       <c r="H92">
         <v>2012</v>
       </c>
       <c r="I92"/>
       <c r="J92" t="s">
         <v>261</v>
       </c>
       <c r="K92" t="s">
         <v>34</v>
       </c>
       <c r="L92" t="s">
-        <v>564</v>
+        <v>565</v>
       </c>
       <c r="M92" t="s">
-        <v>549</v>
+        <v>550</v>
       </c>
       <c r="N92" t="s">
         <v>27</v>
       </c>
       <c r="O92" t="s">
-        <v>565</v>
+        <v>566</v>
       </c>
       <c r="P92" t="s">
-        <v>566</v>
+        <v>567</v>
       </c>
     </row>
     <row r="93" spans="1:16">
       <c r="A93" t="s">
-        <v>567</v>
+        <v>568</v>
       </c>
       <c r="B93" t="s">
-        <v>568</v>
+        <v>569</v>
       </c>
       <c r="C93" t="s">
         <v>260</v>
       </c>
       <c r="D93" t="s">
         <v>68</v>
       </c>
       <c r="E93" t="s">
         <v>42</v>
       </c>
       <c r="F93" t="s">
         <v>43</v>
       </c>
       <c r="G93" t="s">
         <v>400</v>
       </c>
       <c r="H93">
         <v>2021</v>
       </c>
       <c r="I93"/>
       <c r="J93" t="s">
         <v>401</v>
       </c>
       <c r="K93" t="s">
         <v>34</v>
       </c>
       <c r="L93" t="s">
-        <v>569</v>
+        <v>570</v>
       </c>
       <c r="M93" t="s">
-        <v>570</v>
+        <v>571</v>
       </c>
       <c r="N93" t="s">
         <v>27</v>
       </c>
       <c r="O93" t="s">
-        <v>571</v>
+        <v>572</v>
       </c>
       <c r="P93" t="s">
-        <v>572</v>
+        <v>573</v>
       </c>
     </row>
     <row r="94" spans="1:16">
       <c r="A94" t="s">
-        <v>573</v>
+        <v>574</v>
       </c>
       <c r="B94" t="s">
-        <v>574</v>
+        <v>575</v>
       </c>
       <c r="C94" t="s">
         <v>391</v>
       </c>
       <c r="D94" t="s">
         <v>131</v>
       </c>
       <c r="E94" t="s">
         <v>42</v>
       </c>
       <c r="F94" t="s">
         <v>88</v>
       </c>
       <c r="G94" t="s">
         <v>22</v>
       </c>
       <c r="H94">
         <v>2013</v>
       </c>
       <c r="I94">
         <v>2020</v>
       </c>
       <c r="J94" t="s">
         <v>33</v>
       </c>
       <c r="K94" t="s">
         <v>34</v>
       </c>
       <c r="L94" t="s">
-        <v>575</v>
+        <v>576</v>
       </c>
       <c r="M94" t="s">
-        <v>576</v>
+        <v>577</v>
       </c>
       <c r="N94" t="s">
         <v>27</v>
       </c>
       <c r="O94" t="s">
-        <v>577</v>
+        <v>578</v>
       </c>
       <c r="P94" t="s">
-        <v>578</v>
+        <v>579</v>
       </c>
     </row>
     <row r="95" spans="1:16">
       <c r="A95" t="s">
-        <v>579</v>
+        <v>580</v>
       </c>
       <c r="B95" t="s">
-        <v>580</v>
+        <v>581</v>
       </c>
       <c r="C95" t="s">
-        <v>581</v>
+        <v>582</v>
       </c>
       <c r="D95" t="s">
         <v>97</v>
       </c>
       <c r="E95" t="s">
         <v>42</v>
       </c>
       <c r="F95" t="s">
         <v>21</v>
       </c>
       <c r="G95" t="s">
         <v>54</v>
       </c>
       <c r="H95">
         <v>2015</v>
       </c>
       <c r="I95"/>
       <c r="J95" t="s">
         <v>401</v>
       </c>
       <c r="K95" t="s">
         <v>34</v>
       </c>
       <c r="L95" t="s">
-        <v>582</v>
+        <v>583</v>
       </c>
       <c r="M95" t="s">
-        <v>583</v>
+        <v>584</v>
       </c>
       <c r="N95" t="s">
         <v>27</v>
       </c>
       <c r="O95" t="s">
-        <v>584</v>
+        <v>585</v>
       </c>
       <c r="P95" t="s">
-        <v>585</v>
+        <v>586</v>
       </c>
     </row>
     <row r="96" spans="1:16">
       <c r="A96" t="s">
-        <v>586</v>
+        <v>587</v>
       </c>
       <c r="B96" t="s">
-        <v>587</v>
+        <v>588</v>
       </c>
       <c r="C96" t="s">
-        <v>581</v>
+        <v>582</v>
       </c>
       <c r="D96" t="s">
         <v>97</v>
       </c>
       <c r="E96" t="s">
         <v>42</v>
       </c>
       <c r="F96" t="s">
         <v>43</v>
       </c>
       <c r="G96" t="s">
         <v>54</v>
       </c>
       <c r="H96">
         <v>2015</v>
       </c>
       <c r="I96"/>
       <c r="J96" t="s">
-        <v>588</v>
+        <v>589</v>
       </c>
       <c r="K96" t="s">
         <v>34</v>
       </c>
       <c r="L96" t="s">
-        <v>589</v>
+        <v>590</v>
       </c>
       <c r="M96" t="s">
-        <v>583</v>
+        <v>584</v>
       </c>
       <c r="N96" t="s">
         <v>27</v>
       </c>
       <c r="O96" t="s">
-        <v>590</v>
+        <v>591</v>
       </c>
       <c r="P96" t="s">
-        <v>591</v>
+        <v>592</v>
       </c>
     </row>
     <row r="97" spans="1:16">
       <c r="A97" t="s">
-        <v>592</v>
+        <v>593</v>
       </c>
       <c r="B97" t="s">
-        <v>593</v>
+        <v>594</v>
       </c>
       <c r="C97" t="s">
-        <v>594</v>
+        <v>595</v>
       </c>
       <c r="D97" t="s">
         <v>109</v>
       </c>
       <c r="E97" t="s">
         <v>42</v>
       </c>
       <c r="F97" t="s">
         <v>110</v>
       </c>
       <c r="G97" t="s">
         <v>54</v>
       </c>
       <c r="H97">
         <v>2016</v>
       </c>
       <c r="I97"/>
       <c r="J97" t="s">
         <v>270</v>
       </c>
       <c r="K97" t="s">
         <v>34</v>
       </c>
       <c r="L97" t="s">
         <v>111</v>
       </c>
       <c r="M97" t="s">
-        <v>595</v>
+        <v>596</v>
       </c>
       <c r="N97" t="s">
         <v>27</v>
       </c>
       <c r="O97" t="s">
-        <v>596</v>
+        <v>597</v>
       </c>
       <c r="P97" t="s">
-        <v>597</v>
+        <v>598</v>
       </c>
     </row>
     <row r="98" spans="1:16">
       <c r="A98" t="s">
-        <v>598</v>
+        <v>599</v>
       </c>
       <c r="B98" t="s">
-        <v>599</v>
+        <v>600</v>
       </c>
       <c r="C98" t="s">
-        <v>600</v>
+        <v>601</v>
       </c>
       <c r="D98" t="s">
         <v>53</v>
       </c>
       <c r="E98" t="s">
         <v>20</v>
       </c>
       <c r="F98" t="s">
         <v>110</v>
       </c>
       <c r="G98" t="s">
         <v>54</v>
       </c>
       <c r="H98">
         <v>2014</v>
       </c>
       <c r="I98">
         <v>2019</v>
       </c>
       <c r="J98" t="s">
         <v>62</v>
       </c>
       <c r="K98" t="s">
         <v>34</v>
       </c>
       <c r="L98"/>
       <c r="M98" t="s">
-        <v>601</v>
+        <v>602</v>
       </c>
       <c r="N98" t="s">
         <v>27</v>
       </c>
       <c r="O98" t="s">
-        <v>602</v>
+        <v>603</v>
       </c>
       <c r="P98" t="s">
-        <v>603</v>
+        <v>604</v>
       </c>
     </row>
     <row r="99" spans="1:16">
       <c r="A99" t="s">
-        <v>604</v>
+        <v>605</v>
       </c>
       <c r="B99" t="s">
-        <v>605</v>
+        <v>606</v>
       </c>
       <c r="C99" t="s">
         <v>86</v>
       </c>
       <c r="D99" t="s">
         <v>522</v>
       </c>
       <c r="E99" t="s">
         <v>42</v>
       </c>
       <c r="F99" t="s">
         <v>21</v>
       </c>
       <c r="G99" t="s">
         <v>54</v>
       </c>
       <c r="H99">
         <v>2014</v>
       </c>
       <c r="I99"/>
       <c r="J99" t="s">
-        <v>606</v>
+        <v>607</v>
       </c>
       <c r="K99" t="s">
         <v>34</v>
       </c>
       <c r="L99"/>
       <c r="M99"/>
       <c r="N99" t="s">
         <v>27</v>
       </c>
       <c r="O99" t="s">
-        <v>607</v>
+        <v>608</v>
       </c>
       <c r="P99" t="s">
-        <v>608</v>
+        <v>609</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">