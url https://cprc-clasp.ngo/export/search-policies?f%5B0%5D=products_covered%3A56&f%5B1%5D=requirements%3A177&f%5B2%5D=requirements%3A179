--- v0 (2025-10-12)
+++ v1 (2025-11-29)
@@ -12,455 +12,573 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="120">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="156">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>10 CFR 430—Energy Conservation Program for Consumer Products</t>
   </si>
   <si>
+    <t>Conventional cooking top means a class of cooking products which is a household cooking appliance consisting of a horizontal surface containing one or more surface units which utilize a gas flame; electric resistance heating; or electric inductive heating.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Electronics, Uninterruptable Power Supply, Battery Chargers, External Power Supply, Dehumidifiers, Air Cleaners, Ovens, Microwaves, Dishwashers, Clothes Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Ceiling Fans, Duct Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Showers or Showerheads, Urinals, Taps or Faucets, Distribution Transformers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>10 CFR 430 Subpart B</t>
   </si>
   <si>
     <t>U.S. Department of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/10-cfr-430-energy-conservation-program-consumer-products</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-430</t>
+  </si>
+  <si>
     <t>CEL- Air Cleaners</t>
   </si>
   <si>
+    <t>This policy covers air cleaners.</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Air Cleaners</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>GB/T 18801-2015; GB/T 18883-2002</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-air-cleaners</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2020/04/%E7%A9%BA%E6%B0%94%E5%87%80%E5%8C%96%E5%99%A8%E8%83%BD%E6%BA%</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) No 666/2013 of 8 July 2013 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for vacuum cleaners</t>
   </si>
   <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market of electric mains-operated vacuum cleaners; including hybrid vacuum cleaners.</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>Vacuum Cleaners</t>
   </si>
   <si>
     <t>October 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-6662013-8-july-2013-implementing-directive-2009125ec-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2013/666/contents/2013-07-08</t>
+  </si>
+  <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market of electric mains-operated vacuum cleaners; including hybrid vacuum cleaners.
+This Policy is under review by the European Commission and is expected to be revised in 2023.</t>
+  </si>
+  <si>
     <t>European Union</t>
   </si>
   <si>
     <t>August 2023</t>
   </si>
   <si>
     <t>European Commission - DG Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-6662013-8-july-2013-implementing-directive-2009125ec-european</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02013R0666-20170109</t>
+  </si>
+  <si>
     <t>Energy Efficiency Grade Label - Dehumidifier</t>
   </si>
   <si>
+    <t>As a single-phase AC, and rated voltage of 220V, its aim is to decrease the humidity of indoors, equipped with compression refrigerating system, blower fan, etc in a single cabinet, its electric power consumption is shall be less than 1,000W.</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>Dehumidifiers</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-grade-label-dehumidifier</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_2.asp</t>
+  </si>
+  <si>
     <t>Energy Efficiency Grade Label for Air Cleaners</t>
   </si>
   <si>
+    <t>By the scope of KS C 9314 the mechanical and combined air cleaner which hasless 200W power consumption, and the single power 220V and 60Hz.</t>
+  </si>
+  <si>
     <t>KS C 9314</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-grade-label-air-cleaners</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_4.asp</t>
+  </si>
+  <si>
     <t>Energy Efficiency Grade Label for Vacuum Cleaners</t>
   </si>
   <si>
+    <t>Vacuum cleaner of rated power consumption of 800W-2,500W, and shall bemoveable dry only</t>
+  </si>
+  <si>
     <t>KS C IEC 60312</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-grade-label-vacuum-cleaners</t>
   </si>
   <si>
     <t>Energy Efficiency Of Household Electrical Appliances Methods For Measuring And Calculating Energy Efficiency Of Vacuum Cleaners(ES 8057/2017)</t>
+  </si>
+  <si>
+    <t>This standard identifies the methods for measuring and calculating the energy efficiency of vacuum cleaners.</t>
   </si>
   <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Electronics, Other-Electronics, Vacuum Cleaners</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>IEC 62885-2/2016
 ,   
                     (EU) No 665/2013</t>
   </si>
   <si>
     <t>Egyptian Organization for Standards &amp; Quality</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-household-electrical-appliances-methods-measuring-and-calculating-energy</t>
   </si>
   <si>
+    <t>https://www.eos.org.eg/en/standard/14543</t>
+  </si>
+  <si>
     <t>Energy Efficiency Regulations, 2016 (SOR/2016-311)</t>
   </si>
   <si>
+    <t>This policy is divided into 14 divisions: 1) household appliances, 2) air conditioners, condensing units, and chillers, 3) heat pumps, 4) furnaces, fireplaces, unit heaters, and recovery ventilators, 5) boilers, 6) water heaters, 7) lamps and lamp ballasts, 8) lighting fixtures, 9) electronic products, 10) commercial refrigeration, 11) dry-type transformers, 12) motors, 13) commercial pre-rinse spray valves, and 14) pumps.</t>
+  </si>
+  <si>
     <t>Canada</t>
   </si>
   <si>
     <t>Audio-Visual, Televisions, Displays, Battery Chargers, External Power Supply, Dehumidifiers, Ovens, Microwaves, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washer and Dryers, Washing Machines, Indoor Luminaires, Specialty Luminaires, Specialty Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Ventilation, Ceiling Fans, Space Heating, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Portable ACs, Packaged Terminals, Chillers - Cooler Towers, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Pump Systems, Power Transformers, Distribution Transformers, Wine Chillers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil</t>
   </si>
   <si>
     <t>Natural Resources Canada Office of Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-regulations-2016-sor2016-311</t>
   </si>
   <si>
+    <t>https://laws-lois.justice.gc.ca/eng/regulations/SOR-2016-311/index.html</t>
+  </si>
+  <si>
     <t>GB 36893-2018 Minimum allowable values of the energy efficiency and energy efficiency grades for air cleaners</t>
   </si>
   <si>
+    <t>Superseded</t>
+  </si>
+  <si>
+    <t>November 2025</t>
+  </si>
+  <si>
     <t>The Standardisation Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-36893-2018-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-air</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=7AC3075CD358B4B1E05397BE0A0AC4DE</t>
+  </si>
+  <si>
     <t>GB 36893-2024 Minimum allowable values of energy efficiency and energy efficiency grades for air cleaner</t>
   </si>
   <si>
-    <t>October 2025</t>
+    <t>This standard revised minimum energy performance standards and grades for air cleaners:
+ — Air cleaners with a single-phase rated voltage greater than 5 V and not exceeding 250 V, and other rated voltages not exceeding 480 V;
+— Air cleaners with functions for removing particulate matter and gaseous pollutants;
+— Humidifying purifiers and purifying fans with an independent air purification function mode.</t>
   </si>
   <si>
     <t>GB/T 18801—2022</t>
   </si>
   <si>
     <t>The Standardization Administration of China</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-36893-2024-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-air</t>
   </si>
   <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=23EE8C718E22E8A3E06397BE0A0AC332</t>
+  </si>
+  <si>
     <t>GB 37484-2019 Minimum allowable values of energy efficiency and energy efficiency grades for precipitators</t>
   </si>
   <si>
+    <t>This policy covers precipitators.</t>
+  </si>
+  <si>
     <t>GB/T 6719; GB/T 13931; GB 19153; GB/T 32154</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-37484-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=86000D0C5CBD0E10E05397BE0A0A5BBB</t>
+  </si>
+  <si>
     <t>ISIRI 10672, Amendment No.1-Technical Specifications and Test Methods for Energy Consumption and Energy Labeling Instructions</t>
   </si>
   <si>
+    <t>Electric Household Vaccum cleaner</t>
+  </si>
+  <si>
     <t>Iran</t>
   </si>
   <si>
     <t>NS 5635 (2001)</t>
   </si>
   <si>
     <t>Institute of Standards and Industrial Research of Iran (ISIRI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-10672-amendment-no1-technical-specifications-and-test-methods-energy-consumption-and</t>
   </si>
   <si>
+    <t>http://isiri.gov.ir/portal/home/?135546/%D8%A7%D8%B7%D9%84%D8%A7%D8%B9%D8%A7%D8%AA-%D9%85%D8%B1%D8%A8%D9%88%D8%B7-%D8%A8%D9%87-%D8%A7%D8%B3%D8%AA%D8%A7%D9%86%D8%AF%D8%A7%D8%B1%D8%AF%D9%87%D8%A7%DB%8C-%D8%A8%D8%B1%DA%86%D8%B3%D8%A8-%D8%A7%D9%86%D8%B1%DA%98%</t>
+  </si>
+  <si>
     <t>Mandatory Energy Efficiency Labelling Scheme (MEELS)</t>
   </si>
   <si>
+    <t>MEELS now covers eight types of prescribed products, including:,Room air conditioners (with rated cooling capacity not exceeding 7.5 kilowatts), refrigerating appliances (with rated total storage volume not exceeding 500 litres), compact fluorescent lamps (with rated wattage up to 60 watts), washing machines (with rated washing capacity not exceeding 10 kg), dehumidifiers (with rated dehumidifying capacity not exceeding 35 litres per day), televisions (with rated visible diagonal screen size exceeding 50 cm but not exceeding 250 cm), induction cookers (with rated power not less than 700 watts but not exceeding 3 500 watts for each heating unit, and with total rated power not exceeding 7 000 watts), and storage type electric water heaters (with rated water storage capacity not exceeding 50 litres). All these eight prescribed products for supply in Hong Kong are required to be listed models with reference numbers and bear energy labels.</t>
+  </si>
+  <si>
     <t>Hong Kong SAR of China</t>
   </si>
   <si>
     <t>Televisions, Dehumidifiers, Induction Cookstoves or Hobs, Clothes Dryers, Washing Machines, Non-Directional lamps, Directional Lamps, Room ACs - Stationary ACs, Storage Water Heaters, Freezers-only</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Examples are IEC 62552; IEC 62087, IEC 62301; IEC60379</t>
   </si>
   <si>
     <t>Energy Efficiency Office, Electrical and Mechanical Services Department (EMSD)-…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mandatory-energy-efficiency-labelling-scheme-meels</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/energylabel/en/doc/Code%20of%20Practice%202020_Eng%20(To%20be%20gazetted%20on%205.6.2020)%2020200601.pdf</t>
+  </si>
+  <si>
     <t>MEPS for Air Cleaners</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-air-cleaners</t>
   </si>
   <si>
     <t>MEPS for Dehumidifier</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-dehumidifier</t>
   </si>
   <si>
     <t>MEPS for Vacuum Cleaners</t>
   </si>
   <si>
+    <t>Vacuum cleaner of rated power consumption of 800W-2,500W, and shall bemoveable, dry only</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/meps-vacuum-cleaners</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Dehumidifiers</t>
   </si>
   <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>https://www.moeaboe.gov.tw/ECW/english/home/English.aspx</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standards-dehumidifiers</t>
   </si>
   <si>
+    <t>https://www.moeaboe.gov.tw/ECW/english/content/Content.aspx?menu_id=1535</t>
+  </si>
+  <si>
     <t>Regulation on Energy Efficiency Requirements for Mass-Produced Systems, Vehicles, and Appliances</t>
   </si>
   <si>
+    <t>This policy applies to mass-produced systems, vehicles, and devices as well as their mass-produced components that consume a considerable amount of energy and are placed on the market or sold in Switzerland.</t>
+  </si>
+  <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>Computers, Servers, Networking Equipment, Stand-by and networked devices, Televisions, Set Top Boxes (STB), Displays, External Power Supply, Vacuum Cleaners, Ovens, Dishwashers, Cooktops or Hobs, Coffee Machines, Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires, 3-Phase Motors, Industrial Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Storage Water Heaters, Building Circulator Pumps, Pumps Other, Power Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>Electricity, Other Solid Fuel</t>
   </si>
   <si>
     <t>See Policy</t>
   </si>
   <si>
     <t>Swiss Federal Office of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/regulation-energy-efficiency-requirements-mass-produced-systems-vehicles-and-appliances</t>
   </si>
   <si>
+    <t>https://www.admin.ch/opc/de/classified-compilation/20162950/index.html</t>
+  </si>
+  <si>
     <t>Regulations on the Operation of Energy-Efficient Equipment, Maximum Energy Efficiency Standards and Label for Bidets</t>
   </si>
   <si>
+    <t>This regulation mandates maximum energy efficiency standards and label for electric bidets. Electric bidets are hygiene devices designed to spray warm water onto the user's anus or genital area after using the toilet for cleaning purposes. These devices consist of components such as water heating devices, cleaning devices, and heated seats, with a rated power consumption of 3,500W or less. However, the following are excluded from this regulation: 
+(a) Devices that receive hot water supply from other water heating systems
+(b) Devices that only provide hot water cleaning
+(c) Devices that only provide a heated seat
+(d) Devices that are powered only by batteries
+(e) Devices used for portable toilets (mobile use)</t>
+  </si>
+  <si>
     <t>Asia and Pacific, Republic of Korea</t>
   </si>
   <si>
     <t>Toilet Seats (Electric)</t>
+  </si>
+  <si>
+    <t>New</t>
   </si>
   <si>
     <t>February 2025</t>
   </si>
   <si>
     <t>KS C IEC 62301
 ,   
                     KS C IEC 60335-2-84
 ,   
                     Environmental Labeling Products and Certification Standards: EL229 Bidet</t>
   </si>
   <si>
     <t>Ministry of Trade, Industry and Energy, Korea</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/regulations-operation-energy-efficient-equipment-maximum-energy-efficiency-standards-and-0</t>
+  </si>
+  <si>
+    <t>https://eep.energy.or.kr/pds/view.aspx?cate=4&amp;no=183</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -724,997 +842,1124 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N21"/>
+  <dimension ref="A1:P21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="227" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="144" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="227.516" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1119.441" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="891.782" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="109.545" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="303.069" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>1990</v>
       </c>
-      <c r="H2">
+      <c r="I2">
         <v>2016</v>
       </c>
-      <c r="I2" t="s">
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G3" t="s">
+        <v>35</v>
+      </c>
+      <c r="H3">
+        <v>2019</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>36</v>
+      </c>
+      <c r="K3" t="s">
+        <v>37</v>
+      </c>
+      <c r="L3" t="s">
+        <v>38</v>
+      </c>
+      <c r="M3" t="s">
+        <v>39</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>40</v>
+      </c>
+      <c r="P3" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>42</v>
+      </c>
+      <c r="B4" t="s">
+        <v>43</v>
+      </c>
+      <c r="C4" t="s">
+        <v>44</v>
+      </c>
+      <c r="D4" t="s">
+        <v>45</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G4" t="s">
+        <v>35</v>
+      </c>
+      <c r="H4">
+        <v>2013</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>46</v>
+      </c>
+      <c r="K4" t="s">
+        <v>37</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4"/>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>47</v>
+      </c>
+      <c r="P4" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>42</v>
+      </c>
+      <c r="B5" t="s">
+        <v>49</v>
+      </c>
+      <c r="C5" t="s">
+        <v>50</v>
+      </c>
+      <c r="D5" t="s">
+        <v>45</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>35</v>
+      </c>
+      <c r="H5">
+        <v>2013</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>51</v>
+      </c>
+      <c r="K5" t="s">
+        <v>37</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>52</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>53</v>
+      </c>
+      <c r="P5" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>55</v>
+      </c>
+      <c r="B6" t="s">
+        <v>56</v>
+      </c>
+      <c r="C6" t="s">
+        <v>57</v>
+      </c>
+      <c r="D6" t="s">
+        <v>58</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>34</v>
+      </c>
+      <c r="G6" t="s">
         <v>22</v>
-      </c>
-[...150 lines deleted...]
-        <v>2012</v>
       </c>
       <c r="H6">
         <v>2012</v>
       </c>
-      <c r="I6" t="s">
-        <v>48</v>
+      <c r="I6">
+        <v>2012</v>
       </c>
       <c r="J6" t="s">
+        <v>59</v>
+      </c>
+      <c r="K6" t="s">
+        <v>37</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>60</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>61</v>
+      </c>
+      <c r="P6" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>63</v>
+      </c>
+      <c r="B7" t="s">
+        <v>64</v>
+      </c>
+      <c r="C7" t="s">
+        <v>57</v>
+      </c>
+      <c r="D7" t="s">
+        <v>33</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>34</v>
+      </c>
+      <c r="G7" t="s">
+        <v>35</v>
+      </c>
+      <c r="H7">
+        <v>2009</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>59</v>
+      </c>
+      <c r="K7" t="s">
+        <v>37</v>
+      </c>
+      <c r="L7" t="s">
+        <v>65</v>
+      </c>
+      <c r="M7" t="s">
+        <v>60</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>66</v>
+      </c>
+      <c r="P7" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>68</v>
+      </c>
+      <c r="B8" t="s">
+        <v>69</v>
+      </c>
+      <c r="C8" t="s">
+        <v>57</v>
+      </c>
+      <c r="D8" t="s">
+        <v>45</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>34</v>
+      </c>
+      <c r="G8" t="s">
+        <v>35</v>
+      </c>
+      <c r="H8">
+        <v>2009</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>59</v>
+      </c>
+      <c r="K8" t="s">
+        <v>37</v>
+      </c>
+      <c r="L8" t="s">
+        <v>70</v>
+      </c>
+      <c r="M8" t="s">
+        <v>60</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>71</v>
+      </c>
+      <c r="P8" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>72</v>
+      </c>
+      <c r="B9" t="s">
+        <v>73</v>
+      </c>
+      <c r="C9" t="s">
+        <v>74</v>
+      </c>
+      <c r="D9" t="s">
+        <v>75</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>21</v>
+      </c>
+      <c r="G9" t="s">
+        <v>35</v>
+      </c>
+      <c r="H9">
+        <v>2017</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>76</v>
+      </c>
+      <c r="K9" t="s">
+        <v>37</v>
+      </c>
+      <c r="L9" t="s">
+        <v>77</v>
+      </c>
+      <c r="M9" t="s">
+        <v>78</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>79</v>
+      </c>
+      <c r="P9" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>81</v>
+      </c>
+      <c r="B10" t="s">
+        <v>82</v>
+      </c>
+      <c r="C10" t="s">
+        <v>83</v>
+      </c>
+      <c r="D10" t="s">
+        <v>84</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>85</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2016</v>
+      </c>
+      <c r="I10">
+        <v>2019</v>
+      </c>
+      <c r="J10" t="s">
+        <v>76</v>
+      </c>
+      <c r="K10" t="s">
+        <v>86</v>
+      </c>
+      <c r="L10"/>
+      <c r="M10" t="s">
+        <v>87</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>88</v>
+      </c>
+      <c r="P10" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>90</v>
+      </c>
+      <c r="B11" t="s">
+        <v>31</v>
+      </c>
+      <c r="C11" t="s">
         <v>32</v>
       </c>
-      <c r="K6"/>
-[...36 lines deleted...]
-      <c r="J7" t="s">
+      <c r="D11" t="s">
+        <v>33</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>21</v>
+      </c>
+      <c r="G11" t="s">
+        <v>91</v>
+      </c>
+      <c r="H11">
+        <v>2018</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>92</v>
+      </c>
+      <c r="K11" t="s">
+        <v>37</v>
+      </c>
+      <c r="L11" t="s">
+        <v>38</v>
+      </c>
+      <c r="M11" t="s">
+        <v>93</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>94</v>
+      </c>
+      <c r="P11" t="s">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>96</v>
+      </c>
+      <c r="B12" t="s">
+        <v>97</v>
+      </c>
+      <c r="C12" t="s">
         <v>32</v>
       </c>
-      <c r="K7" t="s">
-[...38 lines deleted...]
-      <c r="J8" t="s">
+      <c r="D12" t="s">
+        <v>33</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>21</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2018</v>
+      </c>
+      <c r="I12">
+        <v>2024</v>
+      </c>
+      <c r="J12" t="s">
+        <v>92</v>
+      </c>
+      <c r="K12" t="s">
+        <v>37</v>
+      </c>
+      <c r="L12" t="s">
+        <v>98</v>
+      </c>
+      <c r="M12" t="s">
+        <v>99</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>100</v>
+      </c>
+      <c r="P12" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>102</v>
+      </c>
+      <c r="B13" t="s">
+        <v>103</v>
+      </c>
+      <c r="C13" t="s">
         <v>32</v>
       </c>
-      <c r="K8" t="s">
-[...13 lines deleted...]
-      <c r="A9" t="s">
+      <c r="D13" t="s">
+        <v>33</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>21</v>
+      </c>
+      <c r="G13" t="s">
+        <v>35</v>
+      </c>
+      <c r="H13">
+        <v>2020</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>36</v>
+      </c>
+      <c r="K13" t="s">
+        <v>37</v>
+      </c>
+      <c r="L13" t="s">
+        <v>104</v>
+      </c>
+      <c r="M13" t="s">
+        <v>93</v>
+      </c>
+      <c r="N13" t="s">
+        <v>105</v>
+      </c>
+      <c r="O13" t="s">
+        <v>106</v>
+      </c>
+      <c r="P13" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>108</v>
+      </c>
+      <c r="B14" t="s">
+        <v>109</v>
+      </c>
+      <c r="C14" t="s">
+        <v>110</v>
+      </c>
+      <c r="D14" t="s">
+        <v>45</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>85</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>2012</v>
+      </c>
+      <c r="I14">
+        <v>2014</v>
+      </c>
+      <c r="J14" t="s">
+        <v>59</v>
+      </c>
+      <c r="K14" t="s">
+        <v>37</v>
+      </c>
+      <c r="L14" t="s">
+        <v>111</v>
+      </c>
+      <c r="M14" t="s">
+        <v>112</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>113</v>
+      </c>
+      <c r="P14" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>115</v>
+      </c>
+      <c r="B15" t="s">
+        <v>116</v>
+      </c>
+      <c r="C15" t="s">
+        <v>117</v>
+      </c>
+      <c r="D15" t="s">
+        <v>118</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>85</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>2008</v>
+      </c>
+      <c r="I15">
+        <v>2020</v>
+      </c>
+      <c r="J15" t="s">
+        <v>119</v>
+      </c>
+      <c r="K15" t="s">
+        <v>37</v>
+      </c>
+      <c r="L15" t="s">
+        <v>120</v>
+      </c>
+      <c r="M15" t="s">
+        <v>121</v>
+      </c>
+      <c r="N15" t="s">
+        <v>105</v>
+      </c>
+      <c r="O15" t="s">
+        <v>122</v>
+      </c>
+      <c r="P15" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>124</v>
+      </c>
+      <c r="B16" t="s">
+        <v>64</v>
+      </c>
+      <c r="C16" t="s">
         <v>57</v>
       </c>
-      <c r="B9" t="s">
-[...108 lines deleted...]
-      <c r="K11" t="s">
+      <c r="D16" t="s">
         <v>33</v>
       </c>
-      <c r="L11" t="s">
-[...195 lines deleted...]
-      </c>
       <c r="E16" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F16" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2011</v>
+        <v>21</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
       </c>
       <c r="H16">
         <v>2011</v>
       </c>
-      <c r="I16" t="s">
-        <v>48</v>
+      <c r="I16">
+        <v>2011</v>
       </c>
       <c r="J16" t="s">
-        <v>32</v>
+        <v>59</v>
       </c>
       <c r="K16" t="s">
-        <v>52</v>
+        <v>37</v>
       </c>
       <c r="L16" t="s">
-        <v>49</v>
+        <v>65</v>
       </c>
       <c r="M16" t="s">
-        <v>24</v>
+        <v>60</v>
       </c>
       <c r="N16" t="s">
-        <v>96</v>
-[...2 lines deleted...]
-    <row r="17" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>125</v>
+      </c>
+      <c r="P16" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
       <c r="A17" t="s">
-        <v>97</v>
+        <v>126</v>
       </c>
       <c r="B17" t="s">
-        <v>46</v>
+        <v>56</v>
       </c>
       <c r="C17" t="s">
-        <v>47</v>
+        <v>57</v>
       </c>
       <c r="D17" t="s">
-        <v>17</v>
+        <v>58</v>
       </c>
       <c r="E17" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F17" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>21</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
       </c>
       <c r="H17">
         <v>2012</v>
       </c>
-      <c r="I17" t="s">
-        <v>48</v>
+      <c r="I17">
+        <v>2012</v>
       </c>
       <c r="J17" t="s">
-        <v>32</v>
-[...4 lines deleted...]
-      </c>
+        <v>59</v>
+      </c>
+      <c r="K17" t="s">
+        <v>37</v>
+      </c>
+      <c r="L17"/>
       <c r="M17" t="s">
-        <v>24</v>
+        <v>60</v>
       </c>
       <c r="N17" t="s">
-        <v>98</v>
-[...2 lines deleted...]
-    <row r="18" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>127</v>
+      </c>
+      <c r="P17" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
       <c r="A18" t="s">
-        <v>99</v>
+        <v>128</v>
       </c>
       <c r="B18" t="s">
-        <v>46</v>
+        <v>129</v>
       </c>
       <c r="C18" t="s">
-        <v>38</v>
+        <v>57</v>
       </c>
       <c r="D18" t="s">
-        <v>17</v>
+        <v>45</v>
       </c>
       <c r="E18" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F18" t="s">
-        <v>30</v>
-[...1 lines deleted...]
-      <c r="G18">
+        <v>21</v>
+      </c>
+      <c r="G18" t="s">
+        <v>35</v>
+      </c>
+      <c r="H18">
         <v>2009</v>
       </c>
-      <c r="H18"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I18"/>
       <c r="J18" t="s">
-        <v>32</v>
+        <v>59</v>
       </c>
       <c r="K18" t="s">
-        <v>55</v>
+        <v>37</v>
       </c>
       <c r="L18" t="s">
-        <v>49</v>
+        <v>70</v>
       </c>
       <c r="M18" t="s">
-        <v>24</v>
+        <v>60</v>
       </c>
       <c r="N18" t="s">
-        <v>100</v>
-[...2 lines deleted...]
-    <row r="19" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>130</v>
+      </c>
+      <c r="P18" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
       <c r="A19" t="s">
-        <v>101</v>
-[...3 lines deleted...]
-      </c>
+        <v>131</v>
+      </c>
+      <c r="B19"/>
       <c r="C19" t="s">
-        <v>47</v>
+        <v>132</v>
       </c>
       <c r="D19" t="s">
-        <v>17</v>
+        <v>58</v>
       </c>
       <c r="E19" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F19" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G19">
+        <v>21</v>
+      </c>
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
         <v>2011</v>
       </c>
-      <c r="H19">
+      <c r="I19">
         <v>2018</v>
       </c>
-      <c r="I19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J19" t="s">
-        <v>32</v>
-[...4 lines deleted...]
-      </c>
+        <v>76</v>
+      </c>
+      <c r="K19" t="s">
+        <v>37</v>
+      </c>
+      <c r="L19"/>
       <c r="M19" t="s">
-        <v>24</v>
+        <v>133</v>
       </c>
       <c r="N19" t="s">
-        <v>104</v>
-[...2 lines deleted...]
-    <row r="20" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>134</v>
+      </c>
+      <c r="P19" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
       <c r="A20" t="s">
+        <v>136</v>
+      </c>
+      <c r="B20" t="s">
+        <v>137</v>
+      </c>
+      <c r="C20" t="s">
+        <v>138</v>
+      </c>
+      <c r="D20" t="s">
+        <v>139</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>85</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
+        <v>2017</v>
+      </c>
+      <c r="I20">
+        <v>2021</v>
+      </c>
+      <c r="J20" t="s">
+        <v>140</v>
+      </c>
+      <c r="K20" t="s">
+        <v>141</v>
+      </c>
+      <c r="L20" t="s">
+        <v>142</v>
+      </c>
+      <c r="M20" t="s">
+        <v>143</v>
+      </c>
+      <c r="N20" t="s">
         <v>105</v>
       </c>
-      <c r="B20" t="s">
-[...39 lines deleted...]
-    <row r="21" spans="1:14">
+      <c r="O20" t="s">
+        <v>144</v>
+      </c>
+      <c r="P20" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
       <c r="A21" t="s">
-        <v>113</v>
+        <v>146</v>
       </c>
       <c r="B21" t="s">
-        <v>114</v>
+        <v>147</v>
       </c>
       <c r="C21" t="s">
-        <v>115</v>
+        <v>148</v>
       </c>
       <c r="D21" t="s">
-        <v>17</v>
+        <v>149</v>
       </c>
       <c r="E21" t="s">
-        <v>67</v>
+        <v>20</v>
       </c>
       <c r="F21" t="s">
-        <v>6</v>
-[...1 lines deleted...]
-      <c r="G21">
+        <v>85</v>
+      </c>
+      <c r="G21" t="s">
+        <v>150</v>
+      </c>
+      <c r="H21">
         <v>2024</v>
       </c>
-      <c r="H21"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I21"/>
       <c r="J21" t="s">
-        <v>32</v>
+        <v>151</v>
       </c>
       <c r="K21" t="s">
-        <v>117</v>
+        <v>37</v>
       </c>
       <c r="L21" t="s">
-        <v>118</v>
+        <v>152</v>
       </c>
       <c r="M21" t="s">
-        <v>24</v>
+        <v>153</v>
       </c>
       <c r="N21" t="s">
-        <v>119</v>
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>154</v>
+      </c>
+      <c r="P21" t="s">
+        <v>155</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>