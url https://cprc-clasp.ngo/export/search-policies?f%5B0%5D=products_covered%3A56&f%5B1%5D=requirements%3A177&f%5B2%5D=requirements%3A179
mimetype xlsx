--- v1 (2025-11-29)
+++ v2 (2026-01-28)
@@ -243,98 +243,98 @@
   <si>
     <t>Energy Efficiency Grade Label for Vacuum Cleaners</t>
   </si>
   <si>
     <t>Vacuum cleaner of rated power consumption of 800W-2,500W, and shall bemoveable dry only</t>
   </si>
   <si>
     <t>KS C IEC 60312</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-grade-label-vacuum-cleaners</t>
   </si>
   <si>
     <t>Energy Efficiency Of Household Electrical Appliances Methods For Measuring And Calculating Energy Efficiency Of Vacuum Cleaners(ES 8057/2017)</t>
   </si>
   <si>
     <t>This standard identifies the methods for measuring and calculating the energy efficiency of vacuum cleaners.</t>
   </si>
   <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Electronics, Other-Electronics, Vacuum Cleaners</t>
   </si>
   <si>
+    <t>Superseded</t>
+  </si>
+  <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>IEC 62885-2/2016
 ,   
                     (EU) No 665/2013</t>
   </si>
   <si>
     <t>Egyptian Organization for Standards &amp; Quality</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-household-electrical-appliances-methods-measuring-and-calculating-energy</t>
   </si>
   <si>
     <t>https://www.eos.org.eg/en/standard/14543</t>
   </si>
   <si>
     <t>Energy Efficiency Regulations, 2016 (SOR/2016-311)</t>
   </si>
   <si>
     <t>This policy is divided into 14 divisions: 1) household appliances, 2) air conditioners, condensing units, and chillers, 3) heat pumps, 4) furnaces, fireplaces, unit heaters, and recovery ventilators, 5) boilers, 6) water heaters, 7) lamps and lamp ballasts, 8) lighting fixtures, 9) electronic products, 10) commercial refrigeration, 11) dry-type transformers, 12) motors, 13) commercial pre-rinse spray valves, and 14) pumps.</t>
   </si>
   <si>
     <t>Canada</t>
   </si>
   <si>
     <t>Audio-Visual, Televisions, Displays, Battery Chargers, External Power Supply, Dehumidifiers, Ovens, Microwaves, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washer and Dryers, Washing Machines, Indoor Luminaires, Specialty Luminaires, Specialty Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Ventilation, Ceiling Fans, Space Heating, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Portable ACs, Packaged Terminals, Chillers - Cooler Towers, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Pump Systems, Power Transformers, Distribution Transformers, Wine Chillers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil</t>
   </si>
   <si>
     <t>Natural Resources Canada Office of Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-regulations-2016-sor2016-311</t>
   </si>
   <si>
     <t>https://laws-lois.justice.gc.ca/eng/regulations/SOR-2016-311/index.html</t>
   </si>
   <si>
     <t>GB 36893-2018 Minimum allowable values of the energy efficiency and energy efficiency grades for air cleaners</t>
-  </si>
-[...1 lines deleted...]
-    <t>Superseded</t>
   </si>
   <si>
     <t>November 2025</t>
   </si>
   <si>
     <t>The Standardisation Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-36893-2018-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-air</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=7AC3075CD358B4B1E05397BE0A0AC4DE</t>
   </si>
   <si>
     <t>GB 36893-2024 Minimum allowable values of energy efficiency and energy efficiency grades for air cleaner</t>
   </si>
   <si>
     <t>This standard revised minimum energy performance standards and grades for air cleaners:
  — Air cleaners with a single-phase rated voltage greater than 5 V and not exceeding 250 V, and other rated voltages not exceeding 480 V;
 — Air cleaners with functions for removing particulate matter and gaseous pollutants;
 — Humidifying purifiers and purifying fans with an independent air purification function mode.</t>
   </si>
   <si>
     <t>GB/T 18801—2022</t>
   </si>
@@ -1270,147 +1270,147 @@
       </c>
       <c r="P8" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
         <v>72</v>
       </c>
       <c r="B9" t="s">
         <v>73</v>
       </c>
       <c r="C9" t="s">
         <v>74</v>
       </c>
       <c r="D9" t="s">
         <v>75</v>
       </c>
       <c r="E9" t="s">
         <v>20</v>
       </c>
       <c r="F9" t="s">
         <v>21</v>
       </c>
       <c r="G9" t="s">
-        <v>35</v>
+        <v>76</v>
       </c>
       <c r="H9">
         <v>2017</v>
       </c>
       <c r="I9"/>
       <c r="J9" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="K9" t="s">
         <v>37</v>
       </c>
       <c r="L9" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="M9" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="N9" t="s">
         <v>27</v>
       </c>
       <c r="O9" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="P9" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="B10" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="C10" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="D10" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="E10" t="s">
         <v>20</v>
       </c>
       <c r="F10" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="G10" t="s">
         <v>22</v>
       </c>
       <c r="H10">
         <v>2016</v>
       </c>
       <c r="I10">
         <v>2019</v>
       </c>
       <c r="J10" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="K10" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="L10"/>
       <c r="M10" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="N10" t="s">
         <v>27</v>
       </c>
       <c r="O10" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="P10" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="B11" t="s">
         <v>31</v>
       </c>
       <c r="C11" t="s">
         <v>32</v>
       </c>
       <c r="D11" t="s">
         <v>33</v>
       </c>
       <c r="E11" t="s">
         <v>20</v>
       </c>
       <c r="F11" t="s">
         <v>21</v>
       </c>
       <c r="G11" t="s">
-        <v>91</v>
+        <v>76</v>
       </c>
       <c r="H11">
         <v>2018</v>
       </c>
       <c r="I11"/>
       <c r="J11" t="s">
         <v>92</v>
       </c>
       <c r="K11" t="s">
         <v>37</v>
       </c>
       <c r="L11" t="s">
         <v>38</v>
       </c>
       <c r="M11" t="s">
         <v>93</v>
       </c>
       <c r="N11" t="s">
         <v>27</v>
       </c>
       <c r="O11" t="s">
         <v>94</v>
       </c>
       <c r="P11" t="s">
         <v>95</v>
@@ -1509,101 +1509,101 @@
       </c>
       <c r="O13" t="s">
         <v>106</v>
       </c>
       <c r="P13" t="s">
         <v>107</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
         <v>108</v>
       </c>
       <c r="B14" t="s">
         <v>109</v>
       </c>
       <c r="C14" t="s">
         <v>110</v>
       </c>
       <c r="D14" t="s">
         <v>45</v>
       </c>
       <c r="E14" t="s">
         <v>20</v>
       </c>
       <c r="F14" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="G14" t="s">
         <v>22</v>
       </c>
       <c r="H14">
         <v>2012</v>
       </c>
       <c r="I14">
         <v>2014</v>
       </c>
       <c r="J14" t="s">
         <v>59</v>
       </c>
       <c r="K14" t="s">
         <v>37</v>
       </c>
       <c r="L14" t="s">
         <v>111</v>
       </c>
       <c r="M14" t="s">
         <v>112</v>
       </c>
       <c r="N14" t="s">
         <v>27</v>
       </c>
       <c r="O14" t="s">
         <v>113</v>
       </c>
       <c r="P14" t="s">
         <v>114</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
         <v>115</v>
       </c>
       <c r="B15" t="s">
         <v>116</v>
       </c>
       <c r="C15" t="s">
         <v>117</v>
       </c>
       <c r="D15" t="s">
         <v>118</v>
       </c>
       <c r="E15" t="s">
         <v>20</v>
       </c>
       <c r="F15" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="G15" t="s">
         <v>22</v>
       </c>
       <c r="H15">
         <v>2008</v>
       </c>
       <c r="I15">
         <v>2020</v>
       </c>
       <c r="J15" t="s">
         <v>119</v>
       </c>
       <c r="K15" t="s">
         <v>37</v>
       </c>
       <c r="L15" t="s">
         <v>120</v>
       </c>
       <c r="M15" t="s">
         <v>121</v>
       </c>
       <c r="N15" t="s">
         <v>105</v>
       </c>
@@ -1765,137 +1765,137 @@
         <v>131</v>
       </c>
       <c r="B19"/>
       <c r="C19" t="s">
         <v>132</v>
       </c>
       <c r="D19" t="s">
         <v>58</v>
       </c>
       <c r="E19" t="s">
         <v>20</v>
       </c>
       <c r="F19" t="s">
         <v>21</v>
       </c>
       <c r="G19" t="s">
         <v>22</v>
       </c>
       <c r="H19">
         <v>2011</v>
       </c>
       <c r="I19">
         <v>2018</v>
       </c>
       <c r="J19" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="K19" t="s">
         <v>37</v>
       </c>
       <c r="L19"/>
       <c r="M19" t="s">
         <v>133</v>
       </c>
       <c r="N19" t="s">
         <v>27</v>
       </c>
       <c r="O19" t="s">
         <v>134</v>
       </c>
       <c r="P19" t="s">
         <v>135</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
         <v>136</v>
       </c>
       <c r="B20" t="s">
         <v>137</v>
       </c>
       <c r="C20" t="s">
         <v>138</v>
       </c>
       <c r="D20" t="s">
         <v>139</v>
       </c>
       <c r="E20" t="s">
         <v>20</v>
       </c>
       <c r="F20" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="G20" t="s">
         <v>22</v>
       </c>
       <c r="H20">
         <v>2017</v>
       </c>
       <c r="I20">
         <v>2021</v>
       </c>
       <c r="J20" t="s">
         <v>140</v>
       </c>
       <c r="K20" t="s">
         <v>141</v>
       </c>
       <c r="L20" t="s">
         <v>142</v>
       </c>
       <c r="M20" t="s">
         <v>143</v>
       </c>
       <c r="N20" t="s">
         <v>105</v>
       </c>
       <c r="O20" t="s">
         <v>144</v>
       </c>
       <c r="P20" t="s">
         <v>145</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
         <v>146</v>
       </c>
       <c r="B21" t="s">
         <v>147</v>
       </c>
       <c r="C21" t="s">
         <v>148</v>
       </c>
       <c r="D21" t="s">
         <v>149</v>
       </c>
       <c r="E21" t="s">
         <v>20</v>
       </c>
       <c r="F21" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="G21" t="s">
         <v>150</v>
       </c>
       <c r="H21">
         <v>2024</v>
       </c>
       <c r="I21"/>
       <c r="J21" t="s">
         <v>151</v>
       </c>
       <c r="K21" t="s">
         <v>37</v>
       </c>
       <c r="L21" t="s">
         <v>152</v>
       </c>
       <c r="M21" t="s">
         <v>153</v>
       </c>
       <c r="N21" t="s">
         <v>27</v>
       </c>
       <c r="O21" t="s">
         <v>154</v>