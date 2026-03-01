--- v0 (2025-10-14)
+++ v1 (2026-03-01)
@@ -12,503 +12,641 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="136">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="180">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>10 CFR 430—Energy Conservation Program for Consumer Products</t>
   </si>
   <si>
+    <t>Conventional cooking top means a class of cooking products which is a household cooking appliance consisting of a horizontal surface containing one or more surface units which utilize a gas flame; electric resistance heating; or electric inductive heating.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Electronics, Uninterruptable Power Supply, Battery Chargers, External Power Supply, Dehumidifiers, Air Cleaners, Ovens, Microwaves, Dishwashers, Clothes Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Ceiling Fans, Duct Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Showers or Showerheads, Urinals, Taps or Faucets, Distribution Transformers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>10 CFR 430 Subpart B</t>
   </si>
   <si>
     <t>U.S. Department of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/10-cfr-430-energy-conservation-program-consumer-products</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-430</t>
+  </si>
+  <si>
     <t>CEL 021-2021 Ventilators</t>
+  </si>
+  <si>
+    <t>This policy contains energy labeling requirements for ventilators. It applies to the following types of fans: centrifugal and axial-flow types for general use; centrifugal ID-fans for industrial steam boilers; centrifugal IF-fans and ID-fans for power station boilers; axial type fans used at power stations; centrifugal fans for AC. It does not apply to specialized-structured and used fans like jet-type fans, cross-flow fans, and roof fans.</t>
   </si>
   <si>
     <t>China</t>
   </si>
   <si>
     <t>Space Heating and Space Cooling, Ventilation, Industrial Fans</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>GB 19761-2009
 ,   
                     GB/T 1236
 ,   
                     GB/T 10178</t>
   </si>
   <si>
     <t>The State Administration for Market Regulation of China (SAMR) and National Dev…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-021-2021-ventilators</t>
   </si>
   <si>
+    <t>https://www.energylabel.com.cn/cpbazlxz/display.htm?contentId=1c9b5fb96da84efca25632a94eb5e85f</t>
+  </si>
+  <si>
     <t>CEL- Air Cleaners</t>
   </si>
   <si>
+    <t>This policy covers air cleaners.</t>
+  </si>
+  <si>
     <t>Air Cleaners</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>GB/T 18801-2015; GB/T 18883-2002</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-air-cleaners</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2020/04/%E7%A9%BA%E6%B0%94%E5%87%80%E5%8C%96%E5%99%A8%E8%83%BD%E6%BA%</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2024/1834 of 3 July 2024 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for fans driven by motors with an electric input power between 125 W and 500 kW</t>
   </si>
   <si>
+    <t>This Regulation lays down ecodesign requirements for the placing on the market or putting into service of fans with an electric input power between 125 W and 500 kW (≥ 125 W and ≤ 500 kW) at their best efficiency point, including where they are integrated into other products.
+This policy comes into effect on July 24 2026. It is a revision of Regulation (EU) No 327/2011 which is repealed with effect from 24 July 2026. However, Annexes I, II and III to that Regulation, shall continue to apply until 24 July 2037, in relation to fans integrated into other products and in relation to spare part fans.
+Units of models placed on the market between 24 July 2024 and 24 July 2026 which comply with the provisions of this Regulation shall be considered to comply with the requirements of Regulation (EU) No 327/2011.</t>
+  </si>
+  <si>
     <t>Europe, European Union</t>
   </si>
   <si>
     <t>Industrial Fans</t>
   </si>
   <si>
-    <t>Entered into force, Revised</t>
-[...1 lines deleted...]
-  <si>
     <t>August 2024</t>
   </si>
   <si>
     <t>European Commission - DG Energy</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20241834-3-july-2024-implementing-directive-2009125ec-european</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=OJ:L_202401834</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) No 327/2011 of 30 March 2011 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for fans driven by motors</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market or putting into service of fans  -driven by motors with an electric input power between 125 W and 500 kW; including those integrated in other energy-related products as covered by Directive 2009-125-EC. The Regulation shall not apply to fans integrated in: products with a sole electric motor of 3 kW or less where the fan is fixed on the same shaft used for driving the main functionality; laundry and washer dryers 3 kW maximum electrical input power; kitchen hoods 280 W total maximum electrical input power attributable to the fans. This Regulation shall not apply to fans which are designed to operate under certain specified conditions; potentially explosive atmospheres; emergency use only; extreme operating temperatures; high supply voltage; etc.   These types of fans can be found in commercial and industrial buildings.</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>October 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-3272011-30-march-2011-implementing-directive-2009125ec-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2011/327/contents</t>
+  </si>
+  <si>
     <t>European Union</t>
   </si>
   <si>
     <t>September 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-3272011-30-march-2011-implementing-directive-2009125ec</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02011R0327-20170109</t>
+  </si>
+  <si>
     <t>CQC64-439141-2017 Safety and Performance and Energy Conservation Certification Rules For Household and Similar Use Outdoor Air System Equipment</t>
   </si>
   <si>
+    <t>Applies to Household and Similar Use Outdoor Air System Equipment with an air volume below 2000cubic meters per hour</t>
+  </si>
+  <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>CQC6401-2017 4.3.1 and 4.3.2</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc64-439141-2017-safety-and-performance-and-energy-conservation-certification-rules</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2017-04-13/544879.shtml</t>
+  </si>
+  <si>
     <t>CQC64-448157-2014. CQC Mark Certification - Air Cleaners</t>
   </si>
   <si>
+    <t>Air cleaners: single-phase rated voltage not exceeding 250V; other rated voltage not exceeding 450V</t>
+  </si>
+  <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>GB/T 18801-2015 5.5.2 and 5.2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc64-448157-2014-cqc-mark-certification-air-cleaners</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2021-06-08/511616.shtml</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Centrifugal Fans; No. En-Tech 10205010191</t>
   </si>
   <si>
+    <t>Centrifugal Fans shall meet the following specifications and the requirements of CNS 6592; CNS 6593; or recognized by the Bureau of Energy MOEA. The required specifications are:</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>ISO 5801 or AMCA 210</t>
   </si>
   <si>
     <t>Greenmark Labelling Program</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-method-centrifugal-fans-no-en-tech-10205010191</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=49</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Air Cleaners</t>
   </si>
   <si>
+    <t>The product shall meet the definition of CNS 7619 regarding air cleaners or recognized by the Bureau of Energy of MOEA as domestic indoor air cleaners.</t>
+  </si>
+  <si>
     <t>CNS 7619</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-air-cleaners</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=34</t>
+  </si>
+  <si>
     <t>Energy Efficiency Grade Label for Air Cleaners</t>
   </si>
   <si>
+    <t>By the scope of KS C 9314 the mechanical and combined air cleaner which hasless 200W power consumption, and the single power 220V and 60Hz.</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>KS C 9314</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-grade-label-air-cleaners</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_4.asp</t>
+  </si>
+  <si>
     <t>Energy Efficiency Label No5 for Air Purifiers</t>
   </si>
   <si>
+    <t>This program covers split-type air purifiers such as mechanical air cleaners, ionic air cleaners, and Combined Air Purifiers</t>
+  </si>
+  <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>ANSI/AHAM AC-3-2009 for evaluating the performance of air cleaners</t>
   </si>
   <si>
     <t>Electricity Generating Authority Thailand (EGAT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-label-no5-air-purifiers</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/#.pdf</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Room Air Cleaners Version 2.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a Room Air Cleaner as specified in the policy document are eligible for ENERGY STAR qualification; with the exception of Combination products and ozone generators. Qualifying air cleaner models shall produce a minimum 50 CADR for Dust to be considered under this specification.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*</t>
   </si>
   <si>
     <t>ANSI/AHAM AC-1-2006; UL 867 Ed. 4.0; IEC 62301 Ed. 1.0</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-room-air-cleaners-version-20</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/appliances/air_purifiers_cleaners/partners</t>
+  </si>
+  <si>
     <t>GB 36893-2018 Minimum allowable values of the energy efficiency and energy efficiency grades for air cleaners</t>
   </si>
   <si>
+    <t>Superseded</t>
+  </si>
+  <si>
+    <t>November 2025</t>
+  </si>
+  <si>
     <t>The Standardisation Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-36893-2018-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-air</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=7AC3075CD358B4B1E05397BE0A0AC4DE</t>
+  </si>
+  <si>
     <t>GB 36893-2024 Minimum allowable values of energy efficiency and energy efficiency grades for air cleaner</t>
   </si>
   <si>
-    <t>October 2025</t>
+    <t>This standard revised minimum energy performance standards and grades for air cleaners:
+ — Air cleaners with a single-phase rated voltage greater than 5 V and not exceeding 250 V, and other rated voltages not exceeding 480 V;
+— Air cleaners with functions for removing particulate matter and gaseous pollutants;
+— Humidifying purifiers and purifying fans with an independent air purification function mode.</t>
   </si>
   <si>
     <t>GB/T 18801—2022</t>
   </si>
   <si>
     <t>The Standardization Administration of China</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-36893-2024-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-air</t>
   </si>
   <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=23EE8C718E22E8A3E06397BE0A0AC332</t>
+  </si>
+  <si>
     <t>GB 37484-2019 Minimum allowable values of energy efficiency and energy efficiency grades for precipitators</t>
   </si>
   <si>
+    <t>This policy covers precipitators.</t>
+  </si>
+  <si>
     <t>GB/T 6719; GB/T 13931; GB 19153; GB/T 32154</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-37484-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=86000D0C5CBD0E10E05397BE0A0A5BBB</t>
+  </si>
+  <si>
     <t>ISIRI 10634 Fans- Technical Specifications and Test Methods for Energy Consumption and Energy Labeling Instructions</t>
   </si>
   <si>
+    <t>Fans with capacity of 170-3500 m3 per h. Does not cover ceiling fans or portable fans.</t>
+  </si>
+  <si>
     <t>Iran</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>ANSI/ASHRAE 51-1999 (AMCA Standard 210-99 ANSI approved)</t>
   </si>
   <si>
     <t>Institute of Standards and Industrial Research of Iran (ISIRI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-10634-fans-technical-specifications-and-test-methods-energy-consumption-and-energy</t>
   </si>
   <si>
+    <t>http://isiri.gov.ir/portal/home/?135546/%D8%A7%D8%B7%D9%84%D8%A7%D8%B9%D8%A7%D8%AA-%D9%85%D8%B1%D8%A8%D9%88%D8%B7-%D8%A8%D9%87-%D8%A7%D8%B3%D8%AA%D8%A7%D9%86%D8%AF%D8%A7%D8%B1%D8%AF%D9%87%D8%A7%DB%8C-%D8%A8%D8%B1%DA%86%D8%B3%D8%A8-%D8%A7%D9%86%D8%B1%DA%98%</t>
+  </si>
+  <si>
     <t>LI 2444 Energy Commission Energy Efficiency Standards and Labelling Industrial Fans Regulations</t>
   </si>
   <si>
+    <t>Minimum energy performance regulations and labelling guidelines for industrial fans with an electrical input power between 0.125 - 500 kW or integrated in other energy-related products manufactured in the country or imported into the country for display, sale, or use.</t>
+  </si>
+  <si>
     <t>Ghana</t>
   </si>
   <si>
     <t>March 2023</t>
   </si>
   <si>
     <t>Ghana Energy Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/li-2444-energy-commission-energy-efficiency-standards-and-labelling-industrial-fans</t>
   </si>
   <si>
+    <t>https://www.energycom.gov.gh/regulation/regulation-and-codes</t>
+  </si>
+  <si>
     <t>MEPS for Air Cleaners</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-air-cleaners</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_2.asp</t>
+  </si>
+  <si>
     <t>Regulation on Energy Efficiency Requirements for Mass-Produced Systems, Vehicles, and Appliances</t>
   </si>
   <si>
+    <t>This policy applies to mass-produced systems, vehicles, and devices as well as their mass-produced components that consume a considerable amount of energy and are placed on the market or sold in Switzerland.</t>
+  </si>
+  <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>Computers, Servers, Networking Equipment, Stand-by and networked devices, Televisions, Set Top Boxes (STB), Displays, External Power Supply, Vacuum Cleaners, Ovens, Dishwashers, Cooktops or Hobs, Coffee Machines, Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires, 3-Phase Motors, Industrial Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Storage Water Heaters, Building Circulator Pumps, Pumps Other, Power Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>Electricity, Other Solid Fuel</t>
   </si>
   <si>
     <t>See Policy</t>
   </si>
   <si>
     <t>Swiss Federal Office of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/regulation-energy-efficiency-requirements-mass-produced-systems-vehicles-and-appliances</t>
   </si>
   <si>
+    <t>https://www.admin.ch/opc/de/classified-compilation/20162950/index.html</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Air Cleaners TGL-91-14</t>
   </si>
   <si>
+    <t>These criteria shall apply to air purifiers for residential or similar purposes with a rated voltage not exceeding 250 V for single-phase alternating current (AC).</t>
+  </si>
+  <si>
     <t>Electronics, Other-Electronics, Air Cleaners</t>
   </si>
   <si>
     <t>April 2022</t>
   </si>
   <si>
     <t>TIS 1516 (or IEC 60335-2-65)</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-air-cleaners-tgl-91-14</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-91-14.pdf</t>
+  </si>
+  <si>
     <t>The Energy Efficiency Label No.5 for Air Purifiers</t>
+  </si>
+  <si>
+    <t>This policy defines energy efficiency level criteria and test standards for air purifiers. The scope of air purifiers includes air purifiers, split type, cooled with air, according to the following types: mechanical air cleaners, ion air purifiers (ionic air cleaners), and combined air purifiers. The policy applies to air purifiers intended for use in homes or places with similar purposes such as offices, and shops. The number 5 efficiency criteria for an air cleaner with an area of use less than or equal to 50m2 is set at greater than or equal to 7.5 baht/year (annual electricity cost).</t>
+  </si>
+  <si>
+    <t>New</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>TIS 3061-2020
 ,   
                     ANSI/AHAM AC-3-2009</t>
   </si>
   <si>
     <t>Electricity Generating Authority of Thailand</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-label-no5-air-purifiers-0</t>
+  </si>
+  <si>
+    <t>https://labelno5.egat.co.th/home/%e0%b9%80%e0%b8%81%e0%b8%93%e0%b8%91%e0%b9%8c%e0%b8%9b%e0%b8%a3%e0%b8%b0%e0%b8%aa%e0%b8%b4%e0%b8%97%e0%b8%98%e0%b8%b4%e0%b8%a0%e0%b8%b2%e0%b8%9e%e0%b8%9e%e0%b8%a5%e0%b8%b1%e0%b8%87%e0%b8%87%e0%b8%b2/</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -772,1089 +910,1230 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N23"/>
+  <dimension ref="A1:P23"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="296" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="143" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="296.071" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1075.737" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="684.119" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="78.981" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="143.822" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="303.069" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>1990</v>
       </c>
-      <c r="H2">
+      <c r="I2">
         <v>2016</v>
       </c>
-      <c r="I2" t="s">
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2020</v>
+      </c>
+      <c r="I3">
+        <v>2021</v>
+      </c>
+      <c r="J3" t="s">
+        <v>35</v>
+      </c>
+      <c r="K3" t="s">
+        <v>36</v>
+      </c>
+      <c r="L3" t="s">
+        <v>37</v>
+      </c>
+      <c r="M3" t="s">
+        <v>38</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>39</v>
+      </c>
+      <c r="P3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>41</v>
+      </c>
+      <c r="B4" t="s">
+        <v>42</v>
+      </c>
+      <c r="C4" t="s">
+        <v>32</v>
+      </c>
+      <c r="D4" t="s">
+        <v>43</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>34</v>
+      </c>
+      <c r="G4" t="s">
+        <v>44</v>
+      </c>
+      <c r="H4">
+        <v>2019</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>45</v>
+      </c>
+      <c r="K4" t="s">
+        <v>36</v>
+      </c>
+      <c r="L4" t="s">
+        <v>46</v>
+      </c>
+      <c r="M4" t="s">
+        <v>47</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>48</v>
+      </c>
+      <c r="P4" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>50</v>
+      </c>
+      <c r="B5" t="s">
+        <v>51</v>
+      </c>
+      <c r="C5" t="s">
+        <v>52</v>
+      </c>
+      <c r="D5" t="s">
+        <v>53</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G5" t="s">
         <v>22</v>
-      </c>
-[...116 lines deleted...]
-        <v>2024</v>
       </c>
       <c r="H5">
         <v>2024</v>
       </c>
-      <c r="I5" t="s">
-        <v>46</v>
+      <c r="I5">
+        <v>2024</v>
       </c>
       <c r="J5" t="s">
-        <v>31</v>
-[...4 lines deleted...]
-      </c>
+        <v>54</v>
+      </c>
+      <c r="K5" t="s">
+        <v>36</v>
+      </c>
+      <c r="L5"/>
       <c r="M5" t="s">
-        <v>48</v>
+        <v>55</v>
       </c>
       <c r="N5" t="s">
-        <v>49</v>
-[...2 lines deleted...]
-    <row r="6" spans="1:14">
+        <v>56</v>
+      </c>
+      <c r="O5" t="s">
+        <v>57</v>
+      </c>
+      <c r="P5" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
       <c r="A6" t="s">
-        <v>50</v>
+        <v>59</v>
       </c>
       <c r="B6" t="s">
-        <v>51</v>
+        <v>60</v>
       </c>
       <c r="C6" t="s">
+        <v>61</v>
+      </c>
+      <c r="D6" t="s">
+        <v>53</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
         <v>44</v>
       </c>
-      <c r="D6" t="s">
-[...8 lines deleted...]
-      <c r="G6">
+      <c r="H6">
         <v>2011</v>
       </c>
-      <c r="H6"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I6"/>
       <c r="J6" t="s">
-        <v>31</v>
-[...1 lines deleted...]
-      <c r="K6"/>
+        <v>62</v>
+      </c>
+      <c r="K6" t="s">
+        <v>36</v>
+      </c>
       <c r="L6"/>
-      <c r="M6" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="M6"/>
       <c r="N6" t="s">
+        <v>56</v>
+      </c>
+      <c r="O6" t="s">
+        <v>63</v>
+      </c>
+      <c r="P6" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>59</v>
+      </c>
+      <c r="B7" t="s">
+        <v>60</v>
+      </c>
+      <c r="C7" t="s">
+        <v>65</v>
+      </c>
+      <c r="D7" t="s">
         <v>53</v>
       </c>
-    </row>
-[...7 lines deleted...]
-      <c r="C7" t="s">
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G7" t="s">
         <v>44</v>
       </c>
-      <c r="D7" t="s">
-[...8 lines deleted...]
-      <c r="G7">
+      <c r="H7">
         <v>2011</v>
       </c>
-      <c r="H7"/>
-      <c r="I7" t="s">
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>66</v>
+      </c>
+      <c r="K7" t="s">
+        <v>36</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7" t="s">
         <v>55</v>
-      </c>
-[...8 lines deleted...]
-        <v>48</v>
       </c>
       <c r="N7" t="s">
         <v>56</v>
       </c>
-    </row>
-    <row r="8" spans="1:14">
+      <c r="O7" t="s">
+        <v>67</v>
+      </c>
+      <c r="P7" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
       <c r="A8" t="s">
-        <v>57</v>
+        <v>69</v>
       </c>
       <c r="B8" t="s">
+        <v>70</v>
+      </c>
+      <c r="C8" t="s">
+        <v>32</v>
+      </c>
+      <c r="D8" t="s">
+        <v>43</v>
+      </c>
+      <c r="E8" t="s">
+        <v>71</v>
+      </c>
+      <c r="F8" t="s">
+        <v>72</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2014</v>
+      </c>
+      <c r="I8">
+        <v>2017</v>
+      </c>
+      <c r="J8" t="s">
+        <v>73</v>
+      </c>
+      <c r="K8" t="s">
+        <v>36</v>
+      </c>
+      <c r="L8" t="s">
+        <v>74</v>
+      </c>
+      <c r="M8" t="s">
+        <v>75</v>
+      </c>
+      <c r="N8" t="s">
         <v>27</v>
       </c>
-      <c r="C8" t="s">
+      <c r="O8" t="s">
+        <v>76</v>
+      </c>
+      <c r="P8" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>78</v>
+      </c>
+      <c r="B9" t="s">
+        <v>79</v>
+      </c>
+      <c r="C9" t="s">
+        <v>32</v>
+      </c>
+      <c r="D9" t="s">
+        <v>43</v>
+      </c>
+      <c r="E9" t="s">
+        <v>71</v>
+      </c>
+      <c r="F9" t="s">
+        <v>72</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2014</v>
+      </c>
+      <c r="I9">
+        <v>2015</v>
+      </c>
+      <c r="J9" t="s">
+        <v>80</v>
+      </c>
+      <c r="K9" t="s">
         <v>36</v>
       </c>
-      <c r="D8" t="s">
-[...37 lines deleted...]
-      <c r="B9" t="s">
+      <c r="L9" t="s">
+        <v>81</v>
+      </c>
+      <c r="M9" t="s">
+        <v>75</v>
+      </c>
+      <c r="N9" t="s">
         <v>27</v>
       </c>
-      <c r="C9" t="s">
+      <c r="O9" t="s">
+        <v>82</v>
+      </c>
+      <c r="P9" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>84</v>
+      </c>
+      <c r="B10" t="s">
+        <v>85</v>
+      </c>
+      <c r="C10" t="s">
+        <v>86</v>
+      </c>
+      <c r="D10" t="s">
+        <v>53</v>
+      </c>
+      <c r="E10" t="s">
+        <v>71</v>
+      </c>
+      <c r="F10" t="s">
+        <v>72</v>
+      </c>
+      <c r="G10" t="s">
+        <v>44</v>
+      </c>
+      <c r="H10">
+        <v>2013</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>73</v>
+      </c>
+      <c r="K10" t="s">
         <v>36</v>
       </c>
-      <c r="D9" t="s">
-[...64 lines deleted...]
-      </c>
       <c r="L10" t="s">
+        <v>87</v>
+      </c>
+      <c r="M10" t="s">
+        <v>88</v>
+      </c>
+      <c r="N10" t="s">
+        <v>56</v>
+      </c>
+      <c r="O10" t="s">
+        <v>89</v>
+      </c>
+      <c r="P10" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>91</v>
+      </c>
+      <c r="B11" t="s">
+        <v>92</v>
+      </c>
+      <c r="C11" t="s">
+        <v>86</v>
+      </c>
+      <c r="D11" t="s">
+        <v>43</v>
+      </c>
+      <c r="E11" t="s">
         <v>71</v>
       </c>
-      <c r="M10" t="s">
-[...2 lines deleted...]
-      <c r="N10" t="s">
+      <c r="F11" t="s">
         <v>72</v>
       </c>
-    </row>
-[...20 lines deleted...]
-        <v>2011</v>
+      <c r="G11" t="s">
+        <v>22</v>
       </c>
       <c r="H11">
         <v>2011</v>
       </c>
-      <c r="I11" t="s">
-        <v>60</v>
+      <c r="I11">
+        <v>2011</v>
       </c>
       <c r="J11" t="s">
-        <v>31</v>
+        <v>73</v>
       </c>
       <c r="K11" t="s">
-        <v>74</v>
+        <v>36</v>
       </c>
       <c r="L11" t="s">
+        <v>93</v>
+      </c>
+      <c r="M11" t="s">
+        <v>88</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>94</v>
+      </c>
+      <c r="P11" t="s">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>96</v>
+      </c>
+      <c r="B12" t="s">
+        <v>97</v>
+      </c>
+      <c r="C12" t="s">
+        <v>98</v>
+      </c>
+      <c r="D12" t="s">
+        <v>43</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>34</v>
+      </c>
+      <c r="G12" t="s">
+        <v>44</v>
+      </c>
+      <c r="H12">
+        <v>2009</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>99</v>
+      </c>
+      <c r="K12" t="s">
+        <v>36</v>
+      </c>
+      <c r="L12" t="s">
+        <v>100</v>
+      </c>
+      <c r="M12" t="s">
+        <v>101</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>102</v>
+      </c>
+      <c r="P12" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>104</v>
+      </c>
+      <c r="B13" t="s">
+        <v>105</v>
+      </c>
+      <c r="C13" t="s">
+        <v>106</v>
+      </c>
+      <c r="D13" t="s">
+        <v>43</v>
+      </c>
+      <c r="E13" t="s">
         <v>71</v>
       </c>
-      <c r="M11" t="s">
-[...13 lines deleted...]
-      <c r="C12" t="s">
+      <c r="F13" t="s">
+        <v>34</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2021</v>
+      </c>
+      <c r="I13">
+        <v>2019</v>
+      </c>
+      <c r="J13" t="s">
+        <v>107</v>
+      </c>
+      <c r="K13" t="s">
         <v>36</v>
       </c>
-      <c r="D12" t="s">
-[...21 lines deleted...]
-      <c r="L12" t="s">
+      <c r="L13" t="s">
+        <v>108</v>
+      </c>
+      <c r="M13" t="s">
+        <v>109</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>110</v>
+      </c>
+      <c r="P13" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>112</v>
+      </c>
+      <c r="B14" t="s">
+        <v>113</v>
+      </c>
+      <c r="C14" t="s">
+        <v>114</v>
+      </c>
+      <c r="D14" t="s">
+        <v>43</v>
+      </c>
+      <c r="E14" t="s">
+        <v>71</v>
+      </c>
+      <c r="F14" t="s">
+        <v>72</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>2004</v>
+      </c>
+      <c r="I14">
+        <v>2020</v>
+      </c>
+      <c r="J14" t="s">
         <v>80</v>
       </c>
-      <c r="M12" t="s">
-[...13 lines deleted...]
-      <c r="C13" t="s">
+      <c r="K14" t="s">
         <v>36</v>
       </c>
-      <c r="D13" t="s">
-[...40 lines deleted...]
-      <c r="C14" t="s">
+      <c r="L14" t="s">
+        <v>115</v>
+      </c>
+      <c r="M14" t="s">
+        <v>116</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>117</v>
+      </c>
+      <c r="P14" t="s">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>119</v>
+      </c>
+      <c r="B15" t="s">
+        <v>42</v>
+      </c>
+      <c r="C15" t="s">
+        <v>32</v>
+      </c>
+      <c r="D15" t="s">
+        <v>43</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>21</v>
+      </c>
+      <c r="G15" t="s">
+        <v>120</v>
+      </c>
+      <c r="H15">
+        <v>2018</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>121</v>
+      </c>
+      <c r="K15" t="s">
         <v>36</v>
       </c>
-      <c r="D14" t="s">
-[...11 lines deleted...]
-      <c r="H14">
+      <c r="L15" t="s">
+        <v>46</v>
+      </c>
+      <c r="M15" t="s">
+        <v>122</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>123</v>
+      </c>
+      <c r="P15" t="s">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>125</v>
+      </c>
+      <c r="B16" t="s">
+        <v>126</v>
+      </c>
+      <c r="C16" t="s">
+        <v>32</v>
+      </c>
+      <c r="D16" t="s">
+        <v>43</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>21</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>2018</v>
+      </c>
+      <c r="I16">
+        <v>2024</v>
+      </c>
+      <c r="J16" t="s">
+        <v>121</v>
+      </c>
+      <c r="K16" t="s">
+        <v>36</v>
+      </c>
+      <c r="L16" t="s">
+        <v>127</v>
+      </c>
+      <c r="M16" t="s">
+        <v>128</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>129</v>
+      </c>
+      <c r="P16" t="s">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>131</v>
+      </c>
+      <c r="B17" t="s">
+        <v>132</v>
+      </c>
+      <c r="C17" t="s">
+        <v>32</v>
+      </c>
+      <c r="D17" t="s">
+        <v>43</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>21</v>
+      </c>
+      <c r="G17" t="s">
+        <v>44</v>
+      </c>
+      <c r="H17">
         <v>2020</v>
       </c>
-      <c r="I14" t="s">
-[...22 lines deleted...]
-      <c r="B15" t="s">
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>45</v>
+      </c>
+      <c r="K17" t="s">
+        <v>36</v>
+      </c>
+      <c r="L17" t="s">
+        <v>133</v>
+      </c>
+      <c r="M17" t="s">
+        <v>122</v>
+      </c>
+      <c r="N17" t="s">
+        <v>56</v>
+      </c>
+      <c r="O17" t="s">
+        <v>134</v>
+      </c>
+      <c r="P17" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>136</v>
+      </c>
+      <c r="B18" t="s">
+        <v>137</v>
+      </c>
+      <c r="C18" t="s">
+        <v>138</v>
+      </c>
+      <c r="D18" t="s">
+        <v>53</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>139</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>2008</v>
+      </c>
+      <c r="I18">
+        <v>2010</v>
+      </c>
+      <c r="J18" t="s">
+        <v>99</v>
+      </c>
+      <c r="K18" t="s">
+        <v>36</v>
+      </c>
+      <c r="L18" t="s">
+        <v>140</v>
+      </c>
+      <c r="M18" t="s">
+        <v>141</v>
+      </c>
+      <c r="N18" t="s">
+        <v>56</v>
+      </c>
+      <c r="O18" t="s">
+        <v>142</v>
+      </c>
+      <c r="P18" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>144</v>
+      </c>
+      <c r="B19" t="s">
+        <v>145</v>
+      </c>
+      <c r="C19" t="s">
+        <v>146</v>
+      </c>
+      <c r="D19" t="s">
+        <v>53</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>21</v>
+      </c>
+      <c r="G19" t="s">
+        <v>44</v>
+      </c>
+      <c r="H19">
+        <v>2022</v>
+      </c>
+      <c r="I19"/>
+      <c r="J19" t="s">
+        <v>147</v>
+      </c>
+      <c r="K19" t="s">
+        <v>36</v>
+      </c>
+      <c r="L19"/>
+      <c r="M19" t="s">
+        <v>148</v>
+      </c>
+      <c r="N19" t="s">
         <v>27</v>
       </c>
-      <c r="C15" t="s">
-[...59 lines deleted...]
-      <c r="I16" t="s">
+      <c r="O19" t="s">
+        <v>149</v>
+      </c>
+      <c r="P19" t="s">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>151</v>
+      </c>
+      <c r="B20" t="s">
         <v>97</v>
       </c>
-      <c r="J16" t="s">
-[...2 lines deleted...]
-      <c r="K16" t="s">
+      <c r="C20" t="s">
         <v>98</v>
       </c>
-      <c r="L16" t="s">
-[...144 lines deleted...]
-      </c>
       <c r="D20" t="s">
-        <v>17</v>
+        <v>43</v>
       </c>
       <c r="E20" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F20" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2011</v>
+        <v>21</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
       </c>
       <c r="H20">
         <v>2011</v>
       </c>
-      <c r="I20" t="s">
-        <v>78</v>
+      <c r="I20">
+        <v>2011</v>
       </c>
       <c r="J20" t="s">
-        <v>31</v>
+        <v>99</v>
       </c>
       <c r="K20" t="s">
-        <v>79</v>
+        <v>36</v>
       </c>
       <c r="L20" t="s">
-        <v>80</v>
+        <v>100</v>
       </c>
       <c r="M20" t="s">
-        <v>24</v>
+        <v>101</v>
       </c>
       <c r="N20" t="s">
-        <v>116</v>
-[...2 lines deleted...]
-    <row r="21" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>152</v>
+      </c>
+      <c r="P20" t="s">
+        <v>153</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
       <c r="A21" t="s">
-        <v>117</v>
+        <v>154</v>
       </c>
       <c r="B21" t="s">
-        <v>118</v>
+        <v>155</v>
       </c>
       <c r="C21" t="s">
-        <v>119</v>
+        <v>156</v>
       </c>
       <c r="D21" t="s">
-        <v>17</v>
+        <v>157</v>
       </c>
       <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
+        <v>139</v>
+      </c>
+      <c r="G21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21">
+        <v>2017</v>
+      </c>
+      <c r="I21">
+        <v>2021</v>
+      </c>
+      <c r="J21" t="s">
+        <v>158</v>
+      </c>
+      <c r="K21" t="s">
+        <v>159</v>
+      </c>
+      <c r="L21" t="s">
+        <v>160</v>
+      </c>
+      <c r="M21" t="s">
+        <v>161</v>
+      </c>
+      <c r="N21" t="s">
+        <v>56</v>
+      </c>
+      <c r="O21" t="s">
+        <v>162</v>
+      </c>
+      <c r="P21" t="s">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>164</v>
+      </c>
+      <c r="B22" t="s">
+        <v>165</v>
+      </c>
+      <c r="C22" t="s">
         <v>106</v>
       </c>
-      <c r="F21" t="s">
-[...5 lines deleted...]
-      <c r="H21">
+      <c r="D22" t="s">
+        <v>166</v>
+      </c>
+      <c r="E22" t="s">
+        <v>71</v>
+      </c>
+      <c r="F22" t="s">
+        <v>72</v>
+      </c>
+      <c r="G22" t="s">
+        <v>44</v>
+      </c>
+      <c r="H22">
+        <v>2014</v>
+      </c>
+      <c r="I22"/>
+      <c r="J22" t="s">
+        <v>167</v>
+      </c>
+      <c r="K22" t="s">
+        <v>36</v>
+      </c>
+      <c r="L22" t="s">
+        <v>168</v>
+      </c>
+      <c r="M22" t="s">
+        <v>169</v>
+      </c>
+      <c r="N22" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>170</v>
+      </c>
+      <c r="P22" t="s">
+        <v>171</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>172</v>
+      </c>
+      <c r="B23" t="s">
+        <v>173</v>
+      </c>
+      <c r="C23" t="s">
+        <v>106</v>
+      </c>
+      <c r="D23" t="s">
+        <v>43</v>
+      </c>
+      <c r="E23" t="s">
+        <v>71</v>
+      </c>
+      <c r="F23" t="s">
+        <v>34</v>
+      </c>
+      <c r="G23" t="s">
+        <v>174</v>
+      </c>
+      <c r="H23">
         <v>2021</v>
       </c>
-      <c r="I21" t="s">
-[...67 lines deleted...]
-      <c r="C23" t="s">
+      <c r="I23"/>
+      <c r="J23" t="s">
+        <v>175</v>
+      </c>
+      <c r="K23" t="s">
         <v>36</v>
       </c>
-      <c r="D23" t="s">
-[...20 lines deleted...]
-      </c>
       <c r="L23" t="s">
-        <v>134</v>
+        <v>176</v>
       </c>
       <c r="M23" t="s">
-        <v>24</v>
+        <v>177</v>
       </c>
       <c r="N23" t="s">
-        <v>135</v>
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>178</v>
+      </c>
+      <c r="P23" t="s">
+        <v>179</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>