--- v0 (2025-10-12)
+++ v1 (2025-11-26)
@@ -12,932 +12,1285 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="279">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="395">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>10 CFR 430—Energy Conservation Program for Consumer Products</t>
   </si>
   <si>
+    <t>Conventional cooking top means a class of cooking products which is a household cooking appliance consisting of a horizontal surface containing one or more surface units which utilize a gas flame; electric resistance heating; or electric inductive heating.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Electronics, Uninterruptable Power Supply, Battery Chargers, External Power Supply, Dehumidifiers, Air Cleaners, Ovens, Microwaves, Dishwashers, Clothes Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Ceiling Fans, Duct Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Showers or Showerheads, Urinals, Taps or Faucets, Distribution Transformers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>10 CFR 430 Subpart B</t>
   </si>
   <si>
     <t>U.S. Department of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/10-cfr-430-energy-conservation-program-consumer-products</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-430</t>
+  </si>
+  <si>
     <t>BDS 101:1991 Electric boiling plates for domestic use</t>
   </si>
   <si>
+    <t>Requirements for electric boiling plates, open type and enclose type intended for operation on AC and DC circuits having voltage rating not exceeding 250 volts.</t>
+  </si>
+  <si>
     <t>Bangladesh</t>
   </si>
   <si>
     <t>Cooktops or Hobs</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Bangladesh Standards and Testing Institute</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/bds-1011991-electric-boiling-plates-domestic-use</t>
   </si>
   <si>
+    <t>https://bsti.portal.gov.bd/sites/default/files/files/bsti.portal.gov.bd/page/c82bd863_c051_46ce_af11_eb5bec479d5b/BSTI%20Standards%20Catalogue-2018%20(1).pdf</t>
+  </si>
+  <si>
     <t>BNS 5: Part 8: 2013 Labelling – Energy labelling of household appliances and products - Requirements</t>
   </si>
   <si>
+    <t>This standard Specifies the terms and conditions under which major household appliances shall be labelled. It identifies the information which consumers shall receive on the energy label of major household appliances.</t>
+  </si>
+  <si>
     <t>Barbados</t>
   </si>
   <si>
     <t>Televisions, DVD|Blu-Ray Players, Ovens, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washing Machines, Directional Lamps, 3-Phase Motors, Portable Fans, Room ACs - Stationary ACs, Evaporative Coolers, Storage Water Heaters, Pumps Other, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Ministry of Trade, Energy Division</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/bns-5-part-8-2013-labelling-energy-labelling-household-appliances-and-products</t>
   </si>
   <si>
+    <t>https://commerce.gov.bb/wp-content/uploads/2020/08/BNSI-Standards-Catalogue-2020-.pdf , http://www.oas.org/en/sedi/dsd/Energy/03_CROSQ_Fulgence_StPrix.pdf----https://commerce.gov.bb/wp-content/uploads/2020/08/BNSI-Standards-Catalogue-2020-.pdf</t>
+  </si>
+  <si>
     <t>CEL- Air Cleaners</t>
   </si>
   <si>
+    <t>This policy covers air cleaners.</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Air Cleaners</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>GB/T 18801-2015; GB/T 18883-2002</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-air-cleaners</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2020/04/%E7%A9%BA%E6%B0%94%E5%87%80%E5%8C%96%E5%99%A8%E8%83%BD%E6%BA%</t>
+  </si>
+  <si>
     <t>CEL-034. Cooker Hood</t>
   </si>
   <si>
+    <t>Applies to cooker hoods with the rated voltage not exceeding 250 V and cookers stove and similar types with upper hood</t>
+  </si>
+  <si>
     <t>GB 29539-2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-034-cooker-hood</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/7%E9%99%84%E4%BB%B630_%E5%90%B8%E6%B2%B9%E7%83%9F%E6%9C%BA%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL-036. Household Cookers</t>
   </si>
   <si>
+    <t>Applies to induction cookers with one or more heating units with each unit's rated power ranges from 700W to 3500W. Does not apply to commercial induction cookers, power frequency induction cookers and concave cooker.</t>
+  </si>
+  <si>
     <t>GB 21456-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-036-household-cookers</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/7%E9%99%84%E4%BB%B615_%E5%AE%B6%E7%94%A8%E7%94%B5%E7%A3%81%E7%81%B6%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) No 66/2014 of 14 January 2014 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for domestic ovens, hobs and range hoods</t>
   </si>
   <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market and putting into service of domestic ovens; including when incorporated in cookers; domestic hobs and domestic electric range hoods; including when sold for non-domestic purposes.   
+This Policy is under review by the European Commission and is expected to be revised in 2024.</t>
+  </si>
+  <si>
     <t>European Union</t>
   </si>
   <si>
     <t>Ovens, Cooktops or Hobs</t>
   </si>
   <si>
     <t>September 2023</t>
   </si>
   <si>
     <t>European Commission - DG Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-662014-14-january-2014-implementing-directive-2009125ec</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02014R0066-20170109</t>
+  </si>
+  <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market and putting into service of domestic ovens; including when incorporated in cookers; domestic hobs and domestic electric range hoods; including when sold for non-domestic purposes.</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>October 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-662014-14-january-2014-implementing-directive-2009125ec-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2014/66</t>
+  </si>
+  <si>
     <t>Conpet Seal Gas stoves and ovens</t>
   </si>
   <si>
+    <t>Gas stoves and ovens</t>
+  </si>
+  <si>
     <t>Brazil</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>Gas</t>
   </si>
   <si>
     <t>NBR 13723 1/1999 parte 1, NBR 13723 2/1999 parte 2, NBR 14583/2000</t>
   </si>
   <si>
     <t>National Program of Rational Use of Oil and Natural Gas (Conpet)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/conpet-seal-gas-stoves-and-ovens</t>
   </si>
   <si>
+    <t>https://thebrazilbusiness.com/article/energy-efficiency-labeling-in-brazil</t>
+  </si>
+  <si>
     <t>CQC31-448184-2011. CQC Mark Certification - Commercial Induction Cooker</t>
   </si>
   <si>
+    <t>Applies to household induction coookers with one or more heating units with the rated power of each unit of 700W</t>
+  </si>
+  <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>SB-T 10548</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-448184-2011-cqc-mark-certification-commercial-induction-cooker</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-21/492839.shtml</t>
+  </si>
+  <si>
     <t>CQC61-445151-2015. CQC Mark Certification - Commercial gas cooking appliances</t>
   </si>
   <si>
+    <t>Applies to commercial gas-to-energy stoves with a rated thermal load of single burner not exceeding 60 kW and a nominal heat load of each burner not exceeding 80 kW. A nominal diameter should not be less than 600 mm.</t>
+  </si>
+  <si>
     <t>GB 30531-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc61-445151-2015-cqc-mark-certification-commercial-gas-cooking-appliances</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2011-08-02/512311.shtml</t>
+  </si>
+  <si>
     <t>CQC61-448151-2018 Energy Conservation and Environmentally-friendly Certification Rules for Range Hood</t>
   </si>
   <si>
+    <t>Applies to venting type range hood products -except for intgrated kitchen; installed above cooker cooking range or appliances of similar purpose with the rated voltage not exceeding 250V.</t>
+  </si>
+  <si>
     <t>CQC6101-2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc61-448151-2018-energy-conservation-and-environmentally-friendly-certification-rules</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2018-05-08/498678.shtml</t>
+  </si>
+  <si>
     <t>CQC61-448211-2015. CQC Mark Certification - domestic gas cooking appliances</t>
   </si>
   <si>
+    <t>Applies to products with rated load no bigger than 5.23kW for a single burner</t>
+  </si>
+  <si>
     <t>CQC 6151-2009 QB/T 1236-2008 GB 30720-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc61-448211-2015-cqc-mark-certification-domestic-gas-cooking-appliances</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-21/512168.shtml</t>
+  </si>
+  <si>
     <t>CQC64-439141-2017 Safety and Performance and Energy Conservation Certification Rules For Household and Similar Use Outdoor Air System Equipment</t>
   </si>
   <si>
+    <t>Applies to Household and Similar Use Outdoor Air System Equipment with an air volume below 2000cubic meters per hour</t>
+  </si>
+  <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>CQC6401-2017 4.3.1 and 4.3.2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc64-439141-2017-safety-and-performance-and-energy-conservation-certification-rules</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2017-04-13/544879.shtml</t>
+  </si>
+  <si>
     <t>CQC64-448157-2014. CQC Mark Certification - Air Cleaners</t>
   </si>
   <si>
+    <t>Air cleaners: single-phase rated voltage not exceeding 250V; other rated voltage not exceeding 450V</t>
+  </si>
+  <si>
     <t>GB/T 18801-2015 5.5.2 and 5.2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc64-448157-2014-cqc-mark-certification-air-cleaners</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2021-06-08/511616.shtml</t>
+  </si>
+  <si>
     <t>Decision No. 14/2023/QD-TTg: Lists of Low-Efficiency Equipment Subject to Elimination and Low-Efficiency Generating Sets Banned from Development and Application Roadmaps</t>
   </si>
   <si>
+    <t>This Decision regulates the list of products that have mandatory Minimum Energy Performance Standards (MEPS) that must be met before being imported to Vietnam. Devices such as LED lamps, infrared hobs, induction hobs, refrigerators, refrigerator-freezers and freezers, storage water heaters, non-ducted air conditioners, television sets, notebook computers, desktop computers, LED road and street lighting luminaries, and industrial boilers should comply with the most recent standards beginning April 1, 2025. The Decision comes into force on July 15, 2023, and Decision No. 24/2018/QD-TTg will expire at such time.</t>
+  </si>
+  <si>
     <t>Vietnam*</t>
   </si>
   <si>
     <t>Computers, Imaging Equipment, Televisions, Displays, Induction Cookstoves or Hobs, Rice Cookers, Electric Kettles, Cooktops or Hobs, Washing Machines, Indoor Luminaires, Streetlighting, Tubular Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, Ceiling Fans, Portable Fans, Room ACs - Stationary ACs, Storage Water Heaters, Distribution Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label</t>
   </si>
   <si>
     <t>January 2024</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade (MOIT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/decision-no-142023qd-ttg-lists-low-efficiency-equipment-subject-elimination-and-low</t>
   </si>
   <si>
+    <t>https://vanban.chinhphu.vn/?pageid=27160&amp;docid=207954</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Household Cooker Hoods (DE-UZ 147)</t>
   </si>
   <si>
+    <t>These Basic Award Criteria apply to household cooker hoods with an inbuilt fan for either recirculation operation - or exhaust operation exhibiting a maximum air flow volume of 800 m3 /h at maximum continuous operation. Requirements include energy efficiency of the fan; energy-efficient lighting; and power consumption in off and stand-by mode.</t>
+  </si>
+  <si>
     <t>Germany</t>
   </si>
   <si>
     <t>January 2020</t>
   </si>
   <si>
     <t>DIN EN 61591 and DIN EN ISO/IEC 17025</t>
   </si>
   <si>
     <t>Umweltbundesamt -Federal Environment Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/der-blaue-engel-household-cooker-hoods-de-uz-147</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20147-201001-en%20Criteria-2018-10-17.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Air Cleaners</t>
   </si>
   <si>
+    <t>The product shall meet the definition of CNS 7619 regarding air cleaners or recognized by the Bureau of Energy of MOEA as domestic indoor air cleaners.</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>CNS 7619</t>
   </si>
   <si>
     <t>Greenmark Labelling Program</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-air-cleaners</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=34</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Label Qualified Gas Burning Cooking Appliances; En-Tech 10004066280</t>
   </si>
   <si>
+    <t>Gas Burning Cooking Appliances shall meet the requirements of CNS 13604; and the definition of C.C.C. Code 7321.81.00.00-0-A; or recognized by the Bureau of Energy; MOEA.</t>
+  </si>
+  <si>
     <t>CNS 13604</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-method-label-qualified-gas-burning-cooking</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=19%20</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Label Qualified Range Hoods; No. En-Tech 10105012081</t>
   </si>
   <si>
+    <t>Range Hoods shall meet the requirements of CNS 3765-31 - Safety of household and similar electrical appliances - Part 2: Particular requirements of range hoods. Meanwhile products shall meet the definition of C.C.C. Code 8414.60.00.00-1; or recognized by the Bureau of Energy; MOEA as range hood.</t>
+  </si>
+  <si>
     <t>ISO 5801 or AMCA 210</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-method-label-qualified-range-hoods-no-en-tech</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=47</t>
+  </si>
+  <si>
     <t>Energy Efficiency Grade Label for Air Cleaners</t>
   </si>
   <si>
+    <t>By the scope of KS C 9314 the mechanical and combined air cleaner which hasless 200W power consumption, and the single power 220V and 60Hz.</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>KS C 9314</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-grade-label-air-cleaners</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_4.asp</t>
+  </si>
+  <si>
     <t>Energy Efficiency Label No5 for Air Purifiers</t>
   </si>
   <si>
+    <t>This program covers split-type air purifiers such as mechanical air cleaners, ionic air cleaners, and Combined Air Purifiers</t>
+  </si>
+  <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>ANSI/AHAM AC-3-2009 for evaluating the performance of air cleaners</t>
   </si>
   <si>
     <t>Electricity Generating Authority Thailand (EGAT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-label-no5-air-purifiers</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/#.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Label No5 for Cooktop</t>
+  </si>
+  <si>
+    <t>This program covers an electric induction cooker with 1 – 4 heads and the diameter of the cooker does not exceed 220 mm. Covers Portable type and built-in type all sizes (watts), single-phase AC, rated frequency 50 Hz and rated voltage does not exceed 250 V, manufactured locally or imported for sale in Thailand, and must not be a product that does not pass the random test of electric efficiency of the program within 1 year from the notification of the random test result.</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>TIS 2589-2556 (2013)
 ,   
                     IEC 61817
 ,   
                     IEC 60350-2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-label-no5-cooktop</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/stove.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Label No5 for Electric Stoves</t>
   </si>
   <si>
+    <t>This program covers shallow bottoms pan type: heating type integrated with pan, separate heating with the pan.</t>
+  </si>
+  <si>
     <t>TIS 2673-2559 (2016)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-label-no5-electric-stoves</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/pan.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Regulations, 2016 (SOR/2016-311)</t>
   </si>
   <si>
+    <t>This policy is divided into 14 divisions: 1) household appliances, 2) air conditioners, condensing units, and chillers, 3) heat pumps, 4) furnaces, fireplaces, unit heaters, and recovery ventilators, 5) boilers, 6) water heaters, 7) lamps and lamp ballasts, 8) lighting fixtures, 9) electronic products, 10) commercial refrigeration, 11) dry-type transformers, 12) motors, 13) commercial pre-rinse spray valves, and 14) pumps.</t>
+  </si>
+  <si>
     <t>Canada</t>
   </si>
   <si>
     <t>Audio-Visual, Televisions, Displays, Battery Chargers, External Power Supply, Dehumidifiers, Ovens, Microwaves, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washer and Dryers, Washing Machines, Indoor Luminaires, Specialty Luminaires, Specialty Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Ventilation, Ceiling Fans, Space Heating, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Portable ACs, Packaged Terminals, Chillers - Cooler Towers, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Pump Systems, Power Transformers, Distribution Transformers, Wine Chillers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil</t>
   </si>
   <si>
     <t>Natural Resources Canada Office of Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-regulations-2016-sor2016-311</t>
   </si>
   <si>
+    <t>https://laws-lois.justice.gc.ca/eng/regulations/SOR-2016-311/index.html</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Room Air Cleaners Version 2.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a Room Air Cleaner as specified in the policy document are eligible for ENERGY STAR qualification; with the exception of Combination products and ozone generators. Qualifying air cleaner models shall produce a minimum 50 CADR for Dust to be considered under this specification.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*</t>
   </si>
   <si>
     <t>ANSI/AHAM AC-1-2006; UL 867 Ed. 4.0; IEC 62301 Ed. 1.0</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-room-air-cleaners-version-20</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/appliances/air_purifiers_cleaners/partners</t>
+  </si>
+  <si>
     <t>Energy-Saving Labeling Program - Gas cooking appliances</t>
   </si>
   <si>
+    <t>This policy covers gas burners.</t>
+  </si>
+  <si>
     <t>Japan</t>
   </si>
   <si>
     <t>September 2018</t>
   </si>
   <si>
     <t>Energy Conservation Centre, Japan</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-saving-labeling-program-gas-cooking-appliances</t>
   </si>
   <si>
+    <t>https://www.asiaeec-col.eccj.or.jp/wpdata/wp-content/uploads/2018/03/09.pdf</t>
+  </si>
+  <si>
     <t>GB 29539-2013 Minimum allowable values of energy efficiency and energy efficiency grades for range hoods</t>
   </si>
   <si>
+    <t>This policy applies to efflux-type range hood with rated voltage below 250V and installed above domestic cooktop stove or other similar devices.</t>
+  </si>
+  <si>
     <t>GB/T 17713-2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-29539-2013-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E800D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 30720-2014 Minimum allowable values of energy efficiency and energy efficiency grades for domestic gas cooking appliances</t>
   </si>
   <si>
+    <t>Domestic gas cooking appliances which use urban gas have single combustors and its rated thermal load is not more than 5.23 kW</t>
+  </si>
+  <si>
     <t>LPG Stoves, Cooktops or Hobs</t>
   </si>
   <si>
     <t>CQC6151-20094.24.3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-30720-2014-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7EF80D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 36893-2018 Minimum allowable values of the energy efficiency and energy efficiency grades for air cleaners</t>
   </si>
   <si>
+    <t>Superseded</t>
+  </si>
+  <si>
+    <t>November 2025</t>
+  </si>
+  <si>
     <t>The Standardisation Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-36893-2018-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-air</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=7AC3075CD358B4B1E05397BE0A0AC4DE</t>
+  </si>
+  <si>
     <t>GB 36893-2024 Minimum allowable values of energy efficiency and energy efficiency grades for air cleaner</t>
   </si>
   <si>
-    <t>October 2025</t>
+    <t>This standard revised minimum energy performance standards and grades for air cleaners:
+ — Air cleaners with a single-phase rated voltage greater than 5 V and not exceeding 250 V, and other rated voltages not exceeding 480 V;
+— Air cleaners with functions for removing particulate matter and gaseous pollutants;
+— Humidifying purifiers and purifying fans with an independent air purification function mode.</t>
   </si>
   <si>
     <t>GB/T 18801—2022</t>
   </si>
   <si>
     <t>The Standardization Administration of China</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-36893-2024-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-air</t>
   </si>
   <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=23EE8C718E22E8A3E06397BE0A0AC332</t>
+  </si>
+  <si>
     <t>GB 37484-2019 Minimum allowable values of energy efficiency and energy efficiency grades for precipitators</t>
   </si>
   <si>
+    <t>This policy covers precipitators.</t>
+  </si>
+  <si>
     <t>GB/T 6719; GB/T 13931; GB 19153; GB/T 32154</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-37484-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=86000D0C5CBD0E10E05397BE0A0A5BBB</t>
+  </si>
+  <si>
     <t>GB30720—2025 Minimum allowable values of energy efficiency and energy efficiency grades for gas cooking appliances</t>
   </si>
   <si>
+    <t>This revised energy efficiency standards and grades apply to household gas stoves and integrated stoves using utility gas with a rated heat load not exceeding 5.23 kW, and commercial cooking stoves with a rated heat load not exceeding 60 kW, large pot stoves with a rated heat load not exceeding 80 kW, and water-jacketed or steam-generating steam cabinets and steam generators with a rated heat load not exceeding 80 kW.</t>
+  </si>
+  <si>
     <t>Steam Cookers, LPG Stoves, Cooktops or Hobs</t>
   </si>
   <si>
-    <t>Adopted, Revised</t>
-[...1 lines deleted...]
-  <si>
     <t>Cookstoves, Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb30720-2025-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-gas</t>
   </si>
   <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=301E0388CB71788DE06397BE0A0AE1B4</t>
+  </si>
+  <si>
     <t>GOST 14919-83 Household electric cooking ranges, cooking plates, and cooking ovens - General specifications</t>
   </si>
   <si>
+    <t>This policy covers household electric cooking ranges, cooking plates, and cooking ovens.</t>
+  </si>
+  <si>
     <t>Russia</t>
   </si>
   <si>
     <t>GOST 14919-83</t>
   </si>
   <si>
     <t>Russian Energy Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gost-14919-83-household-electric-cooking-ranges-cooking-plates-and-cooking-ovens-general</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/7652/</t>
+  </si>
+  <si>
     <t>Greenmark N108 - Gas Stoves</t>
   </si>
   <si>
+    <t>gas stoves as defined in CNS 13604 on Gas Cooking Appliances.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n108-gas-stoves</t>
   </si>
   <si>
     <t>Greenmark N131 - Range Hoods</t>
   </si>
   <si>
+    <t>This standard is applicable to range hoods which meet the definition of CNS 3805.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n131-range-hoods</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/131/3287c4fc-6816-4ef9-ba60-17a5ca19b988.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N72 - Induction Cookers</t>
   </si>
   <si>
+    <t>This standard applies to induction cookers which meet the requirements of CNS12339.</t>
+  </si>
+  <si>
     <t>CNS13803</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n72-induction-cookers</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/Eng/Criteriax_Detail.aspx?Serial=70</t>
+  </si>
+  <si>
     <t>High Energy Performance Label for Range Hood</t>
   </si>
   <si>
+    <t>This scheme covers domestic range hoods, operated by a motor which it controls, intended to collect contaminated air from above a hob, with a rated voltage not exceeding 250 volts. Excluded - Commercial fume hoods or intended to be used in locations with special conditions such as potentially corrosive or explosive atmospheres (dust, vapors, or gases).</t>
+  </si>
+  <si>
     <t>April 2022</t>
   </si>
   <si>
     <t>TIS 710–2530 or JIS C 9603:1988</t>
   </si>
   <si>
     <t>Department of Alternative Energy Development and Efficiency, Ministry of Energy…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/high-energy-performance-label-range-hood</t>
   </si>
   <si>
+    <t>https://www.dede.go.th/download/general_65/18_01032565.pdf</t>
+  </si>
+  <si>
     <t>INTE E17-1 2017</t>
   </si>
   <si>
+    <t>This national standard establishes the minimum limits of energy efficiency that electric cookers; insoles and electric ovens with resistive elements for domestic use and induction templates for domestic use must meet. Applies for electric ranges that use a 60 Hz AC source with a nominal system voltage of 120-240 V.</t>
+  </si>
+  <si>
     <t>Costa Rica</t>
   </si>
   <si>
     <t>ISO 2859-1</t>
   </si>
   <si>
     <t>Institute of Technical Standards of Costa Rica</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/inte-e17-1-2017</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e17-1-2017-eficiencia-energetica-cocinas-electricas-plantillas-plantillas-de-induccion-y-hornos-electricos-de-uso-domestico-parte-1-requisitos-1048?search=INTE+E17-1</t>
+  </si>
+  <si>
     <t>INTE E17-2 2017</t>
   </si>
   <si>
+    <t>This standard applies to electric cookers; insoles and electric ovens for domestic use with electrical connection 120 V; 240 V at 60 Hz</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/inte-e17-2-2017</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e17-2-2017-eficiencia-energetica-cocinas-electricas-plantillas-y-hornos-electricos-de-uso-domestico-parte-2-etiquetado-1558?search=INTE+E17-2</t>
+  </si>
+  <si>
     <t>ISIRI 14628-Determination of Criteria for energy consumption and energy labeling instruction</t>
   </si>
   <si>
+    <t>Covers air units with capacity of 3570m3 per h to 34000m3 per h</t>
+  </si>
+  <si>
     <t>Iran</t>
   </si>
   <si>
     <t>ISIRI 10335</t>
   </si>
   <si>
     <t>Institute of Standards and Industrial Research of Iran (ISIRI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-14628-determination-criteria-energy-consumption-and-energy-labeling-instruction</t>
   </si>
   <si>
+    <t>http://isiri.gov.ir/portal/home/?135546/%D8%A7%D8%B7%D9%84%D8%A7%D8%B9%D8%A7%D8%AA-%D9%85%D8%B1%D8%A8%D9%88%D8%B7-%D8%A8%D9%87-%D8%A7%D8%B3%D8%AA%D8%A7%D9%86%D8%AF%D8%A7%D8%B1%D8%AF%D9%87%D8%A7%DB%8C-%D8%A8%D8%B1%DA%86%D8%B3%D8%A8-%D8%A7%D9%86%D8%B1%DA%98%</t>
+  </si>
+  <si>
     <t>MEPS for Air Cleaners</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-air-cleaners</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_2.asp</t>
+  </si>
+  <si>
     <t>MEPS for Electric stove</t>
   </si>
   <si>
+    <t>Electric stove with the rated power consumption of 500W, less than 10kW.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/meps-electric-stove</t>
   </si>
   <si>
     <t>Ministerial Regulations Determining High Efficiency Electric Stove, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers electric stoves that have a heat source under the surface of the cooking part for heating the container (one-phase alternating current, with a rated voltage that does not exceed 250 volts and an electric frequency of 50 hertz). This policy covers hot plate electric stoves and induction stoves and excludes industrial electric stoves.</t>
+  </si>
+  <si>
     <t>Kitchen, Cooktops or Hobs</t>
   </si>
   <si>
     <t>High Energy Performance Standard</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulations-determining-high-efficiency-electric-stove-be-2558-2015</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload/?id=2048429</t>
+  </si>
+  <si>
     <t>Ministerial Regulations Prescribing Highly Efficiency Electric Pans, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers electric shallow frying pans, which include pans with built-in and separate heating systems (single-phase AC, a rated frequency of 50 Hz, and a rated voltage that does not exceed 250 V).</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulations-prescribing-highly-efficiency-electric-pans-be-2558-2015</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=17162822</t>
+  </si>
+  <si>
     <t>Ministerial Regulations Prescribing Highly Efficiency Liquefied petroleum gas (LPG) Cookstoves, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers household stoves that use liquefied petroleum gas.</t>
+  </si>
+  <si>
     <t>LPG</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulations-prescribing-highly-efficiency-liquefied-petroleum-gas-lpg</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=2048419</t>
+  </si>
+  <si>
     <t>Regulation on Energy Efficiency Requirements for Mass-Produced Systems, Vehicles, and Appliances</t>
   </si>
   <si>
+    <t>This policy applies to mass-produced systems, vehicles, and devices as well as their mass-produced components that consume a considerable amount of energy and are placed on the market or sold in Switzerland.</t>
+  </si>
+  <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>Computers, Servers, Networking Equipment, Stand-by and networked devices, Televisions, Set Top Boxes (STB), Displays, External Power Supply, Vacuum Cleaners, Ovens, Dishwashers, Cooktops or Hobs, Coffee Machines, Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires, 3-Phase Motors, Industrial Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Storage Water Heaters, Building Circulator Pumps, Pumps Other, Power Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>Electricity, Other Solid Fuel</t>
   </si>
   <si>
     <t>See Policy</t>
   </si>
   <si>
     <t>Swiss Federal Office of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/regulation-energy-efficiency-requirements-mass-produced-systems-vehicles-and-appliances</t>
   </si>
   <si>
+    <t>https://www.admin.ch/opc/de/classified-compilation/20162950/index.html</t>
+  </si>
+  <si>
     <t>Resolution No. 69 - Labeling for Gas Cooking Appliances</t>
   </si>
   <si>
+    <t>Labeling for gas cooking appliances.</t>
+  </si>
+  <si>
     <t>Chile</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>SEC PC Nº7/1-2</t>
   </si>
   <si>
     <t>Ministry of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/resolution-no-69-labeling-gas-cooking-appliances</t>
   </si>
   <si>
+    <t>http://www.sec.cl/pls/portal/docs/PAGE/SECNORMATIVA/PRODUCTOS/PROTOCOLOS_COMBUSTIBLES/PC_7-1_2.PDF</t>
+  </si>
+  <si>
     <t>Schedule 9 - Domestic Liquefied Petroleum Gas Stoves</t>
   </si>
   <si>
+    <t>This schedule specifies the MEPS and labeling requirements for domestic gas stoves using LPG at 30 gf/cm2 gas inlet pressure being manufactured, imported, or sold in India</t>
+  </si>
+  <si>
     <t>India</t>
   </si>
   <si>
     <t>IS 4246:2002</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/schedule-9-domestic-liquefied-petroleum-gas-stoves</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/Final_LPG_schedule.pdf</t>
+  </si>
+  <si>
     <t>SI 60350 - Part 2: Ranges, ovens, steam ovens and grills - Methods for measuring Performance</t>
   </si>
   <si>
+    <t>Israeli Standard which covers household electric cooking appliances - hobs</t>
+  </si>
+  <si>
     <t>Israel</t>
   </si>
   <si>
     <t>Standards Institute of Israel (SII)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/si-60350-part-2-ranges-ovens-steam-ovens-and-grills-methods-measuring-performance</t>
   </si>
   <si>
+    <t>https://www.sii.org.il/en/standards-search</t>
+  </si>
+  <si>
     <t>Singapore Green Labelling Scheme: Gas Cookers and Gas-fired Appliances</t>
   </si>
   <si>
+    <t>This category establishes criteria for household gas-powered cooking devices that are isolated in design i.e. individual machines (which operate with gas burners located on steel originated or glass and ceramic layered cooker top) and gas-powered cooking devices with built-in ovens (the latter may be either natural gas or electricity powered). This category does not include gas powered cooking devices which operate with gas burners located below a glass and ceramic layered cooker top.</t>
+  </si>
+  <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Singapore Environment Council</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/singapore-green-labelling-scheme-gas-cookers-and-gas-fired-appliances</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=57</t>
+  </si>
+  <si>
     <t>Standard NOM-025-ENER-2013 - Domestic Gas Cooking Appliances</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for household gas cooking appliances.</t>
+  </si>
+  <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>NOM-010-SESH-2012</t>
   </si>
   <si>
     <t>Comision Nacional para el Uso Eficiente de la Energia (CONUEE, National Commiss…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-025-ener-2013-domestic-gas-cooking-appliances</t>
   </si>
   <si>
+    <t>http://www.dof.gob.mx/nota_detalle.php?codigo=5302707&amp;fecha=17/06/2013</t>
+  </si>
+  <si>
     <t>TCVN 13373:2021 - Infrared cookers</t>
   </si>
   <si>
+    <t>This standard specifies minimum energy efficiency levels and methods for determining energy consumption for infrared cookers/hobs. This standard applies to infrared cookers that integrate other types of cooking zones such as induction cooking zones. This policy will enter into force on 1 April 2025.</t>
+  </si>
+  <si>
     <t>Induction Cookstoves or Hobs, Cooktops or Hobs</t>
   </si>
   <si>
+    <t>New</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-133732021-infrared-cookers</t>
   </si>
   <si>
+    <t>https://thuvienphapluat.vn/TCVN/Dien-dien-tu/TCVN-13373-2021-Bep-hong-ngoai-Hieu-suat-nang-luong-920208.aspx</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Air Cleaners TGL-91-14</t>
   </si>
   <si>
+    <t>These criteria shall apply to air purifiers for residential or similar purposes with a rated voltage not exceeding 250 V for single-phase alternating current (AC).</t>
+  </si>
+  <si>
     <t>Electronics, Other-Electronics, Air Cleaners</t>
   </si>
   <si>
     <t>TIS 1516 (or IEC 60335-2-65)</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-air-cleaners-tgl-91-14</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-91-14.pdf</t>
+  </si>
+  <si>
     <t>The Energy Efficiency Label No.5 for Air Purifiers</t>
+  </si>
+  <si>
+    <t>This policy defines energy efficiency level criteria and test standards for air purifiers. The scope of air purifiers includes air purifiers, split type, cooled with air, according to the following types: mechanical air cleaners, ion air purifiers (ionic air cleaners), and combined air purifiers. The policy applies to air purifiers intended for use in homes or places with similar purposes such as offices, and shops. The number 5 efficiency criteria for an air cleaner with an area of use less than or equal to 50m2 is set at greater than or equal to 7.5 baht/year (annual electricity cost).</t>
   </si>
   <si>
     <t>TIS 3061-2020
 ,   
                     ANSI/AHAM AC-3-2009</t>
   </si>
   <si>
     <t>Electricity Generating Authority of Thailand</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-label-no5-air-purifiers-0</t>
   </si>
   <si>
+    <t>https://labelno5.egat.co.th/home/%e0%b9%80%e0%b8%81%e0%b8%93%e0%b8%91%e0%b9%8c%e0%b8%9b%e0%b8%a3%e0%b8%b0%e0%b8%aa%e0%b8%b4%e0%b8%97%e0%b8%98%e0%b8%b4%e0%b8%a0%e0%b8%b2%e0%b8%9e%e0%b8%9e%e0%b8%a5%e0%b8%b1%e0%b8%87%e0%b8%87%e0%b8%b2/</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Gas Cookers</t>
   </si>
   <si>
+    <t>This policy applies to new gas cookers that are designed for primary use in domestic premises and burn gas defined in Gas Safety Ordinance, have a rated heat input not exceeding 7 kW for each burner, either table-top type or built-in type, and have one or multiple burners.</t>
+  </si>
+  <si>
     <t>Hong Kong SAR of China</t>
   </si>
   <si>
     <t>GB16410-2007</t>
   </si>
   <si>
     <t>Electrical &amp; Mechanical Services Department of Hong Kong</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-gas-cookers</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Gas%20Cooker%202020_eng_v2.6%20(Final).pdf</t>
+  </si>
+  <si>
     <t>TIS 2589-2556 (2013) Electric hobs: Energy efficiency requirements</t>
   </si>
   <si>
+    <t>This standard specifies energy efficiency requirements of electric hobs for household and similar purposes, their rated voltage not more than 250 V at a frequency of 50 Hz and having a diameter not more than 220 mm. This policy specifies types and dimensions, marks, and testing.</t>
+  </si>
+  <si>
     <t>Thai Industrial Standards Institute (TISI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tis-2589-2556-2013-electric-hobs-energy-efficiency-requirements</t>
   </si>
   <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2556/E/127/8.PDF</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 29236 | transposition of EC 65-2017</t>
   </si>
   <si>
+    <t>Domestic electric and gas ovens including when incorporated into cookers and for domestic electric range hoods including when sold for non-domestic purposes. This Regulation shall not apply to:  a. ovens that use energy sources other than electricity or gas; b. ovens which offer a microwave heating function;  c. small ovens;  d. portable ovens;  e. heat storage ovens</t>
+  </si>
+  <si>
     <t>Turkey</t>
   </si>
   <si>
+    <t>EU 65-2014</t>
+  </si>
+  <si>
+    <t>Ministry of Energy and Natural Resources</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-29236-transposition-ec-65-2017</t>
+  </si>
+  <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2015/01/20150114.pdf</t>
+  </si>
+  <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market and putting into service of domestic ovens including when incorporated in cookers; domestic hobs and domestic electric range hoods including when sold for non-domestic purposes. This Regulation does not apply to:  a. appliances that use energy sources other than electricity or gas;   b. appliances which offer microwave heating function;   c. small ovens;   d. portable ovens;    e. heat storage ovens;   f. ovens which are heated with steam as a primary heating function;   g. covered gas burners in hobs;   h. outdoor cooking appliances;   i. appliances designed for use only with gases of the third family propane and butane; and    j. grills.</t>
+  </si>
+  <si>
     <t>EU 66-2014</t>
   </si>
   <si>
-    <t>Ministry of Energy and Natural Resources</t>
-[...1 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-29236-transposition-ec-65-2017-0</t>
-  </si>
-[...4 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-29236-transposition-ec-65-2017</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -1201,2655 +1554,3016 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N60"/>
+  <dimension ref="A1:P60"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="255" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="143" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="255.938" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="861.075" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="891.782" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="78.981" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="143.822" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="303.069" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>1990</v>
       </c>
-      <c r="H2">
+      <c r="I2">
         <v>2016</v>
       </c>
-      <c r="I2" t="s">
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G3" t="s">
+        <v>34</v>
+      </c>
+      <c r="H3">
+        <v>1991</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>35</v>
+      </c>
+      <c r="K3" t="s">
+        <v>36</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>37</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>38</v>
+      </c>
+      <c r="P3" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>40</v>
+      </c>
+      <c r="B4" t="s">
+        <v>41</v>
+      </c>
+      <c r="C4" t="s">
+        <v>42</v>
+      </c>
+      <c r="D4" t="s">
+        <v>43</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>44</v>
+      </c>
+      <c r="G4" t="s">
+        <v>34</v>
+      </c>
+      <c r="H4">
+        <v>2013</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>45</v>
+      </c>
+      <c r="K4" t="s">
+        <v>36</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>46</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>47</v>
+      </c>
+      <c r="P4" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>49</v>
+      </c>
+      <c r="B5" t="s">
+        <v>50</v>
+      </c>
+      <c r="C5" t="s">
+        <v>51</v>
+      </c>
+      <c r="D5" t="s">
+        <v>52</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>44</v>
+      </c>
+      <c r="G5" t="s">
+        <v>34</v>
+      </c>
+      <c r="H5">
+        <v>2019</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>53</v>
+      </c>
+      <c r="K5" t="s">
+        <v>36</v>
+      </c>
+      <c r="L5" t="s">
+        <v>54</v>
+      </c>
+      <c r="M5" t="s">
+        <v>55</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>56</v>
+      </c>
+      <c r="P5" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>58</v>
+      </c>
+      <c r="B6" t="s">
+        <v>59</v>
+      </c>
+      <c r="C6" t="s">
+        <v>51</v>
+      </c>
+      <c r="D6" t="s">
+        <v>33</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>44</v>
+      </c>
+      <c r="G6" t="s">
+        <v>34</v>
+      </c>
+      <c r="H6">
+        <v>2015</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>53</v>
+      </c>
+      <c r="K6" t="s">
+        <v>36</v>
+      </c>
+      <c r="L6" t="s">
+        <v>60</v>
+      </c>
+      <c r="M6" t="s">
+        <v>55</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>61</v>
+      </c>
+      <c r="P6" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>63</v>
+      </c>
+      <c r="B7" t="s">
+        <v>64</v>
+      </c>
+      <c r="C7" t="s">
+        <v>51</v>
+      </c>
+      <c r="D7" t="s">
+        <v>33</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>44</v>
+      </c>
+      <c r="G7" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...2 lines deleted...]
-      <c r="M2" t="s">
+      <c r="H7">
+        <v>2008</v>
+      </c>
+      <c r="I7">
+        <v>2015</v>
+      </c>
+      <c r="J7" t="s">
+        <v>53</v>
+      </c>
+      <c r="K7" t="s">
+        <v>36</v>
+      </c>
+      <c r="L7" t="s">
+        <v>65</v>
+      </c>
+      <c r="M7" t="s">
+        <v>55</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>66</v>
+      </c>
+      <c r="P7" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>68</v>
+      </c>
+      <c r="B8" t="s">
+        <v>69</v>
+      </c>
+      <c r="C8" t="s">
+        <v>70</v>
+      </c>
+      <c r="D8" t="s">
+        <v>71</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>21</v>
+      </c>
+      <c r="G8" t="s">
+        <v>34</v>
+      </c>
+      <c r="H8">
+        <v>2014</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>72</v>
+      </c>
+      <c r="K8" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-[...36 lines deleted...]
-      <c r="M3" t="s">
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>73</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>74</v>
+      </c>
+      <c r="P8" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>68</v>
+      </c>
+      <c r="B9" t="s">
+        <v>76</v>
+      </c>
+      <c r="C9" t="s">
+        <v>77</v>
+      </c>
+      <c r="D9" t="s">
+        <v>71</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>21</v>
+      </c>
+      <c r="G9" t="s">
+        <v>34</v>
+      </c>
+      <c r="H9">
+        <v>2012</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>78</v>
+      </c>
+      <c r="K9" t="s">
         <v>24</v>
       </c>
-      <c r="N3" t="s">
+      <c r="L9"/>
+      <c r="M9"/>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>79</v>
+      </c>
+      <c r="P9" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>81</v>
+      </c>
+      <c r="B10" t="s">
+        <v>82</v>
+      </c>
+      <c r="C10" t="s">
+        <v>83</v>
+      </c>
+      <c r="D10" t="s">
         <v>33</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A4" t="s">
+      <c r="E10" t="s">
+        <v>84</v>
+      </c>
+      <c r="F10" t="s">
+        <v>85</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2008</v>
+      </c>
+      <c r="I10">
+        <v>2011</v>
+      </c>
+      <c r="J10" t="s">
+        <v>53</v>
+      </c>
+      <c r="K10" t="s">
+        <v>86</v>
+      </c>
+      <c r="L10" t="s">
+        <v>87</v>
+      </c>
+      <c r="M10" t="s">
+        <v>88</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>89</v>
+      </c>
+      <c r="P10" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>91</v>
+      </c>
+      <c r="B11" t="s">
+        <v>92</v>
+      </c>
+      <c r="C11" t="s">
+        <v>51</v>
+      </c>
+      <c r="D11" t="s">
+        <v>33</v>
+      </c>
+      <c r="E11" t="s">
+        <v>84</v>
+      </c>
+      <c r="F11" t="s">
+        <v>85</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2015</v>
+      </c>
+      <c r="I11">
+        <v>2014</v>
+      </c>
+      <c r="J11" t="s">
+        <v>93</v>
+      </c>
+      <c r="K11" t="s">
+        <v>36</v>
+      </c>
+      <c r="L11" t="s">
+        <v>94</v>
+      </c>
+      <c r="M11" t="s">
+        <v>95</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>96</v>
+      </c>
+      <c r="P11" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>98</v>
+      </c>
+      <c r="B12" t="s">
+        <v>99</v>
+      </c>
+      <c r="C12" t="s">
+        <v>51</v>
+      </c>
+      <c r="D12" t="s">
+        <v>33</v>
+      </c>
+      <c r="E12" t="s">
+        <v>84</v>
+      </c>
+      <c r="F12" t="s">
+        <v>85</v>
+      </c>
+      <c r="G12" t="s">
         <v>34</v>
       </c>
-      <c r="B4" t="s">
-[...2 lines deleted...]
-      <c r="C4" t="s">
+      <c r="H12">
+        <v>2015</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>93</v>
+      </c>
+      <c r="K12" t="s">
+        <v>86</v>
+      </c>
+      <c r="L12" t="s">
+        <v>100</v>
+      </c>
+      <c r="M12" t="s">
+        <v>95</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>101</v>
+      </c>
+      <c r="P12" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>103</v>
+      </c>
+      <c r="B13" t="s">
+        <v>104</v>
+      </c>
+      <c r="C13" t="s">
+        <v>51</v>
+      </c>
+      <c r="D13" t="s">
+        <v>33</v>
+      </c>
+      <c r="E13" t="s">
+        <v>84</v>
+      </c>
+      <c r="F13" t="s">
+        <v>85</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2013</v>
+      </c>
+      <c r="I13">
+        <v>2018</v>
+      </c>
+      <c r="J13" t="s">
+        <v>93</v>
+      </c>
+      <c r="K13" t="s">
         <v>36</v>
       </c>
-      <c r="D4" t="s">
-[...90 lines deleted...]
-      <c r="G6">
+      <c r="L13" t="s">
+        <v>105</v>
+      </c>
+      <c r="M13" t="s">
+        <v>95</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>106</v>
+      </c>
+      <c r="P13" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>108</v>
+      </c>
+      <c r="B14" t="s">
+        <v>109</v>
+      </c>
+      <c r="C14" t="s">
+        <v>51</v>
+      </c>
+      <c r="D14" t="s">
+        <v>33</v>
+      </c>
+      <c r="E14" t="s">
+        <v>84</v>
+      </c>
+      <c r="F14" t="s">
+        <v>85</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>2003</v>
+      </c>
+      <c r="I14">
         <v>2015</v>
       </c>
-      <c r="H6"/>
-[...20 lines deleted...]
-      <c r="A7" t="s">
+      <c r="J14" t="s">
+        <v>93</v>
+      </c>
+      <c r="K14" t="s">
+        <v>86</v>
+      </c>
+      <c r="L14" t="s">
+        <v>110</v>
+      </c>
+      <c r="M14" t="s">
+        <v>95</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>111</v>
+      </c>
+      <c r="P14" t="s">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>113</v>
+      </c>
+      <c r="B15" t="s">
+        <v>114</v>
+      </c>
+      <c r="C15" t="s">
         <v>51</v>
       </c>
-      <c r="B7" t="s">
-[...17 lines deleted...]
-      <c r="H7">
+      <c r="D15" t="s">
+        <v>52</v>
+      </c>
+      <c r="E15" t="s">
+        <v>84</v>
+      </c>
+      <c r="F15" t="s">
+        <v>85</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>2014</v>
+      </c>
+      <c r="I15">
+        <v>2017</v>
+      </c>
+      <c r="J15" t="s">
+        <v>115</v>
+      </c>
+      <c r="K15" t="s">
+        <v>36</v>
+      </c>
+      <c r="L15" t="s">
+        <v>116</v>
+      </c>
+      <c r="M15" t="s">
+        <v>95</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>117</v>
+      </c>
+      <c r="P15" t="s">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>119</v>
+      </c>
+      <c r="B16" t="s">
+        <v>120</v>
+      </c>
+      <c r="C16" t="s">
+        <v>51</v>
+      </c>
+      <c r="D16" t="s">
+        <v>52</v>
+      </c>
+      <c r="E16" t="s">
+        <v>84</v>
+      </c>
+      <c r="F16" t="s">
+        <v>85</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>2014</v>
+      </c>
+      <c r="I16">
         <v>2015</v>
       </c>
-      <c r="I7" t="s">
-[...5 lines deleted...]
-      <c r="K7" t="s">
+      <c r="J16" t="s">
+        <v>93</v>
+      </c>
+      <c r="K16" t="s">
+        <v>36</v>
+      </c>
+      <c r="L16" t="s">
+        <v>121</v>
+      </c>
+      <c r="M16" t="s">
+        <v>95</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>122</v>
+      </c>
+      <c r="P16" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>124</v>
+      </c>
+      <c r="B17" t="s">
+        <v>125</v>
+      </c>
+      <c r="C17" t="s">
+        <v>126</v>
+      </c>
+      <c r="D17" t="s">
+        <v>127</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>128</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>2011</v>
+      </c>
+      <c r="I17">
+        <v>2023</v>
+      </c>
+      <c r="J17" t="s">
+        <v>129</v>
+      </c>
+      <c r="K17" t="s">
+        <v>36</v>
+      </c>
+      <c r="L17"/>
+      <c r="M17" t="s">
+        <v>130</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>131</v>
+      </c>
+      <c r="P17" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>133</v>
+      </c>
+      <c r="B18" t="s">
+        <v>134</v>
+      </c>
+      <c r="C18" t="s">
+        <v>135</v>
+      </c>
+      <c r="D18" t="s">
+        <v>33</v>
+      </c>
+      <c r="E18" t="s">
+        <v>84</v>
+      </c>
+      <c r="F18" t="s">
+        <v>85</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>2010</v>
+      </c>
+      <c r="I18">
+        <v>2018</v>
+      </c>
+      <c r="J18" t="s">
+        <v>136</v>
+      </c>
+      <c r="K18" t="s">
+        <v>36</v>
+      </c>
+      <c r="L18" t="s">
+        <v>137</v>
+      </c>
+      <c r="M18" t="s">
+        <v>138</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>139</v>
+      </c>
+      <c r="P18" t="s">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>141</v>
+      </c>
+      <c r="B19" t="s">
+        <v>142</v>
+      </c>
+      <c r="C19" t="s">
+        <v>143</v>
+      </c>
+      <c r="D19" t="s">
         <v>52</v>
       </c>
-      <c r="L7" t="s">
-[...301 lines deleted...]
-      <c r="N14" t="s">
+      <c r="E19" t="s">
         <v>84</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A15" t="s">
+      <c r="F19" t="s">
         <v>85</v>
       </c>
-      <c r="B15" t="s">
-[...189 lines deleted...]
-        <v>2011</v>
+      <c r="G19" t="s">
+        <v>22</v>
       </c>
       <c r="H19">
         <v>2011</v>
       </c>
-      <c r="I19" t="s">
-        <v>86</v>
+      <c r="I19">
+        <v>2011</v>
       </c>
       <c r="J19" t="s">
-        <v>31</v>
+        <v>115</v>
       </c>
       <c r="K19" t="s">
-        <v>107</v>
+        <v>36</v>
       </c>
       <c r="L19" t="s">
-        <v>108</v>
+        <v>144</v>
       </c>
       <c r="M19" t="s">
-        <v>24</v>
+        <v>145</v>
       </c>
       <c r="N19" t="s">
-        <v>109</v>
-[...2 lines deleted...]
-    <row r="20" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>146</v>
+      </c>
+      <c r="P19" t="s">
+        <v>147</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
       <c r="A20" t="s">
-        <v>110</v>
+        <v>148</v>
       </c>
       <c r="B20" t="s">
-        <v>106</v>
+        <v>149</v>
       </c>
       <c r="C20" t="s">
-        <v>28</v>
+        <v>143</v>
       </c>
       <c r="D20" t="s">
-        <v>65</v>
+        <v>33</v>
       </c>
       <c r="E20" t="s">
-        <v>66</v>
+        <v>84</v>
       </c>
       <c r="F20" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2011</v>
+        <v>85</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
       </c>
       <c r="H20">
         <v>2011</v>
       </c>
-      <c r="I20" t="s">
+      <c r="I20">
+        <v>2011</v>
+      </c>
+      <c r="J20" t="s">
+        <v>115</v>
+      </c>
+      <c r="K20" t="s">
         <v>86</v>
       </c>
-      <c r="J20" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="L20" t="s">
-        <v>112</v>
+        <v>150</v>
       </c>
       <c r="M20" t="s">
-        <v>24</v>
+        <v>151</v>
       </c>
       <c r="N20" t="s">
-        <v>113</v>
-[...2 lines deleted...]
-    <row r="21" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>152</v>
+      </c>
+      <c r="P20" t="s">
+        <v>153</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
       <c r="A21" t="s">
-        <v>114</v>
+        <v>154</v>
       </c>
       <c r="B21" t="s">
-        <v>106</v>
+        <v>155</v>
       </c>
       <c r="C21" t="s">
-        <v>28</v>
+        <v>143</v>
       </c>
       <c r="D21" t="s">
-        <v>65</v>
+        <v>33</v>
       </c>
       <c r="E21" t="s">
-        <v>66</v>
+        <v>84</v>
       </c>
       <c r="F21" t="s">
-        <v>29</v>
-[...1 lines deleted...]
-      <c r="G21">
+        <v>85</v>
+      </c>
+      <c r="G21" t="s">
+        <v>34</v>
+      </c>
+      <c r="H21">
         <v>2013</v>
       </c>
-      <c r="H21"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I21"/>
       <c r="J21" t="s">
-        <v>31</v>
+        <v>115</v>
       </c>
       <c r="K21" t="s">
-        <v>115</v>
+        <v>36</v>
       </c>
       <c r="L21" t="s">
-        <v>112</v>
+        <v>156</v>
       </c>
       <c r="M21" t="s">
-        <v>24</v>
+        <v>151</v>
       </c>
       <c r="N21" t="s">
-        <v>116</v>
-[...2 lines deleted...]
-    <row r="22" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>157</v>
+      </c>
+      <c r="P21" t="s">
+        <v>158</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
       <c r="A22" t="s">
-        <v>117</v>
+        <v>159</v>
       </c>
       <c r="B22" t="s">
-        <v>118</v>
+        <v>160</v>
       </c>
       <c r="C22" t="s">
-        <v>43</v>
+        <v>161</v>
       </c>
       <c r="D22" t="s">
-        <v>17</v>
+        <v>52</v>
       </c>
       <c r="E22" t="s">
-        <v>37</v>
+        <v>20</v>
       </c>
       <c r="F22" t="s">
-        <v>29</v>
-[...1 lines deleted...]
-      <c r="G22">
+        <v>44</v>
+      </c>
+      <c r="G22" t="s">
+        <v>34</v>
+      </c>
+      <c r="H22">
         <v>2009</v>
       </c>
-      <c r="H22"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I22"/>
       <c r="J22" t="s">
-        <v>31</v>
+        <v>162</v>
       </c>
       <c r="K22" t="s">
-        <v>120</v>
+        <v>36</v>
       </c>
       <c r="L22" t="s">
-        <v>121</v>
+        <v>163</v>
       </c>
       <c r="M22" t="s">
-        <v>24</v>
+        <v>164</v>
       </c>
       <c r="N22" t="s">
-        <v>122</v>
-[...2 lines deleted...]
-    <row r="23" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>165</v>
+      </c>
+      <c r="P22" t="s">
+        <v>166</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
       <c r="A23" t="s">
-        <v>123</v>
+        <v>167</v>
       </c>
       <c r="B23" t="s">
-        <v>124</v>
+        <v>168</v>
       </c>
       <c r="C23" t="s">
-        <v>43</v>
+        <v>169</v>
       </c>
       <c r="D23" t="s">
-        <v>65</v>
+        <v>52</v>
       </c>
       <c r="E23" t="s">
-        <v>37</v>
+        <v>84</v>
       </c>
       <c r="F23" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G23">
+        <v>44</v>
+      </c>
+      <c r="G23" t="s">
+        <v>22</v>
+      </c>
+      <c r="H23">
         <v>2021</v>
       </c>
-      <c r="H23">
+      <c r="I23">
         <v>2019</v>
       </c>
-      <c r="I23" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J23" t="s">
-        <v>31</v>
+        <v>170</v>
       </c>
       <c r="K23" t="s">
-        <v>126</v>
+        <v>36</v>
       </c>
       <c r="L23" t="s">
-        <v>127</v>
+        <v>171</v>
       </c>
       <c r="M23" t="s">
-        <v>24</v>
+        <v>172</v>
       </c>
       <c r="N23" t="s">
-        <v>128</v>
-[...2 lines deleted...]
-    <row r="24" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>173</v>
+      </c>
+      <c r="P23" t="s">
+        <v>174</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
       <c r="A24" t="s">
-        <v>129</v>
+        <v>175</v>
       </c>
       <c r="B24" t="s">
-        <v>124</v>
+        <v>176</v>
       </c>
       <c r="C24" t="s">
-        <v>28</v>
+        <v>169</v>
       </c>
       <c r="D24" t="s">
-        <v>65</v>
+        <v>33</v>
       </c>
       <c r="E24" t="s">
-        <v>37</v>
+        <v>84</v>
       </c>
       <c r="F24" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G24">
+        <v>44</v>
+      </c>
+      <c r="G24" t="s">
+        <v>22</v>
+      </c>
+      <c r="H24">
         <v>2014</v>
       </c>
-      <c r="H24">
+      <c r="I24">
         <v>2019</v>
       </c>
-      <c r="I24" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J24" t="s">
-        <v>31</v>
+        <v>177</v>
       </c>
       <c r="K24" t="s">
-        <v>131</v>
+        <v>36</v>
       </c>
       <c r="L24" t="s">
-        <v>127</v>
+        <v>178</v>
       </c>
       <c r="M24" t="s">
-        <v>24</v>
+        <v>172</v>
       </c>
       <c r="N24" t="s">
-        <v>132</v>
-[...2 lines deleted...]
-    <row r="25" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>179</v>
+      </c>
+      <c r="P24" t="s">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
       <c r="A25" t="s">
-        <v>133</v>
+        <v>181</v>
       </c>
       <c r="B25" t="s">
-        <v>124</v>
+        <v>182</v>
       </c>
       <c r="C25" t="s">
-        <v>28</v>
+        <v>169</v>
       </c>
       <c r="D25" t="s">
-        <v>65</v>
+        <v>33</v>
       </c>
       <c r="E25" t="s">
-        <v>37</v>
+        <v>84</v>
       </c>
       <c r="F25" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G25">
+        <v>44</v>
+      </c>
+      <c r="G25" t="s">
+        <v>22</v>
+      </c>
+      <c r="H25">
         <v>2015</v>
       </c>
-      <c r="H25">
+      <c r="I25">
         <v>2019</v>
       </c>
-      <c r="I25" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J25" t="s">
-        <v>31</v>
+        <v>170</v>
       </c>
       <c r="K25" t="s">
-        <v>134</v>
+        <v>36</v>
       </c>
       <c r="L25" t="s">
-        <v>127</v>
+        <v>183</v>
       </c>
       <c r="M25" t="s">
-        <v>24</v>
+        <v>172</v>
       </c>
       <c r="N25" t="s">
-        <v>135</v>
-[...2 lines deleted...]
-    <row r="26" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
+        <v>184</v>
+      </c>
+      <c r="P25" t="s">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
       <c r="A26" t="s">
-        <v>136</v>
+        <v>186</v>
       </c>
       <c r="B26" t="s">
-        <v>137</v>
+        <v>187</v>
       </c>
       <c r="C26" t="s">
-        <v>138</v>
+        <v>188</v>
       </c>
       <c r="D26" t="s">
-        <v>17</v>
+        <v>189</v>
       </c>
       <c r="E26" t="s">
-        <v>139</v>
+        <v>20</v>
       </c>
       <c r="F26" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G26">
+        <v>190</v>
+      </c>
+      <c r="G26" t="s">
+        <v>22</v>
+      </c>
+      <c r="H26">
         <v>2016</v>
       </c>
-      <c r="H26">
+      <c r="I26">
         <v>2019</v>
       </c>
-      <c r="I26" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J26" t="s">
-        <v>141</v>
-[...4 lines deleted...]
-      </c>
+        <v>191</v>
+      </c>
+      <c r="K26" t="s">
+        <v>192</v>
+      </c>
+      <c r="L26"/>
       <c r="M26" t="s">
-        <v>24</v>
+        <v>193</v>
       </c>
       <c r="N26" t="s">
-        <v>143</v>
-[...2 lines deleted...]
-    <row r="27" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
+        <v>194</v>
+      </c>
+      <c r="P26" t="s">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
       <c r="A27" t="s">
-        <v>144</v>
+        <v>196</v>
       </c>
       <c r="B27" t="s">
-        <v>145</v>
+        <v>197</v>
       </c>
       <c r="C27" t="s">
-        <v>43</v>
+        <v>198</v>
       </c>
       <c r="D27" t="s">
-        <v>65</v>
+        <v>52</v>
       </c>
       <c r="E27" t="s">
-        <v>66</v>
+        <v>84</v>
       </c>
       <c r="F27" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G27">
+        <v>85</v>
+      </c>
+      <c r="G27" t="s">
+        <v>22</v>
+      </c>
+      <c r="H27">
         <v>2004</v>
       </c>
-      <c r="H27">
+      <c r="I27">
         <v>2020</v>
       </c>
-      <c r="I27" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J27" t="s">
-        <v>31</v>
+        <v>93</v>
       </c>
       <c r="K27" t="s">
-        <v>146</v>
+        <v>36</v>
       </c>
       <c r="L27" t="s">
-        <v>147</v>
+        <v>199</v>
       </c>
       <c r="M27" t="s">
-        <v>24</v>
+        <v>200</v>
       </c>
       <c r="N27" t="s">
-        <v>148</v>
-[...2 lines deleted...]
-    <row r="28" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O27" t="s">
+        <v>201</v>
+      </c>
+      <c r="P27" t="s">
+        <v>202</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
       <c r="A28" t="s">
-        <v>149</v>
+        <v>203</v>
       </c>
       <c r="B28" t="s">
-        <v>150</v>
+        <v>204</v>
       </c>
       <c r="C28" t="s">
-        <v>28</v>
+        <v>205</v>
       </c>
       <c r="D28" t="s">
-        <v>65</v>
+        <v>33</v>
       </c>
       <c r="E28" t="s">
-        <v>37</v>
+        <v>84</v>
       </c>
       <c r="F28" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2006</v>
+        <v>44</v>
+      </c>
+      <c r="G28" t="s">
+        <v>22</v>
       </c>
       <c r="H28">
         <v>2006</v>
       </c>
-      <c r="I28" t="s">
-        <v>151</v>
+      <c r="I28">
+        <v>2006</v>
       </c>
       <c r="J28" t="s">
-        <v>67</v>
-[...4 lines deleted...]
-      </c>
+        <v>206</v>
+      </c>
+      <c r="K28" t="s">
+        <v>86</v>
+      </c>
+      <c r="L28"/>
       <c r="M28" t="s">
-        <v>24</v>
+        <v>207</v>
       </c>
       <c r="N28" t="s">
-        <v>153</v>
-[...2 lines deleted...]
-    <row r="29" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O28" t="s">
+        <v>208</v>
+      </c>
+      <c r="P28" t="s">
+        <v>209</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
       <c r="A29" t="s">
-        <v>154</v>
+        <v>210</v>
       </c>
       <c r="B29" t="s">
-        <v>42</v>
+        <v>211</v>
       </c>
       <c r="C29" t="s">
-        <v>28</v>
+        <v>51</v>
       </c>
       <c r="D29" t="s">
-        <v>17</v>
+        <v>33</v>
       </c>
       <c r="E29" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F29" t="s">
-        <v>29</v>
-[...1 lines deleted...]
-      <c r="G29">
+        <v>21</v>
+      </c>
+      <c r="G29" t="s">
+        <v>34</v>
+      </c>
+      <c r="H29">
         <v>2013</v>
       </c>
-      <c r="H29"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I29"/>
       <c r="J29" t="s">
-        <v>31</v>
+        <v>93</v>
       </c>
       <c r="K29" t="s">
-        <v>155</v>
+        <v>36</v>
       </c>
       <c r="L29" t="s">
-        <v>46</v>
+        <v>212</v>
       </c>
       <c r="M29" t="s">
-        <v>24</v>
+        <v>55</v>
       </c>
       <c r="N29" t="s">
-        <v>156</v>
-[...2 lines deleted...]
-    <row r="30" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O29" t="s">
+        <v>213</v>
+      </c>
+      <c r="P29" t="s">
+        <v>214</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
       <c r="A30" t="s">
-        <v>157</v>
+        <v>215</v>
       </c>
       <c r="B30" t="s">
-        <v>42</v>
+        <v>216</v>
       </c>
       <c r="C30" t="s">
-        <v>158</v>
+        <v>51</v>
       </c>
       <c r="D30" t="s">
-        <v>17</v>
+        <v>217</v>
       </c>
       <c r="E30" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F30" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G30">
+        <v>21</v>
+      </c>
+      <c r="G30" t="s">
+        <v>22</v>
+      </c>
+      <c r="H30">
         <v>2008</v>
       </c>
-      <c r="H30">
+      <c r="I30">
         <v>2015</v>
       </c>
-      <c r="I30" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J30" t="s">
-        <v>67</v>
+        <v>93</v>
       </c>
       <c r="K30" t="s">
-        <v>159</v>
+        <v>86</v>
       </c>
       <c r="L30" t="s">
-        <v>46</v>
+        <v>218</v>
       </c>
       <c r="M30" t="s">
-        <v>24</v>
+        <v>55</v>
       </c>
       <c r="N30" t="s">
-        <v>160</v>
-[...2 lines deleted...]
-    <row r="31" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O30" t="s">
+        <v>219</v>
+      </c>
+      <c r="P30" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
       <c r="A31" t="s">
-        <v>161</v>
+        <v>221</v>
       </c>
       <c r="B31" t="s">
-        <v>42</v>
+        <v>50</v>
       </c>
       <c r="C31" t="s">
-        <v>43</v>
+        <v>51</v>
       </c>
       <c r="D31" t="s">
-        <v>17</v>
+        <v>52</v>
       </c>
       <c r="E31" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F31" t="s">
-        <v>29</v>
-[...7 lines deleted...]
-      </c>
+        <v>21</v>
+      </c>
+      <c r="G31" t="s">
+        <v>222</v>
+      </c>
+      <c r="H31">
+        <v>2018</v>
+      </c>
+      <c r="I31"/>
       <c r="J31" t="s">
-        <v>31</v>
+        <v>223</v>
       </c>
       <c r="K31" t="s">
-        <v>45</v>
+        <v>36</v>
       </c>
       <c r="L31" t="s">
-        <v>162</v>
+        <v>54</v>
       </c>
       <c r="M31" t="s">
-        <v>24</v>
+        <v>224</v>
       </c>
       <c r="N31" t="s">
-        <v>163</v>
-[...2 lines deleted...]
-    <row r="32" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O31" t="s">
+        <v>225</v>
+      </c>
+      <c r="P31" t="s">
+        <v>226</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
       <c r="A32" t="s">
-        <v>164</v>
+        <v>227</v>
       </c>
       <c r="B32" t="s">
-        <v>42</v>
+        <v>228</v>
       </c>
       <c r="C32" t="s">
-        <v>43</v>
+        <v>51</v>
       </c>
       <c r="D32" t="s">
-        <v>17</v>
+        <v>52</v>
       </c>
       <c r="E32" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F32" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G32">
+        <v>21</v>
+      </c>
+      <c r="G32" t="s">
+        <v>22</v>
+      </c>
+      <c r="H32">
         <v>2018</v>
       </c>
-      <c r="H32">
+      <c r="I32">
         <v>2024</v>
       </c>
-      <c r="I32" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J32" t="s">
-        <v>31</v>
+        <v>223</v>
       </c>
       <c r="K32" t="s">
-        <v>166</v>
+        <v>36</v>
       </c>
       <c r="L32" t="s">
-        <v>167</v>
+        <v>229</v>
       </c>
       <c r="M32" t="s">
-        <v>24</v>
+        <v>230</v>
       </c>
       <c r="N32" t="s">
-        <v>168</v>
-[...2 lines deleted...]
-    <row r="33" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O32" t="s">
+        <v>231</v>
+      </c>
+      <c r="P32" t="s">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
       <c r="A33" t="s">
-        <v>169</v>
+        <v>233</v>
       </c>
       <c r="B33" t="s">
-        <v>42</v>
+        <v>234</v>
       </c>
       <c r="C33" t="s">
-        <v>43</v>
+        <v>51</v>
       </c>
       <c r="D33" t="s">
-        <v>17</v>
+        <v>52</v>
       </c>
       <c r="E33" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F33" t="s">
-        <v>29</v>
-[...1 lines deleted...]
-      <c r="G33">
+        <v>21</v>
+      </c>
+      <c r="G33" t="s">
+        <v>34</v>
+      </c>
+      <c r="H33">
         <v>2020</v>
       </c>
-      <c r="H33"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I33"/>
       <c r="J33" t="s">
-        <v>31</v>
+        <v>53</v>
       </c>
       <c r="K33" t="s">
-        <v>170</v>
+        <v>36</v>
       </c>
       <c r="L33" t="s">
-        <v>162</v>
+        <v>235</v>
       </c>
       <c r="M33" t="s">
-        <v>171</v>
+        <v>224</v>
       </c>
       <c r="N33" t="s">
-        <v>172</v>
-[...2 lines deleted...]
-    <row r="34" spans="1:14">
+        <v>236</v>
+      </c>
+      <c r="O33" t="s">
+        <v>237</v>
+      </c>
+      <c r="P33" t="s">
+        <v>238</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
       <c r="A34" t="s">
-        <v>173</v>
+        <v>239</v>
       </c>
       <c r="B34" t="s">
-        <v>42</v>
+        <v>240</v>
       </c>
       <c r="C34" t="s">
-        <v>174</v>
+        <v>51</v>
       </c>
       <c r="D34" t="s">
-        <v>17</v>
+        <v>241</v>
       </c>
       <c r="E34" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F34" t="s">
-        <v>175</v>
-[...1 lines deleted...]
-      <c r="G34">
+        <v>21</v>
+      </c>
+      <c r="G34" t="s">
+        <v>8</v>
+      </c>
+      <c r="H34">
         <v>2014</v>
       </c>
-      <c r="H34">
+      <c r="I34">
         <v>2025</v>
       </c>
-      <c r="I34" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J34" t="s">
-        <v>31</v>
-[...4 lines deleted...]
-      </c>
+        <v>223</v>
+      </c>
+      <c r="K34" t="s">
+        <v>36</v>
+      </c>
+      <c r="L34"/>
       <c r="M34" t="s">
-        <v>176</v>
+        <v>230</v>
       </c>
       <c r="N34" t="s">
-        <v>177</v>
-[...2 lines deleted...]
-    <row r="35" spans="1:14">
+        <v>242</v>
+      </c>
+      <c r="O34" t="s">
+        <v>243</v>
+      </c>
+      <c r="P34" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
       <c r="A35" t="s">
-        <v>178</v>
+        <v>245</v>
       </c>
       <c r="B35" t="s">
-        <v>179</v>
+        <v>246</v>
       </c>
       <c r="C35" t="s">
-        <v>28</v>
+        <v>247</v>
       </c>
       <c r="D35" t="s">
-        <v>65</v>
+        <v>33</v>
       </c>
       <c r="E35" t="s">
-        <v>18</v>
+        <v>84</v>
       </c>
       <c r="F35" t="s">
-        <v>29</v>
-[...1 lines deleted...]
-      <c r="G35">
+        <v>21</v>
+      </c>
+      <c r="G35" t="s">
+        <v>34</v>
+      </c>
+      <c r="H35">
         <v>1984</v>
       </c>
-      <c r="H35"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I35"/>
       <c r="J35" t="s">
-        <v>31</v>
+        <v>115</v>
       </c>
       <c r="K35" t="s">
-        <v>180</v>
+        <v>36</v>
       </c>
       <c r="L35" t="s">
-        <v>181</v>
+        <v>248</v>
       </c>
       <c r="M35" t="s">
-        <v>24</v>
+        <v>249</v>
       </c>
       <c r="N35" t="s">
-        <v>182</v>
-[...2 lines deleted...]
-    <row r="36" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O35" t="s">
+        <v>250</v>
+      </c>
+      <c r="P35" t="s">
+        <v>251</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
       <c r="A36" t="s">
-        <v>183</v>
+        <v>252</v>
       </c>
       <c r="B36" t="s">
-        <v>106</v>
+        <v>253</v>
       </c>
       <c r="C36" t="s">
-        <v>28</v>
+        <v>143</v>
       </c>
       <c r="D36" t="s">
-        <v>65</v>
+        <v>33</v>
       </c>
       <c r="E36" t="s">
-        <v>66</v>
+        <v>84</v>
       </c>
       <c r="F36" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2011</v>
+        <v>85</v>
+      </c>
+      <c r="G36" t="s">
+        <v>22</v>
       </c>
       <c r="H36">
         <v>2011</v>
       </c>
-      <c r="I36" t="s">
+      <c r="I36">
+        <v>2011</v>
+      </c>
+      <c r="J36" t="s">
+        <v>115</v>
+      </c>
+      <c r="K36" t="s">
         <v>86</v>
       </c>
-      <c r="J36" t="s">
-[...5 lines deleted...]
-      </c>
+      <c r="L36"/>
       <c r="M36" t="s">
-        <v>24</v>
+        <v>151</v>
       </c>
       <c r="N36" t="s">
-        <v>184</v>
-[...2 lines deleted...]
-    <row r="37" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O36" t="s">
+        <v>254</v>
+      </c>
+      <c r="P36"/>
+    </row>
+    <row r="37" spans="1:16">
       <c r="A37" t="s">
-        <v>185</v>
+        <v>255</v>
       </c>
       <c r="B37" t="s">
-        <v>106</v>
+        <v>256</v>
       </c>
       <c r="C37" t="s">
-        <v>28</v>
+        <v>143</v>
       </c>
       <c r="D37" t="s">
-        <v>65</v>
+        <v>33</v>
       </c>
       <c r="E37" t="s">
-        <v>66</v>
+        <v>84</v>
       </c>
       <c r="F37" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G37">
+        <v>85</v>
+      </c>
+      <c r="G37" t="s">
+        <v>22</v>
+      </c>
+      <c r="H37">
         <v>2013</v>
       </c>
-      <c r="H37">
+      <c r="I37">
         <v>2014</v>
       </c>
-      <c r="I37" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J37" t="s">
-        <v>31</v>
-[...4 lines deleted...]
-      </c>
+        <v>115</v>
+      </c>
+      <c r="K37" t="s">
+        <v>36</v>
+      </c>
+      <c r="L37"/>
       <c r="M37" t="s">
-        <v>24</v>
+        <v>145</v>
       </c>
       <c r="N37" t="s">
-        <v>186</v>
-[...2 lines deleted...]
-    <row r="38" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O37" t="s">
+        <v>257</v>
+      </c>
+      <c r="P37" t="s">
+        <v>258</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
       <c r="A38" t="s">
-        <v>187</v>
+        <v>259</v>
       </c>
       <c r="B38" t="s">
-        <v>106</v>
+        <v>260</v>
       </c>
       <c r="C38" t="s">
-        <v>28</v>
+        <v>143</v>
       </c>
       <c r="D38" t="s">
-        <v>65</v>
+        <v>33</v>
       </c>
       <c r="E38" t="s">
-        <v>66</v>
+        <v>84</v>
       </c>
       <c r="F38" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2011</v>
+        <v>85</v>
+      </c>
+      <c r="G38" t="s">
+        <v>22</v>
       </c>
       <c r="H38">
         <v>2011</v>
       </c>
-      <c r="I38" t="s">
+      <c r="I38">
+        <v>2011</v>
+      </c>
+      <c r="J38" t="s">
+        <v>115</v>
+      </c>
+      <c r="K38" t="s">
+        <v>36</v>
+      </c>
+      <c r="L38" t="s">
+        <v>261</v>
+      </c>
+      <c r="M38" t="s">
+        <v>145</v>
+      </c>
+      <c r="N38" t="s">
+        <v>27</v>
+      </c>
+      <c r="O38" t="s">
+        <v>262</v>
+      </c>
+      <c r="P38" t="s">
+        <v>263</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
+      <c r="A39" t="s">
+        <v>264</v>
+      </c>
+      <c r="B39" t="s">
+        <v>265</v>
+      </c>
+      <c r="C39" t="s">
+        <v>169</v>
+      </c>
+      <c r="D39" t="s">
+        <v>33</v>
+      </c>
+      <c r="E39" t="s">
+        <v>84</v>
+      </c>
+      <c r="F39" t="s">
+        <v>44</v>
+      </c>
+      <c r="G39" t="s">
+        <v>34</v>
+      </c>
+      <c r="H39">
+        <v>2022</v>
+      </c>
+      <c r="I39"/>
+      <c r="J39" t="s">
+        <v>266</v>
+      </c>
+      <c r="K39" t="s">
+        <v>36</v>
+      </c>
+      <c r="L39" t="s">
+        <v>267</v>
+      </c>
+      <c r="M39" t="s">
+        <v>268</v>
+      </c>
+      <c r="N39" t="s">
+        <v>27</v>
+      </c>
+      <c r="O39" t="s">
+        <v>269</v>
+      </c>
+      <c r="P39" t="s">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16">
+      <c r="A40" t="s">
+        <v>271</v>
+      </c>
+      <c r="B40" t="s">
+        <v>272</v>
+      </c>
+      <c r="C40" t="s">
+        <v>273</v>
+      </c>
+      <c r="D40" t="s">
+        <v>71</v>
+      </c>
+      <c r="E40" t="s">
+        <v>20</v>
+      </c>
+      <c r="F40" t="s">
+        <v>21</v>
+      </c>
+      <c r="G40" t="s">
+        <v>22</v>
+      </c>
+      <c r="H40">
+        <v>1996</v>
+      </c>
+      <c r="I40">
+        <v>2017</v>
+      </c>
+      <c r="J40" t="s">
+        <v>206</v>
+      </c>
+      <c r="K40" t="s">
+        <v>36</v>
+      </c>
+      <c r="L40" t="s">
+        <v>274</v>
+      </c>
+      <c r="M40" t="s">
+        <v>275</v>
+      </c>
+      <c r="N40" t="s">
+        <v>27</v>
+      </c>
+      <c r="O40" t="s">
+        <v>276</v>
+      </c>
+      <c r="P40" t="s">
+        <v>277</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16">
+      <c r="A41" t="s">
+        <v>278</v>
+      </c>
+      <c r="B41" t="s">
+        <v>279</v>
+      </c>
+      <c r="C41" t="s">
+        <v>273</v>
+      </c>
+      <c r="D41" t="s">
+        <v>71</v>
+      </c>
+      <c r="E41" t="s">
+        <v>20</v>
+      </c>
+      <c r="F41" t="s">
+        <v>44</v>
+      </c>
+      <c r="G41" t="s">
+        <v>22</v>
+      </c>
+      <c r="H41">
+        <v>1996</v>
+      </c>
+      <c r="I41">
+        <v>2017</v>
+      </c>
+      <c r="J41" t="s">
+        <v>206</v>
+      </c>
+      <c r="K41" t="s">
+        <v>36</v>
+      </c>
+      <c r="L41"/>
+      <c r="M41" t="s">
+        <v>275</v>
+      </c>
+      <c r="N41" t="s">
+        <v>27</v>
+      </c>
+      <c r="O41" t="s">
+        <v>280</v>
+      </c>
+      <c r="P41" t="s">
+        <v>281</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16">
+      <c r="A42" t="s">
+        <v>282</v>
+      </c>
+      <c r="B42" t="s">
+        <v>283</v>
+      </c>
+      <c r="C42" t="s">
+        <v>284</v>
+      </c>
+      <c r="D42" t="s">
+        <v>33</v>
+      </c>
+      <c r="E42" t="s">
+        <v>20</v>
+      </c>
+      <c r="F42" t="s">
+        <v>21</v>
+      </c>
+      <c r="G42" t="s">
+        <v>34</v>
+      </c>
+      <c r="H42">
+        <v>2013</v>
+      </c>
+      <c r="I42"/>
+      <c r="J42" t="s">
+        <v>162</v>
+      </c>
+      <c r="K42" t="s">
         <v>86</v>
       </c>
-      <c r="J38" t="s">
-[...174 lines deleted...]
-      </c>
       <c r="L42" t="s">
-        <v>205</v>
+        <v>285</v>
       </c>
       <c r="M42" t="s">
-        <v>24</v>
+        <v>286</v>
       </c>
       <c r="N42" t="s">
-        <v>206</v>
-[...2 lines deleted...]
-    <row r="43" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O42" t="s">
+        <v>287</v>
+      </c>
+      <c r="P42" t="s">
+        <v>288</v>
+      </c>
+    </row>
+    <row r="43" spans="1:16">
       <c r="A43" t="s">
-        <v>207</v>
+        <v>289</v>
       </c>
       <c r="B43" t="s">
-        <v>118</v>
+        <v>160</v>
       </c>
       <c r="C43" t="s">
-        <v>43</v>
+        <v>161</v>
       </c>
       <c r="D43" t="s">
-        <v>17</v>
+        <v>52</v>
       </c>
       <c r="E43" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F43" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2011</v>
+        <v>21</v>
+      </c>
+      <c r="G43" t="s">
+        <v>22</v>
       </c>
       <c r="H43">
         <v>2011</v>
       </c>
-      <c r="I43" t="s">
-        <v>119</v>
+      <c r="I43">
+        <v>2011</v>
       </c>
       <c r="J43" t="s">
-        <v>31</v>
+        <v>162</v>
       </c>
       <c r="K43" t="s">
-        <v>120</v>
+        <v>36</v>
       </c>
       <c r="L43" t="s">
-        <v>121</v>
+        <v>163</v>
       </c>
       <c r="M43" t="s">
-        <v>24</v>
+        <v>164</v>
       </c>
       <c r="N43" t="s">
-        <v>208</v>
-[...2 lines deleted...]
-    <row r="44" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O43" t="s">
+        <v>290</v>
+      </c>
+      <c r="P43" t="s">
+        <v>291</v>
+      </c>
+    </row>
+    <row r="44" spans="1:16">
       <c r="A44" t="s">
-        <v>209</v>
+        <v>292</v>
       </c>
       <c r="B44" t="s">
-        <v>118</v>
+        <v>293</v>
       </c>
       <c r="C44" t="s">
-        <v>28</v>
+        <v>161</v>
       </c>
       <c r="D44" t="s">
-        <v>17</v>
+        <v>33</v>
       </c>
       <c r="E44" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F44" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G44">
+        <v>21</v>
+      </c>
+      <c r="G44" t="s">
+        <v>22</v>
+      </c>
+      <c r="H44">
         <v>2011</v>
       </c>
-      <c r="H44">
+      <c r="I44">
         <v>2015</v>
       </c>
-      <c r="I44" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J44" t="s">
-        <v>31</v>
-[...4 lines deleted...]
-      </c>
+        <v>162</v>
+      </c>
+      <c r="K44" t="s">
+        <v>36</v>
+      </c>
+      <c r="L44"/>
       <c r="M44" t="s">
-        <v>24</v>
+        <v>164</v>
       </c>
       <c r="N44" t="s">
-        <v>210</v>
-[...2 lines deleted...]
-    <row r="45" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O44" t="s">
+        <v>294</v>
+      </c>
+      <c r="P44" t="s">
+        <v>291</v>
+      </c>
+    </row>
+    <row r="45" spans="1:16">
       <c r="A45" t="s">
-        <v>211</v>
+        <v>295</v>
       </c>
       <c r="B45" t="s">
-        <v>124</v>
+        <v>296</v>
       </c>
       <c r="C45" t="s">
-        <v>212</v>
+        <v>169</v>
       </c>
       <c r="D45" t="s">
-        <v>65</v>
+        <v>297</v>
       </c>
       <c r="E45" t="s">
-        <v>213</v>
+        <v>84</v>
       </c>
       <c r="F45" t="s">
-        <v>29</v>
-[...1 lines deleted...]
-      <c r="G45">
+        <v>298</v>
+      </c>
+      <c r="G45" t="s">
+        <v>34</v>
+      </c>
+      <c r="H45">
         <v>2015</v>
       </c>
-      <c r="H45"/>
-      <c r="I45" t="s">
+      <c r="I45"/>
+      <c r="J45" t="s">
+        <v>266</v>
+      </c>
+      <c r="K45" t="s">
+        <v>36</v>
+      </c>
+      <c r="L45"/>
+      <c r="M45" t="s">
+        <v>268</v>
+      </c>
+      <c r="N45" t="s">
+        <v>27</v>
+      </c>
+      <c r="O45" t="s">
+        <v>299</v>
+      </c>
+      <c r="P45" t="s">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="46" spans="1:16">
+      <c r="A46" t="s">
+        <v>301</v>
+      </c>
+      <c r="B46" t="s">
+        <v>302</v>
+      </c>
+      <c r="C46" t="s">
+        <v>169</v>
+      </c>
+      <c r="D46" t="s">
+        <v>297</v>
+      </c>
+      <c r="E46" t="s">
+        <v>84</v>
+      </c>
+      <c r="F46" t="s">
+        <v>298</v>
+      </c>
+      <c r="G46" t="s">
+        <v>34</v>
+      </c>
+      <c r="H46">
+        <v>2015</v>
+      </c>
+      <c r="I46"/>
+      <c r="J46" t="s">
+        <v>266</v>
+      </c>
+      <c r="K46" t="s">
+        <v>36</v>
+      </c>
+      <c r="L46"/>
+      <c r="M46" t="s">
+        <v>268</v>
+      </c>
+      <c r="N46" t="s">
+        <v>27</v>
+      </c>
+      <c r="O46" t="s">
+        <v>303</v>
+      </c>
+      <c r="P46" t="s">
+        <v>304</v>
+      </c>
+    </row>
+    <row r="47" spans="1:16">
+      <c r="A47" t="s">
+        <v>305</v>
+      </c>
+      <c r="B47" t="s">
+        <v>306</v>
+      </c>
+      <c r="C47" t="s">
+        <v>169</v>
+      </c>
+      <c r="D47" t="s">
+        <v>33</v>
+      </c>
+      <c r="E47" t="s">
+        <v>84</v>
+      </c>
+      <c r="F47" t="s">
+        <v>298</v>
+      </c>
+      <c r="G47" t="s">
+        <v>34</v>
+      </c>
+      <c r="H47">
+        <v>2015</v>
+      </c>
+      <c r="I47"/>
+      <c r="J47" t="s">
+        <v>170</v>
+      </c>
+      <c r="K47" t="s">
+        <v>307</v>
+      </c>
+      <c r="L47"/>
+      <c r="M47" t="s">
+        <v>268</v>
+      </c>
+      <c r="N47" t="s">
+        <v>27</v>
+      </c>
+      <c r="O47" t="s">
+        <v>308</v>
+      </c>
+      <c r="P47" t="s">
+        <v>309</v>
+      </c>
+    </row>
+    <row r="48" spans="1:16">
+      <c r="A48" t="s">
+        <v>310</v>
+      </c>
+      <c r="B48" t="s">
+        <v>311</v>
+      </c>
+      <c r="C48" t="s">
+        <v>312</v>
+      </c>
+      <c r="D48" t="s">
+        <v>313</v>
+      </c>
+      <c r="E48" t="s">
+        <v>20</v>
+      </c>
+      <c r="F48" t="s">
+        <v>190</v>
+      </c>
+      <c r="G48" t="s">
+        <v>22</v>
+      </c>
+      <c r="H48">
+        <v>2017</v>
+      </c>
+      <c r="I48">
+        <v>2021</v>
+      </c>
+      <c r="J48" t="s">
+        <v>314</v>
+      </c>
+      <c r="K48" t="s">
+        <v>315</v>
+      </c>
+      <c r="L48" t="s">
+        <v>316</v>
+      </c>
+      <c r="M48" t="s">
+        <v>317</v>
+      </c>
+      <c r="N48" t="s">
+        <v>236</v>
+      </c>
+      <c r="O48" t="s">
+        <v>318</v>
+      </c>
+      <c r="P48" t="s">
+        <v>319</v>
+      </c>
+    </row>
+    <row r="49" spans="1:16">
+      <c r="A49" t="s">
+        <v>320</v>
+      </c>
+      <c r="B49" t="s">
+        <v>321</v>
+      </c>
+      <c r="C49" t="s">
+        <v>322</v>
+      </c>
+      <c r="D49" t="s">
+        <v>33</v>
+      </c>
+      <c r="E49" t="s">
+        <v>20</v>
+      </c>
+      <c r="F49" t="s">
+        <v>44</v>
+      </c>
+      <c r="G49" t="s">
+        <v>34</v>
+      </c>
+      <c r="H49">
+        <v>2014</v>
+      </c>
+      <c r="I49"/>
+      <c r="J49" t="s">
+        <v>323</v>
+      </c>
+      <c r="K49" t="s">
+        <v>86</v>
+      </c>
+      <c r="L49" t="s">
+        <v>324</v>
+      </c>
+      <c r="M49" t="s">
+        <v>325</v>
+      </c>
+      <c r="N49" t="s">
+        <v>27</v>
+      </c>
+      <c r="O49" t="s">
+        <v>326</v>
+      </c>
+      <c r="P49" t="s">
+        <v>327</v>
+      </c>
+    </row>
+    <row r="50" spans="1:16">
+      <c r="A50" t="s">
+        <v>328</v>
+      </c>
+      <c r="B50" t="s">
+        <v>329</v>
+      </c>
+      <c r="C50" t="s">
+        <v>330</v>
+      </c>
+      <c r="D50" t="s">
+        <v>33</v>
+      </c>
+      <c r="E50" t="s">
+        <v>84</v>
+      </c>
+      <c r="F50" t="s">
+        <v>190</v>
+      </c>
+      <c r="G50" t="s">
+        <v>34</v>
+      </c>
+      <c r="H50">
+        <v>2014</v>
+      </c>
+      <c r="I50"/>
+      <c r="J50" t="s">
         <v>191</v>
       </c>
-      <c r="J45" t="s">
-[...207 lines deleted...]
-      </c>
       <c r="K50" t="s">
-        <v>236</v>
+        <v>307</v>
       </c>
       <c r="L50" t="s">
-        <v>237</v>
+        <v>331</v>
       </c>
       <c r="M50" t="s">
-        <v>24</v>
+        <v>332</v>
       </c>
       <c r="N50" t="s">
-        <v>238</v>
-[...2 lines deleted...]
-    <row r="51" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O50" t="s">
+        <v>333</v>
+      </c>
+      <c r="P50" t="s">
+        <v>334</v>
+      </c>
+    </row>
+    <row r="51" spans="1:16">
       <c r="A51" t="s">
-        <v>239</v>
+        <v>335</v>
       </c>
       <c r="B51" t="s">
-        <v>240</v>
+        <v>336</v>
       </c>
       <c r="C51" t="s">
-        <v>28</v>
+        <v>337</v>
       </c>
       <c r="D51" t="s">
-        <v>17</v>
+        <v>33</v>
       </c>
       <c r="E51" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F51" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2016</v>
+        <v>21</v>
+      </c>
+      <c r="G51" t="s">
+        <v>22</v>
       </c>
       <c r="H51">
         <v>2016</v>
       </c>
-      <c r="I51" t="s">
-        <v>140</v>
+      <c r="I51">
+        <v>2016</v>
       </c>
       <c r="J51" t="s">
-        <v>31</v>
-[...4 lines deleted...]
-      </c>
+        <v>191</v>
+      </c>
+      <c r="K51" t="s">
+        <v>36</v>
+      </c>
+      <c r="L51"/>
       <c r="M51" t="s">
+        <v>338</v>
+      </c>
+      <c r="N51" t="s">
+        <v>27</v>
+      </c>
+      <c r="O51" t="s">
+        <v>339</v>
+      </c>
+      <c r="P51" t="s">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="52" spans="1:16">
+      <c r="A52" t="s">
+        <v>341</v>
+      </c>
+      <c r="B52" t="s">
+        <v>342</v>
+      </c>
+      <c r="C52" t="s">
+        <v>343</v>
+      </c>
+      <c r="D52" t="s">
+        <v>33</v>
+      </c>
+      <c r="E52" t="s">
+        <v>84</v>
+      </c>
+      <c r="F52" t="s">
+        <v>85</v>
+      </c>
+      <c r="G52" t="s">
+        <v>34</v>
+      </c>
+      <c r="H52">
+        <v>2017</v>
+      </c>
+      <c r="I52"/>
+      <c r="J52" t="s">
+        <v>45</v>
+      </c>
+      <c r="K52" t="s">
+        <v>86</v>
+      </c>
+      <c r="L52"/>
+      <c r="M52" t="s">
+        <v>344</v>
+      </c>
+      <c r="N52" t="s">
+        <v>27</v>
+      </c>
+      <c r="O52" t="s">
+        <v>345</v>
+      </c>
+      <c r="P52" t="s">
+        <v>346</v>
+      </c>
+    </row>
+    <row r="53" spans="1:16">
+      <c r="A53" t="s">
+        <v>347</v>
+      </c>
+      <c r="B53" t="s">
+        <v>348</v>
+      </c>
+      <c r="C53" t="s">
+        <v>349</v>
+      </c>
+      <c r="D53" t="s">
+        <v>71</v>
+      </c>
+      <c r="E53" t="s">
+        <v>20</v>
+      </c>
+      <c r="F53" t="s">
+        <v>190</v>
+      </c>
+      <c r="G53" t="s">
+        <v>34</v>
+      </c>
+      <c r="H53">
+        <v>2013</v>
+      </c>
+      <c r="I53"/>
+      <c r="J53" t="s">
+        <v>177</v>
+      </c>
+      <c r="K53" t="s">
+        <v>86</v>
+      </c>
+      <c r="L53" t="s">
+        <v>350</v>
+      </c>
+      <c r="M53" t="s">
+        <v>351</v>
+      </c>
+      <c r="N53" t="s">
+        <v>27</v>
+      </c>
+      <c r="O53" t="s">
+        <v>352</v>
+      </c>
+      <c r="P53" t="s">
+        <v>353</v>
+      </c>
+    </row>
+    <row r="54" spans="1:16">
+      <c r="A54" t="s">
+        <v>354</v>
+      </c>
+      <c r="B54" t="s">
+        <v>355</v>
+      </c>
+      <c r="C54" t="s">
+        <v>126</v>
+      </c>
+      <c r="D54" t="s">
+        <v>356</v>
+      </c>
+      <c r="E54" t="s">
+        <v>20</v>
+      </c>
+      <c r="F54" t="s">
+        <v>21</v>
+      </c>
+      <c r="G54" t="s">
+        <v>357</v>
+      </c>
+      <c r="H54">
+        <v>2021</v>
+      </c>
+      <c r="I54"/>
+      <c r="J54" t="s">
+        <v>129</v>
+      </c>
+      <c r="K54" t="s">
+        <v>36</v>
+      </c>
+      <c r="L54"/>
+      <c r="M54" t="s">
+        <v>130</v>
+      </c>
+      <c r="N54" t="s">
+        <v>27</v>
+      </c>
+      <c r="O54" t="s">
+        <v>358</v>
+      </c>
+      <c r="P54" t="s">
+        <v>359</v>
+      </c>
+    </row>
+    <row r="55" spans="1:16">
+      <c r="A55" t="s">
+        <v>360</v>
+      </c>
+      <c r="B55" t="s">
+        <v>361</v>
+      </c>
+      <c r="C55" t="s">
+        <v>169</v>
+      </c>
+      <c r="D55" t="s">
+        <v>362</v>
+      </c>
+      <c r="E55" t="s">
+        <v>84</v>
+      </c>
+      <c r="F55" t="s">
+        <v>85</v>
+      </c>
+      <c r="G55" t="s">
+        <v>34</v>
+      </c>
+      <c r="H55">
+        <v>2014</v>
+      </c>
+      <c r="I55"/>
+      <c r="J55" t="s">
+        <v>266</v>
+      </c>
+      <c r="K55" t="s">
+        <v>36</v>
+      </c>
+      <c r="L55" t="s">
+        <v>363</v>
+      </c>
+      <c r="M55" t="s">
+        <v>364</v>
+      </c>
+      <c r="N55" t="s">
+        <v>27</v>
+      </c>
+      <c r="O55" t="s">
+        <v>365</v>
+      </c>
+      <c r="P55" t="s">
+        <v>366</v>
+      </c>
+    </row>
+    <row r="56" spans="1:16">
+      <c r="A56" t="s">
+        <v>367</v>
+      </c>
+      <c r="B56" t="s">
+        <v>368</v>
+      </c>
+      <c r="C56" t="s">
+        <v>169</v>
+      </c>
+      <c r="D56" t="s">
+        <v>52</v>
+      </c>
+      <c r="E56" t="s">
+        <v>84</v>
+      </c>
+      <c r="F56" t="s">
+        <v>44</v>
+      </c>
+      <c r="G56" t="s">
+        <v>357</v>
+      </c>
+      <c r="H56">
+        <v>2021</v>
+      </c>
+      <c r="I56"/>
+      <c r="J56" t="s">
+        <v>177</v>
+      </c>
+      <c r="K56" t="s">
+        <v>36</v>
+      </c>
+      <c r="L56" t="s">
+        <v>369</v>
+      </c>
+      <c r="M56" t="s">
+        <v>370</v>
+      </c>
+      <c r="N56" t="s">
+        <v>27</v>
+      </c>
+      <c r="O56" t="s">
+        <v>371</v>
+      </c>
+      <c r="P56" t="s">
+        <v>372</v>
+      </c>
+    </row>
+    <row r="57" spans="1:16">
+      <c r="A57" t="s">
+        <v>373</v>
+      </c>
+      <c r="B57" t="s">
+        <v>374</v>
+      </c>
+      <c r="C57" t="s">
+        <v>375</v>
+      </c>
+      <c r="D57" t="s">
+        <v>33</v>
+      </c>
+      <c r="E57" t="s">
+        <v>84</v>
+      </c>
+      <c r="F57" t="s">
+        <v>85</v>
+      </c>
+      <c r="G57" t="s">
+        <v>22</v>
+      </c>
+      <c r="H57">
+        <v>2012</v>
+      </c>
+      <c r="I57">
+        <v>2020</v>
+      </c>
+      <c r="J57" t="s">
+        <v>191</v>
+      </c>
+      <c r="K57" t="s">
+        <v>86</v>
+      </c>
+      <c r="L57" t="s">
+        <v>376</v>
+      </c>
+      <c r="M57" t="s">
+        <v>377</v>
+      </c>
+      <c r="N57" t="s">
+        <v>27</v>
+      </c>
+      <c r="O57" t="s">
+        <v>378</v>
+      </c>
+      <c r="P57" t="s">
+        <v>379</v>
+      </c>
+    </row>
+    <row r="58" spans="1:16">
+      <c r="A58" t="s">
+        <v>380</v>
+      </c>
+      <c r="B58" t="s">
+        <v>381</v>
+      </c>
+      <c r="C58" t="s">
+        <v>169</v>
+      </c>
+      <c r="D58" t="s">
+        <v>297</v>
+      </c>
+      <c r="E58" t="s">
+        <v>84</v>
+      </c>
+      <c r="F58" t="s">
+        <v>21</v>
+      </c>
+      <c r="G58" t="s">
+        <v>34</v>
+      </c>
+      <c r="H58">
+        <v>2013</v>
+      </c>
+      <c r="I58"/>
+      <c r="J58" t="s">
+        <v>266</v>
+      </c>
+      <c r="K58" t="s">
+        <v>36</v>
+      </c>
+      <c r="L58"/>
+      <c r="M58" t="s">
+        <v>382</v>
+      </c>
+      <c r="N58" t="s">
+        <v>27</v>
+      </c>
+      <c r="O58" t="s">
+        <v>383</v>
+      </c>
+      <c r="P58" t="s">
+        <v>384</v>
+      </c>
+    </row>
+    <row r="59" spans="1:16">
+      <c r="A59" t="s">
+        <v>385</v>
+      </c>
+      <c r="B59" t="s">
+        <v>386</v>
+      </c>
+      <c r="C59" t="s">
+        <v>387</v>
+      </c>
+      <c r="D59" t="s">
+        <v>71</v>
+      </c>
+      <c r="E59" t="s">
+        <v>20</v>
+      </c>
+      <c r="F59" t="s">
+        <v>44</v>
+      </c>
+      <c r="G59" t="s">
+        <v>22</v>
+      </c>
+      <c r="H59">
+        <v>2011</v>
+      </c>
+      <c r="I59">
+        <v>2014</v>
+      </c>
+      <c r="J59" t="s">
+        <v>177</v>
+      </c>
+      <c r="K59" t="s">
         <v>24</v>
       </c>
-      <c r="N51" t="s">
-[...22 lines deleted...]
-      <c r="G52">
+      <c r="L59" t="s">
+        <v>388</v>
+      </c>
+      <c r="M59" t="s">
+        <v>389</v>
+      </c>
+      <c r="N59" t="s">
+        <v>27</v>
+      </c>
+      <c r="O59" t="s">
+        <v>390</v>
+      </c>
+      <c r="P59" t="s">
+        <v>391</v>
+      </c>
+    </row>
+    <row r="60" spans="1:16">
+      <c r="A60" t="s">
+        <v>385</v>
+      </c>
+      <c r="B60" t="s">
+        <v>392</v>
+      </c>
+      <c r="C60" t="s">
+        <v>387</v>
+      </c>
+      <c r="D60" t="s">
+        <v>71</v>
+      </c>
+      <c r="E60" t="s">
+        <v>84</v>
+      </c>
+      <c r="F60" t="s">
+        <v>21</v>
+      </c>
+      <c r="G60" t="s">
+        <v>22</v>
+      </c>
+      <c r="H60">
+        <v>2015</v>
+      </c>
+      <c r="I60">
         <v>2017</v>
       </c>
-      <c r="H52"/>
-[...10 lines deleted...]
-      <c r="M52" t="s">
+      <c r="J60" t="s">
+        <v>177</v>
+      </c>
+      <c r="K60" t="s">
         <v>24</v>
       </c>
-      <c r="N52" t="s">
-[...330 lines deleted...]
-      </c>
       <c r="L60" t="s">
-        <v>275</v>
+        <v>393</v>
       </c>
       <c r="M60" t="s">
-        <v>24</v>
+        <v>389</v>
       </c>
       <c r="N60" t="s">
-        <v>278</v>
+        <v>27</v>
+      </c>
+      <c r="O60" t="s">
+        <v>394</v>
+      </c>
+      <c r="P60" t="s">
+        <v>391</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>