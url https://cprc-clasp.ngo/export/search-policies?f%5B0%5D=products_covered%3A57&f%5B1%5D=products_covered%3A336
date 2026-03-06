--- v1 (2025-11-26)
+++ v2 (2026-03-06)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="395">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="396">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -673,66 +673,69 @@
   <si>
     <t>GB 29539-2013 Minimum allowable values of energy efficiency and energy efficiency grades for range hoods</t>
   </si>
   <si>
     <t>This policy applies to efflux-type range hood with rated voltage below 250V and installed above domestic cooktop stove or other similar devices.</t>
   </si>
   <si>
     <t>GB/T 17713-2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-29539-2013-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E800D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 30720-2014 Minimum allowable values of energy efficiency and energy efficiency grades for domestic gas cooking appliances</t>
   </si>
   <si>
     <t>Domestic gas cooking appliances which use urban gas have single combustors and its rated thermal load is not more than 5.23 kW</t>
   </si>
   <si>
     <t>LPG Stoves, Cooktops or Hobs</t>
   </si>
   <si>
+    <t>Entered into force, Revised, To Be Superseded</t>
+  </si>
+  <si>
+    <t>November 2025</t>
+  </si>
+  <si>
     <t>CQC6151-20094.24.3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-30720-2014-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7EF80D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 36893-2018 Minimum allowable values of the energy efficiency and energy efficiency grades for air cleaners</t>
   </si>
   <si>
     <t>Superseded</t>
-  </si>
-[...1 lines deleted...]
-    <t>November 2025</t>
   </si>
   <si>
     <t>The Standardisation Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-36893-2018-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-air</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=7AC3075CD358B4B1E05397BE0A0AC4DE</t>
   </si>
   <si>
     <t>GB 36893-2024 Minimum allowable values of energy efficiency and energy efficiency grades for air cleaner</t>
   </si>
   <si>
     <t>This standard revised minimum energy performance standards and grades for air cleaners:
  — Air cleaners with a single-phase rated voltage greater than 5 V and not exceeding 250 V, and other rated voltages not exceeding 480 V;
 — Air cleaners with functions for removing particulate matter and gaseous pollutants;
 — Humidifying purifiers and purifying fans with an independent air purification function mode.</t>
   </si>
   <si>
     <t>GB/T 18801—2022</t>
   </si>
   <si>
     <t>The Standardization Administration of China</t>
   </si>
@@ -1568,51 +1571,51 @@
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P60"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="255.938" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="861.075" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="39.99" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="891.782" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="54.13" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="78.981" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="143.822" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="303.069" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -3014,1520 +3017,1520 @@
       </c>
       <c r="P29" t="s">
         <v>214</v>
       </c>
     </row>
     <row r="30" spans="1:16">
       <c r="A30" t="s">
         <v>215</v>
       </c>
       <c r="B30" t="s">
         <v>216</v>
       </c>
       <c r="C30" t="s">
         <v>51</v>
       </c>
       <c r="D30" t="s">
         <v>217</v>
       </c>
       <c r="E30" t="s">
         <v>20</v>
       </c>
       <c r="F30" t="s">
         <v>21</v>
       </c>
       <c r="G30" t="s">
-        <v>22</v>
+        <v>218</v>
       </c>
       <c r="H30">
         <v>2008</v>
       </c>
       <c r="I30">
         <v>2015</v>
       </c>
       <c r="J30" t="s">
-        <v>93</v>
+        <v>219</v>
       </c>
       <c r="K30" t="s">
         <v>86</v>
       </c>
       <c r="L30" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
       <c r="M30" t="s">
         <v>55</v>
       </c>
       <c r="N30" t="s">
         <v>27</v>
       </c>
       <c r="O30" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
       <c r="P30" t="s">
-        <v>220</v>
+        <v>222</v>
       </c>
     </row>
     <row r="31" spans="1:16">
       <c r="A31" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
       <c r="B31" t="s">
         <v>50</v>
       </c>
       <c r="C31" t="s">
         <v>51</v>
       </c>
       <c r="D31" t="s">
         <v>52</v>
       </c>
       <c r="E31" t="s">
         <v>20</v>
       </c>
       <c r="F31" t="s">
         <v>21</v>
       </c>
       <c r="G31" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
       <c r="H31">
         <v>2018</v>
       </c>
       <c r="I31"/>
       <c r="J31" t="s">
-        <v>223</v>
+        <v>219</v>
       </c>
       <c r="K31" t="s">
         <v>36</v>
       </c>
       <c r="L31" t="s">
         <v>54</v>
       </c>
       <c r="M31" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="N31" t="s">
         <v>27</v>
       </c>
       <c r="O31" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="P31" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
     </row>
     <row r="32" spans="1:16">
       <c r="A32" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="B32" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="C32" t="s">
         <v>51</v>
       </c>
       <c r="D32" t="s">
         <v>52</v>
       </c>
       <c r="E32" t="s">
         <v>20</v>
       </c>
       <c r="F32" t="s">
         <v>21</v>
       </c>
       <c r="G32" t="s">
         <v>22</v>
       </c>
       <c r="H32">
         <v>2018</v>
       </c>
       <c r="I32">
         <v>2024</v>
       </c>
       <c r="J32" t="s">
-        <v>223</v>
+        <v>219</v>
       </c>
       <c r="K32" t="s">
         <v>36</v>
       </c>
       <c r="L32" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="M32" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="N32" t="s">
         <v>27</v>
       </c>
       <c r="O32" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="P32" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
     </row>
     <row r="33" spans="1:16">
       <c r="A33" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="B33" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="C33" t="s">
         <v>51</v>
       </c>
       <c r="D33" t="s">
         <v>52</v>
       </c>
       <c r="E33" t="s">
         <v>20</v>
       </c>
       <c r="F33" t="s">
         <v>21</v>
       </c>
       <c r="G33" t="s">
         <v>34</v>
       </c>
       <c r="H33">
         <v>2020</v>
       </c>
       <c r="I33"/>
       <c r="J33" t="s">
         <v>53</v>
       </c>
       <c r="K33" t="s">
         <v>36</v>
       </c>
       <c r="L33" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="M33" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="N33" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="O33" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="P33" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
     </row>
     <row r="34" spans="1:16">
       <c r="A34" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="B34" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="C34" t="s">
         <v>51</v>
       </c>
       <c r="D34" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="E34" t="s">
         <v>20</v>
       </c>
       <c r="F34" t="s">
         <v>21</v>
       </c>
       <c r="G34" t="s">
         <v>8</v>
       </c>
       <c r="H34">
         <v>2014</v>
       </c>
       <c r="I34">
         <v>2025</v>
       </c>
       <c r="J34" t="s">
-        <v>223</v>
+        <v>219</v>
       </c>
       <c r="K34" t="s">
         <v>36</v>
       </c>
       <c r="L34"/>
       <c r="M34" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="N34" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="O34" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="P34" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
     </row>
     <row r="35" spans="1:16">
       <c r="A35" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="B35" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="C35" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="D35" t="s">
         <v>33</v>
       </c>
       <c r="E35" t="s">
         <v>84</v>
       </c>
       <c r="F35" t="s">
         <v>21</v>
       </c>
       <c r="G35" t="s">
         <v>34</v>
       </c>
       <c r="H35">
         <v>1984</v>
       </c>
       <c r="I35"/>
       <c r="J35" t="s">
         <v>115</v>
       </c>
       <c r="K35" t="s">
         <v>36</v>
       </c>
       <c r="L35" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="M35" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="N35" t="s">
         <v>27</v>
       </c>
       <c r="O35" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="P35" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
     </row>
     <row r="36" spans="1:16">
       <c r="A36" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="B36" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="C36" t="s">
         <v>143</v>
       </c>
       <c r="D36" t="s">
         <v>33</v>
       </c>
       <c r="E36" t="s">
         <v>84</v>
       </c>
       <c r="F36" t="s">
         <v>85</v>
       </c>
       <c r="G36" t="s">
         <v>22</v>
       </c>
       <c r="H36">
         <v>2011</v>
       </c>
       <c r="I36">
         <v>2011</v>
       </c>
       <c r="J36" t="s">
         <v>115</v>
       </c>
       <c r="K36" t="s">
         <v>86</v>
       </c>
       <c r="L36"/>
       <c r="M36" t="s">
         <v>151</v>
       </c>
       <c r="N36" t="s">
         <v>27</v>
       </c>
       <c r="O36" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="P36"/>
     </row>
     <row r="37" spans="1:16">
       <c r="A37" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="B37" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="C37" t="s">
         <v>143</v>
       </c>
       <c r="D37" t="s">
         <v>33</v>
       </c>
       <c r="E37" t="s">
         <v>84</v>
       </c>
       <c r="F37" t="s">
         <v>85</v>
       </c>
       <c r="G37" t="s">
         <v>22</v>
       </c>
       <c r="H37">
         <v>2013</v>
       </c>
       <c r="I37">
         <v>2014</v>
       </c>
       <c r="J37" t="s">
         <v>115</v>
       </c>
       <c r="K37" t="s">
         <v>36</v>
       </c>
       <c r="L37"/>
       <c r="M37" t="s">
         <v>145</v>
       </c>
       <c r="N37" t="s">
         <v>27</v>
       </c>
       <c r="O37" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="P37" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
     </row>
     <row r="38" spans="1:16">
       <c r="A38" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="B38" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="C38" t="s">
         <v>143</v>
       </c>
       <c r="D38" t="s">
         <v>33</v>
       </c>
       <c r="E38" t="s">
         <v>84</v>
       </c>
       <c r="F38" t="s">
         <v>85</v>
       </c>
       <c r="G38" t="s">
         <v>22</v>
       </c>
       <c r="H38">
         <v>2011</v>
       </c>
       <c r="I38">
         <v>2011</v>
       </c>
       <c r="J38" t="s">
         <v>115</v>
       </c>
       <c r="K38" t="s">
         <v>36</v>
       </c>
       <c r="L38" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="M38" t="s">
         <v>145</v>
       </c>
       <c r="N38" t="s">
         <v>27</v>
       </c>
       <c r="O38" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="P38" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
     </row>
     <row r="39" spans="1:16">
       <c r="A39" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="B39" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="C39" t="s">
         <v>169</v>
       </c>
       <c r="D39" t="s">
         <v>33</v>
       </c>
       <c r="E39" t="s">
         <v>84</v>
       </c>
       <c r="F39" t="s">
         <v>44</v>
       </c>
       <c r="G39" t="s">
         <v>34</v>
       </c>
       <c r="H39">
         <v>2022</v>
       </c>
       <c r="I39"/>
       <c r="J39" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="K39" t="s">
         <v>36</v>
       </c>
       <c r="L39" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="M39" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="N39" t="s">
         <v>27</v>
       </c>
       <c r="O39" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="P39" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
     </row>
     <row r="40" spans="1:16">
       <c r="A40" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="B40" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="C40" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="D40" t="s">
         <v>71</v>
       </c>
       <c r="E40" t="s">
         <v>20</v>
       </c>
       <c r="F40" t="s">
         <v>21</v>
       </c>
       <c r="G40" t="s">
         <v>22</v>
       </c>
       <c r="H40">
         <v>1996</v>
       </c>
       <c r="I40">
         <v>2017</v>
       </c>
       <c r="J40" t="s">
         <v>206</v>
       </c>
       <c r="K40" t="s">
         <v>36</v>
       </c>
       <c r="L40" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="M40" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="N40" t="s">
         <v>27</v>
       </c>
       <c r="O40" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="P40" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
     </row>
     <row r="41" spans="1:16">
       <c r="A41" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="B41" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="C41" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="D41" t="s">
         <v>71</v>
       </c>
       <c r="E41" t="s">
         <v>20</v>
       </c>
       <c r="F41" t="s">
         <v>44</v>
       </c>
       <c r="G41" t="s">
         <v>22</v>
       </c>
       <c r="H41">
         <v>1996</v>
       </c>
       <c r="I41">
         <v>2017</v>
       </c>
       <c r="J41" t="s">
         <v>206</v>
       </c>
       <c r="K41" t="s">
         <v>36</v>
       </c>
       <c r="L41"/>
       <c r="M41" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="N41" t="s">
         <v>27</v>
       </c>
       <c r="O41" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="P41" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
     </row>
     <row r="42" spans="1:16">
       <c r="A42" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="B42" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="C42" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="D42" t="s">
         <v>33</v>
       </c>
       <c r="E42" t="s">
         <v>20</v>
       </c>
       <c r="F42" t="s">
         <v>21</v>
       </c>
       <c r="G42" t="s">
         <v>34</v>
       </c>
       <c r="H42">
         <v>2013</v>
       </c>
       <c r="I42"/>
       <c r="J42" t="s">
         <v>162</v>
       </c>
       <c r="K42" t="s">
         <v>86</v>
       </c>
       <c r="L42" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="M42" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="N42" t="s">
         <v>27</v>
       </c>
       <c r="O42" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="P42" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
     </row>
     <row r="43" spans="1:16">
       <c r="A43" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="B43" t="s">
         <v>160</v>
       </c>
       <c r="C43" t="s">
         <v>161</v>
       </c>
       <c r="D43" t="s">
         <v>52</v>
       </c>
       <c r="E43" t="s">
         <v>20</v>
       </c>
       <c r="F43" t="s">
         <v>21</v>
       </c>
       <c r="G43" t="s">
         <v>22</v>
       </c>
       <c r="H43">
         <v>2011</v>
       </c>
       <c r="I43">
         <v>2011</v>
       </c>
       <c r="J43" t="s">
         <v>162</v>
       </c>
       <c r="K43" t="s">
         <v>36</v>
       </c>
       <c r="L43" t="s">
         <v>163</v>
       </c>
       <c r="M43" t="s">
         <v>164</v>
       </c>
       <c r="N43" t="s">
         <v>27</v>
       </c>
       <c r="O43" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="P43" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
     </row>
     <row r="44" spans="1:16">
       <c r="A44" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="B44" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="C44" t="s">
         <v>161</v>
       </c>
       <c r="D44" t="s">
         <v>33</v>
       </c>
       <c r="E44" t="s">
         <v>20</v>
       </c>
       <c r="F44" t="s">
         <v>21</v>
       </c>
       <c r="G44" t="s">
         <v>22</v>
       </c>
       <c r="H44">
         <v>2011</v>
       </c>
       <c r="I44">
         <v>2015</v>
       </c>
       <c r="J44" t="s">
         <v>162</v>
       </c>
       <c r="K44" t="s">
         <v>36</v>
       </c>
       <c r="L44"/>
       <c r="M44" t="s">
         <v>164</v>
       </c>
       <c r="N44" t="s">
         <v>27</v>
       </c>
       <c r="O44" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="P44" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
     </row>
     <row r="45" spans="1:16">
       <c r="A45" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="B45" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="C45" t="s">
         <v>169</v>
       </c>
       <c r="D45" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="E45" t="s">
         <v>84</v>
       </c>
       <c r="F45" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="G45" t="s">
         <v>34</v>
       </c>
       <c r="H45">
         <v>2015</v>
       </c>
       <c r="I45"/>
       <c r="J45" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="K45" t="s">
         <v>36</v>
       </c>
       <c r="L45"/>
       <c r="M45" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="N45" t="s">
         <v>27</v>
       </c>
       <c r="O45" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="P45" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
     </row>
     <row r="46" spans="1:16">
       <c r="A46" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="B46" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="C46" t="s">
         <v>169</v>
       </c>
       <c r="D46" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="E46" t="s">
         <v>84</v>
       </c>
       <c r="F46" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="G46" t="s">
         <v>34</v>
       </c>
       <c r="H46">
         <v>2015</v>
       </c>
       <c r="I46"/>
       <c r="J46" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="K46" t="s">
         <v>36</v>
       </c>
       <c r="L46"/>
       <c r="M46" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="N46" t="s">
         <v>27</v>
       </c>
       <c r="O46" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="P46" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
     </row>
     <row r="47" spans="1:16">
       <c r="A47" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="B47" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="C47" t="s">
         <v>169</v>
       </c>
       <c r="D47" t="s">
         <v>33</v>
       </c>
       <c r="E47" t="s">
         <v>84</v>
       </c>
       <c r="F47" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="G47" t="s">
         <v>34</v>
       </c>
       <c r="H47">
         <v>2015</v>
       </c>
       <c r="I47"/>
       <c r="J47" t="s">
         <v>170</v>
       </c>
       <c r="K47" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="L47"/>
       <c r="M47" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="N47" t="s">
         <v>27</v>
       </c>
       <c r="O47" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="P47" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
     </row>
     <row r="48" spans="1:16">
       <c r="A48" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="B48" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="C48" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="D48" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="E48" t="s">
         <v>20</v>
       </c>
       <c r="F48" t="s">
         <v>190</v>
       </c>
       <c r="G48" t="s">
         <v>22</v>
       </c>
       <c r="H48">
         <v>2017</v>
       </c>
       <c r="I48">
         <v>2021</v>
       </c>
       <c r="J48" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
       <c r="K48" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="L48" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="M48" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="N48" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="O48" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="P48" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
     </row>
     <row r="49" spans="1:16">
       <c r="A49" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="B49" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="C49" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
       <c r="D49" t="s">
         <v>33</v>
       </c>
       <c r="E49" t="s">
         <v>20</v>
       </c>
       <c r="F49" t="s">
         <v>44</v>
       </c>
       <c r="G49" t="s">
         <v>34</v>
       </c>
       <c r="H49">
         <v>2014</v>
       </c>
       <c r="I49"/>
       <c r="J49" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="K49" t="s">
         <v>86</v>
       </c>
       <c r="L49" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="M49" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="N49" t="s">
         <v>27</v>
       </c>
       <c r="O49" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="P49" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
     </row>
     <row r="50" spans="1:16">
       <c r="A50" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="B50" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="C50" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="D50" t="s">
         <v>33</v>
       </c>
       <c r="E50" t="s">
         <v>84</v>
       </c>
       <c r="F50" t="s">
         <v>190</v>
       </c>
       <c r="G50" t="s">
         <v>34</v>
       </c>
       <c r="H50">
         <v>2014</v>
       </c>
       <c r="I50"/>
       <c r="J50" t="s">
         <v>191</v>
       </c>
       <c r="K50" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="L50" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="M50" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="N50" t="s">
         <v>27</v>
       </c>
       <c r="O50" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="P50" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
     </row>
     <row r="51" spans="1:16">
       <c r="A51" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="B51" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="C51" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="D51" t="s">
         <v>33</v>
       </c>
       <c r="E51" t="s">
         <v>20</v>
       </c>
       <c r="F51" t="s">
         <v>21</v>
       </c>
       <c r="G51" t="s">
         <v>22</v>
       </c>
       <c r="H51">
         <v>2016</v>
       </c>
       <c r="I51">
         <v>2016</v>
       </c>
       <c r="J51" t="s">
         <v>191</v>
       </c>
       <c r="K51" t="s">
         <v>36</v>
       </c>
       <c r="L51"/>
       <c r="M51" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
       <c r="N51" t="s">
         <v>27</v>
       </c>
       <c r="O51" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="P51" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
     </row>
     <row r="52" spans="1:16">
       <c r="A52" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
       <c r="B52" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
       <c r="C52" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
       <c r="D52" t="s">
         <v>33</v>
       </c>
       <c r="E52" t="s">
         <v>84</v>
       </c>
       <c r="F52" t="s">
         <v>85</v>
       </c>
       <c r="G52" t="s">
         <v>34</v>
       </c>
       <c r="H52">
         <v>2017</v>
       </c>
       <c r="I52"/>
       <c r="J52" t="s">
         <v>45</v>
       </c>
       <c r="K52" t="s">
         <v>86</v>
       </c>
       <c r="L52"/>
       <c r="M52" t="s">
-        <v>344</v>
+        <v>345</v>
       </c>
       <c r="N52" t="s">
         <v>27</v>
       </c>
       <c r="O52" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
       <c r="P52" t="s">
-        <v>346</v>
+        <v>347</v>
       </c>
     </row>
     <row r="53" spans="1:16">
       <c r="A53" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
       <c r="B53" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="C53" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
       <c r="D53" t="s">
         <v>71</v>
       </c>
       <c r="E53" t="s">
         <v>20</v>
       </c>
       <c r="F53" t="s">
         <v>190</v>
       </c>
       <c r="G53" t="s">
         <v>34</v>
       </c>
       <c r="H53">
         <v>2013</v>
       </c>
       <c r="I53"/>
       <c r="J53" t="s">
         <v>177</v>
       </c>
       <c r="K53" t="s">
         <v>86</v>
       </c>
       <c r="L53" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
       <c r="M53" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="N53" t="s">
         <v>27</v>
       </c>
       <c r="O53" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="P53" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
     </row>
     <row r="54" spans="1:16">
       <c r="A54" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="B54" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="C54" t="s">
         <v>126</v>
       </c>
       <c r="D54" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="E54" t="s">
         <v>20</v>
       </c>
       <c r="F54" t="s">
         <v>21</v>
       </c>
       <c r="G54" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="H54">
         <v>2021</v>
       </c>
       <c r="I54"/>
       <c r="J54" t="s">
         <v>129</v>
       </c>
       <c r="K54" t="s">
         <v>36</v>
       </c>
       <c r="L54"/>
       <c r="M54" t="s">
         <v>130</v>
       </c>
       <c r="N54" t="s">
         <v>27</v>
       </c>
       <c r="O54" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="P54" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
     </row>
     <row r="55" spans="1:16">
       <c r="A55" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
       <c r="B55" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="C55" t="s">
         <v>169</v>
       </c>
       <c r="D55" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="E55" t="s">
         <v>84</v>
       </c>
       <c r="F55" t="s">
         <v>85</v>
       </c>
       <c r="G55" t="s">
         <v>34</v>
       </c>
       <c r="H55">
         <v>2014</v>
       </c>
       <c r="I55"/>
       <c r="J55" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="K55" t="s">
         <v>36</v>
       </c>
       <c r="L55" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="M55" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
       <c r="N55" t="s">
         <v>27</v>
       </c>
       <c r="O55" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
       <c r="P55" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
     </row>
     <row r="56" spans="1:16">
       <c r="A56" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
       <c r="B56" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="C56" t="s">
         <v>169</v>
       </c>
       <c r="D56" t="s">
         <v>52</v>
       </c>
       <c r="E56" t="s">
         <v>84</v>
       </c>
       <c r="F56" t="s">
         <v>44</v>
       </c>
       <c r="G56" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="H56">
         <v>2021</v>
       </c>
       <c r="I56"/>
       <c r="J56" t="s">
         <v>177</v>
       </c>
       <c r="K56" t="s">
         <v>36</v>
       </c>
       <c r="L56" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
       <c r="M56" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
       <c r="N56" t="s">
         <v>27</v>
       </c>
       <c r="O56" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="P56" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
     </row>
     <row r="57" spans="1:16">
       <c r="A57" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
       <c r="B57" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
       <c r="C57" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
       <c r="D57" t="s">
         <v>33</v>
       </c>
       <c r="E57" t="s">
         <v>84</v>
       </c>
       <c r="F57" t="s">
         <v>85</v>
       </c>
       <c r="G57" t="s">
         <v>22</v>
       </c>
       <c r="H57">
         <v>2012</v>
       </c>
       <c r="I57">
         <v>2020</v>
       </c>
       <c r="J57" t="s">
         <v>191</v>
       </c>
       <c r="K57" t="s">
         <v>86</v>
       </c>
       <c r="L57" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
       <c r="M57" t="s">
-        <v>377</v>
+        <v>378</v>
       </c>
       <c r="N57" t="s">
         <v>27</v>
       </c>
       <c r="O57" t="s">
-        <v>378</v>
+        <v>379</v>
       </c>
       <c r="P57" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
     </row>
     <row r="58" spans="1:16">
       <c r="A58" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
       <c r="B58" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
       <c r="C58" t="s">
         <v>169</v>
       </c>
       <c r="D58" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="E58" t="s">
         <v>84</v>
       </c>
       <c r="F58" t="s">
         <v>21</v>
       </c>
       <c r="G58" t="s">
         <v>34</v>
       </c>
       <c r="H58">
         <v>2013</v>
       </c>
       <c r="I58"/>
       <c r="J58" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="K58" t="s">
         <v>36</v>
       </c>
       <c r="L58"/>
       <c r="M58" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="N58" t="s">
         <v>27</v>
       </c>
       <c r="O58" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="P58" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
     </row>
     <row r="59" spans="1:16">
       <c r="A59" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
       <c r="B59" t="s">
-        <v>386</v>
+        <v>387</v>
       </c>
       <c r="C59" t="s">
-        <v>387</v>
+        <v>388</v>
       </c>
       <c r="D59" t="s">
         <v>71</v>
       </c>
       <c r="E59" t="s">
         <v>20</v>
       </c>
       <c r="F59" t="s">
         <v>44</v>
       </c>
       <c r="G59" t="s">
         <v>22</v>
       </c>
       <c r="H59">
         <v>2011</v>
       </c>
       <c r="I59">
         <v>2014</v>
       </c>
       <c r="J59" t="s">
         <v>177</v>
       </c>
       <c r="K59" t="s">
         <v>24</v>
       </c>
       <c r="L59" t="s">
-        <v>388</v>
+        <v>389</v>
       </c>
       <c r="M59" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
       <c r="N59" t="s">
         <v>27</v>
       </c>
       <c r="O59" t="s">
-        <v>390</v>
+        <v>391</v>
       </c>
       <c r="P59" t="s">
-        <v>391</v>
+        <v>392</v>
       </c>
     </row>
     <row r="60" spans="1:16">
       <c r="A60" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
       <c r="B60" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
       <c r="C60" t="s">
-        <v>387</v>
+        <v>388</v>
       </c>
       <c r="D60" t="s">
         <v>71</v>
       </c>
       <c r="E60" t="s">
         <v>84</v>
       </c>
       <c r="F60" t="s">
         <v>21</v>
       </c>
       <c r="G60" t="s">
         <v>22</v>
       </c>
       <c r="H60">
         <v>2015</v>
       </c>
       <c r="I60">
         <v>2017</v>
       </c>
       <c r="J60" t="s">
         <v>177</v>
       </c>
       <c r="K60" t="s">
         <v>24</v>
       </c>
       <c r="L60" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
       <c r="M60" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
       <c r="N60" t="s">
         <v>27</v>
       </c>
       <c r="O60" t="s">
-        <v>394</v>
+        <v>395</v>
       </c>
       <c r="P60" t="s">
-        <v>391</v>
+        <v>392</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">