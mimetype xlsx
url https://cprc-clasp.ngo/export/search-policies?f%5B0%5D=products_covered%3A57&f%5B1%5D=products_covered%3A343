--- v0 (2025-12-14)
+++ v1 (2026-01-29)
@@ -480,69 +480,69 @@
   <si>
     <t>The Standardization Administration of China</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-36893-2024-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-air</t>
   </si>
   <si>
     <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=23EE8C718E22E8A3E06397BE0A0AC332</t>
   </si>
   <si>
     <t>GB 37484-2019 Minimum allowable values of energy efficiency and energy efficiency grades for precipitators</t>
   </si>
   <si>
     <t>This policy covers precipitators.</t>
   </si>
   <si>
     <t>GB/T 6719; GB/T 13931; GB 19153; GB/T 32154</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-37484-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=86000D0C5CBD0E10E05397BE0A0A5BBB</t>
   </si>
   <si>
-    <t>MELS for Commercial Storage Refrigerators</t>
+    <t>MELS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for chiller, freezers, and combinations type of all capacities.</t>
   </si>
   <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Refrigerated Cabinets, Wine Chillers, Walk-In Coolers and Freezers, Refrigerated Vending Machines, Freezers-only</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/mels-commercial-storage-refrigerators</t>
+    <t>https://cprc-clasp.ngo/policies/mels-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
   </si>
   <si>
     <t>MEPS for Air Cleaners</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-air-cleaners</t>
   </si>
   <si>
     <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_2.asp</t>
   </si>
   <si>
     <t>MEPS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy sets minimum energy performance standards for commercial storage refrigerators as shown below</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
   </si>
@@ -1983,51 +1983,51 @@
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
         <v>154</v>
       </c>
       <c r="B21" t="s">
         <v>155</v>
       </c>
       <c r="C21" t="s">
         <v>156</v>
       </c>
       <c r="D21" t="s">
         <v>157</v>
       </c>
       <c r="E21" t="s">
         <v>20</v>
       </c>
       <c r="F21" t="s">
         <v>43</v>
       </c>
       <c r="G21" t="s">
         <v>44</v>
       </c>
       <c r="H21">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="I21"/>
       <c r="J21" t="s">
         <v>158</v>
       </c>
       <c r="K21" t="s">
         <v>34</v>
       </c>
       <c r="L21"/>
       <c r="M21" t="s">
         <v>159</v>
       </c>
       <c r="N21" t="s">
         <v>27</v>
       </c>
       <c r="O21" t="s">
         <v>160</v>
       </c>
       <c r="P21" t="s">
         <v>161</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
         <v>162</v>