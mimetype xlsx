--- v0 (2025-10-12)
+++ v1 (2025-11-29)
@@ -12,497 +12,636 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="130">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="173">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>10 CFR 430—Energy Conservation Program for Consumer Products</t>
   </si>
   <si>
+    <t>Conventional cooking top means a class of cooking products which is a household cooking appliance consisting of a horizontal surface containing one or more surface units which utilize a gas flame; electric resistance heating; or electric inductive heating.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Electronics, Uninterruptable Power Supply, Battery Chargers, External Power Supply, Dehumidifiers, Air Cleaners, Ovens, Microwaves, Dishwashers, Clothes Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Ceiling Fans, Duct Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Showers or Showerheads, Urinals, Taps or Faucets, Distribution Transformers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>10 CFR 430 Subpart B</t>
   </si>
   <si>
     <t>U.S. Department of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/10-cfr-430-energy-conservation-program-consumer-products</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-430</t>
+  </si>
+  <si>
     <t>CEL- Air Cleaners</t>
   </si>
   <si>
+    <t>This policy covers air cleaners.</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Air Cleaners</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>GB/T 18801-2015; GB/T 18883-2002</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-air-cleaners</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2020/04/%E7%A9%BA%E6%B0%94%E5%87%80%E5%8C%96%E5%99%A8%E8%83%BD%E6%BA%</t>
+  </si>
+  <si>
     <t>CQC64-439141-2017 Safety and Performance and Energy Conservation Certification Rules For Household and Similar Use Outdoor Air System Equipment</t>
   </si>
   <si>
+    <t>Applies to Household and Similar Use Outdoor Air System Equipment with an air volume below 2000cubic meters per hour</t>
+  </si>
+  <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>CQC6401-2017 4.3.1 and 4.3.2</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc64-439141-2017-safety-and-performance-and-energy-conservation-certification-rules</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2017-04-13/544879.shtml</t>
+  </si>
+  <si>
     <t>CQC64-448157-2014. CQC Mark Certification - Air Cleaners</t>
   </si>
   <si>
+    <t>Air cleaners: single-phase rated voltage not exceeding 250V; other rated voltage not exceeding 450V</t>
+  </si>
+  <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>GB/T 18801-2015 5.5.2 and 5.2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc64-448157-2014-cqc-mark-certification-air-cleaners</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2021-06-08/511616.shtml</t>
+  </si>
+  <si>
     <t>Decision No. 14/2023/QD-TTg: Lists of Low-Efficiency Equipment Subject to Elimination and Low-Efficiency Generating Sets Banned from Development and Application Roadmaps</t>
   </si>
   <si>
+    <t>This Decision regulates the list of products that have mandatory Minimum Energy Performance Standards (MEPS) that must be met before being imported to Vietnam. Devices such as LED lamps, infrared hobs, induction hobs, refrigerators, refrigerator-freezers and freezers, storage water heaters, non-ducted air conditioners, television sets, notebook computers, desktop computers, LED road and street lighting luminaries, and industrial boilers should comply with the most recent standards beginning April 1, 2025. The Decision comes into force on July 15, 2023, and Decision No. 24/2018/QD-TTg will expire at such time.</t>
+  </si>
+  <si>
     <t>Vietnam*</t>
   </si>
   <si>
     <t>Computers, Imaging Equipment, Televisions, Displays, Induction Cookstoves or Hobs, Rice Cookers, Electric Kettles, Cooktops or Hobs, Washing Machines, Indoor Luminaires, Streetlighting, Tubular Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, Ceiling Fans, Portable Fans, Room ACs - Stationary ACs, Storage Water Heaters, Distribution Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label</t>
   </si>
   <si>
     <t>January 2024</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade (MOIT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/decision-no-142023qd-ttg-lists-low-efficiency-equipment-subject-elimination-and-low</t>
   </si>
   <si>
+    <t>https://vanban.chinhphu.vn/?pageid=27160&amp;docid=207954</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Air Cleaners</t>
   </si>
   <si>
+    <t>The product shall meet the definition of CNS 7619 regarding air cleaners or recognized by the Bureau of Energy of MOEA as domestic indoor air cleaners.</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>CNS 7619</t>
   </si>
   <si>
     <t>Greenmark Labelling Program</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-air-cleaners</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=34</t>
+  </si>
+  <si>
     <t>Energy Efficiency Grade Label for Air Cleaners</t>
   </si>
   <si>
+    <t>By the scope of KS C 9314 the mechanical and combined air cleaner which hasless 200W power consumption, and the single power 220V and 60Hz.</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>KS C 9314</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-grade-label-air-cleaners</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_4.asp</t>
+  </si>
+  <si>
     <t>Energy Efficiency Label No5 for Air Purifiers</t>
   </si>
   <si>
+    <t>This program covers split-type air purifiers such as mechanical air cleaners, ionic air cleaners, and Combined Air Purifiers</t>
+  </si>
+  <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>ANSI/AHAM AC-3-2009 for evaluating the performance of air cleaners</t>
   </si>
   <si>
     <t>Electricity Generating Authority Thailand (EGAT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-label-no5-air-purifiers</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/#.pdf</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Room Air Cleaners Version 2.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a Room Air Cleaner as specified in the policy document are eligible for ENERGY STAR qualification; with the exception of Combination products and ozone generators. Qualifying air cleaner models shall produce a minimum 50 CADR for Dust to be considered under this specification.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*</t>
   </si>
   <si>
     <t>ANSI/AHAM AC-1-2006; UL 867 Ed. 4.0; IEC 62301 Ed. 1.0</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-room-air-cleaners-version-20</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/appliances/air_purifiers_cleaners/partners</t>
+  </si>
+  <si>
     <t>GB 21456-2014 Minimum allowable values of the energy efficiency and energy efficiency grades for household induction cookers</t>
   </si>
   <si>
+    <t>Applies to induction cookers with one or more heating units with each unit's rated power ranges from 700W to 3500W. Does NOT apply to commercial induction cookers, power frequency induction cookers and concave cooker.</t>
+  </si>
+  <si>
     <t>Induction Cookstoves or Hobs</t>
   </si>
   <si>
+    <t>Superseded</t>
+  </si>
+  <si>
+    <t>November 2025</t>
+  </si>
+  <si>
     <t>GB 4706.29-2008 GB 4706.22-2008 GB 21456-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-21456-2014-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E9F5D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 21456-2024 Minimum allowable values of the energy efficiency and energy efficiency grades for household and similar kitchen appliances</t>
   </si>
   <si>
+    <t>The standard revises MEPS and energy efficiency grades for household and similar kitchen appliances including:
+a) Electric rice cookers heated by electric heating elements or electromagnetic induction, with a rated power not exceeding 2200 W;
+b) Electric pressure cookers with automatic pressure control, heated by electric heating elements or electromagnetic induction, with a rated power not exceeding 2200 W, a rated capacity not exceeding 10 L, and a rated cooking pressure of 40 kPa to 140 kPa (gauge pressure);
+c) Electric stewpots and stew cups with a rated power not exceeding 2200 W;
+d) Electric kettles designed solely for boiling water to the boiling point, without an automatic water-filling function, from which water is poured by holding the handle and tilting the body of the kettle;
+e) Induction cookers with one or more heating units, each unit having a rated power of 700 W to 3500 W;
+f) Microwave ovens, including combination microwave ovens, with a maximum rated input power of 2500 W or below, operating in the 2450 MHz ISM frequency band, which heat items and food in the cavity using electromagnetic energy as well as resistive electric heating elements.</t>
+  </si>
+  <si>
     <t>Asia and Pacific, China</t>
   </si>
   <si>
     <t>Induction Cookstoves or Hobs, Rice Cookers, Microwaves, Electric Kettles</t>
-  </si>
-[...1 lines deleted...]
-    <t>September 2025</t>
   </si>
   <si>
     <t>GB/T4706.1
 ,   
                     GB/T4706.14
 ,   
                     GB/T4706.19
 ,   
                     GB/T4706.21
 ,   
                     GB4706.29
 ,   
                     GB/T18800—2017
 ,   
                     GB/T22089
 ,   
                     GB/T35758
 ,   
                     QB/T4408</t>
   </si>
   <si>
     <t>The Standardization Administration of China</t>
   </si>
   <si>
     <t>Cookstoves, Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-21456-2024-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>https://openstd.samr.gov.cn/bzgk/gb/newGbInfo?hcno=F966E2FC4C7AB718356847B0DB1045E4</t>
+  </si>
+  <si>
     <t>GB 36893-2018 Minimum allowable values of the energy efficiency and energy efficiency grades for air cleaners</t>
   </si>
   <si>
     <t>The Standardisation Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-36893-2018-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-air</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=7AC3075CD358B4B1E05397BE0A0AC4DE</t>
+  </si>
+  <si>
     <t>GB 36893-2024 Minimum allowable values of energy efficiency and energy efficiency grades for air cleaner</t>
   </si>
   <si>
-    <t>October 2025</t>
+    <t>This standard revised minimum energy performance standards and grades for air cleaners:
+ — Air cleaners with a single-phase rated voltage greater than 5 V and not exceeding 250 V, and other rated voltages not exceeding 480 V;
+— Air cleaners with functions for removing particulate matter and gaseous pollutants;
+— Humidifying purifiers and purifying fans with an independent air purification function mode.</t>
   </si>
   <si>
     <t>GB/T 18801—2022</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-36893-2024-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-air</t>
   </si>
   <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=23EE8C718E22E8A3E06397BE0A0AC332</t>
+  </si>
+  <si>
     <t>GB 37484-2019 Minimum allowable values of energy efficiency and energy efficiency grades for precipitators</t>
   </si>
   <si>
+    <t>This policy covers precipitators.</t>
+  </si>
+  <si>
     <t>GB/T 6719; GB/T 13931; GB 19153; GB/T 32154</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-37484-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=86000D0C5CBD0E10E05397BE0A0A5BBB</t>
+  </si>
+  <si>
     <t>Mandatory Energy Efficiency Labelling Scheme (MEELS)</t>
   </si>
   <si>
+    <t>MEELS now covers eight types of prescribed products, including:,Room air conditioners (with rated cooling capacity not exceeding 7.5 kilowatts), refrigerating appliances (with rated total storage volume not exceeding 500 litres), compact fluorescent lamps (with rated wattage up to 60 watts), washing machines (with rated washing capacity not exceeding 10 kg), dehumidifiers (with rated dehumidifying capacity not exceeding 35 litres per day), televisions (with rated visible diagonal screen size exceeding 50 cm but not exceeding 250 cm), induction cookers (with rated power not less than 700 watts but not exceeding 3 500 watts for each heating unit, and with total rated power not exceeding 7 000 watts), and storage type electric water heaters (with rated water storage capacity not exceeding 50 litres). All these eight prescribed products for supply in Hong Kong are required to be listed models with reference numbers and bear energy labels.</t>
+  </si>
+  <si>
     <t>Hong Kong SAR of China</t>
   </si>
   <si>
     <t>Televisions, Dehumidifiers, Induction Cookstoves or Hobs, Clothes Dryers, Washing Machines, Non-Directional lamps, Directional Lamps, Room ACs - Stationary ACs, Storage Water Heaters, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Examples are IEC 62552; IEC 62087, IEC 62301; IEC60379</t>
   </si>
   <si>
     <t>Energy Efficiency Office, Electrical and Mechanical Services Department (EMSD)-…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mandatory-energy-efficiency-labelling-scheme-meels</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/energylabel/en/doc/Code%20of%20Practice%202020_Eng%20(To%20be%20gazetted%20on%205.6.2020)%2020200601.pdf</t>
+  </si>
+  <si>
     <t>MEPS for Air Cleaners</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-air-cleaners</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_2.asp</t>
+  </si>
+  <si>
     <t>TCVN 13372:2021 Energy Efficiency for induction hobs</t>
   </si>
   <si>
+    <t>This standard standard specifies the minimum energy efficiency level and the method for determining the energy consumption of an induction cooker. This policy applies to All types of induction cookers with built-in other types of cooking zones such as radiant cooking zones. It will enter into force on 1 January 2025.</t>
+  </si>
+  <si>
+    <t>New</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-133722021-energy-efficiency-induction-hobs</t>
   </si>
   <si>
+    <t>https://tieuchuan.vsqi.gov.vn/tieuchuan/view?sohieu=TCVN+13372%3A2021</t>
+  </si>
+  <si>
     <t>TCVN 13373:2021 - Infrared cookers</t>
   </si>
   <si>
+    <t>This standard specifies minimum energy efficiency levels and methods for determining energy consumption for infrared cookers/hobs. This standard applies to infrared cookers that integrate other types of cooking zones such as induction cooking zones. This policy will enter into force on 1 April 2025.</t>
+  </si>
+  <si>
     <t>Induction Cookstoves or Hobs, Cooktops or Hobs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-133732021-infrared-cookers</t>
   </si>
   <si>
+    <t>https://thuvienphapluat.vn/TCVN/Dien-dien-tu/TCVN-13373-2021-Bep-hong-ngoai-Hieu-suat-nang-luong-920208.aspx</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Air Cleaners TGL-91-14</t>
   </si>
   <si>
+    <t>These criteria shall apply to air purifiers for residential or similar purposes with a rated voltage not exceeding 250 V for single-phase alternating current (AC).</t>
+  </si>
+  <si>
     <t>Electronics, Other-Electronics, Air Cleaners</t>
   </si>
   <si>
     <t>April 2022</t>
   </si>
   <si>
     <t>TIS 1516 (or IEC 60335-2-65)</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-air-cleaners-tgl-91-14</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-91-14.pdf</t>
+  </si>
+  <si>
     <t>The Energy Efficiency Label No.5 for Air Purifiers</t>
+  </si>
+  <si>
+    <t>This policy defines energy efficiency level criteria and test standards for air purifiers. The scope of air purifiers includes air purifiers, split type, cooled with air, according to the following types: mechanical air cleaners, ion air purifiers (ionic air cleaners), and combined air purifiers. The policy applies to air purifiers intended for use in homes or places with similar purposes such as offices, and shops. The number 5 efficiency criteria for an air cleaner with an area of use less than or equal to 50m2 is set at greater than or equal to 7.5 baht/year (annual electricity cost).</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>TIS 3061-2020
 ,   
                     ANSI/AHAM AC-3-2009</t>
   </si>
   <si>
     <t>Electricity Generating Authority of Thailand</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-label-no5-air-purifiers-0</t>
   </si>
   <si>
+    <t>https://labelno5.egat.co.th/home/%e0%b9%80%e0%b8%81%e0%b8%93%e0%b8%91%e0%b9%8c%e0%b8%9b%e0%b8%a3%e0%b8%b0%e0%b8%aa%e0%b8%b4%e0%b8%97%e0%b8%98%e0%b8%b4%e0%b8%a0%e0%b8%b2%e0%b8%9e%e0%b8%9e%e0%b8%a5%e0%b8%b1%e0%b8%87%e0%b8%87%e0%b8%b2/</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Induction Cookers</t>
   </si>
   <si>
+    <t>This policy applies to cookers using electromagnetic induction heating as the heating source with a rated power consumption range from 700–3500 W for each heating unit. The total rated power shall not exceed 7000 W.</t>
+  </si>
+  <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>GB 21456 2014</t>
   </si>
   <si>
     <t>Electrical &amp; Mechanical Services Department of Hong Kong</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-induction-cookers</t>
+  </si>
+  <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Induction%20Cookers%202019_eng_v2.5%20(Final).pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -766,1053 +905,1188 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N22"/>
+  <dimension ref="A1:P22"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="200" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="143" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="200.38" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1119.441" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="643.986" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="78.981" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="143.822" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="274.79" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>1990</v>
       </c>
-      <c r="H2">
+      <c r="I2">
         <v>2016</v>
       </c>
-      <c r="I2" t="s">
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
-[...2 lines deleted...]
-      <c r="K2" t="s">
+      <c r="F3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G3" t="s">
+        <v>35</v>
+      </c>
+      <c r="H3">
+        <v>2019</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>36</v>
+      </c>
+      <c r="K3" t="s">
+        <v>37</v>
+      </c>
+      <c r="L3" t="s">
+        <v>38</v>
+      </c>
+      <c r="M3" t="s">
+        <v>39</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>40</v>
+      </c>
+      <c r="P3" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>42</v>
+      </c>
+      <c r="B4" t="s">
+        <v>43</v>
+      </c>
+      <c r="C4" t="s">
+        <v>32</v>
+      </c>
+      <c r="D4" t="s">
+        <v>33</v>
+      </c>
+      <c r="E4" t="s">
+        <v>44</v>
+      </c>
+      <c r="F4" t="s">
+        <v>45</v>
+      </c>
+      <c r="G4" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...13 lines deleted...]
-      <c r="B3" t="s">
+      <c r="H4">
+        <v>2014</v>
+      </c>
+      <c r="I4">
+        <v>2017</v>
+      </c>
+      <c r="J4" t="s">
+        <v>46</v>
+      </c>
+      <c r="K4" t="s">
+        <v>37</v>
+      </c>
+      <c r="L4" t="s">
+        <v>47</v>
+      </c>
+      <c r="M4" t="s">
+        <v>48</v>
+      </c>
+      <c r="N4" t="s">
         <v>27</v>
       </c>
-      <c r="C3" t="s">
-[...18 lines deleted...]
-      <c r="J3" t="s">
+      <c r="O4" t="s">
+        <v>49</v>
+      </c>
+      <c r="P4" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>51</v>
+      </c>
+      <c r="B5" t="s">
+        <v>52</v>
+      </c>
+      <c r="C5" t="s">
         <v>32</v>
       </c>
-      <c r="K3" t="s">
+      <c r="D5" t="s">
         <v>33</v>
       </c>
-      <c r="L3" t="s">
-[...13 lines deleted...]
-      <c r="B4" t="s">
+      <c r="E5" t="s">
+        <v>44</v>
+      </c>
+      <c r="F5" t="s">
+        <v>45</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2014</v>
+      </c>
+      <c r="I5">
+        <v>2015</v>
+      </c>
+      <c r="J5" t="s">
+        <v>53</v>
+      </c>
+      <c r="K5" t="s">
+        <v>37</v>
+      </c>
+      <c r="L5" t="s">
+        <v>54</v>
+      </c>
+      <c r="M5" t="s">
+        <v>48</v>
+      </c>
+      <c r="N5" t="s">
         <v>27</v>
       </c>
-      <c r="C4" t="s">
-[...2 lines deleted...]
-      <c r="D4" t="s">
+      <c r="O5" t="s">
+        <v>55</v>
+      </c>
+      <c r="P5" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>57</v>
+      </c>
+      <c r="B6" t="s">
+        <v>58</v>
+      </c>
+      <c r="C6" t="s">
+        <v>59</v>
+      </c>
+      <c r="D6" t="s">
+        <v>60</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>61</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2011</v>
+      </c>
+      <c r="I6">
+        <v>2023</v>
+      </c>
+      <c r="J6" t="s">
+        <v>62</v>
+      </c>
+      <c r="K6" t="s">
         <v>37</v>
       </c>
-      <c r="E4" t="s">
-[...34 lines deleted...]
-      <c r="B5" t="s">
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>63</v>
+      </c>
+      <c r="N6" t="s">
         <v>27</v>
       </c>
-      <c r="C5" t="s">
-[...17 lines deleted...]
-      <c r="I5" t="s">
+      <c r="O6" t="s">
+        <v>64</v>
+      </c>
+      <c r="P6" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>66</v>
+      </c>
+      <c r="B7" t="s">
+        <v>67</v>
+      </c>
+      <c r="C7" t="s">
+        <v>68</v>
+      </c>
+      <c r="D7" t="s">
+        <v>33</v>
+      </c>
+      <c r="E7" t="s">
         <v>44</v>
       </c>
-      <c r="J5" t="s">
-[...2 lines deleted...]
-      <c r="K5" t="s">
+      <c r="F7" t="s">
         <v>45</v>
       </c>
-      <c r="L5" t="s">
-[...71 lines deleted...]
-        <v>2011</v>
+      <c r="G7" t="s">
+        <v>22</v>
       </c>
       <c r="H7">
         <v>2011</v>
       </c>
-      <c r="I7" t="s">
+      <c r="I7">
+        <v>2011</v>
+      </c>
+      <c r="J7" t="s">
+        <v>46</v>
+      </c>
+      <c r="K7" t="s">
+        <v>37</v>
+      </c>
+      <c r="L7" t="s">
+        <v>69</v>
+      </c>
+      <c r="M7" t="s">
+        <v>70</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>71</v>
+      </c>
+      <c r="P7" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>73</v>
+      </c>
+      <c r="B8" t="s">
+        <v>74</v>
+      </c>
+      <c r="C8" t="s">
+        <v>75</v>
+      </c>
+      <c r="D8" t="s">
+        <v>33</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>34</v>
+      </c>
+      <c r="G8" t="s">
+        <v>35</v>
+      </c>
+      <c r="H8">
+        <v>2009</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>76</v>
+      </c>
+      <c r="K8" t="s">
+        <v>37</v>
+      </c>
+      <c r="L8" t="s">
+        <v>77</v>
+      </c>
+      <c r="M8" t="s">
+        <v>78</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>79</v>
+      </c>
+      <c r="P8" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>81</v>
+      </c>
+      <c r="B9" t="s">
+        <v>82</v>
+      </c>
+      <c r="C9" t="s">
+        <v>83</v>
+      </c>
+      <c r="D9" t="s">
+        <v>33</v>
+      </c>
+      <c r="E9" t="s">
+        <v>44</v>
+      </c>
+      <c r="F9" t="s">
+        <v>34</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2021</v>
+      </c>
+      <c r="I9">
+        <v>2019</v>
+      </c>
+      <c r="J9" t="s">
+        <v>84</v>
+      </c>
+      <c r="K9" t="s">
+        <v>37</v>
+      </c>
+      <c r="L9" t="s">
+        <v>85</v>
+      </c>
+      <c r="M9" t="s">
+        <v>86</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>87</v>
+      </c>
+      <c r="P9" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>89</v>
+      </c>
+      <c r="B10" t="s">
+        <v>90</v>
+      </c>
+      <c r="C10" t="s">
+        <v>91</v>
+      </c>
+      <c r="D10" t="s">
+        <v>33</v>
+      </c>
+      <c r="E10" t="s">
+        <v>44</v>
+      </c>
+      <c r="F10" t="s">
+        <v>45</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2004</v>
+      </c>
+      <c r="I10">
+        <v>2020</v>
+      </c>
+      <c r="J10" t="s">
+        <v>53</v>
+      </c>
+      <c r="K10" t="s">
+        <v>37</v>
+      </c>
+      <c r="L10" t="s">
+        <v>92</v>
+      </c>
+      <c r="M10" t="s">
+        <v>93</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>94</v>
+      </c>
+      <c r="P10" t="s">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>96</v>
+      </c>
+      <c r="B11" t="s">
+        <v>97</v>
+      </c>
+      <c r="C11" t="s">
+        <v>32</v>
+      </c>
+      <c r="D11" t="s">
+        <v>98</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>21</v>
+      </c>
+      <c r="G11" t="s">
+        <v>99</v>
+      </c>
+      <c r="H11">
+        <v>2008</v>
+      </c>
+      <c r="I11">
+        <v>2014</v>
+      </c>
+      <c r="J11" t="s">
+        <v>100</v>
+      </c>
+      <c r="K11" t="s">
+        <v>37</v>
+      </c>
+      <c r="L11" t="s">
+        <v>101</v>
+      </c>
+      <c r="M11" t="s">
         <v>39</v>
       </c>
-      <c r="J7" t="s">
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>102</v>
+      </c>
+      <c r="P11" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>104</v>
+      </c>
+      <c r="B12" t="s">
+        <v>105</v>
+      </c>
+      <c r="C12" t="s">
+        <v>106</v>
+      </c>
+      <c r="D12" t="s">
+        <v>107</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>21</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2008</v>
+      </c>
+      <c r="I12">
+        <v>2024</v>
+      </c>
+      <c r="J12" t="s">
+        <v>100</v>
+      </c>
+      <c r="K12" t="s">
+        <v>37</v>
+      </c>
+      <c r="L12" t="s">
+        <v>108</v>
+      </c>
+      <c r="M12" t="s">
+        <v>109</v>
+      </c>
+      <c r="N12" t="s">
+        <v>110</v>
+      </c>
+      <c r="O12" t="s">
+        <v>111</v>
+      </c>
+      <c r="P12" t="s">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>113</v>
+      </c>
+      <c r="B13" t="s">
+        <v>31</v>
+      </c>
+      <c r="C13" t="s">
         <v>32</v>
       </c>
-      <c r="K7" t="s">
-[...38 lines deleted...]
-      <c r="J8" t="s">
+      <c r="D13" t="s">
+        <v>33</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>21</v>
+      </c>
+      <c r="G13" t="s">
+        <v>99</v>
+      </c>
+      <c r="H13">
+        <v>2018</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>100</v>
+      </c>
+      <c r="K13" t="s">
+        <v>37</v>
+      </c>
+      <c r="L13" t="s">
+        <v>38</v>
+      </c>
+      <c r="M13" t="s">
+        <v>114</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>115</v>
+      </c>
+      <c r="P13" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>117</v>
+      </c>
+      <c r="B14" t="s">
+        <v>118</v>
+      </c>
+      <c r="C14" t="s">
         <v>32</v>
       </c>
-      <c r="K8" t="s">
-[...22 lines deleted...]
-      <c r="D9" t="s">
+      <c r="D14" t="s">
+        <v>33</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>21</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>2018</v>
+      </c>
+      <c r="I14">
+        <v>2024</v>
+      </c>
+      <c r="J14" t="s">
+        <v>100</v>
+      </c>
+      <c r="K14" t="s">
         <v>37</v>
       </c>
-      <c r="E9" t="s">
-[...14 lines deleted...]
-      <c r="J9" t="s">
+      <c r="L14" t="s">
+        <v>119</v>
+      </c>
+      <c r="M14" t="s">
+        <v>109</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>120</v>
+      </c>
+      <c r="P14" t="s">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>122</v>
+      </c>
+      <c r="B15" t="s">
+        <v>123</v>
+      </c>
+      <c r="C15" t="s">
         <v>32</v>
       </c>
-      <c r="K9" t="s">
-[...22 lines deleted...]
-      <c r="D10" t="s">
+      <c r="D15" t="s">
+        <v>33</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>21</v>
+      </c>
+      <c r="G15" t="s">
+        <v>35</v>
+      </c>
+      <c r="H15">
+        <v>2020</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>36</v>
+      </c>
+      <c r="K15" t="s">
         <v>37</v>
       </c>
-      <c r="E10" t="s">
-[...8 lines deleted...]
-      <c r="H10">
+      <c r="L15" t="s">
+        <v>124</v>
+      </c>
+      <c r="M15" t="s">
+        <v>114</v>
+      </c>
+      <c r="N15" t="s">
+        <v>125</v>
+      </c>
+      <c r="O15" t="s">
+        <v>126</v>
+      </c>
+      <c r="P15" t="s">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>128</v>
+      </c>
+      <c r="B16" t="s">
+        <v>129</v>
+      </c>
+      <c r="C16" t="s">
+        <v>130</v>
+      </c>
+      <c r="D16" t="s">
+        <v>131</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>132</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>2008</v>
+      </c>
+      <c r="I16">
         <v>2020</v>
       </c>
-      <c r="I10" t="s">
-[...8 lines deleted...]
-      <c r="L10" t="s">
+      <c r="J16" t="s">
+        <v>133</v>
+      </c>
+      <c r="K16" t="s">
+        <v>37</v>
+      </c>
+      <c r="L16" t="s">
+        <v>134</v>
+      </c>
+      <c r="M16" t="s">
+        <v>135</v>
+      </c>
+      <c r="N16" t="s">
+        <v>125</v>
+      </c>
+      <c r="O16" t="s">
+        <v>136</v>
+      </c>
+      <c r="P16" t="s">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>138</v>
+      </c>
+      <c r="B17" t="s">
         <v>74</v>
       </c>
-      <c r="M10" t="s">
-[...2 lines deleted...]
-      <c r="N10" t="s">
+      <c r="C17" t="s">
         <v>75</v>
       </c>
-    </row>
-[...117 lines deleted...]
-      <c r="K13" t="s">
+      <c r="D17" t="s">
         <v>33</v>
       </c>
-      <c r="L13" t="s">
-[...151 lines deleted...]
-      </c>
       <c r="E17" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F17" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2011</v>
+        <v>21</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
       </c>
       <c r="H17">
         <v>2011</v>
       </c>
-      <c r="I17" t="s">
-        <v>61</v>
+      <c r="I17">
+        <v>2011</v>
       </c>
       <c r="J17" t="s">
-        <v>32</v>
+        <v>76</v>
       </c>
       <c r="K17" t="s">
+        <v>37</v>
+      </c>
+      <c r="L17" t="s">
+        <v>77</v>
+      </c>
+      <c r="M17" t="s">
+        <v>78</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>139</v>
+      </c>
+      <c r="P17" t="s">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>141</v>
+      </c>
+      <c r="B18" t="s">
+        <v>142</v>
+      </c>
+      <c r="C18" t="s">
+        <v>59</v>
+      </c>
+      <c r="D18" t="s">
+        <v>98</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>21</v>
+      </c>
+      <c r="G18" t="s">
+        <v>143</v>
+      </c>
+      <c r="H18">
+        <v>2021</v>
+      </c>
+      <c r="I18"/>
+      <c r="J18" t="s">
         <v>62</v>
       </c>
-      <c r="L17" t="s">
+      <c r="K18" t="s">
+        <v>37</v>
+      </c>
+      <c r="L18"/>
+      <c r="M18" t="s">
         <v>63</v>
       </c>
-      <c r="M17" t="s">
-[...25 lines deleted...]
-      <c r="G18">
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>144</v>
+      </c>
+      <c r="P18" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>146</v>
+      </c>
+      <c r="B19" t="s">
+        <v>147</v>
+      </c>
+      <c r="C19" t="s">
+        <v>59</v>
+      </c>
+      <c r="D19" t="s">
+        <v>148</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>21</v>
+      </c>
+      <c r="G19" t="s">
+        <v>143</v>
+      </c>
+      <c r="H19">
         <v>2021</v>
       </c>
-      <c r="H18"/>
-[...36 lines deleted...]
-      <c r="G19">
+      <c r="I19"/>
+      <c r="J19" t="s">
+        <v>62</v>
+      </c>
+      <c r="K19" t="s">
+        <v>37</v>
+      </c>
+      <c r="L19"/>
+      <c r="M19" t="s">
+        <v>63</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>149</v>
+      </c>
+      <c r="P19" t="s">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>151</v>
+      </c>
+      <c r="B20" t="s">
+        <v>152</v>
+      </c>
+      <c r="C20" t="s">
+        <v>83</v>
+      </c>
+      <c r="D20" t="s">
+        <v>153</v>
+      </c>
+      <c r="E20" t="s">
+        <v>44</v>
+      </c>
+      <c r="F20" t="s">
+        <v>45</v>
+      </c>
+      <c r="G20" t="s">
+        <v>35</v>
+      </c>
+      <c r="H20">
+        <v>2014</v>
+      </c>
+      <c r="I20"/>
+      <c r="J20" t="s">
+        <v>154</v>
+      </c>
+      <c r="K20" t="s">
+        <v>37</v>
+      </c>
+      <c r="L20" t="s">
+        <v>155</v>
+      </c>
+      <c r="M20" t="s">
+        <v>156</v>
+      </c>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>157</v>
+      </c>
+      <c r="P20" t="s">
+        <v>158</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>159</v>
+      </c>
+      <c r="B21" t="s">
+        <v>160</v>
+      </c>
+      <c r="C21" t="s">
+        <v>83</v>
+      </c>
+      <c r="D21" t="s">
+        <v>33</v>
+      </c>
+      <c r="E21" t="s">
+        <v>44</v>
+      </c>
+      <c r="F21" t="s">
+        <v>34</v>
+      </c>
+      <c r="G21" t="s">
+        <v>143</v>
+      </c>
+      <c r="H21">
         <v>2021</v>
       </c>
-      <c r="H19"/>
-[...27 lines deleted...]
-      <c r="D20" t="s">
+      <c r="I21"/>
+      <c r="J21" t="s">
+        <v>161</v>
+      </c>
+      <c r="K21" t="s">
         <v>37</v>
       </c>
-      <c r="E20" t="s">
-[...38 lines deleted...]
-      <c r="D21" t="s">
+      <c r="L21" t="s">
+        <v>162</v>
+      </c>
+      <c r="M21" t="s">
+        <v>163</v>
+      </c>
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>164</v>
+      </c>
+      <c r="P21" t="s">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>166</v>
+      </c>
+      <c r="B22" t="s">
+        <v>167</v>
+      </c>
+      <c r="C22" t="s">
+        <v>130</v>
+      </c>
+      <c r="D22" t="s">
+        <v>98</v>
+      </c>
+      <c r="E22" t="s">
+        <v>44</v>
+      </c>
+      <c r="F22" t="s">
+        <v>45</v>
+      </c>
+      <c r="G22" t="s">
+        <v>22</v>
+      </c>
+      <c r="H22">
+        <v>2012</v>
+      </c>
+      <c r="I22">
+        <v>2020</v>
+      </c>
+      <c r="J22" t="s">
+        <v>168</v>
+      </c>
+      <c r="K22" t="s">
         <v>37</v>
       </c>
-      <c r="E21" t="s">
-[...29 lines deleted...]
-      <c r="A22" t="s">
+      <c r="L22" t="s">
+        <v>169</v>
+      </c>
+      <c r="M22" t="s">
+        <v>170</v>
+      </c>
+      <c r="N22" t="s">
         <v>125</v>
       </c>
-      <c r="B22" t="s">
-[...36 lines deleted...]
-        <v>129</v>
+      <c r="O22" t="s">
+        <v>171</v>
+      </c>
+      <c r="P22" t="s">
+        <v>172</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>